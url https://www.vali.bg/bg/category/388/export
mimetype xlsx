--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -7,723 +7,987 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$133</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$372</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>Backplate за Powercolor AMD RADEON RX 7000 Red Devil Серия видео карти, SBP-790001</t>
-[...2 lines deleted...]
-    <t>PC-VC-AC-SBP-790001</t>
+    <t>Backplate за Powercolor AMD RADEON RX 7000 Red Devil Серия видео карти, SBP-790002</t>
+  </si>
+  <si>
+    <t>PC-VC-AC-SBP-790002</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR GeForce 210, 1GB, GDDR3, 64 bit, DVI-I, D-Sub, HDMI</t>
+  </si>
+  <si>
+    <t>BIO-VC-N-VN2103NHG6</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GeForce GT 710 2GB GDDR3</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N710-2GB</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Backplate за Powercolor AMD RADEON RX 7000 Red Devil Серия видео карти, SBP-790002</t>
-[...13 lines deleted...]
-  <si>
     <t>Видео карта BIOSTAR GeForce GT 610, 2GB, SDDR3, 64 bit, DVI-I, D-Sub, HDMI</t>
   </si>
   <si>
     <t>BIO-VC-N-VN6103THX6</t>
   </si>
   <si>
-    <t>Видео карта ZOTAC GeForce GT 710 2GB GDDR5</t>
-[...4 lines deleted...]
-  <si>
     <t>Видео карта GIGABYTE GV-N710D3-2GL, 2GB, GDDR3, 64 bit, DVI-D, D-Sub, HDMI, rev 1.0</t>
   </si>
   <si>
     <t>GA-VC-N710D3-2GL</t>
   </si>
   <si>
+    <t>Видео карта BIOSTAR GeForce GT730, 2GB, GDDR3, 128 bit, DVI-I, D-Sub, HDMI</t>
+  </si>
+  <si>
+    <t>BIO-VC-N-VN7313THX1</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR GeForce GT730, 4GB, GDDR3, 128 bit, DVI-I, D-Sub, HDMI</t>
+  </si>
+  <si>
+    <t>BIO-VC-N-VN7313TH41</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE GeForce GT 1030 D4 2GB DDR4 Low Profile</t>
+  </si>
+  <si>
+    <t>GA-VC-N1030D4-2GL</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR GeForce GT1030, 4GB, DDR4, 64bit, DVI-I, HDMI</t>
+  </si>
+  <si>
+    <t>BIO-VC-N-VN1034TB46</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR Radeon RX550, 4GB, GDDR5, 128 bit, DVI-I, HDMI, DisplayPort, PCI Express 3.0 x16</t>
+  </si>
+  <si>
+    <t>BIO-VC-R-VA5505RF41</t>
+  </si>
+  <si>
+    <t>Видеокарта PowerColor AMD Radeon R7 240 4GB 128BIT GDDR5</t>
+  </si>
+  <si>
+    <t>PC-VC-RADEON-R7-240-4GB</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Видео карта BIOSTAR GeForce GT730, 2GB, GDDR3, 128 bit, DVI-I, D-Sub, HDMI</t>
-[...14 lines deleted...]
-    <t>GA-VC-N1030D4-2GL</t>
+    <t>Видео карта ZOTAC GeForce GT 1030 2GB GDDR5 Low Profile</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N1030-2GB</t>
+  </si>
+  <si>
+    <t>Видеокарта ASUS GeForce GT 1030 2GB GDDR5 Low Profile</t>
+  </si>
+  <si>
+    <t>ASUS-VC-GT1030-SL-2G-BRK</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS GeForce GT 730 2GB GDDR5</t>
+  </si>
+  <si>
+    <t>ASUS-VC-GT730-SL-2GD5-BRK</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock Intel ARC A380 Low Profile 6GB</t>
+  </si>
+  <si>
+    <t>ASR-VC-IA380-LP-6G</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock Intel ARC A380 Challenger ITX 6GB OC</t>
+  </si>
+  <si>
+    <t>ASR-VC-IA380-CLI-6GO</t>
   </si>
   <si>
     <t>Видео карта ASUS GT 1030 2GB GDDR5 Low Profile</t>
   </si>
   <si>
     <t>ASUS-VC-GT1030-2G-BRK</t>
   </si>
   <si>
-    <t>Видео карта BIOSTAR Radeon RX550, 4GB, GDDR5, 128 bit, DVI-I, HDMI, DisplayPort, PCI Express 3.0 x16</t>
-[...47 lines deleted...]
-    <t>ASR-VC-IA380-LP-6G</t>
+    <t>Видео карта BIOSTAR GeForce GTX 1050TI 4GB GDDR5</t>
+  </si>
+  <si>
+    <t>BIO-VC-N-VN1055TF41</t>
   </si>
   <si>
     <t>Видео карта BIOSTAR AMD Radeon RX580 8GB GDDR5</t>
   </si>
   <si>
     <t>BIO-VC-RX580-8GB</t>
   </si>
   <si>
-    <t>Видеокарта ZOTAC GAMING RTX 3050 LP 6GB GDDR6</t>
-[...2 lines deleted...]
-    <t>ZOTAC-VC-N3050-6GB-LP</t>
+    <t>Видео карта BIOSTAR GeForce RTX 3050 6GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3516RF68</t>
+  </si>
+  <si>
+    <t>Видео карта PNY NVIDIA Quadro T400, 4GB, GDDR6, 64 bit, mini DisplayPort</t>
+  </si>
+  <si>
+    <t>PNY-VCNT400-4GB-PB</t>
   </si>
   <si>
     <t>Външен мулти-дисплей адаптер Matrox T2G-D3D-IF за едновременна работа на 3 монитор с DVI/VGA вход</t>
   </si>
   <si>
     <t>MATROX-T2G-D3D-IF</t>
   </si>
   <si>
-    <t>Видео карта PNY NVIDIA Quadro T400, 4GB, GDDR6, 64 bit, mini DisplayPort</t>
-[...2 lines deleted...]
-    <t>PNY-VCNT400-4GB-PB</t>
+    <t>Видео карта GIGABYTE RTX 3050 OC Low Profile 6GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-N3050-OC-6GB-L</t>
   </si>
   <si>
     <t>Видео карта BIOSTAR GeForce GTX 1660 SUPER, 6GB, GDDR6</t>
   </si>
   <si>
     <t>BIO-VC-VN1666SF69</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE RTX 3050 OC Low Profile 6GB GDDR6</t>
-[...2 lines deleted...]
-    <t>GA-VC-N3050-OC-6GB-L</t>
+    <t>Видео карта PNY VCNRTXA400ATX-PB</t>
+  </si>
+  <si>
+    <t>PNY-VCNRTXA400-PB</t>
   </si>
   <si>
     <t>Видео карта BIOSTAR GeForce GTX 1660 TI, 6GB, GDDR6</t>
   </si>
   <si>
     <t>BIO-VC-VN1666TF69</t>
   </si>
   <si>
-    <t>Видео карта PNY VCNRTXA400ATX-PB</t>
-[...4 lines deleted...]
-  <si>
     <t>Видеокарта ZOTAC GAMING RTX 3050 ECO 8GB GDDR6</t>
   </si>
   <si>
     <t>ZOTAC-VC-N3050-8GB</t>
   </si>
   <si>
-    <t>Видеокарта ASUS Dual RTX 3050 OC V2 8GB GDDR6</t>
-[...8 lines deleted...]
-    <t>PC-VC-RX7600-8GB-FIGHTER</t>
+    <t>Видео карта ASRock Intel ARC B570 Challenger 10GB OC</t>
+  </si>
+  <si>
+    <t>ASR-VC-B570-CL-10G</t>
+  </si>
+  <si>
+    <t>Видео карта POWERCOLOR RX 7600 Fighter V2 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX7600-8G-F-V2</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR GeForce RTX 2060 Super 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN2066RF82</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5050 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-N5050D6-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5050 WINDFORCE OC 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-N5050WF2-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5050 Twin Edge 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5050-8GB</t>
+  </si>
+  <si>
+    <t>Външен мулти-дисплей адаптер Matrox D2G-A2D-IF за едновременна работа на 2 монитора с VGA вход</t>
+  </si>
+  <si>
+    <t>MATROX-D2G-A2D-IF</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5050 OC Low Profile 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-N5050-OC-8GL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Видео карта Matrox M9128-E1024LAF PCIe x16 1GB Low Profile, Workstation </t>
+  </si>
+  <si>
+    <t>MATROX-M9128-E1024LAF</t>
   </si>
   <si>
     <t>Видео карта ASROCK RX 7600 Challenger OC 8GB GDDR6</t>
   </si>
   <si>
     <t>ASR-VC-RX7600-CL-8GO</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE GeForce RTX 3060 GAMING OC 8GB GDDR6</t>
-[...44 lines deleted...]
-    <t>MATROX-M9128-E1024LAF</t>
+    <t>Видео карта BIOSTAR GeForce RTX 3060 12GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3606RML9</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock Intel ARC B580 Steel Legend 12GB OC</t>
+  </si>
+  <si>
+    <t>ASR-VC-B580-STEEL-12G</t>
+  </si>
+  <si>
+    <t>Видео карта ASROCK RX 7600 Steel Legend OC 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX7600-SL-8GO</t>
   </si>
   <si>
     <t>Видео карта ASUS DUAL RTX 5050 OC 8GB GDDR6</t>
   </si>
   <si>
     <t>ASUS-VC-DUAL-RTX5050-O8G</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE RTX 3060 WINDFORCE OC 12GB GDDR6</t>
-[...10 lines deleted...]
-  <si>
     <t>Видео карта GIGABYTE RTX 5050 GAMING OC 8GB GDDR6</t>
   </si>
   <si>
     <t>GA-VC-N5050GAM-OC-8GD</t>
   </si>
   <si>
     <t>Видео карта ZOTAC GAMING RTX 5050 Twin Edge White Edition OC 8GB GDDR6</t>
   </si>
   <si>
     <t>ZOTAC-VC-N5050-8GB-OC-W</t>
   </si>
   <si>
+    <t>Видео карта ASRock Intel ARC B580 Challenger 12GB OC</t>
+  </si>
+  <si>
+    <t>ASR-VC-B580-CL-12G</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 WINDFORCE OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060WF2-OC-8GD</t>
+  </si>
+  <si>
     <t>Видео карта GIGABYTE RTX 5060 WINDFORCE 8GB GDDR7</t>
   </si>
   <si>
     <t>GA-VC-N5060WF2-8GD</t>
   </si>
   <si>
-    <t>Видео карта ASRock Intel ARC B580 Challenger 12GB OC</t>
-[...2 lines deleted...]
-    <t>ASR-VC-B580-CL-12G</t>
+    <t>Видео карта GIGABYTE RTX 5060 Low Profile OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060-OC-8GL</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 Twin Edge 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060-8GB-TW</t>
   </si>
   <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE RTX 5060 WINDFORCE OC 8GB GDDR7</t>
-[...38 lines deleted...]
-    <t>GA-VC-N5060-OC-8GL</t>
+    <t>Видео карта GIGABYTE RTX 5060 EAGLE OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060EAGLE-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor RADEON RX 9060 XT Reaper 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9060XT-8G-A</t>
   </si>
   <si>
     <t>Видео карта ZOTAC GAMING RTX 5060 Twin Edge OC 8GB GDDR7</t>
   </si>
   <si>
     <t>ZOTAC-VC-N5060-8GB-OC</t>
   </si>
   <si>
+    <t>Видео карта GIGABYTE RTX 5060 EAGLE OC ICE 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060EAGLE-OC-8G-IC</t>
+  </si>
+  <si>
     <t>Видео карта ZOTAC GAMING RTX 5060 Twin Edge OC White Edition 8GB GDDR7</t>
   </si>
   <si>
     <t>ZOTAC-VC-N5060-8GB-W</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE RTX 5060 EAGLE OC 8GB GDDR7</t>
-[...2 lines deleted...]
-    <t>GA-VC-N5060EAGLE-OC-8GD</t>
+    <t>Видео карта BIOSTAR GeForce RTX 3060 TI 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3606TM82</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 AMP 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060-8GB-AMP</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor RADEON RX 9060 XT Hellhound OC 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9060XT-8G-L-OC</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock RADEON RX 9060 XT Challenger 16GB OC GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX9060XT-CL-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 AERO OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060AERO-OC-8GD</t>
   </si>
   <si>
     <t>Видео карта GIGABYTE RTX 5060 GAMING OC 8GB GDDR7</t>
   </si>
   <si>
     <t>GA-VC-N5060GAM-OC-8GD</t>
   </si>
   <si>
-    <t>Видео карта PowerColor RADEON RX 9060 XT Reaper 8GB GDDR6</t>
-[...20 lines deleted...]
-    <t>ZOTAC-VC-N5060-8GB-AMP</t>
+    <t>Видео карта ASUS DUAL RTX 5060 White Edition OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RTX5060-O8W</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE AORUS RTX 5060 ELITE 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060AORUS-E-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor RADEON RX 9060 XT Reaper 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9060XT-16G-A</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RADEON RX 9060 XT GAMING OC 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9060XT-GAM-OC-8GB</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR GeForce RTX 3070 EXTREME GAMING , 8GB GDDR6, 256 Bit, DP, HDMI</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3706RM82</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI WINDFORCE OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TWF2-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видеокарта Powercolor AMD Radeon Hellhound RX 9060XT Spectral White 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9060XT-16G-L-OC-W</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor RADEON RX 9060 XT Hellhound OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9060XT-16G-L-OC</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-8GB</t>
   </si>
   <si>
     <t>Видео карта ASUS DUAL RTX 5060 OC 8GB GDDR7</t>
   </si>
   <si>
     <t>ASUS-VC-DUAL-RTX5060-O8G</t>
   </si>
   <si>
-    <t>Видео карта PowerColor RADEON RX 9060 XT Hellhound OC 8GB GDDR6</t>
-[...56 lines deleted...]
-    <t>PC-VC-RX9060XT-16G-L-OC</t>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-8GB-OC</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLE-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC ICE 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLE-OC-8G-IC</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI GAMING OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TGAMING-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI AMP 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-8GB-AMP</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI AERO OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TAERO-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта PNY VCNRTXA1000-PB</t>
+  </si>
+  <si>
+    <t>PNY-VCNRTXA1000-PB</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI WINDFORCE MAX OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TW2MAXOC-16G</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-16GB-OC</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RADEON RX 9060 XT GAMING OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9060XT-GAM-OC-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLE-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE MAX OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLEMAXOC-16G</t>
   </si>
   <si>
     <t>Видео карта ASRock RADEON RX 9060 XT Steel Legend 16GB OC GDDR6</t>
   </si>
   <si>
     <t>ASR-VC-RX9060XT-SL-16GB</t>
   </si>
   <si>
-    <t>Видеокарта Powercolor AMD Radeon Hellhound RX 9060XT Spectral White 16GB GDDR6</t>
-[...32 lines deleted...]
-    <t>GA-VC-R9060XT-GAM-OC-16GB</t>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC ICE 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLE-OC-16-IC</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS DUAL RADEON RX 9060 XT 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RX9060XT-16G</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI 16GB AMP GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-16GB-AMP</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI GAMING OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TGAMING-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge OC White Edition 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-16GB-O-W</t>
+  </si>
+  <si>
+    <t>Видео карта POWERCOLOR RX 7800 XT Red Devil 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX7800XT-RED</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 Twin Edge 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE AORUS RTX 5060 TI ELITE 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TAORUS-E-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS TUF Gaming RTX 5060 TI OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-TUF-RT5060TI-O16G</t>
+  </si>
+  <si>
+    <t>Видео карта Matrox M9140-E512LAF 512MB GDDR2 PCIe x16 Low Profile</t>
+  </si>
+  <si>
+    <t>MATROX-M9140-E512LAF</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 Twin Ege OC 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070-OC</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 WINDFORCE SFF 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5070WF3-12GD</t>
+  </si>
+  <si>
+    <t>Видео карта EIZO XN51LP Graphic Board PCIe 16x, 4GB, 4x mDP, Low Profile</t>
+  </si>
+  <si>
+    <t>EIZO-MGPU-XN51LP</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 Solid OC 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070-SOLID-OC</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon RX 9070 Reaper 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9070-16G-A</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS DUAL RTX 5070 OC 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RTX5070-O12G</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon RX 9070 Hellhound 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9070-16G-L</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI WINDFORCE OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TWF2-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 Solid 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070-SOLID</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 EAGLE OC SFF 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507EAGLE-OC-12G</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock RADEON RX 9070 XT Challenger 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX9070XT-CL-16G</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 AMP White Edition 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070-AMP-WHITE</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 WINDFORCE OC SFF 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5070WF3-OC-12GD</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS DUAL RTX 5060 TI OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RT5060TI-O16</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR GeForce RTX 3080 10GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3816RMT3</t>
   </si>
   <si>
     <t>Видео карта ASUS TUF GAMING RADEON RX 9060 XT OC 16GB GDDR6</t>
   </si>
   <si>
     <t>ASUS-VC-TUF-RX9060XT-O16G</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC 8GB GDDR7</t>
-[...83 lines deleted...]
-    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE MAX OC 16GB GDDR7</t>
+    <t>Видео карта ZOTAC GAMING RTX 5070 Twin Edge OC White Edition 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070-EDGE-W</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 GAMING OC 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507GAMING-OC-12GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 EAGLE ICE OC SFF 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507EAGLE-O12G-ICE</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 AERO OC 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507AERO-OC-12G</t>
+  </si>
+  <si>
+    <t>Видео карта ASROCK RADEON RX 9070 Challenger 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX9070-CL-16G</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock RADEON RX 9070 XT Monster Hunter Wilds Edition 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX9070XT-MH-16G</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS PRIME RTX 5070 White OC 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRIME-RT5070-O12W</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RADEON RX 9070 GAMING OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9070-GAM-OC-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS PRIME RTX 5060 TI 16GB OC GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRIME-5060TI-O16G</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon RX 9070 XT Hellhound White 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9070XT-16G-L-W</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI AERO OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TAERO-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RADEON RX 9070 XT GAMING OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9070XT-GAM-OC-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon RX 9070 XT HELLHOUND OC REVA EDITION 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9070XT-16G-REVA</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon RX 9070 XT Red Devil 16GB GDDR6 Backplate Special Edition</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9070XT-16G-E-SP</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon RX 9070 XT Red Devil Spectral White 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9070XT-16G-E-WH</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS PRIME RADEON RX 9070 XT White OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRIME-RX9070XT-WH</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE AORUS RTX 5070 MASTER 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507AORUS-M-12G</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS ROG Strix RTX 5070 OC 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-ROG-RTX5070-O12G</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock RADEON RX 9070 XT TAICHI OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX9070XT-TCW-16GO</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE AORUS RADEON RX 9070 XT ELITE 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9070XT-A-E-OC-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS TUF GAMING RADEON RX 9070 XT OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASUS-VC-TUF-RX9070XT-O16G</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 TI WINDFORCE SFF 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507TWF3-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 TI Solid SFF 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070TI-SOLID-CO</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 TI WINDFORCE OC SFF 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507TWF3-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 TI EAGLE OC SFF 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507TEAGLE-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 TI EAGLE ICE OC SFF 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507TEAGLE-ICE-O16G</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 TI AMP Extreme INFINITY 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070TI-AMP-INF</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 TI GAMING OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507TGAMING-OC-16GD</t>
   </si>
   <si>
     <t>GA-VC-N506TEAGLE-M-OC-16G</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC 16GB GDDR7</t>
-[...41 lines deleted...]
-    <t>PC-VC-RX9070XT-16G-E-SP</t>
+    <t>Видео карта GIGABYTE RTX 5070 TI AERO OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507TAERO-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE AORUS RTX 5070 TI MASTER 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507TAORUSE-M-16G</t>
   </si>
   <si>
     <t>Видео карта ASUS TUF Gaming RTX 5070 TI 16GB GDDR7 White OC Edition</t>
   </si>
   <si>
     <t>ASUS-VC-TUF-RT5070TI-O16W</t>
   </si>
   <si>
+    <t>Видео карта ASUS ROG STRIX RTX 5070 TI OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-ROG-RT5070TI-O16G</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon AI PRO R9700 32GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-R9700-32GB-B</t>
+  </si>
+  <si>
     <t>Видео карта ASRock RADEON AI PRO R9700 Creator 32GB GDDR6</t>
   </si>
   <si>
     <t>ASR-VC-R9700-CT-32G</t>
   </si>
   <si>
+    <t>Видео карта ASUS ProArt RTX 5070 TI OC Edition 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRO-RT5070TI-O16G</t>
+  </si>
+  <si>
+    <t>Видео карта PNY VCNRTX4000PRO-PB, RTX A4000 PRO 24GB GDDR7</t>
+  </si>
+  <si>
+    <t>PNY-VCNRTX4000PRO-PB</t>
+  </si>
+  <si>
     <t>Видео карта ASUS ROG ASTRAL GeForce RTX 5080 White Edition OC 16GB GDDR7</t>
   </si>
   <si>
     <t>ASUS-VC-R-A-RTX5080-O16W</t>
   </si>
   <si>
+    <t>Видео карта GIGABYTE AORUS RTX 5090 STEALTH ICE 32GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5090AORUSST-ICE</t>
+  </si>
+  <si>
     <t>Видео карта ASUS ROG Astral RTX 5090 White OC 32GB GDDR7</t>
   </si>
   <si>
     <t>ASUS-VC-R-A-RTX5090-O32W</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE AORUS RTX 5090 STEALTH ICE 32GB GDDR7</t>
-[...2 lines deleted...]
-    <t>GA-VC-N5090AORUSST-ICE</t>
+    <t>Видео карта PNY VCNRTXPRO4500-SB, RTX A4500 32GB, PCIE 5.0 x16</t>
+  </si>
+  <si>
+    <t>PNY-VCNRTXA4500PRO</t>
+  </si>
+  <si>
+    <t>Видео карта PNY VCNRTXPRO6000BQ-PB, RTX PRO 6000 Blackwell Max-Q Workstation Edition 96GB, PCIE 5.0 x16</t>
+  </si>
+  <si>
+    <t>PNY-VCNRTXPRO6000MQ-PB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1027,1914 +1291,5260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D133"/>
+  <dimension ref="A1:D372"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>9.0</v>
+        <v>38.28</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>71.676</v>
+        <v>47.544</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>93.096</v>
+        <v>51.624</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>94.02</v>
+        <v>56.592</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>113.976</v>
+        <v>66.192</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>134.964</v>
+        <v>70.776</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>148.488</v>
+        <v>92.4</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>171.84</v>
+        <v>102.024</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>190.14</v>
+        <v>106.02</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12">
+        <v>106.224</v>
+      </c>
+      <c r="D12" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>198.876</v>
+        <v>110.472</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>199.38</v>
+        <v>117.084</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>217.236</v>
+        <v>121.872</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>223.284</v>
+        <v>127.836</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>228.996</v>
+        <v>130.164</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>256.968</v>
+        <v>133.332</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>277.308</v>
+        <v>148.848</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>280.932</v>
+        <v>164.436</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>406.008</v>
+        <v>188.544</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>428.784</v>
+        <v>217.668</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>438.336</v>
+        <v>219.108</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>440.22</v>
+        <v>221.268</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>447.156</v>
+        <v>223.068</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>459.156</v>
+        <v>228.888</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>460.956</v>
+        <v>232.104</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>466.596</v>
+        <v>251.376</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>469.128</v>
+        <v>251.388</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>503.916</v>
+        <v>254.4</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>538.212</v>
+        <v>279.096</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>553.968</v>
+        <v>282.972</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>568.356</v>
+        <v>289.128</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>574.464</v>
+        <v>290.448</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>580.224</v>
+        <v>291.42</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>584.472</v>
+        <v>295.032</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>586.872</v>
+        <v>301.644</v>
       </c>
       <c r="D37" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>588.996</v>
+        <v>303.156</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>607.464</v>
+        <v>307.62</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>609.672</v>
+        <v>309.0</v>
       </c>
       <c r="D40" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>611.172</v>
+        <v>311.844</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>614.256</v>
+        <v>312.12</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>630.12</v>
+        <v>313.728</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>639.912</v>
+        <v>325.02</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>669.708</v>
+        <v>328.392</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>678.996</v>
+        <v>331.236</v>
       </c>
       <c r="D46" t="s">
-        <v>98</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" t="s">
         <v>99</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>681.876</v>
+        <v>338.292</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" t="s">
         <v>101</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>685.428</v>
+        <v>350.352</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" t="s">
         <v>103</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49">
+        <v>350.88</v>
+      </c>
+      <c r="D49" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>105</v>
       </c>
       <c r="B50" t="s">
         <v>106</v>
       </c>
       <c r="C50">
-        <v>696.216</v>
+        <v>356.796</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>107</v>
       </c>
       <c r="B51" t="s">
         <v>108</v>
       </c>
       <c r="C51">
-        <v>699.0</v>
+        <v>357.408</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>109</v>
       </c>
       <c r="B52" t="s">
         <v>110</v>
       </c>
       <c r="C52">
-        <v>703.356</v>
+        <v>358.56</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>111</v>
       </c>
       <c r="B53" t="s">
         <v>112</v>
       </c>
       <c r="C53">
-        <v>704.244</v>
+        <v>360.192</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>113</v>
       </c>
       <c r="B54" t="s">
         <v>114</v>
       </c>
       <c r="C54">
-        <v>705.828</v>
+        <v>362.808</v>
       </c>
       <c r="D54" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>115</v>
       </c>
       <c r="B55" t="s">
         <v>116</v>
       </c>
       <c r="C55">
-        <v>714.936</v>
+        <v>367.272</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>117</v>
       </c>
       <c r="B56" t="s">
         <v>118</v>
       </c>
       <c r="C56">
-        <v>716.604</v>
+        <v>373.776</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>119</v>
       </c>
       <c r="B57" t="s">
         <v>120</v>
       </c>
       <c r="C57">
-        <v>720.408</v>
+        <v>375.552</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>121</v>
       </c>
       <c r="B58" t="s">
         <v>122</v>
       </c>
       <c r="C58">
-        <v>722.4</v>
+        <v>377.244</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>123</v>
       </c>
       <c r="B59" t="s">
         <v>124</v>
       </c>
       <c r="C59">
-        <v>725.376</v>
+        <v>381.084</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>125</v>
       </c>
       <c r="B60" t="s">
         <v>126</v>
       </c>
       <c r="C60">
-        <v>739.62</v>
+        <v>381.084</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>127</v>
       </c>
       <c r="B61" t="s">
         <v>128</v>
       </c>
       <c r="C61">
-        <v>741.252</v>
+        <v>391.668</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>129</v>
       </c>
       <c r="B62" t="s">
         <v>130</v>
       </c>
       <c r="C62">
-        <v>745.236</v>
+        <v>393.648</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>131</v>
       </c>
       <c r="B63" t="s">
         <v>132</v>
       </c>
       <c r="C63">
-        <v>759.06</v>
+        <v>404.76</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>133</v>
       </c>
       <c r="B64" t="s">
         <v>134</v>
       </c>
       <c r="C64">
-        <v>766.044</v>
+        <v>418.308</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>135</v>
       </c>
       <c r="B65" t="s">
         <v>136</v>
       </c>
       <c r="C65">
-        <v>781.14</v>
+        <v>434.148</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>137</v>
       </c>
       <c r="B66" t="s">
         <v>138</v>
       </c>
       <c r="C66">
-        <v>784.248</v>
+        <v>436.404</v>
       </c>
       <c r="D66" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>139</v>
       </c>
       <c r="B67" t="s">
         <v>140</v>
       </c>
       <c r="C67">
-        <v>790.068</v>
+        <v>441.108</v>
       </c>
       <c r="D67" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>141</v>
       </c>
       <c r="B68" t="s">
         <v>142</v>
       </c>
       <c r="C68">
-        <v>798.72</v>
+        <v>443.088</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>143</v>
       </c>
       <c r="B69" t="s">
         <v>144</v>
       </c>
       <c r="C69">
-        <v>799.716</v>
+        <v>454.98</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>145</v>
       </c>
       <c r="B70" t="s">
         <v>146</v>
       </c>
       <c r="C70">
-        <v>802.236</v>
+        <v>460.524</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>147</v>
       </c>
       <c r="B71" t="s">
         <v>148</v>
       </c>
       <c r="C71">
-        <v>813.384</v>
+        <v>467.616</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>149</v>
       </c>
       <c r="B72" t="s">
         <v>150</v>
       </c>
       <c r="C72">
-        <v>821.328</v>
+        <v>467.856</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>151</v>
       </c>
       <c r="B73" t="s">
         <v>152</v>
       </c>
       <c r="C73">
-        <v>847.968</v>
+        <v>471.552</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>153</v>
       </c>
       <c r="B74" t="s">
         <v>154</v>
       </c>
       <c r="C74">
-        <v>874.068</v>
+        <v>479.76</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>155</v>
       </c>
       <c r="B75" t="s">
         <v>156</v>
       </c>
       <c r="C75">
-        <v>875.508</v>
+        <v>486.576</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>157</v>
       </c>
       <c r="B76" t="s">
         <v>158</v>
       </c>
       <c r="C76">
-        <v>886.728</v>
+        <v>487.248</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>159</v>
       </c>
       <c r="B77" t="s">
         <v>160</v>
       </c>
       <c r="C77">
-        <v>917.4</v>
+        <v>506.04</v>
       </c>
       <c r="D77" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>161</v>
       </c>
       <c r="B78" t="s">
         <v>162</v>
       </c>
       <c r="C78">
-        <v>918.24</v>
+        <v>522.456</v>
       </c>
       <c r="D78" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>163</v>
       </c>
       <c r="B79" t="s">
         <v>164</v>
       </c>
       <c r="C79">
-        <v>922.992</v>
+        <v>523.2</v>
       </c>
       <c r="D79" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>165</v>
       </c>
       <c r="B80" t="s">
         <v>166</v>
       </c>
       <c r="C80">
-        <v>940.944</v>
+        <v>528.3</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>167</v>
       </c>
       <c r="B81" t="s">
         <v>168</v>
       </c>
       <c r="C81">
-        <v>942.192</v>
+        <v>529.044</v>
       </c>
       <c r="D81" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>169</v>
       </c>
       <c r="B82" t="s">
         <v>170</v>
       </c>
       <c r="C82">
-        <v>943.752</v>
+        <v>534.756</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>171</v>
       </c>
       <c r="B83" t="s">
         <v>172</v>
       </c>
       <c r="C83">
-        <v>949.644</v>
+        <v>539.904</v>
       </c>
       <c r="D83" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>173</v>
       </c>
       <c r="B84" t="s">
         <v>174</v>
       </c>
       <c r="C84">
-        <v>954.72</v>
+        <v>541.236</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>175</v>
       </c>
       <c r="B85" t="s">
         <v>176</v>
       </c>
       <c r="C85">
-        <v>957.528</v>
+        <v>541.344</v>
       </c>
       <c r="D85" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>177</v>
       </c>
       <c r="B86" t="s">
         <v>178</v>
       </c>
       <c r="C86">
-        <v>963.54</v>
+        <v>542.484</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>179</v>
       </c>
       <c r="B87" t="s">
         <v>180</v>
       </c>
       <c r="C87">
-        <v>963.54</v>
+        <v>547.476</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>181</v>
       </c>
       <c r="B88" t="s">
         <v>182</v>
       </c>
       <c r="C88">
-        <v>966.996</v>
+        <v>559.344</v>
       </c>
       <c r="D88" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>183</v>
       </c>
       <c r="B89" t="s">
         <v>184</v>
       </c>
       <c r="C89">
-        <v>968.808</v>
+        <v>560.784</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>185</v>
       </c>
       <c r="B90" t="s">
         <v>186</v>
       </c>
       <c r="C90">
-        <v>982.008</v>
+        <v>581.496</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>187</v>
       </c>
       <c r="B91" t="s">
         <v>188</v>
       </c>
       <c r="C91">
-        <v>983.148</v>
+        <v>583.128</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>104</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>189</v>
       </c>
       <c r="B92" t="s">
         <v>190</v>
       </c>
       <c r="C92">
-        <v>1015.968</v>
+        <v>590.076</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>191</v>
       </c>
       <c r="B93" t="s">
         <v>192</v>
       </c>
       <c r="C93">
-        <v>1040.28</v>
+        <v>599.448</v>
       </c>
       <c r="D93" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>193</v>
       </c>
       <c r="B94" t="s">
         <v>194</v>
       </c>
       <c r="C94">
-        <v>1041.048</v>
+        <v>603.288</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>195</v>
       </c>
       <c r="B95" t="s">
         <v>196</v>
       </c>
       <c r="C95">
-        <v>1065.792</v>
+        <v>621.36</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>104</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>197</v>
       </c>
       <c r="B96" t="s">
         <v>198</v>
       </c>
       <c r="C96">
-        <v>1085.16</v>
+        <v>625.56</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>199</v>
       </c>
       <c r="B97" t="s">
         <v>200</v>
       </c>
       <c r="C97">
-        <v>1087.284</v>
+        <v>633.492</v>
       </c>
       <c r="D97" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B98" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C98">
-        <v>1087.284</v>
+        <v>644.184</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B99" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C99">
-        <v>1091.688</v>
+        <v>648.12</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B100" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C100">
-        <v>1104.108</v>
+        <v>659.34</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B101" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C101">
-        <v>1109.424</v>
+        <v>663.42</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="B102" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="C102">
-        <v>406.008</v>
+        <v>47.544</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="B103" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="C103">
-        <v>466.596</v>
+        <v>110.472</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="B104" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="C104">
-        <v>568.356</v>
+        <v>148.848</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="B105" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="C105">
-        <v>574.464</v>
+        <v>188.544</v>
       </c>
       <c r="D105" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="B106" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="C106">
-        <v>580.224</v>
+        <v>251.376</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="B107" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="C107">
-        <v>584.472</v>
+        <v>254.4</v>
       </c>
       <c r="D107" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="B108" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="C108">
-        <v>609.672</v>
+        <v>279.096</v>
       </c>
       <c r="D108" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="B109" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="C109">
-        <v>630.12</v>
+        <v>282.972</v>
       </c>
       <c r="D109" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="B110" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="C110">
-        <v>639.912</v>
+        <v>289.128</v>
       </c>
       <c r="D110" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="B111" t="s">
-        <v>95</v>
+        <v>73</v>
       </c>
       <c r="C111">
-        <v>669.708</v>
+        <v>290.448</v>
       </c>
       <c r="D111" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="B112" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="C112">
-        <v>681.876</v>
+        <v>295.032</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>105</v>
+        <v>88</v>
       </c>
       <c r="B113" t="s">
-        <v>106</v>
+        <v>89</v>
       </c>
       <c r="C113">
-        <v>696.216</v>
+        <v>312.12</v>
       </c>
       <c r="D113" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="B114" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="C114">
-        <v>704.244</v>
+        <v>313.728</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="B115" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="C115">
-        <v>705.828</v>
+        <v>325.02</v>
       </c>
       <c r="D115" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="B116" t="s">
-        <v>116</v>
+        <v>97</v>
       </c>
       <c r="C116">
-        <v>714.936</v>
+        <v>331.236</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>127</v>
+        <v>98</v>
       </c>
       <c r="B117" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="C117">
-        <v>741.252</v>
+        <v>338.292</v>
       </c>
       <c r="D117" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="B118" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="C118">
-        <v>790.068</v>
+        <v>350.352</v>
       </c>
       <c r="D118" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>143</v>
+        <v>102</v>
       </c>
       <c r="B119" t="s">
-        <v>144</v>
+        <v>103</v>
       </c>
       <c r="C119">
-        <v>799.716</v>
+        <v>350.88</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>104</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>153</v>
+        <v>105</v>
       </c>
       <c r="B120" t="s">
-        <v>154</v>
+        <v>106</v>
       </c>
       <c r="C120">
-        <v>874.068</v>
+        <v>356.796</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>173</v>
+        <v>107</v>
       </c>
       <c r="B121" t="s">
-        <v>174</v>
+        <v>108</v>
       </c>
       <c r="C121">
-        <v>954.72</v>
+        <v>357.408</v>
       </c>
       <c r="D121" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>183</v>
+        <v>109</v>
       </c>
       <c r="B122" t="s">
-        <v>184</v>
+        <v>110</v>
       </c>
       <c r="C122">
-        <v>968.808</v>
+        <v>358.56</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>195</v>
+        <v>111</v>
       </c>
       <c r="B123" t="s">
-        <v>196</v>
+        <v>112</v>
       </c>
       <c r="C123">
-        <v>1065.792</v>
+        <v>360.192</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>195</v>
+        <v>113</v>
       </c>
       <c r="B124" t="s">
-        <v>201</v>
+        <v>114</v>
       </c>
       <c r="C124">
-        <v>1087.284</v>
+        <v>362.808</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>104</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>204</v>
+        <v>117</v>
       </c>
       <c r="B125" t="s">
-        <v>205</v>
+        <v>118</v>
       </c>
       <c r="C125">
-        <v>1104.108</v>
+        <v>373.776</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>208</v>
+        <v>119</v>
       </c>
       <c r="B126" t="s">
-        <v>209</v>
+        <v>120</v>
       </c>
       <c r="C126">
-        <v>1394.304</v>
+        <v>375.552</v>
       </c>
       <c r="D126" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>210</v>
+        <v>121</v>
       </c>
       <c r="B127" t="s">
-        <v>211</v>
+        <v>122</v>
       </c>
       <c r="C127">
-        <v>1662.096</v>
+        <v>377.244</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>212</v>
+        <v>123</v>
       </c>
       <c r="B128" t="s">
-        <v>213</v>
+        <v>124</v>
       </c>
       <c r="C128">
-        <v>2249.004</v>
+        <v>381.084</v>
       </c>
       <c r="D128" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>214</v>
+        <v>125</v>
       </c>
       <c r="B129" t="s">
-        <v>215</v>
+        <v>126</v>
       </c>
       <c r="C129">
-        <v>2773.788</v>
+        <v>381.084</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>216</v>
+        <v>127</v>
       </c>
       <c r="B130" t="s">
-        <v>217</v>
+        <v>128</v>
       </c>
       <c r="C130">
-        <v>3599.004</v>
+        <v>391.668</v>
       </c>
       <c r="D130" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>218</v>
+        <v>129</v>
       </c>
       <c r="B131" t="s">
-        <v>219</v>
+        <v>130</v>
       </c>
       <c r="C131">
-        <v>5999.004</v>
+        <v>393.648</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
+        <v>131</v>
+      </c>
+      <c r="B132" t="s">
+        <v>132</v>
+      </c>
+      <c r="C132">
+        <v>404.76</v>
+      </c>
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>133</v>
+      </c>
+      <c r="B133" t="s">
+        <v>134</v>
+      </c>
+      <c r="C133">
+        <v>418.308</v>
+      </c>
+      <c r="D133" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>137</v>
+      </c>
+      <c r="B134" t="s">
+        <v>138</v>
+      </c>
+      <c r="C134">
+        <v>436.404</v>
+      </c>
+      <c r="D134" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>139</v>
+      </c>
+      <c r="B135" t="s">
+        <v>140</v>
+      </c>
+      <c r="C135">
+        <v>441.108</v>
+      </c>
+      <c r="D135" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>141</v>
+      </c>
+      <c r="B136" t="s">
+        <v>142</v>
+      </c>
+      <c r="C136">
+        <v>443.088</v>
+      </c>
+      <c r="D136" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>143</v>
+      </c>
+      <c r="B137" t="s">
+        <v>144</v>
+      </c>
+      <c r="C137">
+        <v>454.98</v>
+      </c>
+      <c r="D137" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>145</v>
+      </c>
+      <c r="B138" t="s">
+        <v>146</v>
+      </c>
+      <c r="C138">
+        <v>460.524</v>
+      </c>
+      <c r="D138" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>147</v>
+      </c>
+      <c r="B139" t="s">
+        <v>148</v>
+      </c>
+      <c r="C139">
+        <v>467.616</v>
+      </c>
+      <c r="D139" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>149</v>
+      </c>
+      <c r="B140" t="s">
+        <v>150</v>
+      </c>
+      <c r="C140">
+        <v>467.856</v>
+      </c>
+      <c r="D140" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>151</v>
+      </c>
+      <c r="B141" t="s">
+        <v>152</v>
+      </c>
+      <c r="C141">
+        <v>471.552</v>
+      </c>
+      <c r="D141" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>153</v>
+      </c>
+      <c r="B142" t="s">
+        <v>154</v>
+      </c>
+      <c r="C142">
+        <v>479.76</v>
+      </c>
+      <c r="D142" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>155</v>
+      </c>
+      <c r="B143" t="s">
+        <v>156</v>
+      </c>
+      <c r="C143">
+        <v>486.576</v>
+      </c>
+      <c r="D143" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>157</v>
+      </c>
+      <c r="B144" t="s">
+        <v>158</v>
+      </c>
+      <c r="C144">
+        <v>487.248</v>
+      </c>
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>161</v>
+      </c>
+      <c r="B145" t="s">
+        <v>162</v>
+      </c>
+      <c r="C145">
+        <v>522.456</v>
+      </c>
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>163</v>
+      </c>
+      <c r="B146" t="s">
+        <v>164</v>
+      </c>
+      <c r="C146">
+        <v>523.2</v>
+      </c>
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>165</v>
+      </c>
+      <c r="B147" t="s">
+        <v>166</v>
+      </c>
+      <c r="C147">
+        <v>528.3</v>
+      </c>
+      <c r="D147" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>167</v>
+      </c>
+      <c r="B148" t="s">
+        <v>168</v>
+      </c>
+      <c r="C148">
+        <v>529.044</v>
+      </c>
+      <c r="D148" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>169</v>
+      </c>
+      <c r="B149" t="s">
+        <v>170</v>
+      </c>
+      <c r="C149">
+        <v>534.756</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>171</v>
+      </c>
+      <c r="B150" t="s">
+        <v>172</v>
+      </c>
+      <c r="C150">
+        <v>539.904</v>
+      </c>
+      <c r="D150" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>173</v>
+      </c>
+      <c r="B151" t="s">
+        <v>174</v>
+      </c>
+      <c r="C151">
+        <v>541.236</v>
+      </c>
+      <c r="D151" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>175</v>
+      </c>
+      <c r="B152" t="s">
+        <v>176</v>
+      </c>
+      <c r="C152">
+        <v>541.344</v>
+      </c>
+      <c r="D152" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>177</v>
+      </c>
+      <c r="B153" t="s">
+        <v>178</v>
+      </c>
+      <c r="C153">
+        <v>542.484</v>
+      </c>
+      <c r="D153" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>179</v>
+      </c>
+      <c r="B154" t="s">
+        <v>180</v>
+      </c>
+      <c r="C154">
+        <v>547.476</v>
+      </c>
+      <c r="D154" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>181</v>
+      </c>
+      <c r="B155" t="s">
+        <v>182</v>
+      </c>
+      <c r="C155">
+        <v>559.344</v>
+      </c>
+      <c r="D155" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>183</v>
+      </c>
+      <c r="B156" t="s">
+        <v>184</v>
+      </c>
+      <c r="C156">
+        <v>560.784</v>
+      </c>
+      <c r="D156" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>187</v>
+      </c>
+      <c r="B157" t="s">
+        <v>188</v>
+      </c>
+      <c r="C157">
+        <v>583.128</v>
+      </c>
+      <c r="D157" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>189</v>
+      </c>
+      <c r="B158" t="s">
+        <v>190</v>
+      </c>
+      <c r="C158">
+        <v>590.076</v>
+      </c>
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>191</v>
+      </c>
+      <c r="B159" t="s">
+        <v>192</v>
+      </c>
+      <c r="C159">
+        <v>599.448</v>
+      </c>
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>195</v>
+      </c>
+      <c r="B160" t="s">
+        <v>196</v>
+      </c>
+      <c r="C160">
+        <v>621.36</v>
+      </c>
+      <c r="D160" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>197</v>
+      </c>
+      <c r="B161" t="s">
+        <v>198</v>
+      </c>
+      <c r="C161">
+        <v>625.56</v>
+      </c>
+      <c r="D161" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>201</v>
+      </c>
+      <c r="B162" t="s">
+        <v>202</v>
+      </c>
+      <c r="C162">
+        <v>644.184</v>
+      </c>
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>203</v>
+      </c>
+      <c r="B163" t="s">
+        <v>204</v>
+      </c>
+      <c r="C163">
+        <v>648.12</v>
+      </c>
+      <c r="D163" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>205</v>
+      </c>
+      <c r="B164" t="s">
+        <v>206</v>
+      </c>
+      <c r="C164">
+        <v>659.34</v>
+      </c>
+      <c r="D164" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>209</v>
+      </c>
+      <c r="B165" t="s">
+        <v>210</v>
+      </c>
+      <c r="C165">
+        <v>663.708</v>
+      </c>
+      <c r="D165" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" t="s">
+        <v>211</v>
+      </c>
+      <c r="B166" t="s">
+        <v>212</v>
+      </c>
+      <c r="C166">
+        <v>665.904</v>
+      </c>
+      <c r="D166" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4">
+      <c r="A167" t="s">
+        <v>213</v>
+      </c>
+      <c r="B167" t="s">
+        <v>214</v>
+      </c>
+      <c r="C167">
+        <v>674.316</v>
+      </c>
+      <c r="D167" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" t="s">
+        <v>215</v>
+      </c>
+      <c r="B168" t="s">
+        <v>216</v>
+      </c>
+      <c r="C168">
+        <v>676.38</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4">
+      <c r="A169" t="s">
+        <v>217</v>
+      </c>
+      <c r="B169" t="s">
+        <v>218</v>
+      </c>
+      <c r="C169">
+        <v>678.372</v>
+      </c>
+      <c r="D169" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4">
+      <c r="A170" t="s">
+        <v>219</v>
+      </c>
+      <c r="B170" t="s">
         <v>220</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C170">
+        <v>679.668</v>
+      </c>
+      <c r="D170" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4">
+      <c r="A171" t="s">
         <v>221</v>
       </c>
-      <c r="C132">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="B171" t="s">
+        <v>222</v>
+      </c>
+      <c r="C171">
+        <v>680.532</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>223</v>
+      </c>
+      <c r="B172" t="s">
+        <v>224</v>
+      </c>
+      <c r="C172">
+        <v>682.236</v>
+      </c>
+      <c r="D172" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4">
+      <c r="A173" t="s">
+        <v>225</v>
+      </c>
+      <c r="B173" t="s">
+        <v>226</v>
+      </c>
+      <c r="C173">
+        <v>684.108</v>
+      </c>
+      <c r="D173" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4">
+      <c r="A174" t="s">
+        <v>227</v>
+      </c>
+      <c r="B174" t="s">
+        <v>228</v>
+      </c>
+      <c r="C174">
+        <v>684.684</v>
+      </c>
+      <c r="D174" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4">
+      <c r="A175" t="s">
+        <v>229</v>
+      </c>
+      <c r="B175" t="s">
+        <v>230</v>
+      </c>
+      <c r="C175">
+        <v>700.716</v>
+      </c>
+      <c r="D175" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4">
+      <c r="A176" t="s">
+        <v>231</v>
+      </c>
+      <c r="B176" t="s">
+        <v>232</v>
+      </c>
+      <c r="C176">
+        <v>701.28</v>
+      </c>
+      <c r="D176" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4">
+      <c r="A177" t="s">
+        <v>233</v>
+      </c>
+      <c r="B177" t="s">
+        <v>234</v>
+      </c>
+      <c r="C177">
+        <v>736.224</v>
+      </c>
+      <c r="D177" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4">
+      <c r="A178" t="s">
+        <v>235</v>
+      </c>
+      <c r="B178" t="s">
+        <v>236</v>
+      </c>
+      <c r="C178">
+        <v>741.912</v>
+      </c>
+      <c r="D178" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4">
+      <c r="A179" t="s">
+        <v>237</v>
+      </c>
+      <c r="B179" t="s">
+        <v>238</v>
+      </c>
+      <c r="C179">
+        <v>755.592</v>
+      </c>
+      <c r="D179" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" t="s">
+        <v>239</v>
+      </c>
+      <c r="B180" t="s">
+        <v>240</v>
+      </c>
+      <c r="C180">
+        <v>766.428</v>
+      </c>
+      <c r="D180" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" t="s">
+        <v>241</v>
+      </c>
+      <c r="B181" t="s">
+        <v>242</v>
+      </c>
+      <c r="C181">
+        <v>775.116</v>
+      </c>
+      <c r="D181" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" t="s">
+        <v>243</v>
+      </c>
+      <c r="B182" t="s">
+        <v>244</v>
+      </c>
+      <c r="C182">
+        <v>777.432</v>
+      </c>
+      <c r="D182" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>245</v>
+      </c>
+      <c r="B183" t="s">
+        <v>246</v>
+      </c>
+      <c r="C183">
+        <v>780.372</v>
+      </c>
+      <c r="D183" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>247</v>
+      </c>
+      <c r="B184" t="s">
+        <v>248</v>
+      </c>
+      <c r="C184">
+        <v>781.74</v>
+      </c>
+      <c r="D184" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>249</v>
+      </c>
+      <c r="B185" t="s">
+        <v>250</v>
+      </c>
+      <c r="C185">
+        <v>785.316</v>
+      </c>
+      <c r="D185" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>251</v>
+      </c>
+      <c r="B186" t="s">
+        <v>252</v>
+      </c>
+      <c r="C186">
+        <v>787.44</v>
+      </c>
+      <c r="D186" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>253</v>
+      </c>
+      <c r="B187" t="s">
+        <v>254</v>
+      </c>
+      <c r="C187">
+        <v>822.324</v>
+      </c>
+      <c r="D187" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
+        <v>255</v>
+      </c>
+      <c r="B188" t="s">
+        <v>256</v>
+      </c>
+      <c r="C188">
+        <v>828.828</v>
+      </c>
+      <c r="D188" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>257</v>
+      </c>
+      <c r="B189" t="s">
+        <v>258</v>
+      </c>
+      <c r="C189">
+        <v>831.108</v>
+      </c>
+      <c r="D189" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>259</v>
+      </c>
+      <c r="B190" t="s">
+        <v>260</v>
+      </c>
+      <c r="C190">
+        <v>835.932</v>
+      </c>
+      <c r="D190" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>261</v>
+      </c>
+      <c r="B191" t="s">
+        <v>262</v>
+      </c>
+      <c r="C191">
+        <v>889.14</v>
+      </c>
+      <c r="D191" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>263</v>
+      </c>
+      <c r="B192" t="s">
+        <v>264</v>
+      </c>
+      <c r="C192">
+        <v>900.036</v>
+      </c>
+      <c r="D192" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>265</v>
+      </c>
+      <c r="B193" t="s">
+        <v>266</v>
+      </c>
+      <c r="C193">
+        <v>922.752</v>
+      </c>
+      <c r="D193" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>267</v>
+      </c>
+      <c r="B194" t="s">
+        <v>268</v>
+      </c>
+      <c r="C194">
+        <v>927.564</v>
+      </c>
+      <c r="D194" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
+        <v>269</v>
+      </c>
+      <c r="B195" t="s">
+        <v>270</v>
+      </c>
+      <c r="C195">
+        <v>928.128</v>
+      </c>
+      <c r="D195" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>271</v>
+      </c>
+      <c r="B196" t="s">
+        <v>272</v>
+      </c>
+      <c r="C196">
+        <v>955.98</v>
+      </c>
+      <c r="D196" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>273</v>
+      </c>
+      <c r="B197" t="s">
+        <v>274</v>
+      </c>
+      <c r="C197">
+        <v>971.16</v>
+      </c>
+      <c r="D197" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" t="s">
+        <v>275</v>
+      </c>
+      <c r="B198" t="s">
+        <v>276</v>
+      </c>
+      <c r="C198">
+        <v>983.448</v>
+      </c>
+      <c r="D198" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" t="s">
+        <v>277</v>
+      </c>
+      <c r="B199" t="s">
+        <v>278</v>
+      </c>
+      <c r="C199">
+        <v>995.748</v>
+      </c>
+      <c r="D199" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" t="s">
+        <v>279</v>
+      </c>
+      <c r="B200" t="s">
+        <v>280</v>
+      </c>
+      <c r="C200">
+        <v>1034.556</v>
+      </c>
+      <c r="D200" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" t="s">
+        <v>281</v>
+      </c>
+      <c r="B201" t="s">
+        <v>282</v>
+      </c>
+      <c r="C201">
+        <v>1045.788</v>
+      </c>
+      <c r="D201" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>9</v>
+      </c>
+      <c r="B202" t="s">
+        <v>10</v>
+      </c>
+      <c r="C202">
+        <v>47.544</v>
+      </c>
+      <c r="D202" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>29</v>
+      </c>
+      <c r="B203" t="s">
+        <v>30</v>
+      </c>
+      <c r="C203">
+        <v>110.472</v>
+      </c>
+      <c r="D203" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" t="s">
+        <v>42</v>
+      </c>
+      <c r="B204" t="s">
+        <v>43</v>
+      </c>
+      <c r="C204">
+        <v>148.848</v>
+      </c>
+      <c r="D204" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" t="s">
+        <v>46</v>
+      </c>
+      <c r="B205" t="s">
+        <v>47</v>
+      </c>
+      <c r="C205">
+        <v>188.544</v>
+      </c>
+      <c r="D205" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" t="s">
+        <v>60</v>
+      </c>
+      <c r="B206" t="s">
+        <v>61</v>
+      </c>
+      <c r="C206">
+        <v>251.376</v>
+      </c>
+      <c r="D206" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" t="s">
+        <v>64</v>
+      </c>
+      <c r="B207" t="s">
+        <v>65</v>
+      </c>
+      <c r="C207">
+        <v>254.4</v>
+      </c>
+      <c r="D207" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" t="s">
+        <v>66</v>
+      </c>
+      <c r="B208" t="s">
+        <v>67</v>
+      </c>
+      <c r="C208">
+        <v>279.096</v>
+      </c>
+      <c r="D208" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>68</v>
+      </c>
+      <c r="B209" t="s">
+        <v>69</v>
+      </c>
+      <c r="C209">
+        <v>282.972</v>
+      </c>
+      <c r="D209" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>70</v>
+      </c>
+      <c r="B210" t="s">
+        <v>71</v>
+      </c>
+      <c r="C210">
+        <v>289.128</v>
+      </c>
+      <c r="D210" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>72</v>
+      </c>
+      <c r="B211" t="s">
+        <v>73</v>
+      </c>
+      <c r="C211">
+        <v>290.448</v>
+      </c>
+      <c r="D211" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>76</v>
+      </c>
+      <c r="B212" t="s">
+        <v>77</v>
+      </c>
+      <c r="C212">
+        <v>295.032</v>
+      </c>
+      <c r="D212" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" t="s">
+        <v>88</v>
+      </c>
+      <c r="B213" t="s">
+        <v>89</v>
+      </c>
+      <c r="C213">
+        <v>312.12</v>
+      </c>
+      <c r="D213" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" t="s">
+        <v>90</v>
+      </c>
+      <c r="B214" t="s">
+        <v>91</v>
+      </c>
+      <c r="C214">
+        <v>313.728</v>
+      </c>
+      <c r="D214" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" t="s">
+        <v>92</v>
+      </c>
+      <c r="B215" t="s">
+        <v>93</v>
+      </c>
+      <c r="C215">
+        <v>325.02</v>
+      </c>
+      <c r="D215" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" t="s">
+        <v>96</v>
+      </c>
+      <c r="B216" t="s">
+        <v>97</v>
+      </c>
+      <c r="C216">
+        <v>331.236</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" t="s">
+        <v>98</v>
+      </c>
+      <c r="B217" t="s">
+        <v>99</v>
+      </c>
+      <c r="C217">
+        <v>338.292</v>
+      </c>
+      <c r="D217" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" t="s">
+        <v>100</v>
+      </c>
+      <c r="B218" t="s">
+        <v>101</v>
+      </c>
+      <c r="C218">
+        <v>350.352</v>
+      </c>
+      <c r="D218" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" t="s">
+        <v>102</v>
+      </c>
+      <c r="B219" t="s">
+        <v>103</v>
+      </c>
+      <c r="C219">
+        <v>350.88</v>
+      </c>
+      <c r="D219" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" t="s">
+        <v>105</v>
+      </c>
+      <c r="B220" t="s">
+        <v>106</v>
+      </c>
+      <c r="C220">
+        <v>356.796</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" t="s">
+        <v>107</v>
+      </c>
+      <c r="B221" t="s">
+        <v>108</v>
+      </c>
+      <c r="C221">
+        <v>357.408</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" t="s">
+        <v>109</v>
+      </c>
+      <c r="B222" t="s">
+        <v>110</v>
+      </c>
+      <c r="C222">
+        <v>358.56</v>
+      </c>
+      <c r="D222" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" t="s">
+        <v>111</v>
+      </c>
+      <c r="B223" t="s">
+        <v>112</v>
+      </c>
+      <c r="C223">
+        <v>360.192</v>
+      </c>
+      <c r="D223" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" t="s">
+        <v>113</v>
+      </c>
+      <c r="B224" t="s">
+        <v>114</v>
+      </c>
+      <c r="C224">
+        <v>362.808</v>
+      </c>
+      <c r="D224" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" t="s">
+        <v>117</v>
+      </c>
+      <c r="B225" t="s">
+        <v>118</v>
+      </c>
+      <c r="C225">
+        <v>373.776</v>
+      </c>
+      <c r="D225" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" t="s">
+        <v>119</v>
+      </c>
+      <c r="B226" t="s">
+        <v>120</v>
+      </c>
+      <c r="C226">
+        <v>375.552</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" t="s">
+        <v>121</v>
+      </c>
+      <c r="B227" t="s">
+        <v>122</v>
+      </c>
+      <c r="C227">
+        <v>377.244</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" t="s">
+        <v>123</v>
+      </c>
+      <c r="B228" t="s">
+        <v>124</v>
+      </c>
+      <c r="C228">
+        <v>381.084</v>
+      </c>
+      <c r="D228" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" t="s">
+        <v>125</v>
+      </c>
+      <c r="B229" t="s">
+        <v>126</v>
+      </c>
+      <c r="C229">
+        <v>381.084</v>
+      </c>
+      <c r="D229" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" t="s">
+        <v>127</v>
+      </c>
+      <c r="B230" t="s">
+        <v>128</v>
+      </c>
+      <c r="C230">
+        <v>391.668</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" t="s">
+        <v>129</v>
+      </c>
+      <c r="B231" t="s">
+        <v>130</v>
+      </c>
+      <c r="C231">
+        <v>393.648</v>
+      </c>
+      <c r="D231" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" t="s">
+        <v>131</v>
+      </c>
+      <c r="B232" t="s">
+        <v>132</v>
+      </c>
+      <c r="C232">
+        <v>404.76</v>
+      </c>
+      <c r="D232" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" t="s">
+        <v>133</v>
+      </c>
+      <c r="B233" t="s">
+        <v>134</v>
+      </c>
+      <c r="C233">
+        <v>418.308</v>
+      </c>
+      <c r="D233" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" t="s">
+        <v>137</v>
+      </c>
+      <c r="B234" t="s">
+        <v>138</v>
+      </c>
+      <c r="C234">
+        <v>436.404</v>
+      </c>
+      <c r="D234" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>139</v>
+      </c>
+      <c r="B235" t="s">
+        <v>140</v>
+      </c>
+      <c r="C235">
+        <v>441.108</v>
+      </c>
+      <c r="D235" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>141</v>
+      </c>
+      <c r="B236" t="s">
+        <v>142</v>
+      </c>
+      <c r="C236">
+        <v>443.088</v>
+      </c>
+      <c r="D236" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" t="s">
+        <v>143</v>
+      </c>
+      <c r="B237" t="s">
+        <v>144</v>
+      </c>
+      <c r="C237">
+        <v>454.98</v>
+      </c>
+      <c r="D237" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" t="s">
+        <v>145</v>
+      </c>
+      <c r="B238" t="s">
+        <v>146</v>
+      </c>
+      <c r="C238">
+        <v>460.524</v>
+      </c>
+      <c r="D238" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" t="s">
+        <v>147</v>
+      </c>
+      <c r="B239" t="s">
+        <v>148</v>
+      </c>
+      <c r="C239">
+        <v>467.616</v>
+      </c>
+      <c r="D239" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" t="s">
+        <v>149</v>
+      </c>
+      <c r="B240" t="s">
+        <v>150</v>
+      </c>
+      <c r="C240">
+        <v>467.856</v>
+      </c>
+      <c r="D240" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>151</v>
+      </c>
+      <c r="B241" t="s">
+        <v>152</v>
+      </c>
+      <c r="C241">
+        <v>471.552</v>
+      </c>
+      <c r="D241" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>153</v>
+      </c>
+      <c r="B242" t="s">
+        <v>154</v>
+      </c>
+      <c r="C242">
+        <v>479.76</v>
+      </c>
+      <c r="D242" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>155</v>
+      </c>
+      <c r="B243" t="s">
+        <v>156</v>
+      </c>
+      <c r="C243">
+        <v>486.576</v>
+      </c>
+      <c r="D243" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>157</v>
+      </c>
+      <c r="B244" t="s">
+        <v>158</v>
+      </c>
+      <c r="C244">
+        <v>487.248</v>
+      </c>
+      <c r="D244" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>161</v>
+      </c>
+      <c r="B245" t="s">
+        <v>162</v>
+      </c>
+      <c r="C245">
+        <v>522.456</v>
+      </c>
+      <c r="D245" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>163</v>
+      </c>
+      <c r="B246" t="s">
+        <v>164</v>
+      </c>
+      <c r="C246">
+        <v>523.2</v>
+      </c>
+      <c r="D246" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>165</v>
+      </c>
+      <c r="B247" t="s">
+        <v>166</v>
+      </c>
+      <c r="C247">
+        <v>528.3</v>
+      </c>
+      <c r="D247" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>167</v>
+      </c>
+      <c r="B248" t="s">
+        <v>168</v>
+      </c>
+      <c r="C248">
+        <v>529.044</v>
+      </c>
+      <c r="D248" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>169</v>
+      </c>
+      <c r="B249" t="s">
+        <v>170</v>
+      </c>
+      <c r="C249">
+        <v>534.756</v>
+      </c>
+      <c r="D249" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>171</v>
+      </c>
+      <c r="B250" t="s">
+        <v>172</v>
+      </c>
+      <c r="C250">
+        <v>539.904</v>
+      </c>
+      <c r="D250" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>173</v>
+      </c>
+      <c r="B251" t="s">
+        <v>174</v>
+      </c>
+      <c r="C251">
+        <v>541.236</v>
+      </c>
+      <c r="D251" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>175</v>
+      </c>
+      <c r="B252" t="s">
+        <v>176</v>
+      </c>
+      <c r="C252">
+        <v>541.344</v>
+      </c>
+      <c r="D252" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>177</v>
+      </c>
+      <c r="B253" t="s">
+        <v>178</v>
+      </c>
+      <c r="C253">
+        <v>542.484</v>
+      </c>
+      <c r="D253" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>179</v>
+      </c>
+      <c r="B254" t="s">
+        <v>180</v>
+      </c>
+      <c r="C254">
+        <v>547.476</v>
+      </c>
+      <c r="D254" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>181</v>
+      </c>
+      <c r="B255" t="s">
+        <v>182</v>
+      </c>
+      <c r="C255">
+        <v>559.344</v>
+      </c>
+      <c r="D255" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>183</v>
+      </c>
+      <c r="B256" t="s">
+        <v>184</v>
+      </c>
+      <c r="C256">
+        <v>560.784</v>
+      </c>
+      <c r="D256" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>187</v>
+      </c>
+      <c r="B257" t="s">
+        <v>188</v>
+      </c>
+      <c r="C257">
+        <v>583.128</v>
+      </c>
+      <c r="D257" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>189</v>
+      </c>
+      <c r="B258" t="s">
+        <v>190</v>
+      </c>
+      <c r="C258">
+        <v>590.076</v>
+      </c>
+      <c r="D258" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>191</v>
+      </c>
+      <c r="B259" t="s">
+        <v>192</v>
+      </c>
+      <c r="C259">
+        <v>599.448</v>
+      </c>
+      <c r="D259" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>195</v>
+      </c>
+      <c r="B260" t="s">
+        <v>196</v>
+      </c>
+      <c r="C260">
+        <v>621.36</v>
+      </c>
+      <c r="D260" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>197</v>
+      </c>
+      <c r="B261" t="s">
+        <v>198</v>
+      </c>
+      <c r="C261">
+        <v>625.56</v>
+      </c>
+      <c r="D261" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>201</v>
+      </c>
+      <c r="B262" t="s">
+        <v>202</v>
+      </c>
+      <c r="C262">
+        <v>644.184</v>
+      </c>
+      <c r="D262" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>205</v>
+      </c>
+      <c r="B263" t="s">
+        <v>206</v>
+      </c>
+      <c r="C263">
+        <v>659.34</v>
+      </c>
+      <c r="D263" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>209</v>
+      </c>
+      <c r="B264" t="s">
+        <v>210</v>
+      </c>
+      <c r="C264">
+        <v>663.708</v>
+      </c>
+      <c r="D264" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>211</v>
+      </c>
+      <c r="B265" t="s">
+        <v>212</v>
+      </c>
+      <c r="C265">
+        <v>665.904</v>
+      </c>
+      <c r="D265" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>213</v>
+      </c>
+      <c r="B266" t="s">
+        <v>214</v>
+      </c>
+      <c r="C266">
+        <v>674.316</v>
+      </c>
+      <c r="D266" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>215</v>
+      </c>
+      <c r="B267" t="s">
+        <v>216</v>
+      </c>
+      <c r="C267">
+        <v>676.38</v>
+      </c>
+      <c r="D267" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>217</v>
+      </c>
+      <c r="B268" t="s">
+        <v>218</v>
+      </c>
+      <c r="C268">
+        <v>678.372</v>
+      </c>
+      <c r="D268" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>219</v>
+      </c>
+      <c r="B269" t="s">
+        <v>220</v>
+      </c>
+      <c r="C269">
+        <v>679.668</v>
+      </c>
+      <c r="D269" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>221</v>
+      </c>
+      <c r="B270" t="s">
+        <v>222</v>
+      </c>
+      <c r="C270">
+        <v>680.532</v>
+      </c>
+      <c r="D270" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>223</v>
+      </c>
+      <c r="B271" t="s">
+        <v>224</v>
+      </c>
+      <c r="C271">
+        <v>682.236</v>
+      </c>
+      <c r="D271" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>225</v>
+      </c>
+      <c r="B272" t="s">
+        <v>226</v>
+      </c>
+      <c r="C272">
+        <v>684.108</v>
+      </c>
+      <c r="D272" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>227</v>
+      </c>
+      <c r="B273" t="s">
+        <v>228</v>
+      </c>
+      <c r="C273">
+        <v>684.684</v>
+      </c>
+      <c r="D273" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>229</v>
+      </c>
+      <c r="B274" t="s">
+        <v>230</v>
+      </c>
+      <c r="C274">
+        <v>700.716</v>
+      </c>
+      <c r="D274" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>231</v>
+      </c>
+      <c r="B275" t="s">
+        <v>232</v>
+      </c>
+      <c r="C275">
+        <v>701.28</v>
+      </c>
+      <c r="D275" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>233</v>
+      </c>
+      <c r="B276" t="s">
+        <v>234</v>
+      </c>
+      <c r="C276">
+        <v>736.224</v>
+      </c>
+      <c r="D276" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>235</v>
+      </c>
+      <c r="B277" t="s">
+        <v>236</v>
+      </c>
+      <c r="C277">
+        <v>741.912</v>
+      </c>
+      <c r="D277" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>237</v>
+      </c>
+      <c r="B278" t="s">
+        <v>238</v>
+      </c>
+      <c r="C278">
+        <v>755.592</v>
+      </c>
+      <c r="D278" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>239</v>
+      </c>
+      <c r="B279" t="s">
+        <v>240</v>
+      </c>
+      <c r="C279">
+        <v>766.428</v>
+      </c>
+      <c r="D279" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>243</v>
+      </c>
+      <c r="B280" t="s">
+        <v>244</v>
+      </c>
+      <c r="C280">
+        <v>777.432</v>
+      </c>
+      <c r="D280" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>245</v>
+      </c>
+      <c r="B281" t="s">
+        <v>246</v>
+      </c>
+      <c r="C281">
+        <v>780.372</v>
+      </c>
+      <c r="D281" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>247</v>
+      </c>
+      <c r="B282" t="s">
+        <v>248</v>
+      </c>
+      <c r="C282">
+        <v>781.74</v>
+      </c>
+      <c r="D282" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>251</v>
+      </c>
+      <c r="B283" t="s">
+        <v>252</v>
+      </c>
+      <c r="C283">
+        <v>787.44</v>
+      </c>
+      <c r="D283" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>253</v>
+      </c>
+      <c r="B284" t="s">
+        <v>254</v>
+      </c>
+      <c r="C284">
+        <v>822.324</v>
+      </c>
+      <c r="D284" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>255</v>
+      </c>
+      <c r="B285" t="s">
+        <v>256</v>
+      </c>
+      <c r="C285">
+        <v>828.828</v>
+      </c>
+      <c r="D285" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>257</v>
+      </c>
+      <c r="B286" t="s">
+        <v>258</v>
+      </c>
+      <c r="C286">
+        <v>831.108</v>
+      </c>
+      <c r="D286" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>259</v>
+      </c>
+      <c r="B287" t="s">
+        <v>260</v>
+      </c>
+      <c r="C287">
+        <v>835.932</v>
+      </c>
+      <c r="D287" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>261</v>
+      </c>
+      <c r="B288" t="s">
+        <v>262</v>
+      </c>
+      <c r="C288">
+        <v>889.14</v>
+      </c>
+      <c r="D288" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>263</v>
+      </c>
+      <c r="B289" t="s">
+        <v>264</v>
+      </c>
+      <c r="C289">
+        <v>900.036</v>
+      </c>
+      <c r="D289" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>267</v>
+      </c>
+      <c r="B290" t="s">
+        <v>268</v>
+      </c>
+      <c r="C290">
+        <v>927.564</v>
+      </c>
+      <c r="D290" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>269</v>
+      </c>
+      <c r="B291" t="s">
+        <v>270</v>
+      </c>
+      <c r="C291">
+        <v>928.128</v>
+      </c>
+      <c r="D291" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>271</v>
+      </c>
+      <c r="B292" t="s">
+        <v>272</v>
+      </c>
+      <c r="C292">
+        <v>955.98</v>
+      </c>
+      <c r="D292" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>273</v>
+      </c>
+      <c r="B293" t="s">
+        <v>274</v>
+      </c>
+      <c r="C293">
+        <v>971.16</v>
+      </c>
+      <c r="D293" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>275</v>
+      </c>
+      <c r="B294" t="s">
+        <v>276</v>
+      </c>
+      <c r="C294">
+        <v>983.448</v>
+      </c>
+      <c r="D294" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>277</v>
+      </c>
+      <c r="B295" t="s">
+        <v>278</v>
+      </c>
+      <c r="C295">
+        <v>995.748</v>
+      </c>
+      <c r="D295" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>279</v>
+      </c>
+      <c r="B296" t="s">
+        <v>280</v>
+      </c>
+      <c r="C296">
+        <v>1034.556</v>
+      </c>
+      <c r="D296" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>171</v>
+      </c>
+      <c r="B297" t="s">
+        <v>283</v>
+      </c>
+      <c r="C297">
+        <v>1065.792</v>
+      </c>
+      <c r="D297" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>284</v>
+      </c>
+      <c r="B298" t="s">
+        <v>285</v>
+      </c>
+      <c r="C298">
+        <v>1070.232</v>
+      </c>
+      <c r="D298" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>286</v>
+      </c>
+      <c r="B299" t="s">
+        <v>287</v>
+      </c>
+      <c r="C299">
+        <v>1118.676</v>
+      </c>
+      <c r="D299" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>288</v>
+      </c>
+      <c r="B300" t="s">
+        <v>289</v>
+      </c>
+      <c r="C300">
+        <v>1149.9</v>
+      </c>
+      <c r="D300" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>290</v>
+      </c>
+      <c r="B301" t="s">
+        <v>291</v>
+      </c>
+      <c r="C301">
+        <v>1226.592</v>
+      </c>
+      <c r="D301" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>42</v>
+      </c>
+      <c r="B302" t="s">
+        <v>43</v>
+      </c>
+      <c r="C302">
+        <v>148.848</v>
+      </c>
+      <c r="D302" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>46</v>
+      </c>
+      <c r="B303" t="s">
+        <v>47</v>
+      </c>
+      <c r="C303">
+        <v>188.544</v>
+      </c>
+      <c r="D303" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>60</v>
+      </c>
+      <c r="B304" t="s">
+        <v>61</v>
+      </c>
+      <c r="C304">
+        <v>251.376</v>
+      </c>
+      <c r="D304" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>64</v>
+      </c>
+      <c r="B305" t="s">
+        <v>65</v>
+      </c>
+      <c r="C305">
+        <v>254.4</v>
+      </c>
+      <c r="D305" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>66</v>
+      </c>
+      <c r="B306" t="s">
+        <v>67</v>
+      </c>
+      <c r="C306">
+        <v>279.096</v>
+      </c>
+      <c r="D306" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>68</v>
+      </c>
+      <c r="B307" t="s">
+        <v>69</v>
+      </c>
+      <c r="C307">
+        <v>282.972</v>
+      </c>
+      <c r="D307" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>70</v>
+      </c>
+      <c r="B308" t="s">
+        <v>71</v>
+      </c>
+      <c r="C308">
+        <v>289.128</v>
+      </c>
+      <c r="D308" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>72</v>
+      </c>
+      <c r="B309" t="s">
+        <v>73</v>
+      </c>
+      <c r="C309">
+        <v>290.448</v>
+      </c>
+      <c r="D309" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>76</v>
+      </c>
+      <c r="B310" t="s">
+        <v>77</v>
+      </c>
+      <c r="C310">
+        <v>295.032</v>
+      </c>
+      <c r="D310" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>88</v>
+      </c>
+      <c r="B311" t="s">
+        <v>89</v>
+      </c>
+      <c r="C311">
+        <v>312.12</v>
+      </c>
+      <c r="D311" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>90</v>
+      </c>
+      <c r="B312" t="s">
+        <v>91</v>
+      </c>
+      <c r="C312">
+        <v>313.728</v>
+      </c>
+      <c r="D312" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>92</v>
+      </c>
+      <c r="B313" t="s">
+        <v>93</v>
+      </c>
+      <c r="C313">
+        <v>325.02</v>
+      </c>
+      <c r="D313" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>96</v>
+      </c>
+      <c r="B314" t="s">
+        <v>97</v>
+      </c>
+      <c r="C314">
+        <v>331.236</v>
+      </c>
+      <c r="D314" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>98</v>
+      </c>
+      <c r="B315" t="s">
+        <v>99</v>
+      </c>
+      <c r="C315">
+        <v>338.292</v>
+      </c>
+      <c r="D315" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>100</v>
+      </c>
+      <c r="B316" t="s">
+        <v>101</v>
+      </c>
+      <c r="C316">
+        <v>350.352</v>
+      </c>
+      <c r="D316" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>102</v>
+      </c>
+      <c r="B317" t="s">
+        <v>103</v>
+      </c>
+      <c r="C317">
+        <v>350.88</v>
+      </c>
+      <c r="D317" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>105</v>
+      </c>
+      <c r="B318" t="s">
+        <v>106</v>
+      </c>
+      <c r="C318">
+        <v>356.796</v>
+      </c>
+      <c r="D318" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>107</v>
+      </c>
+      <c r="B319" t="s">
+        <v>108</v>
+      </c>
+      <c r="C319">
+        <v>357.408</v>
+      </c>
+      <c r="D319" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>109</v>
+      </c>
+      <c r="B320" t="s">
+        <v>110</v>
+      </c>
+      <c r="C320">
+        <v>358.56</v>
+      </c>
+      <c r="D320" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>111</v>
+      </c>
+      <c r="B321" t="s">
+        <v>112</v>
+      </c>
+      <c r="C321">
+        <v>360.192</v>
+      </c>
+      <c r="D321" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>113</v>
+      </c>
+      <c r="B322" t="s">
+        <v>114</v>
+      </c>
+      <c r="C322">
+        <v>362.808</v>
+      </c>
+      <c r="D322" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>117</v>
+      </c>
+      <c r="B323" t="s">
+        <v>118</v>
+      </c>
+      <c r="C323">
+        <v>373.776</v>
+      </c>
+      <c r="D323" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>119</v>
+      </c>
+      <c r="B324" t="s">
+        <v>120</v>
+      </c>
+      <c r="C324">
+        <v>375.552</v>
+      </c>
+      <c r="D324" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>121</v>
+      </c>
+      <c r="B325" t="s">
+        <v>122</v>
+      </c>
+      <c r="C325">
+        <v>377.244</v>
+      </c>
+      <c r="D325" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>123</v>
+      </c>
+      <c r="B326" t="s">
+        <v>124</v>
+      </c>
+      <c r="C326">
+        <v>381.084</v>
+      </c>
+      <c r="D326" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>125</v>
+      </c>
+      <c r="B327" t="s">
+        <v>126</v>
+      </c>
+      <c r="C327">
+        <v>381.084</v>
+      </c>
+      <c r="D327" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>127</v>
+      </c>
+      <c r="B328" t="s">
+        <v>128</v>
+      </c>
+      <c r="C328">
+        <v>391.668</v>
+      </c>
+      <c r="D328" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>129</v>
+      </c>
+      <c r="B329" t="s">
+        <v>130</v>
+      </c>
+      <c r="C329">
+        <v>393.648</v>
+      </c>
+      <c r="D329" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>131</v>
+      </c>
+      <c r="B330" t="s">
+        <v>132</v>
+      </c>
+      <c r="C330">
+        <v>404.76</v>
+      </c>
+      <c r="D330" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>133</v>
+      </c>
+      <c r="B331" t="s">
+        <v>134</v>
+      </c>
+      <c r="C331">
+        <v>418.308</v>
+      </c>
+      <c r="D331" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>137</v>
+      </c>
+      <c r="B332" t="s">
+        <v>138</v>
+      </c>
+      <c r="C332">
+        <v>436.404</v>
+      </c>
+      <c r="D332" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>139</v>
+      </c>
+      <c r="B333" t="s">
+        <v>140</v>
+      </c>
+      <c r="C333">
+        <v>441.108</v>
+      </c>
+      <c r="D333" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="s">
+        <v>141</v>
+      </c>
+      <c r="B334" t="s">
+        <v>142</v>
+      </c>
+      <c r="C334">
+        <v>443.088</v>
+      </c>
+      <c r="D334" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
+        <v>145</v>
+      </c>
+      <c r="B335" t="s">
+        <v>146</v>
+      </c>
+      <c r="C335">
+        <v>460.524</v>
+      </c>
+      <c r="D335" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="s">
+        <v>149</v>
+      </c>
+      <c r="B336" t="s">
+        <v>150</v>
+      </c>
+      <c r="C336">
+        <v>467.856</v>
+      </c>
+      <c r="D336" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4">
+      <c r="A337" t="s">
+        <v>151</v>
+      </c>
+      <c r="B337" t="s">
+        <v>152</v>
+      </c>
+      <c r="C337">
+        <v>471.552</v>
+      </c>
+      <c r="D337" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4">
+      <c r="A338" t="s">
+        <v>153</v>
+      </c>
+      <c r="B338" t="s">
+        <v>154</v>
+      </c>
+      <c r="C338">
+        <v>479.76</v>
+      </c>
+      <c r="D338" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4">
+      <c r="A339" t="s">
+        <v>157</v>
+      </c>
+      <c r="B339" t="s">
+        <v>158</v>
+      </c>
+      <c r="C339">
+        <v>487.248</v>
+      </c>
+      <c r="D339" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4">
+      <c r="A340" t="s">
+        <v>161</v>
+      </c>
+      <c r="B340" t="s">
+        <v>162</v>
+      </c>
+      <c r="C340">
+        <v>522.456</v>
+      </c>
+      <c r="D340" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4">
+      <c r="A341" t="s">
+        <v>167</v>
+      </c>
+      <c r="B341" t="s">
+        <v>168</v>
+      </c>
+      <c r="C341">
+        <v>529.044</v>
+      </c>
+      <c r="D341" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4">
+      <c r="A342" t="s">
+        <v>171</v>
+      </c>
+      <c r="B342" t="s">
+        <v>172</v>
+      </c>
+      <c r="C342">
+        <v>539.904</v>
+      </c>
+      <c r="D342" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4">
+      <c r="A343" t="s">
+        <v>173</v>
+      </c>
+      <c r="B343" t="s">
+        <v>174</v>
+      </c>
+      <c r="C343">
+        <v>541.236</v>
+      </c>
+      <c r="D343" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4">
+      <c r="A344" t="s">
+        <v>177</v>
+      </c>
+      <c r="B344" t="s">
+        <v>178</v>
+      </c>
+      <c r="C344">
+        <v>542.484</v>
+      </c>
+      <c r="D344" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4">
+      <c r="A345" t="s">
+        <v>183</v>
+      </c>
+      <c r="B345" t="s">
+        <v>184</v>
+      </c>
+      <c r="C345">
+        <v>560.784</v>
+      </c>
+      <c r="D345" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4">
+      <c r="A346" t="s">
+        <v>189</v>
+      </c>
+      <c r="B346" t="s">
+        <v>190</v>
+      </c>
+      <c r="C346">
+        <v>590.076</v>
+      </c>
+      <c r="D346" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4">
+      <c r="A347" t="s">
+        <v>197</v>
+      </c>
+      <c r="B347" t="s">
+        <v>198</v>
+      </c>
+      <c r="C347">
+        <v>625.56</v>
+      </c>
+      <c r="D347" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4">
+      <c r="A348" t="s">
+        <v>205</v>
+      </c>
+      <c r="B348" t="s">
+        <v>206</v>
+      </c>
+      <c r="C348">
+        <v>659.34</v>
+      </c>
+      <c r="D348" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4">
+      <c r="A349" t="s">
+        <v>215</v>
+      </c>
+      <c r="B349" t="s">
+        <v>216</v>
+      </c>
+      <c r="C349">
+        <v>676.38</v>
+      </c>
+      <c r="D349" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4">
+      <c r="A350" t="s">
+        <v>221</v>
+      </c>
+      <c r="B350" t="s">
+        <v>222</v>
+      </c>
+      <c r="C350">
+        <v>680.532</v>
+      </c>
+      <c r="D350" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4">
+      <c r="A351" t="s">
+        <v>223</v>
+      </c>
+      <c r="B351" t="s">
+        <v>224</v>
+      </c>
+      <c r="C351">
+        <v>682.236</v>
+      </c>
+      <c r="D351" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4">
+      <c r="A352" t="s">
+        <v>225</v>
+      </c>
+      <c r="B352" t="s">
+        <v>226</v>
+      </c>
+      <c r="C352">
+        <v>684.108</v>
+      </c>
+      <c r="D352" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4">
+      <c r="A353" t="s">
+        <v>227</v>
+      </c>
+      <c r="B353" t="s">
+        <v>228</v>
+      </c>
+      <c r="C353">
+        <v>684.684</v>
+      </c>
+      <c r="D353" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4">
+      <c r="A354" t="s">
+        <v>237</v>
+      </c>
+      <c r="B354" t="s">
+        <v>238</v>
+      </c>
+      <c r="C354">
+        <v>755.592</v>
+      </c>
+      <c r="D354" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4">
+      <c r="A355" t="s">
+        <v>243</v>
+      </c>
+      <c r="B355" t="s">
+        <v>244</v>
+      </c>
+      <c r="C355">
+        <v>777.432</v>
+      </c>
+      <c r="D355" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356" t="s">
+        <v>251</v>
+      </c>
+      <c r="B356" t="s">
+        <v>252</v>
+      </c>
+      <c r="C356">
+        <v>787.44</v>
+      </c>
+      <c r="D356" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4">
+      <c r="A357" t="s">
+        <v>253</v>
+      </c>
+      <c r="B357" t="s">
+        <v>254</v>
+      </c>
+      <c r="C357">
+        <v>822.324</v>
+      </c>
+      <c r="D357" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4">
+      <c r="A358" t="s">
+        <v>257</v>
+      </c>
+      <c r="B358" t="s">
+        <v>258</v>
+      </c>
+      <c r="C358">
+        <v>831.108</v>
+      </c>
+      <c r="D358" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4">
+      <c r="A359" t="s">
+        <v>261</v>
+      </c>
+      <c r="B359" t="s">
+        <v>262</v>
+      </c>
+      <c r="C359">
+        <v>889.14</v>
+      </c>
+      <c r="D359" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" t="s">
+        <v>263</v>
+      </c>
+      <c r="B360" t="s">
+        <v>264</v>
+      </c>
+      <c r="C360">
+        <v>900.036</v>
+      </c>
+      <c r="D360" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4">
+      <c r="A361" t="s">
+        <v>171</v>
+      </c>
+      <c r="B361" t="s">
+        <v>283</v>
+      </c>
+      <c r="C361">
+        <v>1065.792</v>
+      </c>
+      <c r="D361" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4">
+      <c r="A362" t="s">
+        <v>288</v>
+      </c>
+      <c r="B362" t="s">
+        <v>289</v>
+      </c>
+      <c r="C362">
+        <v>1149.9</v>
+      </c>
+      <c r="D362" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4">
+      <c r="A363" t="s">
+        <v>292</v>
+      </c>
+      <c r="B363" t="s">
+        <v>293</v>
+      </c>
+      <c r="C363">
+        <v>1435.572</v>
+      </c>
+      <c r="D363" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4">
+      <c r="A364" t="s">
+        <v>294</v>
+      </c>
+      <c r="B364" t="s">
+        <v>295</v>
+      </c>
+      <c r="C364">
+        <v>1576.416</v>
+      </c>
+      <c r="D364" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4">
+      <c r="A365" t="s">
+        <v>296</v>
+      </c>
+      <c r="B365" t="s">
+        <v>297</v>
+      </c>
+      <c r="C365">
+        <v>1632.144</v>
+      </c>
+      <c r="D365" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4">
+      <c r="A366" t="s">
+        <v>298</v>
+      </c>
+      <c r="B366" t="s">
+        <v>299</v>
+      </c>
+      <c r="C366">
+        <v>1764.108</v>
+      </c>
+      <c r="D366" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4">
+      <c r="A367" t="s">
+        <v>300</v>
+      </c>
+      <c r="B367" t="s">
+        <v>301</v>
+      </c>
+      <c r="C367">
+        <v>1840.14</v>
+      </c>
+      <c r="D367" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4">
+      <c r="A368" t="s">
+        <v>302</v>
+      </c>
+      <c r="B368" t="s">
+        <v>303</v>
+      </c>
+      <c r="C368">
+        <v>3006.24</v>
+      </c>
+      <c r="D368" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4">
+      <c r="A369" t="s">
+        <v>304</v>
+      </c>
+      <c r="B369" t="s">
+        <v>305</v>
+      </c>
+      <c r="C369">
+        <v>3067.248</v>
+      </c>
+      <c r="D369" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" t="s">
+        <v>306</v>
+      </c>
+      <c r="B370" t="s">
+        <v>307</v>
+      </c>
+      <c r="C370">
+        <v>3874.188</v>
+      </c>
+      <c r="D370" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" t="s">
+        <v>308</v>
+      </c>
+      <c r="B371" t="s">
+        <v>309</v>
+      </c>
+      <c r="C371">
+        <v>9702.564</v>
+      </c>
+      <c r="D371" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D133"/>
+  <autoFilter ref="A1:D372"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>