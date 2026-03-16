--- v1 (2026-01-28)
+++ v2 (2026-03-16)
@@ -7,975 +7,816 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$372</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$159</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Backplate за Powercolor AMD RADEON RX 7000 Red Devil Серия видео карти, SBP-790002</t>
   </si>
   <si>
     <t>PC-VC-AC-SBP-790002</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Видео карта BIOSTAR GeForce 210, 1GB, GDDR3, 64 bit, DVI-I, D-Sub, HDMI</t>
   </si>
   <si>
     <t>BIO-VC-N-VN2103NHG6</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Видео карта ZOTAC GeForce GT 710 2GB GDDR3</t>
   </si>
   <si>
     <t>ZOTAC-VC-N710-2GB</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Видео карта BIOSTAR GeForce GT 610, 2GB, SDDR3, 64 bit, DVI-I, D-Sub, HDMI</t>
   </si>
   <si>
     <t>BIO-VC-N-VN6103THX6</t>
   </si>
   <si>
     <t>Видео карта GIGABYTE GV-N710D3-2GL, 2GB, GDDR3, 64 bit, DVI-D, D-Sub, HDMI, rev 1.0</t>
   </si>
   <si>
     <t>GA-VC-N710D3-2GL</t>
   </si>
   <si>
     <t>Видео карта BIOSTAR GeForce GT730, 2GB, GDDR3, 128 bit, DVI-I, D-Sub, HDMI</t>
   </si>
   <si>
     <t>BIO-VC-N-VN7313THX1</t>
   </si>
   <si>
     <t>Видео карта BIOSTAR GeForce GT730, 4GB, GDDR3, 128 bit, DVI-I, D-Sub, HDMI</t>
   </si>
   <si>
     <t>BIO-VC-N-VN7313TH41</t>
   </si>
   <si>
+    <t>Видео карта BIOSTAR GeForce GT1030, 4GB, DDR4, 64bit, DVI-I, HDMI</t>
+  </si>
+  <si>
+    <t>BIO-VC-N-VN1034TB46</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR Radeon RX550, 4GB, GDDR5, 128 bit, DVI-I, HDMI, DisplayPort, PCI Express 3.0 x16</t>
+  </si>
+  <si>
+    <t>BIO-VC-R-VA5505RF41</t>
+  </si>
+  <si>
+    <t>Видеокарта ASUS GeForce GT 1030 2GB GDDR5 Low Profile</t>
+  </si>
+  <si>
+    <t>ASUS-VC-GT1030-SL-2G-BRK</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GeForce GT 1030 2GB GDDR5 Low Profile</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N1030-2GB</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS GeForce GT 730 2GB GDDR5</t>
+  </si>
+  <si>
+    <t>ASUS-VC-GT730-SL-2GD5-BRK</t>
+  </si>
+  <si>
     <t>Видео карта GIGABYTE GeForce GT 1030 D4 2GB DDR4 Low Profile</t>
   </si>
   <si>
     <t>GA-VC-N1030D4-2GL</t>
   </si>
   <si>
-    <t>Видео карта BIOSTAR GeForce GT1030, 4GB, DDR4, 64bit, DVI-I, HDMI</t>
-[...38 lines deleted...]
-    <t>ASUS-VC-GT730-SL-2GD5-BRK</t>
+    <t>Видео карта ASUS GT 1030 2GB GDDR5 Low Profile</t>
+  </si>
+  <si>
+    <t>ASUS-VC-GT1030-2G-BRK</t>
   </si>
   <si>
     <t>Видео карта ASRock Intel ARC A380 Low Profile 6GB</t>
   </si>
   <si>
     <t>ASR-VC-IA380-LP-6G</t>
   </si>
   <si>
+    <t>Видео карта BIOSTAR GeForce GTX 1050TI 4GB GDDR5</t>
+  </si>
+  <si>
+    <t>BIO-VC-N-VN1055TF41</t>
+  </si>
+  <si>
     <t>Видео карта ASRock Intel ARC A380 Challenger ITX 6GB OC</t>
   </si>
   <si>
     <t>ASR-VC-IA380-CLI-6GO</t>
   </si>
   <si>
-    <t>Видео карта ASUS GT 1030 2GB GDDR5 Low Profile</t>
-[...10 lines deleted...]
-  <si>
     <t>Видео карта BIOSTAR AMD Radeon RX580 8GB GDDR5</t>
   </si>
   <si>
     <t>BIO-VC-RX580-8GB</t>
   </si>
   <si>
+    <t>Външен мулти-дисплей адаптер Matrox T2G-D3D-IF за едновременна работа на 3 монитор с DVI/VGA вход</t>
+  </si>
+  <si>
+    <t>MATROX-T2G-D3D-IF</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR GeForce GTX 1660 SUPER, 6GB, GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN1666SF69</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 3050 OC Low Profile 6GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-N3050-OC-6GB-L</t>
+  </si>
+  <si>
     <t>Видео карта BIOSTAR GeForce RTX 3050 6GB GDDR6</t>
   </si>
   <si>
     <t>BIO-VC-VN3516RF68</t>
   </si>
   <si>
-    <t>Видео карта PNY NVIDIA Quadro T400, 4GB, GDDR6, 64 bit, mini DisplayPort</t>
-[...20 lines deleted...]
-    <t>BIO-VC-VN1666SF69</t>
+    <t>Видео карта BIOSTAR GeForce GTX 1660 TI, 6GB, GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN1666TF69</t>
   </si>
   <si>
     <t>Видео карта PNY VCNRTXA400ATX-PB</t>
   </si>
   <si>
     <t>PNY-VCNRTXA400-PB</t>
   </si>
   <si>
-    <t>Видео карта BIOSTAR GeForce GTX 1660 TI, 6GB, GDDR6</t>
-[...4 lines deleted...]
-  <si>
     <t>Видеокарта ZOTAC GAMING RTX 3050 ECO 8GB GDDR6</t>
   </si>
   <si>
     <t>ZOTAC-VC-N3050-8GB</t>
   </si>
   <si>
+    <t>Видео карта BIOSTAR GeForce RTX 2060 Super 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN2066RF82</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5050 OC Low Profile 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-N5050-OC-8GL</t>
+  </si>
+  <si>
+    <t>Видео карта POWERCOLOR RX 7600 Fighter V2 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX7600-8G-F-V2</t>
+  </si>
+  <si>
     <t>Видео карта ASRock Intel ARC B570 Challenger 10GB OC</t>
   </si>
   <si>
     <t>ASR-VC-B570-CL-10G</t>
   </si>
   <si>
-    <t>Видео карта POWERCOLOR RX 7600 Fighter V2 8GB GDDR6</t>
-[...8 lines deleted...]
-    <t>BIO-VC-VN2066RF82</t>
+    <t>Видео карта ASROCK RX 7600 Challenger OC 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX7600-CL-8GO</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock Intel ARC B580 Steel Legend 12GB OC</t>
+  </si>
+  <si>
+    <t>ASR-VC-B580-STEEL-12G</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS DUAL RTX 5050 OC 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RTX5050-O8G</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock Intel ARC B580 Challenger 12GB OC</t>
+  </si>
+  <si>
+    <t>ASR-VC-B580-CL-12G</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5050 Twin Edge 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5050-8GB</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 WINDFORCE OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060WF2-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 WINDFORCE 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060WF2-8GD</t>
   </si>
   <si>
     <t>Видео карта GIGABYTE RTX 5050 8GB GDDR6</t>
   </si>
   <si>
     <t>GA-VC-N5050D6-8GD</t>
   </si>
   <si>
+    <t>Видео карта ZOTAC GAMING RTX 5050 Twin Edge White Edition OC 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5050-8GB-OC-W</t>
+  </si>
+  <si>
     <t>Видео карта GIGABYTE RTX 5050 WINDFORCE OC 8GB GDDR6</t>
   </si>
   <si>
     <t>GA-VC-N5050WF2-OC-8GD</t>
   </si>
   <si>
-    <t>Видео карта ZOTAC GAMING RTX 5050 Twin Edge 8GB GDDR6</t>
-[...14 lines deleted...]
-    <t>GA-VC-N5050-OC-8GL</t>
+    <t>Видео карта PowerColor RADEON RX 9060 XT Reaper 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9060XT-8G-A</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5050 GAMING OC 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-N5050GAM-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR GeForce RTX 3060 12GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3606RML9</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 Twin Edge 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060-8GB-TW</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 WINDFORCE MAX OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060WF2MAX-OC-8G</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS DUAL RTX 5060 EVO OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RTX5060-EVO</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 EAGLE OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060EAGLE-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 Twin Edge OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060-8GB-OC</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 Twin Edge OC White Edition 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060-8GB-W</t>
   </si>
   <si>
     <t xml:space="preserve">Видео карта Matrox M9128-E1024LAF PCIe x16 1GB Low Profile, Workstation </t>
   </si>
   <si>
     <t>MATROX-M9128-E1024LAF</t>
   </si>
   <si>
-    <t>Видео карта ASROCK RX 7600 Challenger OC 8GB GDDR6</t>
-[...58 lines deleted...]
-  <si>
     <t>Видео карта GIGABYTE RTX 5060 Low Profile OC 8GB GDDR7</t>
   </si>
   <si>
     <t>GA-VC-N5060-OC-8GL</t>
   </si>
   <si>
-    <t>Видео карта ZOTAC GAMING RTX 5060 Twin Edge 8GB GDDR7</t>
-[...25 lines deleted...]
-  <si>
     <t>Видео карта GIGABYTE RTX 5060 EAGLE OC ICE 8GB GDDR7</t>
   </si>
   <si>
     <t>GA-VC-N5060EAGLE-OC-8G-IC</t>
   </si>
   <si>
-    <t>Видео карта ZOTAC GAMING RTX 5060 Twin Edge OC White Edition 8GB GDDR7</t>
-[...2 lines deleted...]
-    <t>ZOTAC-VC-N5060-8GB-W</t>
+    <t>Видео карта ASUS DUAL RTX 5060 OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RTX5060-O8G</t>
   </si>
   <si>
     <t>Видео карта BIOSTAR GeForce RTX 3060 TI 8GB GDDR6</t>
   </si>
   <si>
     <t>BIO-VC-VN3606TM82</t>
   </si>
   <si>
+    <t>Видео карта ASUS DUAL RTX 5060 White Edition OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RTX5060-O8W</t>
+  </si>
+  <si>
     <t>Видео карта ZOTAC GAMING RTX 5060 AMP 8GB GDDR7</t>
   </si>
   <si>
     <t>ZOTAC-VC-N5060-8GB-AMP</t>
   </si>
   <si>
     <t>Видео карта PowerColor RADEON RX 9060 XT Hellhound OC 8GB GDDR6</t>
   </si>
   <si>
     <t>PC-VC-RX9060XT-8G-L-OC</t>
   </si>
   <si>
+    <t>Видео карта GIGABYTE RADEON RX 9060 XT GAMING OC 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9060XT-GAM-OC-8GB</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 GAMING OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060GAM-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 AERO OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060AERO-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE AORUS RTX 5060 ELITE 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060AORUS-E-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта BIOSTAR GeForce RTX 3070 EXTREME GAMING , 8GB GDDR6, 256 Bit, DP, HDMI</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3706RM82</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-8GB</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-8GB-OC</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor RADEON RX 9060 XT Reaper 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9060XT-16G-A</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI AMP 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-8GB-AMP</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI WINDFORCE OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TWF2-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS DUAL RADEON RX 9060 XT 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RX9060XT-16G</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLE-OC-8GD</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor RADEON RX 9060 XT Hellhound OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9060XT-16G-L-OC</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC ICE 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLE-OC-8G-IC</t>
+  </si>
+  <si>
+    <t>Видеокарта Powercolor AMD Radeon Hellhound RX 9060XT Spectral White 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9060XT-16G-L-OC-W</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI GAMING OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TGAMING-OC-8GD</t>
+  </si>
+  <si>
     <t>Видео карта ASRock RADEON RX 9060 XT Challenger 16GB OC GDDR6</t>
   </si>
   <si>
     <t>ASR-VC-RX9060XT-CL-16GB</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE RTX 5060 AERO OC 8GB GDDR7</t>
-[...98 lines deleted...]
-    <t>ZOTAC-VC-N5060TI-8GB-AMP</t>
+    <t>Видео карта ASUS DUAL RADEON RX 9060 XT 16GB GDDR6 White Edition</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RX9060XT-WH</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI WINDFORCE MAX OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TW2MAXOC-16G</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-16GB-OC</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RADEON RX 9060 XT GAMING OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9060XT-GAM-OC-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RADEON RX 9060 XT GAMING OC ICE 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9060XT-GAM-OC-ICE</t>
   </si>
   <si>
     <t>Видео карта GIGABYTE RTX 5060 TI AERO OC 8GB GDDR7</t>
   </si>
   <si>
     <t>GA-VC-N506TAERO-OC-8GD</t>
   </si>
   <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLE-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE MAX OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLEMAXOC-16G</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock RADEON RX 9060 XT Steel Legend 16GB OC GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX9060XT-SL-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI EAGLE OC ICE 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TEAGLE-OC-16-IC</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI 16GB AMP GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-16GB-AMP</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI GAMING OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TGAMING-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5060 TI Twin Edge OC White Edition 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5060TI-16GB-O-W</t>
+  </si>
+  <si>
     <t>Видео карта PNY VCNRTXA1000-PB</t>
   </si>
   <si>
     <t>PNY-VCNRTXA1000-PB</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE RTX 5060 TI WINDFORCE MAX OC 16GB GDDR7</t>
-[...68 lines deleted...]
-    <t>ZOTAC-VC-N5060TI-16GB-O-W</t>
+    <t>Видео карта ASUS TUF Gaming RTX 5060 TI OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-TUF-RT5060TI-O16G</t>
   </si>
   <si>
     <t>Видео карта POWERCOLOR RX 7800 XT Red Devil 16GB GDDR6</t>
   </si>
   <si>
     <t>PC-VC-RX7800XT-RED</t>
   </si>
   <si>
-    <t>Видео карта ZOTAC GAMING RTX 5070 Twin Edge 12GB GDDR7</t>
-[...4 lines deleted...]
-  <si>
     <t>Видео карта GIGABYTE AORUS RTX 5060 TI ELITE 16GB GDDR7</t>
   </si>
   <si>
     <t>GA-VC-N506TAORUS-E-16GD</t>
   </si>
   <si>
-    <t>Видео карта ASUS TUF Gaming RTX 5060 TI OC 16GB GDDR7</t>
-[...2 lines deleted...]
-    <t>ASUS-VC-TUF-RT5060TI-O16G</t>
+    <t>Видео карта EIZO XN51LP Graphic Board PCIe 16x, 4GB, 4x mDP, Low Profile</t>
+  </si>
+  <si>
+    <t>EIZO-MGPU-XN51LP</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 WINDFORCE SFF 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5070WF3-12GD</t>
   </si>
   <si>
     <t>Видео карта Matrox M9140-E512LAF 512MB GDDR2 PCIe x16 Low Profile</t>
   </si>
   <si>
     <t>MATROX-M9140-E512LAF</t>
   </si>
   <si>
-    <t>Видео карта ZOTAC GAMING RTX 5070 Twin Ege OC 12GB GDDR7</t>
-[...20 lines deleted...]
-    <t>ZOTAC-VC-N5070-SOLID-OC</t>
+    <t>Видео карта GIGABYTE RTX 5060 TI WINDFORCE OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TWF2-OC-16GD</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 TI AERO OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N506TAERO-OC-16GD</t>
   </si>
   <si>
     <t>Видео карта PowerColor Radeon RX 9070 Reaper 16GB GDDR6</t>
   </si>
   <si>
     <t>PC-VC-RX9070-16G-A</t>
   </si>
   <si>
+    <t>Видео карта ASUS DUAL RTX 5060 TI OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RT5060TI-O16</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS TUF GAMING RADEON RX 9060 XT OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASUS-VC-TUF-RX9060XT-O16G</t>
+  </si>
+  <si>
     <t>Видео карта ASUS DUAL RTX 5070 OC 12GB GDDR7</t>
   </si>
   <si>
     <t>ASUS-VC-DUAL-RTX5070-O12G</t>
   </si>
   <si>
-    <t>Видео карта PowerColor Radeon RX 9070 Hellhound 16GB GDDR6</t>
-[...20 lines deleted...]
-    <t>GA-VC-N507EAGLE-OC-12G</t>
+    <t>Видео карта BIOSTAR GeForce RTX 3080 10GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3816RMT3</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 Twin Edge OC White Edition 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070-EDGE-W</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock RADEON RX 9070 XT Monster Hunter Wilds Edition 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX9070XT-MH-16G</t>
   </si>
   <si>
     <t>Видео карта ASRock RADEON RX 9070 XT Challenger 16GB GDDR6</t>
   </si>
   <si>
     <t>ASR-VC-RX9070XT-CL-16G</t>
   </si>
   <si>
-    <t>Видео карта ZOTAC GAMING RTX 5070 AMP White Edition 12GB GDDR7</t>
-[...98 lines deleted...]
-    <t>GA-VC-R9070XT-GAM-OC-16GB</t>
+    <t>Видео карта GIGABYTE RADEON RX 9070 XT GAMING 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9070XT-GAM-16GB</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon RX 9070 XT Red Devil 16GB GDDR6 Backplate Special Edition</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9070XT-16G-E-SP</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RADEON RX 9070 XT GAMING OC ICE 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-R9070XT-GAM-OC-ICE</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS PRIME RADEON RX 9070 XT White OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRIME-RX9070XT-WH</t>
   </si>
   <si>
     <t>Видео карта PowerColor Radeon RX 9070 XT HELLHOUND OC REVA EDITION 16GB GDDR6</t>
   </si>
   <si>
     <t>PC-VC-RX9070XT-16G-REVA</t>
   </si>
   <si>
-    <t>Видео карта PowerColor Radeon RX 9070 XT Red Devil 16GB GDDR6 Backplate Special Edition</t>
-[...28 lines deleted...]
-  <si>
     <t>Видео карта ASRock RADEON RX 9070 XT TAICHI OC 16GB GDDR6</t>
   </si>
   <si>
     <t>ASR-VC-RX9070XT-TCW-16GO</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE AORUS RADEON RX 9070 XT ELITE 16GB GDDR6</t>
-[...50 lines deleted...]
-    <t>GA-VC-N507TGAMING-OC-16GD</t>
+    <t>Видео карта ZOTAC GAMING RTX 5070 TI Solid SFF OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070TI-SLD-OC</t>
   </si>
   <si>
     <t>GA-VC-N506TEAGLE-M-OC-16G</t>
   </si>
   <si>
-    <t>Видео карта GIGABYTE RTX 5070 TI AERO OC 16GB GDDR7</t>
-[...8 lines deleted...]
-    <t>GA-VC-N507TAORUSE-M-16G</t>
+    <t>Видео карта ZOTAC GAMING RTX 5070 TI Solid Core OC White 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070TI-SLD-C-W</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 TI WINDFORCE OC V2 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507TWF3V2-OC-16G</t>
   </si>
   <si>
     <t>Видео карта ASUS TUF Gaming RTX 5070 TI 16GB GDDR7 White OC Edition</t>
   </si>
   <si>
     <t>ASUS-VC-TUF-RT5070TI-O16W</t>
   </si>
   <si>
-    <t>Видео карта ASUS ROG STRIX RTX 5070 TI OC 16GB GDDR7</t>
-[...2 lines deleted...]
-    <t>ASUS-VC-ROG-RT5070TI-O16G</t>
+    <t>Видео карта ASUS ProArt RTX 5070 TI OC Edition 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRO-RT5070TI-O16G</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock RADEON AI PRO R9700 Creator 32GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-R9700-CT-32G</t>
   </si>
   <si>
     <t>Видео карта PowerColor Radeon AI PRO R9700 32GB GDDR6</t>
   </si>
   <si>
     <t>PC-VC-R9700-32GB-B</t>
   </si>
   <si>
-    <t>Видео карта ASRock RADEON AI PRO R9700 Creator 32GB GDDR6</t>
-[...8 lines deleted...]
-    <t>ASUS-VC-PRO-RT5070TI-O16G</t>
+    <t>Видео карта ASUS ProArt GeForce RTX 5080 16GB GDDR7 OC Edition</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRO-RTX5080-O16G</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS ROG ASTRAL GeForce RTX 5080 White Edition OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-R-A-RTX5080-O16W</t>
   </si>
   <si>
     <t>Видео карта PNY VCNRTX4000PRO-PB, RTX A4000 PRO 24GB GDDR7</t>
   </si>
   <si>
     <t>PNY-VCNRTX4000PRO-PB</t>
   </si>
   <si>
-    <t>Видео карта ASUS ROG ASTRAL GeForce RTX 5080 White Edition OC 16GB GDDR7</t>
-[...2 lines deleted...]
-    <t>ASUS-VC-R-A-RTX5080-O16W</t>
+    <t>Видео карта ASUS ROG Astral RTX 5090 White OC 32GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-R-A-RTX5090-O32W</t>
   </si>
   <si>
     <t>Видео карта GIGABYTE AORUS RTX 5090 STEALTH ICE 32GB GDDR7</t>
   </si>
   <si>
     <t>GA-VC-N5090AORUSST-ICE</t>
-  </si>
-[...4 lines deleted...]
-    <t>ASUS-VC-R-A-RTX5090-O32W</t>
   </si>
   <si>
     <t>Видео карта PNY VCNRTXPRO4500-SB, RTX A4500 32GB, PCIE 5.0 x16</t>
   </si>
   <si>
     <t>PNY-VCNRTXA4500PRO</t>
   </si>
   <si>
     <t>Видео карта PNY VCNRTXPRO6000BQ-PB, RTX PRO 6000 Blackwell Max-Q Workstation Edition 96GB, PCIE 5.0 x16</t>
   </si>
   <si>
     <t>PNY-VCNRTXPRO6000MQ-PB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1291,5260 +1132,2278 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D372"/>
+  <dimension ref="A1:D159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>4.596</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>38.28</v>
+        <v>39.972</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>47.544</v>
+        <v>49.656</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>51.624</v>
+        <v>55.464</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>56.592</v>
+        <v>59.088</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>66.192</v>
+        <v>69.12</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>70.776</v>
+        <v>73.908</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>92.4</v>
+        <v>106.536</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>102.024</v>
+        <v>113.736</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>106.02</v>
+        <v>117.084</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>106.224</v>
+        <v>118.8</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>110.472</v>
+        <v>121.872</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>117.084</v>
+        <v>125.712</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
-        <v>121.872</v>
+        <v>133.332</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>127.836</v>
+        <v>133.488</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>130.164</v>
+        <v>155.436</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>133.332</v>
+        <v>167.88</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>148.848</v>
+        <v>187.584</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>164.436</v>
+        <v>219.288</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>188.544</v>
+        <v>227.112</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>217.668</v>
+        <v>231.06</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>219.108</v>
+        <v>240.828</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>221.268</v>
+        <v>242.376</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>223.068</v>
+        <v>248.784</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>228.888</v>
+        <v>262.5</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>232.104</v>
+        <v>291.444</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>251.376</v>
+        <v>308.088</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>251.388</v>
+        <v>310.044</v>
       </c>
       <c r="D29" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>254.4</v>
+        <v>311.448</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>279.096</v>
+        <v>316.572</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>282.972</v>
+        <v>322.668</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>289.128</v>
+        <v>325.92</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>290.448</v>
+        <v>342.924</v>
       </c>
       <c r="D34" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>291.42</v>
+        <v>344.58</v>
       </c>
       <c r="D35" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>295.032</v>
+        <v>345.888</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>301.644</v>
+        <v>353.256</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>303.156</v>
+        <v>359.784</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>307.62</v>
+        <v>366.552</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>309.0</v>
+        <v>372.624</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>311.844</v>
+        <v>373.224</v>
       </c>
       <c r="D41" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>312.12</v>
+        <v>379.056</v>
       </c>
       <c r="D42" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>313.728</v>
+        <v>389.232</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>325.02</v>
+        <v>401.076</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>328.392</v>
+        <v>404.748</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>331.236</v>
+        <v>406.872</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>338.292</v>
+        <v>406.956</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>350.352</v>
+        <v>409.86</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>350.88</v>
+        <v>415.512</v>
       </c>
       <c r="D49" t="s">
-        <v>104</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" t="s">
         <v>105</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>356.796</v>
+        <v>416.424</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" t="s">
         <v>107</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>357.408</v>
+        <v>417.6</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" t="s">
         <v>109</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>358.56</v>
+        <v>419.88</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" t="s">
         <v>111</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>360.192</v>
+        <v>422.856</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" t="s">
         <v>113</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>362.808</v>
+        <v>423.084</v>
       </c>
       <c r="D54" t="s">
-        <v>104</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>114</v>
+      </c>
+      <c r="B55" t="s">
         <v>115</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>367.272</v>
+        <v>424.98</v>
       </c>
       <c r="D55" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" t="s">
         <v>117</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>373.776</v>
+        <v>426.804</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>118</v>
+      </c>
+      <c r="B57" t="s">
         <v>119</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>375.552</v>
+        <v>436.404</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>120</v>
+      </c>
+      <c r="B58" t="s">
         <v>121</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>377.244</v>
+        <v>436.824</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>122</v>
+      </c>
+      <c r="B59" t="s">
         <v>123</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>381.084</v>
+        <v>439.26</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>124</v>
+      </c>
+      <c r="B60" t="s">
         <v>125</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>381.084</v>
+        <v>445.728</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>126</v>
+      </c>
+      <c r="B61" t="s">
         <v>127</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>391.668</v>
+        <v>452.184</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>128</v>
+      </c>
+      <c r="B62" t="s">
         <v>129</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>393.648</v>
+        <v>453.36</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" t="s">
         <v>131</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>404.76</v>
+        <v>475.116</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>132</v>
+      </c>
+      <c r="B64" t="s">
         <v>133</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>418.308</v>
+        <v>488.304</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>134</v>
+      </c>
+      <c r="B65" t="s">
         <v>135</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>434.148</v>
+        <v>499.644</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>136</v>
+      </c>
+      <c r="B66" t="s">
         <v>137</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>436.404</v>
+        <v>508.104</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>138</v>
+      </c>
+      <c r="B67" t="s">
         <v>139</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>441.108</v>
+        <v>513.972</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>140</v>
+      </c>
+      <c r="B68" t="s">
         <v>141</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>443.088</v>
+        <v>525.336</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>142</v>
+      </c>
+      <c r="B69" t="s">
         <v>143</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>454.98</v>
+        <v>526.812</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>144</v>
+      </c>
+      <c r="B70" t="s">
         <v>145</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>460.524</v>
+        <v>531.12</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>146</v>
+      </c>
+      <c r="B71" t="s">
         <v>147</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>467.616</v>
+        <v>533.244</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>148</v>
+      </c>
+      <c r="B72" t="s">
         <v>149</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>467.856</v>
+        <v>537.6</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>150</v>
+      </c>
+      <c r="B73" t="s">
         <v>151</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>471.552</v>
+        <v>539.664</v>
       </c>
       <c r="D73" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>152</v>
+      </c>
+      <c r="B74" t="s">
         <v>153</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>479.76</v>
+        <v>540.252</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" t="s">
         <v>155</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>486.576</v>
+        <v>543.3</v>
       </c>
       <c r="D75" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" t="s">
         <v>157</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>487.248</v>
+        <v>545.568</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>158</v>
+      </c>
+      <c r="B77" t="s">
         <v>159</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>506.04</v>
+        <v>546.348</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>160</v>
+      </c>
+      <c r="B78" t="s">
         <v>161</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>522.456</v>
+        <v>551.676</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>162</v>
+      </c>
+      <c r="B79" t="s">
         <v>163</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>523.2</v>
+        <v>552.444</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>164</v>
+      </c>
+      <c r="B80" t="s">
         <v>165</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>528.3</v>
+        <v>552.444</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>166</v>
+      </c>
+      <c r="B81" t="s">
         <v>167</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>529.044</v>
+        <v>552.516</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>168</v>
+      </c>
+      <c r="B82" t="s">
         <v>169</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>534.756</v>
+        <v>558.42</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>170</v>
+      </c>
+      <c r="B83" t="s">
         <v>171</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>539.904</v>
+        <v>563.784</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>172</v>
+      </c>
+      <c r="B84" t="s">
         <v>173</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>541.236</v>
+        <v>565.176</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" t="s">
         <v>175</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>541.344</v>
+        <v>565.296</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>176</v>
+      </c>
+      <c r="B86" t="s">
         <v>177</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>542.484</v>
+        <v>571.704</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>178</v>
+      </c>
+      <c r="B87" t="s">
         <v>179</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>547.476</v>
+        <v>584.088</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>180</v>
+      </c>
+      <c r="B88" t="s">
         <v>181</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>559.344</v>
+        <v>585.588</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>182</v>
+      </c>
+      <c r="B89" t="s">
         <v>183</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>560.784</v>
+        <v>597.204</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>184</v>
+      </c>
+      <c r="B90" t="s">
         <v>185</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>581.496</v>
+        <v>599.448</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>186</v>
+      </c>
+      <c r="B91" t="s">
         <v>187</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>583.128</v>
+        <v>607.224</v>
       </c>
       <c r="D91" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>188</v>
+      </c>
+      <c r="B92" t="s">
         <v>189</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>590.076</v>
+        <v>616.188</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>190</v>
+      </c>
+      <c r="B93" t="s">
         <v>191</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>599.448</v>
+        <v>633.492</v>
       </c>
       <c r="D93" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>192</v>
+      </c>
+      <c r="B94" t="s">
         <v>193</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>603.288</v>
+        <v>653.232</v>
       </c>
       <c r="D94" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>194</v>
+      </c>
+      <c r="B95" t="s">
         <v>195</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>621.36</v>
+        <v>662.016</v>
       </c>
       <c r="D95" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>196</v>
+      </c>
+      <c r="B96" t="s">
         <v>197</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>625.56</v>
+        <v>663.708</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>198</v>
+      </c>
+      <c r="B97" t="s">
         <v>199</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>633.492</v>
+        <v>671.196</v>
       </c>
       <c r="D97" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>200</v>
+      </c>
+      <c r="B98" t="s">
         <v>201</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>644.184</v>
+        <v>676.8</v>
       </c>
       <c r="D98" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>202</v>
+      </c>
+      <c r="B99" t="s">
         <v>203</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>648.12</v>
+        <v>680.532</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>204</v>
+      </c>
+      <c r="B100" t="s">
         <v>205</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>659.34</v>
+        <v>684.108</v>
       </c>
       <c r="D100" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>206</v>
+      </c>
+      <c r="B101" t="s">
         <v>207</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>663.42</v>
+        <v>688.512</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
+        <v>38</v>
+      </c>
+      <c r="B102" t="s">
+        <v>39</v>
+      </c>
+      <c r="C102">
+        <v>155.436</v>
+      </c>
+      <c r="D102" t="s">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="B103" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="C103">
-        <v>110.472</v>
+        <v>240.828</v>
       </c>
       <c r="D103" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="B104" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="C104">
-        <v>148.848</v>
+        <v>262.5</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="B105" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="C105">
-        <v>188.544</v>
+        <v>291.444</v>
       </c>
       <c r="D105" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>60</v>
       </c>
       <c r="B106" t="s">
         <v>61</v>
       </c>
       <c r="C106">
-        <v>251.376</v>
+        <v>308.088</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B107" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C107">
-        <v>254.4</v>
+        <v>310.044</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B108" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C108">
-        <v>279.096</v>
+        <v>325.92</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B109" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="C109">
-        <v>282.972</v>
+        <v>344.58</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B110" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="C110">
-        <v>289.128</v>
+        <v>345.888</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="B111" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="C111">
-        <v>290.448</v>
+        <v>353.256</v>
       </c>
       <c r="D111" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B112" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C112">
-        <v>295.032</v>
+        <v>359.784</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B113" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C113">
-        <v>312.12</v>
+        <v>366.552</v>
       </c>
       <c r="D113" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="B114" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C114">
-        <v>313.728</v>
+        <v>372.624</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B115" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C115">
-        <v>325.02</v>
+        <v>379.056</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B116" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C116">
-        <v>331.236</v>
+        <v>401.076</v>
       </c>
       <c r="D116" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B117" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C117">
-        <v>338.292</v>
+        <v>404.748</v>
       </c>
       <c r="D117" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B118" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C118">
-        <v>350.352</v>
+        <v>406.872</v>
       </c>
       <c r="D118" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B119" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C119">
-        <v>350.88</v>
+        <v>409.86</v>
       </c>
       <c r="D119" t="s">
-        <v>104</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B120" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C120">
-        <v>356.796</v>
+        <v>415.512</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
+        <v>106</v>
+      </c>
+      <c r="B121" t="s">
         <v>107</v>
       </c>
-      <c r="B121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121">
-        <v>357.408</v>
+        <v>417.6</v>
       </c>
       <c r="D121" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B122" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C122">
-        <v>358.56</v>
+        <v>424.98</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B123" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C123">
-        <v>360.192</v>
+        <v>426.804</v>
       </c>
       <c r="D123" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="B124" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="C124">
-        <v>362.808</v>
+        <v>452.184</v>
       </c>
       <c r="D124" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="B125" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="C125">
-        <v>373.776</v>
+        <v>525.336</v>
       </c>
       <c r="D125" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>119</v>
+        <v>148</v>
       </c>
       <c r="B126" t="s">
-        <v>120</v>
+        <v>149</v>
       </c>
       <c r="C126">
-        <v>375.552</v>
+        <v>537.6</v>
       </c>
       <c r="D126" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="B127" t="s">
-        <v>122</v>
+        <v>153</v>
       </c>
       <c r="C127">
-        <v>377.244</v>
+        <v>540.252</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>123</v>
+        <v>154</v>
       </c>
       <c r="B128" t="s">
-        <v>124</v>
+        <v>155</v>
       </c>
       <c r="C128">
-        <v>381.084</v>
+        <v>543.3</v>
       </c>
       <c r="D128" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="B129" t="s">
-        <v>126</v>
+        <v>157</v>
       </c>
       <c r="C129">
-        <v>381.084</v>
+        <v>545.568</v>
       </c>
       <c r="D129" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>127</v>
+        <v>164</v>
       </c>
       <c r="B130" t="s">
-        <v>128</v>
+        <v>165</v>
       </c>
       <c r="C130">
-        <v>391.668</v>
+        <v>552.444</v>
       </c>
       <c r="D130" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>129</v>
+        <v>170</v>
       </c>
       <c r="B131" t="s">
-        <v>130</v>
+        <v>171</v>
       </c>
       <c r="C131">
-        <v>393.648</v>
+        <v>563.784</v>
       </c>
       <c r="D131" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>131</v>
+        <v>180</v>
       </c>
       <c r="B132" t="s">
-        <v>132</v>
+        <v>181</v>
       </c>
       <c r="C132">
-        <v>404.76</v>
+        <v>585.588</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>133</v>
+        <v>202</v>
       </c>
       <c r="B133" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="C133">
-        <v>418.308</v>
+        <v>680.532</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>137</v>
+        <v>208</v>
       </c>
       <c r="B134" t="s">
-        <v>138</v>
+        <v>209</v>
       </c>
       <c r="C134">
-        <v>436.404</v>
+        <v>695.652</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>139</v>
+        <v>210</v>
       </c>
       <c r="B135" t="s">
-        <v>140</v>
+        <v>211</v>
       </c>
       <c r="C135">
-        <v>441.108</v>
+        <v>714.984</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>141</v>
+        <v>212</v>
       </c>
       <c r="B136" t="s">
-        <v>142</v>
+        <v>213</v>
       </c>
       <c r="C136">
-        <v>443.088</v>
+        <v>789.024</v>
       </c>
       <c r="D136" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>143</v>
+        <v>214</v>
       </c>
       <c r="B137" t="s">
-        <v>144</v>
+        <v>215</v>
       </c>
       <c r="C137">
-        <v>454.98</v>
+        <v>845.34</v>
       </c>
       <c r="D137" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>145</v>
+        <v>216</v>
       </c>
       <c r="B138" t="s">
-        <v>146</v>
+        <v>217</v>
       </c>
       <c r="C138">
-        <v>460.524</v>
+        <v>847.944</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>147</v>
+        <v>218</v>
       </c>
       <c r="B139" t="s">
-        <v>148</v>
+        <v>219</v>
       </c>
       <c r="C139">
-        <v>467.616</v>
+        <v>858.708</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>149</v>
+        <v>220</v>
       </c>
       <c r="B140" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="C140">
-        <v>467.856</v>
+        <v>886.488</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>151</v>
+        <v>222</v>
       </c>
       <c r="B141" t="s">
-        <v>152</v>
+        <v>223</v>
       </c>
       <c r="C141">
-        <v>471.552</v>
+        <v>907.656</v>
       </c>
       <c r="D141" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>153</v>
+        <v>224</v>
       </c>
       <c r="B142" t="s">
-        <v>154</v>
+        <v>225</v>
       </c>
       <c r="C142">
-        <v>479.76</v>
+        <v>917.076</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>155</v>
+        <v>226</v>
       </c>
       <c r="B143" t="s">
-        <v>156</v>
+        <v>227</v>
       </c>
       <c r="C143">
-        <v>486.576</v>
+        <v>939.852</v>
       </c>
       <c r="D143" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>157</v>
+        <v>228</v>
       </c>
       <c r="B144" t="s">
-        <v>158</v>
+        <v>229</v>
       </c>
       <c r="C144">
-        <v>487.248</v>
+        <v>1060.752</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="B145" t="s">
-        <v>162</v>
+        <v>230</v>
       </c>
       <c r="C145">
-        <v>522.456</v>
+        <v>1065.792</v>
       </c>
       <c r="D145" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>163</v>
+        <v>231</v>
       </c>
       <c r="B146" t="s">
-        <v>164</v>
+        <v>232</v>
       </c>
       <c r="C146">
-        <v>523.2</v>
+        <v>1085.856</v>
       </c>
       <c r="D146" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>165</v>
+        <v>233</v>
       </c>
       <c r="B147" t="s">
-        <v>166</v>
+        <v>234</v>
       </c>
       <c r="C147">
-        <v>528.3</v>
+        <v>1143.576</v>
       </c>
       <c r="D147" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>167</v>
+        <v>235</v>
       </c>
       <c r="B148" t="s">
-        <v>168</v>
+        <v>236</v>
       </c>
       <c r="C148">
-        <v>529.044</v>
+        <v>1180.776</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>169</v>
+        <v>237</v>
       </c>
       <c r="B149" t="s">
-        <v>170</v>
+        <v>238</v>
       </c>
       <c r="C149">
-        <v>534.756</v>
+        <v>1632.144</v>
       </c>
       <c r="D149" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>171</v>
+        <v>239</v>
       </c>
       <c r="B150" t="s">
-        <v>172</v>
+        <v>240</v>
       </c>
       <c r="C150">
-        <v>539.904</v>
+        <v>1665.912</v>
       </c>
       <c r="D150" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>173</v>
+        <v>241</v>
       </c>
       <c r="B151" t="s">
-        <v>174</v>
+        <v>242</v>
       </c>
       <c r="C151">
-        <v>541.236</v>
+        <v>1707.672</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>175</v>
+        <v>243</v>
       </c>
       <c r="B152" t="s">
-        <v>176</v>
+        <v>244</v>
       </c>
       <c r="C152">
-        <v>541.344</v>
+        <v>1753.404</v>
       </c>
       <c r="D152" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>177</v>
+        <v>245</v>
       </c>
       <c r="B153" t="s">
-        <v>178</v>
+        <v>246</v>
       </c>
       <c r="C153">
-        <v>542.484</v>
+        <v>1897.92</v>
       </c>
       <c r="D153" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>179</v>
+        <v>247</v>
       </c>
       <c r="B154" t="s">
-        <v>180</v>
+        <v>248</v>
       </c>
       <c r="C154">
-        <v>547.476</v>
+        <v>2192.04</v>
       </c>
       <c r="D154" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>181</v>
+        <v>249</v>
       </c>
       <c r="B155" t="s">
-        <v>182</v>
+        <v>250</v>
       </c>
       <c r="C155">
-        <v>559.344</v>
+        <v>3067.248</v>
       </c>
       <c r="D155" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>183</v>
+        <v>251</v>
       </c>
       <c r="B156" t="s">
-        <v>184</v>
+        <v>252</v>
       </c>
       <c r="C156">
-        <v>560.784</v>
+        <v>3469.296</v>
       </c>
       <c r="D156" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>187</v>
+        <v>253</v>
       </c>
       <c r="B157" t="s">
-        <v>188</v>
+        <v>254</v>
       </c>
       <c r="C157">
-        <v>583.128</v>
+        <v>3874.188</v>
       </c>
       <c r="D157" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>189</v>
+        <v>255</v>
       </c>
       <c r="B158" t="s">
-        <v>190</v>
+        <v>256</v>
       </c>
       <c r="C158">
-        <v>590.076</v>
+        <v>11505.228</v>
       </c>
       <c r="D158" t="s">
-        <v>11</v>
-[...605 lines deleted...]
-      <c r="A202" t="s">
         <v>9</v>
       </c>
-      <c r="B202" t="s">
-[...2373 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D372"/>
+  <autoFilter ref="A1:D159"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>