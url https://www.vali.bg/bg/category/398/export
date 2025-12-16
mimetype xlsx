--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -7,1647 +7,1677 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$522</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$533</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="530">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Пад за мишка ESTILLO, EST-MP-1-BLACK</t>
   </si>
   <si>
     <t>EST-MP-1-BLACK</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Пад за мишка ESTILLO, EST-MP-PICTURES</t>
   </si>
   <si>
     <t>EST-MP-PICTURES</t>
   </si>
   <si>
     <t>Слушалки тапи MAXELL EB-98  бели</t>
   </si>
   <si>
     <t>ML-AH-EB-98-WHITE</t>
   </si>
   <si>
     <t>Слушалки  MAXELL color BUDS EB-95</t>
   </si>
   <si>
     <t>ML-AH-EB-95</t>
   </si>
   <si>
     <t>Слушалки  MAXELL EB-98</t>
   </si>
   <si>
     <t>ML-AH-EB-98-BLACK</t>
   </si>
   <si>
     <t>ML-AH-EB-98-BLUE</t>
   </si>
   <si>
+    <t>Пад за мишка Hama "Landscape", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126871</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Animal", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126872</t>
+  </si>
+  <si>
+    <t>Слушалки  с микрофон MAXELL PLUGZ черна</t>
+  </si>
+  <si>
+    <t>ML-AH-PLUGZ-BLACK</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка текстилен "Easy", 126858</t>
+  </si>
+  <si>
+    <t>HAMA-126858</t>
+  </si>
+  <si>
+    <t>Слушалки  MAXELL PLUGZ</t>
+  </si>
+  <si>
+    <t>ML-AH-PLUGZ-WHITE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Слушалки с микрофон MAXELL EB-875 </t>
+  </si>
+  <si>
+    <t>ML-AH-EB-875-WH</t>
+  </si>
+  <si>
     <t>USB памет Rotate, 16GB, HAMA-94175</t>
   </si>
   <si>
     <t>HAMA-94175</t>
   </si>
   <si>
+    <t>Пад за мишка, HAMA-126861</t>
+  </si>
+  <si>
+    <t>HAMA-126861</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-01, 32 GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01-32GB-W</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-25F, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD25F-32</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Пад за лазерна мишка, тънък, самозалепващ, 126865</t>
+  </si>
+  <si>
+    <t>HAMA-126865</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-32GB</t>
+  </si>
+  <si>
+    <t>USB памет Laeta, USB 2.0, 16GB, HAMA-90983</t>
+  </si>
+  <si>
+    <t>HAMA-90983</t>
+  </si>
+  <si>
+    <t>USB памет HAMA "Fancy", 16GB, HAMA-90894</t>
+  </si>
+  <si>
+    <t>HAMA-90894</t>
+  </si>
+  <si>
+    <t>USB памет Smartly, 16GB, HAMA-94169</t>
+  </si>
+  <si>
+    <t>HAMA-94169</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-100, 3 бутона, 182600</t>
+  </si>
+  <si>
+    <t>HAMA-182600</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, USB 2.0, 16GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-16GB</t>
+  </si>
+  <si>
+    <t>USB памет Rotate, 32GB, HAMA-108029</t>
+  </si>
+  <si>
+    <t>HAMA-108029</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, 4GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-4GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, USB 2.0, 8GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-8GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, USB 2.0, 8GB Бял цвят</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-8GB-WHITE</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD01C, 32 GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01C-32GB-BL</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Holiday", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126873</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Розов</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-PINK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USB памет Team Group C141 16GB, </t>
+  </si>
+  <si>
+    <t>TEAM-USB-C141-16GB-BLUE</t>
+  </si>
+  <si>
+    <t>USB памет Team Group Elite C141, 8GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C141-8GB-RED</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 64GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-64GB-W</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-01, 64 GB без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01-64GB-W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Слушалки MAXELL KIDS </t>
+  </si>
+  <si>
+    <t>ML-AH-KIDS-BLUE</t>
+  </si>
+  <si>
+    <t>Слушалки MAXELL KIDS</t>
+  </si>
+  <si>
+    <t>ML-AH-KIDS-PINK</t>
+  </si>
+  <si>
+    <t>Слушалки тапи с микрофон MAXELL IN-TIPS RED</t>
+  </si>
+  <si>
+    <t>ML-AH-IN-TIPS-RED</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C141 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C141-32GB-YELLOW</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Smartly, 32GB, HAMA-108044</t>
+  </si>
+  <si>
+    <t>HAMA-108044</t>
+  </si>
+  <si>
+    <t>USB памет "Fancy", 64GB, HAMA-108062</t>
+  </si>
+  <si>
+    <t>HAMA-108062</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-200, 3 бутона, 182603</t>
+  </si>
+  <si>
+    <t>HAMA-182603</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C175 16GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C175-16GB-BLACK</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Зелен</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-GREEN</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Ultima U02, 8GB,USB 2.0 Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-U02V1K-8GB</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/ USB-A 3.0 Laeta, 16GB, 40Mb/s</t>
+  </si>
+  <si>
+    <t>HAMA-124161</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Smartly, 64GB, HAMA-108045</t>
+  </si>
+  <si>
+    <t>HAMA-108045</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 64GB, 10 MB/s, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-104302</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD82, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD82-32GB</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-200, 3 бутона, 182602</t>
+  </si>
+  <si>
+    <t>HAMA-182602</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 16GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-16GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, 32GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E300-32GB</t>
+  </si>
+  <si>
+    <t>Флаш памет 32Gb USB 2.0 SD-34B, бяла, Без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD34B</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C211 16GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C211-16GB-BL</t>
+  </si>
+  <si>
+    <t>HAMA "Fancy" USB флаш памет, USB 2.0, 16 GB, 181081</t>
+  </si>
+  <si>
+    <t>HAMA-181081</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка HAMA AMW-200, 3 бутона, 134960</t>
+  </si>
+  <si>
+    <t>HAMA-134960</t>
+  </si>
+  <si>
+    <t>Пад за лазерна мишка HAMA Laser, Самозалепващ, 54751</t>
+  </si>
+  <si>
+    <t>HAMA-54751</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 4GB, Черна</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-4GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, 32GB USB 3.1 черна</t>
+  </si>
+  <si>
+    <t>ML-USB3.1-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 16GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-16GB</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/USB-A 3.0 Laeta, 32GB, 40 MB/s, silver</t>
+  </si>
+  <si>
+    <t>HAMA-124162</t>
+  </si>
+  <si>
+    <t>Микрофон HAMA, За ревер с клипс Clip-On, 3.5мм, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-139901</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 64GB, USB 3.0 70 MB/s, Петролно синьо</t>
+  </si>
+  <si>
+    <t>HAMA-182464</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C175 64GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C175-64GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C211 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C211-32GB-BL</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Ultima II, 16GB,USB 2.0 Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF2M01V1K-16GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C175 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C175-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 32GB, UBS 3.0 70 MB/s, Петролно синьо</t>
+  </si>
+  <si>
+    <t>HAMA-182463</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-32GB</t>
+  </si>
+  <si>
+    <t>Четец за карти HAMA 181056, USB 2.0</t>
+  </si>
+  <si>
+    <t>HAMA-181056</t>
+  </si>
+  <si>
+    <t>Флаш памет 32Gb USB 2.0 SD-Y32B, бяла, Без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SDY23</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 8GB, ЧЕРЕН</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-8GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 16GB, Черен</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-16GB</t>
+  </si>
+  <si>
+    <t>Оптична мишка A4tech OP 620DS, безшумен клик, USB. черна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-OP-620DS</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-32GB</t>
+  </si>
+  <si>
+    <t>Слушалки тапи HAMA "Gloss", In Ear, Бели, 184132</t>
+  </si>
+  <si>
+    <t>HAMA-184132</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка HAMA MW-110, 3 бутона, 182618</t>
+  </si>
+  <si>
+    <t>HAMA-182618</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia 64GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTX-64GB-W</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-32GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD44, 32GB, USB 2.0 черен, без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD44-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD44, 32GB, USB 2.0, син, без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD44-32GB-BLUE</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-25T, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD25T-32</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C211 64GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C211-64GB-BL</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-300, безшумна, 182606</t>
+  </si>
+  <si>
+    <t>HAMA-182606</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-32GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Ultima II, 32GB, USB 2.0 Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF2M01V1K-32GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C222, 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C222-32GB-SIL</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Premium Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-PL-32GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C171, 64GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C171-64GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 128GB,10 MB/s, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-108071</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/UBS 3.0  Laeta, 64GB, 40GB/s</t>
+  </si>
+  <si>
+    <t>HAMA-124163</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-301, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD301-32GB</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Cruzer Blade, 32GB</t>
+  </si>
+  <si>
+    <t>SD-USB-CZ50-032G-B35</t>
+  </si>
+  <si>
+    <t>A4tech Illuminate N530S Жична безшумна мишкa черна, 1200 dpi</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-N-530S</t>
+  </si>
+  <si>
+    <t>Жична оптична мишка LOGITECH B100</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-B100BK</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B07, 16GB, USB 3.2, Черна</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3B07V1K-16GB</t>
+  </si>
+  <si>
+    <t>Жична оптична мишка LOGITECH M90</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M90-BK</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, 64GB</t>
+  </si>
+  <si>
+    <t>ML-USB3.1-SPEEDBOAT-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-32GB</t>
+  </si>
+  <si>
+    <t>Четец за карти HAMA, USB 2.0, 200132</t>
+  </si>
+  <si>
+    <t>HAMA-200132</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-64GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Jewel J06 16GB,USB 3.0 тъмно синя</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3J06V1D-16GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Marvel M02, 32GB,USB 3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>SLP-USB-M02V1S-32GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B02, 32GB, USB 3.2 Gen 1, Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-B02V1K-32</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP75 FStyler, Сребрист</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP75-SILVER</t>
+  </si>
+  <si>
+    <t>Слушалки тапи с микрофон MAXELL IN-BAX, USB-C</t>
+  </si>
+  <si>
+    <t>ML-AH-INBAX-USBC-BK</t>
+  </si>
+  <si>
+    <t>Слушалки  MAXELL тапи EB10  BASS 13  USB-C</t>
+  </si>
+  <si>
+    <t>ML-AH-EB10-BASS</t>
+  </si>
+  <si>
+    <t>Флаш памет HAMA "C-Rotate Pro", USB-C 3.1/3.0, 64GB, 70MB/s, 182490</t>
+  </si>
+  <si>
+    <t>HAMA-182490</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-64GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Marvel M02,USB 3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>SLP-USB-M02V1S-64GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C222, 64GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C222-64GB-SIL</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Jewel J06 32GB,USB 3.0 тъмно синя</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3J06V1D-32GB</t>
+  </si>
+  <si>
+    <t>Пад за нотбук 3 в 1 HAMA, Предпазна и почистваща кърпичка, 53011</t>
+  </si>
+  <si>
+    <t>HAMA-53011</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Premium Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-PL-64GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 128GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-128GB-W</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-32GB</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 32GB, USB 3.1 Gen 1, Син</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-032G-G46NB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B07, 64GB, USB 3.2, Черна</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3B07V1K-64GB</t>
+  </si>
+  <si>
+    <t>ACT Слушалки с микрофон, 3.5mm жак, 2м</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC9330</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 32GB, USB 3.1 Gen 1, Черна</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-032G-G46</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B07, 32GB, USB 3.2, Черна</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3B07V1K-32GB</t>
+  </si>
+  <si>
+    <t>AC четец за карти NITROX CI-02 3,5" вътрешен  USB2.0</t>
+  </si>
+  <si>
+    <t>INTER-TECH-READER</t>
+  </si>
+  <si>
+    <t>Флаш памет "C-Laeta", USB-C USB 3.1/3.0, 128 GB, HAMA-181073</t>
+  </si>
+  <si>
+    <t>HAMA-181073</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-64GB</t>
+  </si>
+  <si>
+    <t>Четец за карти Silicon Power C200 MicroSD - USB Type C</t>
+  </si>
+  <si>
+    <t>SLP-SD-MREDC2000K</t>
+  </si>
+  <si>
+    <t>HAMA Калъф за USB памет "Fashion"</t>
+  </si>
+  <si>
+    <t>HAMA-90775</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка RAPOO 1680, Тиха, 2.4Ghz, Бяла</t>
+  </si>
+  <si>
+    <t>RAPOO-14370</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Business", M, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-126874</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Business", M, Сив</t>
+  </si>
+  <si>
+    <t>HAMA-126875</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler SE9 G3, 64GB, USB 3.2 Gen1</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTSE9-KE-U2X64GB</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia M, 64GB,USB 3.2 Gen 1, Черна</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTXM-64GB</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia S 64GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTXS-64GB</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 64GB, USB 3.1 Gen 1, Черна</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-64G-G46</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 64GB, USB 3.1 Gen 1, Зелен</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-64G-G46G</t>
+  </si>
+  <si>
+    <t>Пад за мишка HAMA мини "Ergo", 126855</t>
+  </si>
+  <si>
+    <t>HAMA-126855</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-64GB</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 64GB, USB 3.1 Gen 1, Син</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-64G-G46NB</t>
+  </si>
+  <si>
+    <t>Hama MW-400 V2 6-бутонна безжична мишка, 173026</t>
+  </si>
+  <si>
+    <t>HAMA-173026</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Jewel J06 64GB,USB 3.0 тъмно синя</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3J06V1D-64GB</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон HAMA Kooky, 184140</t>
+  </si>
+  <si>
+    <t>HAMA-184140</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Business", XL, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-126877</t>
+  </si>
+  <si>
+    <t>Пад за мишка HAMA "Leather Look", 126857</t>
+  </si>
+  <si>
+    <t>HAMA-126857</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Leather look", Черен</t>
+  </si>
+  <si>
+    <t>HAMA-126856</t>
+  </si>
+  <si>
+    <t>Oптична 3-бутонна безжична мишка MW-300 V2, HAMA-173020</t>
+  </si>
+  <si>
+    <t>HAMA-173020</t>
+  </si>
+  <si>
+    <t>Hama MW-300 V2 оптична 3-бутонна безжична мишка, HAMA-173021</t>
+  </si>
+  <si>
+    <t>HAMA-173021</t>
+  </si>
+  <si>
+    <t>Hama MW-300 V2 оптична 3-бутонна безжична мишка, HAMA-173022</t>
+  </si>
+  <si>
+    <t>HAMA-173022</t>
+  </si>
+  <si>
+    <t>Hama MW-300 V2 оптична 3-бутонна безжична мишка, HAMA-173023</t>
+  </si>
+  <si>
+    <t>HAMA-173023</t>
+  </si>
+  <si>
+    <t>Hama MW-300 V2 оптична 3-бутонна безжична мишка, HAMA-173024</t>
+  </si>
+  <si>
+    <t>HAMA-173024</t>
+  </si>
+  <si>
+    <t>Безжична мишка с 6 бутона MW-400 V2, HAMA-173029</t>
+  </si>
+  <si>
+    <t>HAMA-173029</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон HAMA Sea II, USB-C, 184192</t>
+  </si>
+  <si>
+    <t>HAMA-184192</t>
+  </si>
+  <si>
+    <t>Флаш памет MAXELL SPEEDBOAT, 128GB USB 3.1 black</t>
+  </si>
+  <si>
+    <t>ML-USB-128GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет Silicon Power Mobile C51 64GB, USB-А и USB Type-C (USB 3.2 Gen 1)</t>
+  </si>
+  <si>
+    <t>SLP-USB-UC3C51V1S-64GB</t>
+  </si>
+  <si>
+    <t>Безжична мишка с 6 бутона MW-400 V2, HAMA-173028</t>
+  </si>
+  <si>
+    <t>HAMA-173028</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia, 128GB,USB 3.2 Gen 1, Бял</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTX-128GB-W</t>
+  </si>
+  <si>
+    <t>Пад за мишка HAMA "Ergo", 126854</t>
+  </si>
+  <si>
+    <t>HAMA-126854</t>
+  </si>
+  <si>
+    <t>USB хъб, 4 порта, HAMA-200118</t>
+  </si>
+  <si>
+    <t>HAMA-200118</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Business", XL, 126879</t>
+  </si>
+  <si>
+    <t>HAMA-126879</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Business", XL, 70 x 30 cm, сив</t>
+  </si>
+  <si>
+    <t>HAMA-126878</t>
+  </si>
+  <si>
+    <t>HAMA Жична клавиатура CK-100, кирилизирана, USB-C, USB-A</t>
+  </si>
+  <si>
+    <t>HAMA-173050</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Duo G2, 128GB USB-C + USB-A 3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTDEG2-128GB</t>
+  </si>
+  <si>
+    <t>HAMA Калъф "Vegas" за 5 USB памети, черен</t>
+  </si>
+  <si>
+    <t>HAMA-84409</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-128GB</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Phone Drive for Android - 32 GB,USB-A/ USB-C  100Mb/s</t>
+  </si>
+  <si>
+    <t>SD-USB-DDDC6-032G-G46</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-128GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-128GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-128GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-128GB</t>
+  </si>
+  <si>
+    <t>HAMA Стерео слушалки "Shell II", Over-Ear, 2m, черни</t>
+  </si>
+  <si>
+    <t>HAMA-221781</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Premium Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-PL-128GB</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun II", On-Ear, 3.5 мм жак, Черни</t>
+  </si>
+  <si>
+    <t>HAMA-221784</t>
+  </si>
+  <si>
+    <t>HAMA Жична клавиатура CK-200, кирилизирана, USB-A, USB-C, мулт.бутони</t>
+  </si>
+  <si>
+    <t>HAMA-173052</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia S 128GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTXS-128GB</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler microDuo 3C 64GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTDUO3C-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-128GB</t>
+  </si>
+  <si>
+    <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3513</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Phone Drive for Android - 64 GB,USB-A/ USB-C  100Mb/s</t>
+  </si>
+  <si>
+    <t>SD-USB-DDDC6-064G-G46</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка MW-500 Recharge, 173035</t>
+  </si>
+  <si>
+    <t>HAMA-173035</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge , черна, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173081</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, 6 бут.,800/1200/1600 dpi, безшумна, лилаво</t>
+  </si>
+  <si>
+    <t>HAMA-173083</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Flair, USB 3.0, 128GB, син</t>
+  </si>
+  <si>
+    <t>SD-USB-CZ73-128G-G46B</t>
+  </si>
+  <si>
+    <t>HAMA Стерео слушалки ShellTV Over-ear с 6 м кабел, 113dB</t>
+  </si>
+  <si>
+    <t>HAMA-221782</t>
+  </si>
+  <si>
+    <t>HAMA Хъб за Playstation 5, 6in1 USB, (1x USB-C, 5x USB-A), черно</t>
+  </si>
+  <si>
+    <t>HAMA-54406</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Phone Drive for Android -128 GB,USB-A/ USB-C  100Mb/s</t>
+  </si>
+  <si>
+    <t>SD-USB-DDDC6-128G-G46</t>
+  </si>
+  <si>
+    <t>HAMA Жичен комплект клавиатура и мишка CKM-200, USB-A, USB-C</t>
+  </si>
+  <si>
+    <t>HAMA-173054</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B02, 256GB</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3B02V1K-256GB</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, бяла, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173082</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, зелена, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173084</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173085</t>
+  </si>
+  <si>
+    <t>CHERRY MW 2200 Безжична мишка, 1300dpi,. 2.4Ghz, Бяла</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-T2200-0</t>
+  </si>
+  <si>
+    <t>CHERRY MW 2200 Безжична мишка, 1300dpi,. 2.4Ghz, Черен</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-T2200-2</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler microDuo 3C 128GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTDUO3C-128GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 256GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-256GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 256GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-256GB</t>
+  </si>
+  <si>
+    <t>HAMA Комплект безжична клавиатура с мишка "WKM-100", 173051</t>
+  </si>
+  <si>
+    <t>HAMA-173051</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 256GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-256GB</t>
+  </si>
+  <si>
+    <t>Четец за карти SanDisk Extreme PRO, USB-C,QuickFlow™ microSD™ UHS-I Card USB-A Reader</t>
+  </si>
+  <si>
+    <t>SD-SDDR-B731-GN6NN</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 256GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-256GB</t>
+  </si>
+  <si>
+    <t>HAMA Жична Клавиатура "CK-400", Х-структурна, USB-A, USB-C, AI бутон, светеща</t>
+  </si>
+  <si>
+    <t>HAMA-173058</t>
+  </si>
+  <si>
+    <t>A4tech FBK26C AS Cafe Latte Fstyler безжичнa мини тиха клавиатура, Multi-mode, кирилизирана</t>
+  </si>
+  <si>
+    <t>A4-KEY-FBK26-CAFE-BG</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 256GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-256GB</t>
+  </si>
+  <si>
+    <t>Мишка A4tech FB26CS Air2 Cafe Latte, Dual mode, 2000dpi, Li-Ion батерия, безшумна, Безжична</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FB26CS-CAFE</t>
+  </si>
+  <si>
+    <t>A4tech FB26CS Air2  Smoky Grey безжичнa мишка Dual mode,2000dpi,Li-Ion батерия, Безшумна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FB26CS-GREY</t>
+  </si>
+  <si>
+    <t>A4tech FB45CS Air'2 Stone grey безжичнa мишка, Dual mode, до 2000 dpi, черна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FB45CS-GREY</t>
+  </si>
+  <si>
+    <t>Флаш памет MAXELL VENTURE, 256GB USB 3.2 black</t>
+  </si>
+  <si>
+    <t>ML-USB-256GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Duo G2, 256GB USB-C + USB-A 3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTDEG2-256GB</t>
+  </si>
+  <si>
+    <t>HAMA Комплект безжична клавиатура с мишка "WKM-200", 8 медийни клавиша, черна</t>
+  </si>
+  <si>
+    <t>HAMA-173056</t>
+  </si>
+  <si>
+    <t>Delock Хъб USB-C, 4 порта, 1 x USB-A 10 Gbps, 2 x USB-A, 1 x USB-C, USB-C PD 95 W</t>
+  </si>
+  <si>
+    <t>DELOCK-64298</t>
+  </si>
+  <si>
+    <t>Настолен микрофон A4Tech Bloody GM20 - USB</t>
+  </si>
+  <si>
+    <t>A4-MIC-GM20</t>
+  </si>
+  <si>
+    <t>A4tech FBK26C AS Fstyler безжичнa мини тиха клавиатура, Multi-mode, презареждаема батерия, USB,кирилизирана</t>
+  </si>
+  <si>
+    <t>A4-KEY-FBK26-BLACK-BG</t>
+  </si>
+  <si>
+    <t>HAMA Безжичен комплект мини клавиатура и мишка  "WKM-500",TKL кирилизирана, AI клавиш</t>
+  </si>
+  <si>
+    <t>HAMA-173062</t>
+  </si>
+  <si>
+    <t>A4tech Fstyler FX70 Жична клавиатура, ниско профилна, ножична технология, кирилизирана, черна</t>
+  </si>
+  <si>
+    <t>A4-KEY-FX70</t>
+  </si>
+  <si>
+    <t>A4tech Fstyler FX72 Жична клавиатура, ниско профилна, ножична технология, кирилизирана, черна</t>
+  </si>
+  <si>
+    <t>A4-KEY-FX72</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка LOGITECH Pebble 2 M350s</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M350S-GR</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>HAMA Пад за мишка текстилен "Easy", 126858</t>
-[...1157 lines deleted...]
-    <t>SD-USB-CZ75-128G-G46</t>
+    <t>Слушалки с микрофон Logitech H151</t>
+  </si>
+  <si>
+    <t>LOGITECH-HEAD-H151</t>
+  </si>
+  <si>
+    <t>Микрофон с гъвкаво рамо Delock 66499 - USB и Mute бутон</t>
+  </si>
+  <si>
+    <t>DELOCK-66499</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 256GB, USB 3.1 Gen 1, Черен</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-256G-G46</t>
+  </si>
+  <si>
+    <t>Безжична клавиатура Logitech K250 Graphite - Кирилизирана</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-K250</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон Creative HS-230 - USB Адаптер</t>
+  </si>
+  <si>
+    <t>CREAT-HEAD-HS230</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler microDuo 3C 256GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTDUO3C-256GB</t>
+  </si>
+  <si>
+    <t>Kомплект клавиатура с мишка Logitech MK120 US-Layout - Черна</t>
+  </si>
+  <si>
+    <t>LOGITECH-920-002563</t>
+  </si>
+  <si>
+    <t>Слушалки HP Poly Blackwire 3220 USB-C - Черен</t>
+  </si>
+  <si>
+    <t>POLY-HEAD-8X228AA</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон HS-USB400 V2, черно</t>
+  </si>
+  <si>
+    <t>HAMA-139937</t>
   </si>
   <si>
     <t>USB памет KINGSTON DataTraveler Exodia S 256GB</t>
   </si>
   <si>
     <t>KIN-USB-DTXS-256GB</t>
   </si>
   <si>
-    <t>USB памет Silicon Power Mobile C51 128GB USB-A и USB Type-C (USB 3.2 Gen 1)</t>
-[...70 lines deleted...]
-  <si>
     <t>SanDisk Флаш памет 256Gb Ultra Drive Go USB-C Type-C, BLUE</t>
   </si>
   <si>
     <t>SD-USB-DDDC3-256G-G46NBB</t>
   </si>
   <si>
-    <t>Слушалки HP Poly Blackwire 3220 USB-C - Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен комплект Logitech MK250 Graphite - Кирилизирана</t>
   </si>
   <si>
     <t>LOGITECH-KEY-MK250</t>
   </si>
   <si>
     <t>HAMA Мишка „WM-900“ мултифункционална, ергономична, Bluetooth, батерия, RGB, черна</t>
   </si>
   <si>
     <t>HAMA-173097</t>
   </si>
   <si>
+    <t>Озвучителна система Creative Pebble SE , 4.4W RMS, USB, жак</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-SE-BK</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative Pebble SE , 4.4W RMS, жак, USB,бял</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-SE-WH</t>
+  </si>
+  <si>
+    <t>Уеб камера Creative Live! Cam Sync - 1080p V2</t>
+  </si>
+  <si>
+    <t>CREATIVE-WEB-LIVE-1080P</t>
+  </si>
+  <si>
     <t>Intenso USB Flash Drive 3.2 512GB Ultra Line</t>
   </si>
   <si>
     <t>INTENSO-USB-UL-512GB</t>
   </si>
   <si>
+    <t>HAMA Безжична Ергономична вертикална мишка "EMW-700", мулти-устройство, антрацит</t>
+  </si>
+  <si>
+    <t>HAMA-173095</t>
+  </si>
+  <si>
     <t>USB памет KINGSTON IronKey Locker+ 50 - 32GB XTS-AES 256-bit</t>
   </si>
   <si>
     <t>KIN-USB-IKLP50-32GB</t>
   </si>
   <si>
+    <t>CHERRY Stream ергономична безшумна мишка Comfort, 6 бут, 4000dpi, бяла</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-8550-0</t>
+  </si>
+  <si>
+    <t>CHERRY Stream ергономична безшумна мишка Comfort, 6 бут, 4000dpi, черна</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-8550-2</t>
+  </si>
+  <si>
     <t>Четец Delock външен Card Reader for CFast 2.0 type I / II, USB Type-C</t>
   </si>
   <si>
     <t>DELOCK-91745</t>
   </si>
   <si>
-    <t>Intenso External SSD 500GB Premium anthracite</t>
-[...14 lines deleted...]
-    <t>INTENSO-SSD-EXT-500GB-BLU</t>
+    <t>Слушалки с микрофон Creative Chat USB</t>
+  </si>
+  <si>
+    <t>CREAT-CAM-CHAT-USB</t>
   </si>
   <si>
     <t>Настолен микрофон FIFINE A6NEO RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A6NEO</t>
   </si>
   <si>
     <t>Настолен микрофон FIFINE A8V RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A8V</t>
   </si>
   <si>
+    <t>A4tech Fstyler FGS300 Panda Rock Механична TKLкирилизирана</t>
+  </si>
+  <si>
+    <t>A4-KEY-FS300</t>
+  </si>
+  <si>
+    <t>Уеб камера Creative Live! Cam Sync V3 - 2K</t>
+  </si>
+  <si>
+    <t>CREATIVE-WEB-LIVE-SYNC</t>
+  </si>
+  <si>
     <t>Слушалки с микрофон Jabra Evolve 20 UC Duo USB</t>
   </si>
   <si>
     <t>JABRA-4999-829-209</t>
   </si>
   <si>
-    <t>Intenso External SSD  TX500  500GB</t>
-[...40 lines deleted...]
-  <si>
     <t>Настолен микрофон FIFINE K669 PRO2 RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-K669PRO2</t>
   </si>
   <si>
     <t>Микрофон със стойка FIFINE A8T RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A8T</t>
   </si>
   <si>
     <t>Микрофон със стойка FIFINE A6T RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A6T</t>
   </si>
   <si>
-    <t>Intenso 1TB 2.5" външен диск USB 3.2 memory board</t>
-[...14 lines deleted...]
-    <t>FIFINE-AM8W</t>
+    <t>Безжична микрофонна система BOYA Mini 2-02 с USB-C</t>
+  </si>
+  <si>
+    <t>BOYA-MINI-2-02</t>
+  </si>
+  <si>
+    <t>Безжична микрофонна система BOYA Mini 2-03 с Lightning</t>
+  </si>
+  <si>
+    <t>BOYA-MINI-2-03</t>
   </si>
   <si>
     <t>Комплект клавиатура и мишка Keychron B33 Deep Black и BM25 Wireless/BT/Wired Combo - TKL</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-KCBD1</t>
   </si>
   <si>
-    <t>Уеб камера Creative Live!Cam SYNC 4K , 2160 @ 25fps , 1080 @ 40fps, вграден микрофон</t>
-[...2 lines deleted...]
-    <t>CREATIVE-WEB-LIVE-SYNC4K1</t>
+    <t>USB памет KINGSTON DataTraveler Kyson 512GB USB 3.2 Gen1</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTKN-512GB</t>
   </si>
   <si>
     <t>Комплект клавиатура и мишка Keychron B36 Deep Black и BM25 Wireless/BT/Wired Combo - TKL</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-KCBD2</t>
   </si>
   <si>
-    <t>Intenso External SSD 1TB Premium anthracite</t>
-[...44 lines deleted...]
-    <t>FIFINE-K658</t>
+    <t>CHERRY KW9100 SLIM за MAC</t>
+  </si>
+  <si>
+    <t>CHERRY-KEY-JK-9110US-1</t>
+  </si>
+  <si>
+    <t>Флаш памет Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-512GB</t>
   </si>
   <si>
     <t>Микрофон със стойка FIFINE AM8T Dynamic RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-AM8T</t>
   </si>
   <si>
-    <t>Мишка - Apple Magic Mouse (2024) - White Multi-Touch Surface</t>
-[...38 lines deleted...]
-    <t>FIFINE-A9</t>
+    <t>ROCWARE RC08P Уеб камера 2K,90 градуса,4x зуум, USB 2.0,USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC08P</t>
   </si>
   <si>
     <t>Микрофон със стойка FIFINE T658 Dynamic RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-T658</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Grafite Full HD уеб камера, микрофон, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
+    <t>Флаш памет Kingston Dual USB-A/C Portable SSD 1TB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-1TB</t>
+  </si>
+  <si>
+    <t>Безжична лазерна мишка LOGITECH MX MASTER 4 Pale Gray</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-MX-4P</t>
+  </si>
+  <si>
+    <t>Безжична лазерна мишка LOGITECH MX MASTER 4 Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-MX-4G</t>
+  </si>
+  <si>
+    <t>ROCWARE RC16 Уеб камера, 4K UHD, 110 градуса,8x зуум, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC16</t>
+  </si>
+  <si>
     <t>Комплект клавиатура и мишка  Wireless Combo Logitech MK850</t>
   </si>
   <si>
     <t>LOGITECH-KEY-MK850-1</t>
   </si>
   <si>
-    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 8TB</t>
-[...2 lines deleted...]
-    <t>SEAG-HDD-STKP8000400-8</t>
+    <t>Флаш памет Kingston Dual USB-A/C Portable SSD 2TB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 10 TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP10000400</t>
+  </si>
+  <si>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 24 TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP24000400-24</t>
+  </si>
+  <si>
+    <t>ROCWARE RB10 Камера за видеоконференции,20Mpix,4К, 120градуса, 5x зуум, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RB10</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements 26TB</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM-26TB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1951,61 +1981,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D522"/>
+  <dimension ref="A1:D533"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -2071,7240 +2101,7394 @@
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7">
         <v>3.996</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8">
-        <v>5.556</v>
+        <v>5.34</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
         <v>19</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>5.58</v>
+        <v>5.34</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" t="s">
         <v>21</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>5.688</v>
+        <v>5.4</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C11">
-        <v>5.688</v>
+        <v>5.628</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C12">
         <v>5.88</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C13">
         <v>5.88</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C14">
-        <v>5.94</v>
+        <v>6.216</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C15">
         <v>6.216</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C16">
         <v>6.24</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C17">
         <v>6.24</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>6.276</v>
+        <v>6.288</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>6.276</v>
+        <v>6.312</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>6.312</v>
+        <v>6.432</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>6.588</v>
+        <v>6.528</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>6.6</v>
+        <v>6.528</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>6.6</v>
+        <v>6.588</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>6.6</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>6.672</v>
+        <v>6.792</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C26">
         <v>6.84</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C27">
         <v>6.84</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C28">
         <v>6.84</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C29">
         <v>6.924</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>6.936</v>
+        <v>7.176</v>
       </c>
       <c r="D30" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>6.936</v>
+        <v>7.2</v>
       </c>
       <c r="D31" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>7.2</v>
+        <v>7.272</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>7.272</v>
+        <v>7.464</v>
       </c>
       <c r="D33" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>7.308</v>
+        <v>7.632</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>7.356</v>
+        <v>7.68</v>
       </c>
       <c r="D35" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>7.404</v>
+        <v>7.8</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>7.464</v>
+        <v>7.8</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>7.572</v>
+        <v>7.8</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>7.572</v>
+        <v>7.824</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>7.632</v>
+        <v>7.872</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>7.8</v>
+        <v>7.932</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>7.824</v>
+        <v>7.992</v>
       </c>
       <c r="D42" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>7.824</v>
+        <v>8.004</v>
       </c>
       <c r="D43" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>7.992</v>
+        <v>8.004</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>8.004</v>
+        <v>8.076</v>
       </c>
       <c r="D45" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>8.004</v>
+        <v>8.088</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>8.064</v>
+        <v>8.1</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>8.076</v>
+        <v>8.16</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>8.124</v>
+        <v>8.22</v>
       </c>
       <c r="D49" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>8.22</v>
+        <v>8.34</v>
       </c>
       <c r="D50" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>8.256</v>
+        <v>8.388</v>
       </c>
       <c r="D51" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>8.34</v>
+        <v>8.4</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>8.388</v>
+        <v>8.568</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>8.4</v>
+        <v>8.628</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>8.568</v>
+        <v>8.796</v>
       </c>
       <c r="D55" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>8.628</v>
+        <v>8.988</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>8.796</v>
+        <v>9.0</v>
       </c>
       <c r="D57" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>8.796</v>
+        <v>9.0</v>
       </c>
       <c r="D58" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>8.988</v>
+        <v>9.0</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>9.0</v>
+        <v>9.048</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>9.0</v>
+        <v>9.192</v>
       </c>
       <c r="D61" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>9.024</v>
+        <v>9.228</v>
       </c>
       <c r="D62" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>9.048</v>
+        <v>9.252</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>9.228</v>
+        <v>9.264</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>9.24</v>
+        <v>9.312</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>9.264</v>
+        <v>9.42</v>
       </c>
       <c r="D66" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>9.312</v>
+        <v>9.516</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>9.42</v>
+        <v>9.552</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>9.42</v>
+        <v>9.552</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>9.516</v>
+        <v>9.564</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>9.552</v>
+        <v>9.588</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>9.588</v>
+        <v>9.6</v>
       </c>
       <c r="D72" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>9.756</v>
+        <v>9.6</v>
       </c>
       <c r="D73" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>9.756</v>
+        <v>9.768</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>9.768</v>
+        <v>9.888</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>9.804</v>
+        <v>9.924</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>9.888</v>
+        <v>9.984</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>9.912</v>
+        <v>10.044</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>9.912</v>
+        <v>10.224</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>9.924</v>
+        <v>10.272</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>9.984</v>
+        <v>10.272</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>10.032</v>
+        <v>10.332</v>
       </c>
       <c r="D82" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>133</v>
+        <v>169</v>
       </c>
       <c r="B83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83">
-        <v>10.044</v>
+        <v>10.368</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84">
-        <v>10.068</v>
+        <v>10.488</v>
       </c>
       <c r="D84" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85">
-        <v>10.2</v>
+        <v>10.56</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86">
-        <v>10.2</v>
+        <v>10.692</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87">
-        <v>10.224</v>
+        <v>10.704</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88">
-        <v>10.332</v>
+        <v>10.728</v>
       </c>
       <c r="D88" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89">
-        <v>10.368</v>
+        <v>10.74</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90">
-        <v>10.488</v>
+        <v>10.8</v>
       </c>
       <c r="D90" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C91">
-        <v>10.56</v>
+        <v>10.98</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C92">
-        <v>10.692</v>
+        <v>10.98</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C93">
-        <v>10.704</v>
+        <v>11.064</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C94">
-        <v>10.728</v>
+        <v>11.112</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C95">
-        <v>10.74</v>
+        <v>11.136</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B96" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C96">
-        <v>10.932</v>
+        <v>11.136</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C97">
-        <v>10.98</v>
+        <v>11.268</v>
       </c>
       <c r="D97" t="s">
-        <v>63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B98" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C98">
-        <v>11.064</v>
+        <v>11.4</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B99" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C99">
-        <v>11.112</v>
+        <v>11.4</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B100" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C100">
-        <v>11.136</v>
+        <v>11.4</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B101" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C101">
-        <v>11.232</v>
+        <v>11.568</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>9</v>
       </c>
       <c r="B102" t="s">
         <v>10</v>
       </c>
       <c r="C102">
         <v>3.0</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B103" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C103">
-        <v>5.58</v>
+        <v>5.34</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="C104">
-        <v>6.216</v>
+        <v>5.34</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="B105" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="C105">
-        <v>6.24</v>
+        <v>5.4</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="B106" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="C106">
-        <v>6.276</v>
+        <v>5.628</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="B107" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C107">
-        <v>6.276</v>
+        <v>6.216</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="B108" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="C108">
-        <v>6.6</v>
+        <v>6.288</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B109" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C109">
         <v>6.84</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B110" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C110">
-        <v>6.84</v>
+        <v>6.924</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B111" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C111">
-        <v>6.924</v>
+        <v>7.176</v>
       </c>
       <c r="D111" t="s">
-        <v>63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B112" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C112">
-        <v>6.936</v>
+        <v>7.2</v>
       </c>
       <c r="D112" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="B113" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C113">
-        <v>6.936</v>
+        <v>7.68</v>
       </c>
       <c r="D113" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="B114" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="C114">
-        <v>7.2</v>
+        <v>7.8</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="B115" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="C115">
-        <v>7.356</v>
+        <v>8.004</v>
       </c>
       <c r="D115" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="B116" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="C116">
-        <v>7.404</v>
+        <v>8.22</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>86</v>
+        <v>105</v>
       </c>
       <c r="B117" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="C117">
-        <v>7.8</v>
+        <v>8.388</v>
       </c>
       <c r="D117" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>42</v>
+        <v>109</v>
       </c>
       <c r="B118" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="C118">
-        <v>7.824</v>
+        <v>8.568</v>
       </c>
       <c r="D118" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="B119" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C119">
-        <v>8.004</v>
+        <v>8.796</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="B120" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="C120">
-        <v>8.076</v>
+        <v>8.988</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="B121" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="C121">
-        <v>8.124</v>
+        <v>9.0</v>
       </c>
       <c r="D121" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="B122" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="C122">
-        <v>8.22</v>
+        <v>9.048</v>
       </c>
       <c r="D122" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="B123" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="C123">
-        <v>8.256</v>
+        <v>9.192</v>
       </c>
       <c r="D123" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="B124" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="C124">
-        <v>8.388</v>
+        <v>9.42</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>113</v>
+        <v>141</v>
       </c>
       <c r="B125" t="s">
-        <v>114</v>
+        <v>142</v>
       </c>
       <c r="C125">
-        <v>8.568</v>
+        <v>9.552</v>
       </c>
       <c r="D125" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c r="B126" t="s">
-        <v>116</v>
+        <v>146</v>
       </c>
       <c r="C126">
-        <v>8.628</v>
+        <v>9.588</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
       <c r="B127" t="s">
-        <v>120</v>
+        <v>152</v>
       </c>
       <c r="C127">
-        <v>8.796</v>
+        <v>9.768</v>
       </c>
       <c r="D127" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="B128" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="C128">
-        <v>8.988</v>
+        <v>9.888</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="B129" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="C129">
-        <v>9.0</v>
+        <v>9.924</v>
       </c>
       <c r="D129" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>129</v>
+        <v>159</v>
       </c>
       <c r="B130" t="s">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="C130">
-        <v>9.048</v>
+        <v>10.044</v>
       </c>
       <c r="D130" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>137</v>
+        <v>161</v>
       </c>
       <c r="B131" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="C131">
-        <v>9.312</v>
+        <v>10.224</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="B132" t="s">
-        <v>140</v>
+        <v>164</v>
       </c>
       <c r="C132">
-        <v>9.42</v>
+        <v>10.272</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>141</v>
+        <v>165</v>
       </c>
       <c r="B133" t="s">
-        <v>142</v>
+        <v>166</v>
       </c>
       <c r="C133">
-        <v>9.42</v>
+        <v>10.272</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>145</v>
+        <v>167</v>
       </c>
       <c r="B134" t="s">
-        <v>146</v>
+        <v>168</v>
       </c>
       <c r="C134">
-        <v>9.552</v>
+        <v>10.332</v>
       </c>
       <c r="D134" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="B135" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="C135">
-        <v>9.588</v>
+        <v>10.56</v>
       </c>
       <c r="D135" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>151</v>
+        <v>175</v>
       </c>
       <c r="B136" t="s">
-        <v>152</v>
+        <v>176</v>
       </c>
       <c r="C136">
-        <v>9.756</v>
+        <v>10.692</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>153</v>
+        <v>177</v>
       </c>
       <c r="B137" t="s">
-        <v>154</v>
+        <v>178</v>
       </c>
       <c r="C137">
-        <v>9.768</v>
+        <v>10.704</v>
       </c>
       <c r="D137" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="B138" t="s">
-        <v>156</v>
+        <v>180</v>
       </c>
       <c r="C138">
-        <v>9.804</v>
+        <v>10.728</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="B139" t="s">
-        <v>158</v>
+        <v>182</v>
       </c>
       <c r="C139">
-        <v>9.888</v>
+        <v>10.74</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>159</v>
+        <v>187</v>
       </c>
       <c r="B140" t="s">
-        <v>160</v>
+        <v>188</v>
       </c>
       <c r="C140">
-        <v>9.912</v>
+        <v>10.98</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>161</v>
+        <v>191</v>
       </c>
       <c r="B141" t="s">
-        <v>162</v>
+        <v>192</v>
       </c>
       <c r="C141">
-        <v>9.912</v>
+        <v>11.112</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="B142" t="s">
-        <v>164</v>
+        <v>196</v>
       </c>
       <c r="C142">
-        <v>9.924</v>
+        <v>11.136</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>167</v>
+        <v>201</v>
       </c>
       <c r="B143" t="s">
-        <v>168</v>
+        <v>202</v>
       </c>
       <c r="C143">
-        <v>10.032</v>
+        <v>11.4</v>
       </c>
       <c r="D143" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>133</v>
+        <v>203</v>
       </c>
       <c r="B144" t="s">
-        <v>169</v>
+        <v>204</v>
       </c>
       <c r="C144">
-        <v>10.044</v>
+        <v>11.4</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>170</v>
+        <v>207</v>
       </c>
       <c r="B145" t="s">
-        <v>171</v>
+        <v>208</v>
       </c>
       <c r="C145">
-        <v>10.068</v>
+        <v>11.736</v>
       </c>
       <c r="D145" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>176</v>
+        <v>209</v>
       </c>
       <c r="B146" t="s">
-        <v>177</v>
+        <v>210</v>
       </c>
       <c r="C146">
-        <v>10.224</v>
+        <v>11.784</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>178</v>
+        <v>211</v>
       </c>
       <c r="B147" t="s">
-        <v>179</v>
+        <v>212</v>
       </c>
       <c r="C147">
-        <v>10.332</v>
+        <v>11.808</v>
       </c>
       <c r="D147" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>180</v>
+        <v>213</v>
       </c>
       <c r="B148" t="s">
-        <v>181</v>
+        <v>214</v>
       </c>
       <c r="C148">
-        <v>10.368</v>
+        <v>11.916</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>184</v>
+        <v>215</v>
       </c>
       <c r="B149" t="s">
-        <v>185</v>
+        <v>216</v>
       </c>
       <c r="C149">
-        <v>10.56</v>
+        <v>12.0</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>186</v>
+        <v>217</v>
       </c>
       <c r="B150" t="s">
-        <v>187</v>
+        <v>218</v>
       </c>
       <c r="C150">
-        <v>10.692</v>
+        <v>12.0</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>188</v>
+        <v>219</v>
       </c>
       <c r="B151" t="s">
-        <v>189</v>
+        <v>220</v>
       </c>
       <c r="C151">
-        <v>10.704</v>
+        <v>12.0</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>190</v>
+        <v>221</v>
       </c>
       <c r="B152" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="C152">
-        <v>10.728</v>
+        <v>12.036</v>
       </c>
       <c r="D152" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>192</v>
+        <v>223</v>
       </c>
       <c r="B153" t="s">
-        <v>193</v>
+        <v>224</v>
       </c>
       <c r="C153">
-        <v>10.74</v>
+        <v>12.072</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>194</v>
+        <v>225</v>
       </c>
       <c r="B154" t="s">
-        <v>195</v>
+        <v>226</v>
       </c>
       <c r="C154">
-        <v>10.932</v>
+        <v>12.084</v>
       </c>
       <c r="D154" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>196</v>
+        <v>227</v>
       </c>
       <c r="B155" t="s">
-        <v>197</v>
+        <v>228</v>
       </c>
       <c r="C155">
-        <v>10.98</v>
+        <v>12.096</v>
       </c>
       <c r="D155" t="s">
-        <v>63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>200</v>
+        <v>229</v>
       </c>
       <c r="B156" t="s">
-        <v>201</v>
+        <v>230</v>
       </c>
       <c r="C156">
-        <v>11.112</v>
+        <v>12.108</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>202</v>
+        <v>231</v>
       </c>
       <c r="B157" t="s">
-        <v>203</v>
+        <v>232</v>
       </c>
       <c r="C157">
-        <v>11.136</v>
+        <v>12.12</v>
       </c>
       <c r="D157" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>206</v>
+        <v>233</v>
       </c>
       <c r="B158" t="s">
-        <v>207</v>
+        <v>234</v>
       </c>
       <c r="C158">
-        <v>11.4</v>
+        <v>12.408</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>208</v>
+        <v>235</v>
       </c>
       <c r="B159" t="s">
-        <v>209</v>
+        <v>236</v>
       </c>
       <c r="C159">
-        <v>11.4</v>
+        <v>12.408</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>210</v>
+        <v>237</v>
       </c>
       <c r="B160" t="s">
-        <v>211</v>
+        <v>238</v>
       </c>
       <c r="C160">
-        <v>11.4</v>
+        <v>12.54</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>212</v>
+        <v>239</v>
       </c>
       <c r="B161" t="s">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="C161">
-        <v>11.568</v>
+        <v>12.744</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>214</v>
+        <v>241</v>
       </c>
       <c r="B162" t="s">
-        <v>215</v>
+        <v>242</v>
       </c>
       <c r="C162">
-        <v>11.736</v>
+        <v>12.756</v>
       </c>
       <c r="D162" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>216</v>
+        <v>243</v>
       </c>
       <c r="B163" t="s">
-        <v>217</v>
+        <v>244</v>
       </c>
       <c r="C163">
-        <v>11.784</v>
+        <v>12.84</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>218</v>
+        <v>245</v>
       </c>
       <c r="B164" t="s">
-        <v>219</v>
+        <v>246</v>
       </c>
       <c r="C164">
-        <v>12.0</v>
+        <v>12.912</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>220</v>
+        <v>247</v>
       </c>
       <c r="B165" t="s">
-        <v>221</v>
+        <v>248</v>
       </c>
       <c r="C165">
-        <v>12.0</v>
+        <v>12.948</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>222</v>
+        <v>249</v>
       </c>
       <c r="B166" t="s">
-        <v>223</v>
+        <v>250</v>
       </c>
       <c r="C166">
-        <v>12.0</v>
+        <v>13.044</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>224</v>
+        <v>251</v>
       </c>
       <c r="B167" t="s">
-        <v>225</v>
+        <v>252</v>
       </c>
       <c r="C167">
-        <v>12.036</v>
+        <v>13.116</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>226</v>
+        <v>253</v>
       </c>
       <c r="B168" t="s">
-        <v>227</v>
+        <v>254</v>
       </c>
       <c r="C168">
-        <v>12.072</v>
+        <v>13.2</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>228</v>
+        <v>255</v>
       </c>
       <c r="B169" t="s">
-        <v>229</v>
+        <v>256</v>
       </c>
       <c r="C169">
-        <v>12.084</v>
+        <v>13.248</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>230</v>
+        <v>257</v>
       </c>
       <c r="B170" t="s">
-        <v>231</v>
+        <v>258</v>
       </c>
       <c r="C170">
-        <v>12.096</v>
+        <v>13.368</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>232</v>
+        <v>259</v>
       </c>
       <c r="B171" t="s">
-        <v>233</v>
+        <v>260</v>
       </c>
       <c r="C171">
-        <v>12.108</v>
+        <v>13.608</v>
       </c>
       <c r="D171" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>234</v>
+        <v>261</v>
       </c>
       <c r="B172" t="s">
-        <v>235</v>
+        <v>262</v>
       </c>
       <c r="C172">
-        <v>12.12</v>
+        <v>13.692</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>236</v>
+        <v>263</v>
       </c>
       <c r="B173" t="s">
-        <v>237</v>
+        <v>264</v>
       </c>
       <c r="C173">
-        <v>12.408</v>
+        <v>13.8</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>238</v>
+        <v>265</v>
       </c>
       <c r="B174" t="s">
-        <v>239</v>
+        <v>266</v>
       </c>
       <c r="C174">
-        <v>12.408</v>
+        <v>13.8</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>240</v>
+        <v>267</v>
       </c>
       <c r="B175" t="s">
-        <v>241</v>
+        <v>268</v>
       </c>
       <c r="C175">
-        <v>12.408</v>
+        <v>14.076</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>242</v>
+        <v>269</v>
       </c>
       <c r="B176" t="s">
-        <v>243</v>
+        <v>270</v>
       </c>
       <c r="C176">
-        <v>12.744</v>
+        <v>14.112</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>244</v>
+        <v>271</v>
       </c>
       <c r="B177" t="s">
-        <v>245</v>
+        <v>272</v>
       </c>
       <c r="C177">
-        <v>12.756</v>
+        <v>14.112</v>
       </c>
       <c r="D177" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>246</v>
+        <v>273</v>
       </c>
       <c r="B178" t="s">
-        <v>247</v>
+        <v>274</v>
       </c>
       <c r="C178">
-        <v>12.84</v>
+        <v>14.184</v>
       </c>
       <c r="D178" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>248</v>
+        <v>275</v>
       </c>
       <c r="B179" t="s">
-        <v>249</v>
+        <v>276</v>
       </c>
       <c r="C179">
-        <v>12.912</v>
+        <v>14.736</v>
       </c>
       <c r="D179" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>250</v>
+        <v>277</v>
       </c>
       <c r="B180" t="s">
-        <v>251</v>
+        <v>278</v>
       </c>
       <c r="C180">
-        <v>12.96</v>
+        <v>14.736</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>252</v>
+        <v>279</v>
       </c>
       <c r="B181" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="C181">
-        <v>13.116</v>
+        <v>14.748</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>254</v>
+        <v>281</v>
       </c>
       <c r="B182" t="s">
-        <v>255</v>
+        <v>282</v>
       </c>
       <c r="C182">
-        <v>13.212</v>
+        <v>14.808</v>
       </c>
       <c r="D182" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>256</v>
+        <v>283</v>
       </c>
       <c r="B183" t="s">
-        <v>257</v>
+        <v>284</v>
       </c>
       <c r="C183">
-        <v>13.248</v>
+        <v>14.832</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>258</v>
+        <v>285</v>
       </c>
       <c r="B184" t="s">
-        <v>259</v>
+        <v>286</v>
       </c>
       <c r="C184">
-        <v>13.476</v>
+        <v>15.036</v>
       </c>
       <c r="D184" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>260</v>
+        <v>287</v>
       </c>
       <c r="B185" t="s">
-        <v>261</v>
+        <v>288</v>
       </c>
       <c r="C185">
-        <v>13.608</v>
+        <v>15.12</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>262</v>
+        <v>289</v>
       </c>
       <c r="B186" t="s">
-        <v>263</v>
+        <v>290</v>
       </c>
       <c r="C186">
-        <v>13.692</v>
+        <v>15.156</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>264</v>
+        <v>291</v>
       </c>
       <c r="B187" t="s">
-        <v>265</v>
+        <v>292</v>
       </c>
       <c r="C187">
-        <v>13.764</v>
+        <v>15.18</v>
       </c>
       <c r="D187" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>266</v>
+        <v>293</v>
       </c>
       <c r="B188" t="s">
-        <v>267</v>
+        <v>294</v>
       </c>
       <c r="C188">
-        <v>13.776</v>
+        <v>15.18</v>
       </c>
       <c r="D188" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>268</v>
+        <v>295</v>
       </c>
       <c r="B189" t="s">
-        <v>269</v>
+        <v>296</v>
       </c>
       <c r="C189">
-        <v>13.8</v>
+        <v>15.6</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>270</v>
+        <v>297</v>
       </c>
       <c r="B190" t="s">
-        <v>271</v>
+        <v>298</v>
       </c>
       <c r="C190">
-        <v>13.8</v>
+        <v>15.6</v>
       </c>
       <c r="D190" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>272</v>
+        <v>299</v>
       </c>
       <c r="B191" t="s">
-        <v>273</v>
+        <v>300</v>
       </c>
       <c r="C191">
-        <v>13.992</v>
+        <v>15.6</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>274</v>
+        <v>301</v>
       </c>
       <c r="B192" t="s">
-        <v>275</v>
+        <v>302</v>
       </c>
       <c r="C192">
-        <v>14.004</v>
+        <v>15.6</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>276</v>
+        <v>303</v>
       </c>
       <c r="B193" t="s">
-        <v>277</v>
+        <v>304</v>
       </c>
       <c r="C193">
-        <v>14.076</v>
+        <v>15.6</v>
       </c>
       <c r="D193" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>278</v>
+        <v>305</v>
       </c>
       <c r="B194" t="s">
-        <v>279</v>
+        <v>306</v>
       </c>
       <c r="C194">
-        <v>14.172</v>
+        <v>15.6</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>280</v>
+        <v>307</v>
       </c>
       <c r="B195" t="s">
-        <v>281</v>
+        <v>308</v>
       </c>
       <c r="C195">
-        <v>14.208</v>
+        <v>15.6</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>282</v>
+        <v>309</v>
       </c>
       <c r="B196" t="s">
-        <v>283</v>
+        <v>310</v>
       </c>
       <c r="C196">
-        <v>14.532</v>
+        <v>16.2</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>284</v>
+        <v>311</v>
       </c>
       <c r="B197" t="s">
-        <v>285</v>
+        <v>312</v>
       </c>
       <c r="C197">
-        <v>14.736</v>
+        <v>16.572</v>
       </c>
       <c r="D197" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>286</v>
+        <v>313</v>
       </c>
       <c r="B198" t="s">
-        <v>287</v>
+        <v>314</v>
       </c>
       <c r="C198">
-        <v>14.748</v>
+        <v>16.8</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>288</v>
+        <v>315</v>
       </c>
       <c r="B199" t="s">
-        <v>289</v>
+        <v>316</v>
       </c>
       <c r="C199">
-        <v>14.808</v>
+        <v>16.98</v>
       </c>
       <c r="D199" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>290</v>
+        <v>317</v>
       </c>
       <c r="B200" t="s">
-        <v>291</v>
+        <v>318</v>
       </c>
       <c r="C200">
-        <v>14.832</v>
+        <v>17.076</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>292</v>
+        <v>319</v>
       </c>
       <c r="B201" t="s">
-        <v>293</v>
+        <v>320</v>
       </c>
       <c r="C201">
-        <v>14.868</v>
+        <v>17.148</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>9</v>
       </c>
       <c r="B202" t="s">
         <v>10</v>
       </c>
       <c r="C202">
         <v>3.0</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B203" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C203">
-        <v>5.58</v>
+        <v>5.34</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="B204" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="C204">
-        <v>6.216</v>
+        <v>5.34</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="B205" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="C205">
-        <v>6.276</v>
+        <v>5.4</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="B206" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="C206">
-        <v>6.276</v>
+        <v>5.628</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="B207" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="C207">
-        <v>6.6</v>
+        <v>6.216</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="B208" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="C208">
-        <v>6.84</v>
+        <v>6.288</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
+        <v>58</v>
+      </c>
+      <c r="B209" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C209">
         <v>6.84</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="B210" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C210">
-        <v>6.936</v>
+        <v>6.924</v>
       </c>
       <c r="D210" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="B211" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="C211">
-        <v>7.404</v>
+        <v>7.176</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="B212" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="C212">
-        <v>7.8</v>
+        <v>7.2</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>109</v>
+        <v>73</v>
       </c>
       <c r="B213" t="s">
-        <v>110</v>
+        <v>74</v>
       </c>
       <c r="C213">
-        <v>8.388</v>
+        <v>7.68</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>113</v>
+        <v>79</v>
       </c>
       <c r="B214" t="s">
-        <v>114</v>
+        <v>80</v>
       </c>
       <c r="C214">
-        <v>8.568</v>
+        <v>7.8</v>
       </c>
       <c r="D214" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>125</v>
+        <v>91</v>
       </c>
       <c r="B215" t="s">
-        <v>126</v>
+        <v>92</v>
       </c>
       <c r="C215">
-        <v>9.0</v>
+        <v>8.004</v>
       </c>
       <c r="D215" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>129</v>
+        <v>101</v>
       </c>
       <c r="B216" t="s">
-        <v>130</v>
+        <v>102</v>
       </c>
       <c r="C216">
-        <v>9.048</v>
+        <v>8.22</v>
       </c>
       <c r="D216" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="B217" t="s">
-        <v>146</v>
+        <v>106</v>
       </c>
       <c r="C217">
-        <v>9.552</v>
+        <v>8.388</v>
       </c>
       <c r="D217" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="B218" t="s">
-        <v>148</v>
+        <v>110</v>
       </c>
       <c r="C218">
-        <v>9.588</v>
+        <v>8.568</v>
       </c>
       <c r="D218" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>153</v>
+        <v>113</v>
       </c>
       <c r="B219" t="s">
-        <v>154</v>
+        <v>114</v>
       </c>
       <c r="C219">
-        <v>9.768</v>
+        <v>8.796</v>
       </c>
       <c r="D219" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>157</v>
+        <v>115</v>
       </c>
       <c r="B220" t="s">
-        <v>158</v>
+        <v>116</v>
       </c>
       <c r="C220">
-        <v>9.888</v>
+        <v>8.988</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>161</v>
+        <v>121</v>
       </c>
       <c r="B221" t="s">
-        <v>162</v>
+        <v>122</v>
       </c>
       <c r="C221">
-        <v>9.912</v>
+        <v>9.0</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>176</v>
+        <v>123</v>
       </c>
       <c r="B222" t="s">
-        <v>177</v>
+        <v>124</v>
       </c>
       <c r="C222">
-        <v>10.224</v>
+        <v>9.048</v>
       </c>
       <c r="D222" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>184</v>
+        <v>125</v>
       </c>
       <c r="B223" t="s">
-        <v>185</v>
+        <v>126</v>
       </c>
       <c r="C223">
-        <v>10.56</v>
+        <v>9.192</v>
       </c>
       <c r="D223" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>190</v>
+        <v>135</v>
       </c>
       <c r="B224" t="s">
-        <v>191</v>
+        <v>136</v>
       </c>
       <c r="C224">
-        <v>10.728</v>
+        <v>9.42</v>
       </c>
       <c r="D224" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>200</v>
+        <v>141</v>
       </c>
       <c r="B225" t="s">
-        <v>201</v>
+        <v>142</v>
       </c>
       <c r="C225">
-        <v>11.112</v>
+        <v>9.552</v>
       </c>
       <c r="D225" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>208</v>
+        <v>145</v>
       </c>
       <c r="B226" t="s">
-        <v>209</v>
+        <v>146</v>
       </c>
       <c r="C226">
-        <v>11.4</v>
+        <v>9.588</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>210</v>
+        <v>151</v>
       </c>
       <c r="B227" t="s">
-        <v>211</v>
+        <v>152</v>
       </c>
       <c r="C227">
-        <v>11.4</v>
+        <v>9.768</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>214</v>
+        <v>153</v>
       </c>
       <c r="B228" t="s">
-        <v>215</v>
+        <v>154</v>
       </c>
       <c r="C228">
-        <v>11.736</v>
+        <v>9.888</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>220</v>
+        <v>155</v>
       </c>
       <c r="B229" t="s">
-        <v>221</v>
+        <v>156</v>
       </c>
       <c r="C229">
-        <v>12.0</v>
+        <v>9.924</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>222</v>
+        <v>159</v>
       </c>
       <c r="B230" t="s">
-        <v>223</v>
+        <v>160</v>
       </c>
       <c r="C230">
-        <v>12.0</v>
+        <v>10.044</v>
       </c>
       <c r="D230" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="B231" t="s">
-        <v>227</v>
+        <v>162</v>
       </c>
       <c r="C231">
-        <v>12.072</v>
+        <v>10.224</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>238</v>
+        <v>163</v>
       </c>
       <c r="B232" t="s">
-        <v>239</v>
+        <v>164</v>
       </c>
       <c r="C232">
-        <v>12.408</v>
+        <v>10.272</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>240</v>
+        <v>165</v>
       </c>
       <c r="B233" t="s">
-        <v>241</v>
+        <v>166</v>
       </c>
       <c r="C233">
-        <v>12.408</v>
+        <v>10.272</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>242</v>
+        <v>167</v>
       </c>
       <c r="B234" t="s">
-        <v>243</v>
+        <v>168</v>
       </c>
       <c r="C234">
-        <v>12.744</v>
+        <v>10.332</v>
       </c>
       <c r="D234" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>248</v>
+        <v>173</v>
       </c>
       <c r="B235" t="s">
-        <v>249</v>
+        <v>174</v>
       </c>
       <c r="C235">
-        <v>12.912</v>
+        <v>10.56</v>
       </c>
       <c r="D235" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>252</v>
+        <v>175</v>
       </c>
       <c r="B236" t="s">
-        <v>253</v>
+        <v>176</v>
       </c>
       <c r="C236">
-        <v>13.116</v>
+        <v>10.692</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>254</v>
+        <v>177</v>
       </c>
       <c r="B237" t="s">
-        <v>255</v>
+        <v>178</v>
       </c>
       <c r="C237">
-        <v>13.212</v>
+        <v>10.704</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>256</v>
+        <v>179</v>
       </c>
       <c r="B238" t="s">
-        <v>257</v>
+        <v>180</v>
       </c>
       <c r="C238">
-        <v>13.248</v>
+        <v>10.728</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>260</v>
+        <v>181</v>
       </c>
       <c r="B239" t="s">
-        <v>261</v>
+        <v>182</v>
       </c>
       <c r="C239">
-        <v>13.608</v>
+        <v>10.74</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>268</v>
+        <v>187</v>
       </c>
       <c r="B240" t="s">
-        <v>269</v>
+        <v>188</v>
       </c>
       <c r="C240">
-        <v>13.8</v>
+        <v>10.98</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>270</v>
+        <v>191</v>
       </c>
       <c r="B241" t="s">
-        <v>271</v>
+        <v>192</v>
       </c>
       <c r="C241">
-        <v>13.8</v>
+        <v>11.112</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>272</v>
+        <v>195</v>
       </c>
       <c r="B242" t="s">
-        <v>273</v>
+        <v>196</v>
       </c>
       <c r="C242">
-        <v>13.992</v>
+        <v>11.136</v>
       </c>
       <c r="D242" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>276</v>
+        <v>201</v>
       </c>
       <c r="B243" t="s">
-        <v>277</v>
+        <v>202</v>
       </c>
       <c r="C243">
-        <v>14.076</v>
+        <v>11.4</v>
       </c>
       <c r="D243" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>282</v>
+        <v>203</v>
       </c>
       <c r="B244" t="s">
-        <v>283</v>
+        <v>204</v>
       </c>
       <c r="C244">
-        <v>14.532</v>
+        <v>11.4</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>286</v>
+        <v>207</v>
       </c>
       <c r="B245" t="s">
-        <v>287</v>
+        <v>208</v>
       </c>
       <c r="C245">
-        <v>14.748</v>
+        <v>11.736</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>294</v>
+        <v>209</v>
       </c>
       <c r="B246" t="s">
-        <v>295</v>
+        <v>210</v>
       </c>
       <c r="C246">
-        <v>14.964</v>
+        <v>11.784</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>296</v>
+        <v>211</v>
       </c>
       <c r="B247" t="s">
-        <v>297</v>
+        <v>212</v>
       </c>
       <c r="C247">
-        <v>15.18</v>
+        <v>11.808</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>298</v>
+        <v>213</v>
       </c>
       <c r="B248" t="s">
-        <v>299</v>
+        <v>214</v>
       </c>
       <c r="C248">
-        <v>15.18</v>
+        <v>11.916</v>
       </c>
       <c r="D248" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>300</v>
+        <v>215</v>
       </c>
       <c r="B249" t="s">
-        <v>301</v>
+        <v>216</v>
       </c>
       <c r="C249">
-        <v>16.14</v>
+        <v>12.0</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>302</v>
+        <v>217</v>
       </c>
       <c r="B250" t="s">
-        <v>303</v>
+        <v>218</v>
       </c>
       <c r="C250">
-        <v>16.2</v>
+        <v>12.0</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>304</v>
+        <v>219</v>
       </c>
       <c r="B251" t="s">
-        <v>305</v>
+        <v>220</v>
       </c>
       <c r="C251">
-        <v>16.572</v>
+        <v>12.0</v>
       </c>
       <c r="D251" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>306</v>
+        <v>221</v>
       </c>
       <c r="B252" t="s">
-        <v>307</v>
+        <v>222</v>
       </c>
       <c r="C252">
-        <v>16.884</v>
+        <v>12.036</v>
       </c>
       <c r="D252" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>308</v>
+        <v>223</v>
       </c>
       <c r="B253" t="s">
-        <v>309</v>
+        <v>224</v>
       </c>
       <c r="C253">
-        <v>17.4</v>
+        <v>12.072</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>310</v>
+        <v>225</v>
       </c>
       <c r="B254" t="s">
-        <v>311</v>
+        <v>226</v>
       </c>
       <c r="C254">
-        <v>17.4</v>
+        <v>12.084</v>
       </c>
       <c r="D254" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>312</v>
+        <v>227</v>
       </c>
       <c r="B255" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="C255">
-        <v>18.0</v>
+        <v>12.096</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="B256" t="s">
-        <v>315</v>
+        <v>230</v>
       </c>
       <c r="C256">
-        <v>18.168</v>
+        <v>12.108</v>
       </c>
       <c r="D256" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>316</v>
+        <v>231</v>
       </c>
       <c r="B257" t="s">
-        <v>317</v>
+        <v>232</v>
       </c>
       <c r="C257">
-        <v>18.324</v>
+        <v>12.12</v>
       </c>
       <c r="D257" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>318</v>
+        <v>233</v>
       </c>
       <c r="B258" t="s">
-        <v>319</v>
+        <v>234</v>
       </c>
       <c r="C258">
-        <v>18.324</v>
+        <v>12.408</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>320</v>
+        <v>235</v>
       </c>
       <c r="B259" t="s">
-        <v>321</v>
+        <v>236</v>
       </c>
       <c r="C259">
-        <v>18.72</v>
+        <v>12.408</v>
       </c>
       <c r="D259" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>322</v>
+        <v>237</v>
       </c>
       <c r="B260" t="s">
-        <v>323</v>
+        <v>238</v>
       </c>
       <c r="C260">
-        <v>18.948</v>
+        <v>12.54</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>324</v>
+        <v>239</v>
       </c>
       <c r="B261" t="s">
-        <v>325</v>
+        <v>240</v>
       </c>
       <c r="C261">
-        <v>19.116</v>
+        <v>12.744</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>326</v>
+        <v>241</v>
       </c>
       <c r="B262" t="s">
-        <v>327</v>
+        <v>242</v>
       </c>
       <c r="C262">
-        <v>19.128</v>
+        <v>12.756</v>
       </c>
       <c r="D262" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>328</v>
+        <v>243</v>
       </c>
       <c r="B263" t="s">
-        <v>329</v>
+        <v>244</v>
       </c>
       <c r="C263">
-        <v>19.452</v>
+        <v>12.84</v>
       </c>
       <c r="D263" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>330</v>
+        <v>245</v>
       </c>
       <c r="B264" t="s">
-        <v>331</v>
+        <v>246</v>
       </c>
       <c r="C264">
-        <v>19.776</v>
+        <v>12.912</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>332</v>
+        <v>247</v>
       </c>
       <c r="B265" t="s">
-        <v>333</v>
+        <v>248</v>
       </c>
       <c r="C265">
-        <v>20.112</v>
+        <v>12.948</v>
       </c>
       <c r="D265" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>334</v>
+        <v>249</v>
       </c>
       <c r="B266" t="s">
-        <v>335</v>
+        <v>250</v>
       </c>
       <c r="C266">
-        <v>20.952</v>
+        <v>13.044</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>336</v>
+        <v>251</v>
       </c>
       <c r="B267" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="C267">
-        <v>21.204</v>
+        <v>13.116</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>338</v>
+        <v>253</v>
       </c>
       <c r="B268" t="s">
-        <v>339</v>
+        <v>254</v>
       </c>
       <c r="C268">
-        <v>21.984</v>
+        <v>13.2</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>340</v>
+        <v>255</v>
       </c>
       <c r="B269" t="s">
-        <v>341</v>
+        <v>256</v>
       </c>
       <c r="C269">
-        <v>22.464</v>
+        <v>13.248</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="B270" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="C270">
-        <v>22.692</v>
+        <v>13.368</v>
       </c>
       <c r="D270" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="B271" t="s">
-        <v>345</v>
+        <v>260</v>
       </c>
       <c r="C271">
-        <v>23.004</v>
+        <v>13.608</v>
       </c>
       <c r="D271" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>346</v>
+        <v>261</v>
       </c>
       <c r="B272" t="s">
-        <v>347</v>
+        <v>262</v>
       </c>
       <c r="C272">
-        <v>23.328</v>
+        <v>13.692</v>
       </c>
       <c r="D272" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>348</v>
+        <v>263</v>
       </c>
       <c r="B273" t="s">
-        <v>349</v>
+        <v>264</v>
       </c>
       <c r="C273">
-        <v>23.976</v>
+        <v>13.8</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>350</v>
+        <v>265</v>
       </c>
       <c r="B274" t="s">
-        <v>351</v>
+        <v>266</v>
       </c>
       <c r="C274">
-        <v>24.96</v>
+        <v>13.8</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>352</v>
+        <v>267</v>
       </c>
       <c r="B275" t="s">
-        <v>353</v>
+        <v>268</v>
       </c>
       <c r="C275">
-        <v>25.5</v>
+        <v>14.076</v>
       </c>
       <c r="D275" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>354</v>
+        <v>269</v>
       </c>
       <c r="B276" t="s">
-        <v>355</v>
+        <v>270</v>
       </c>
       <c r="C276">
-        <v>25.5</v>
+        <v>14.112</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>356</v>
+        <v>271</v>
       </c>
       <c r="B277" t="s">
-        <v>357</v>
+        <v>272</v>
       </c>
       <c r="C277">
-        <v>25.5</v>
+        <v>14.112</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>358</v>
+        <v>273</v>
       </c>
       <c r="B278" t="s">
-        <v>359</v>
+        <v>274</v>
       </c>
       <c r="C278">
-        <v>26.292</v>
+        <v>14.184</v>
       </c>
       <c r="D278" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>360</v>
+        <v>275</v>
       </c>
       <c r="B279" t="s">
-        <v>361</v>
+        <v>276</v>
       </c>
       <c r="C279">
-        <v>28.668</v>
+        <v>14.736</v>
       </c>
       <c r="D279" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>362</v>
+        <v>277</v>
       </c>
       <c r="B280" t="s">
-        <v>363</v>
+        <v>278</v>
       </c>
       <c r="C280">
-        <v>28.812</v>
+        <v>14.736</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>364</v>
+        <v>279</v>
       </c>
       <c r="B281" t="s">
-        <v>365</v>
+        <v>280</v>
       </c>
       <c r="C281">
-        <v>28.968</v>
+        <v>14.748</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>366</v>
+        <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>367</v>
+        <v>282</v>
       </c>
       <c r="C282">
-        <v>29.712</v>
+        <v>14.808</v>
       </c>
       <c r="D282" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>368</v>
+        <v>283</v>
       </c>
       <c r="B283" t="s">
-        <v>369</v>
+        <v>284</v>
       </c>
       <c r="C283">
-        <v>30.0</v>
+        <v>14.832</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>370</v>
+        <v>285</v>
       </c>
       <c r="B284" t="s">
-        <v>371</v>
+        <v>286</v>
       </c>
       <c r="C284">
-        <v>31.02</v>
+        <v>15.036</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>372</v>
+        <v>287</v>
       </c>
       <c r="B285" t="s">
-        <v>373</v>
+        <v>288</v>
       </c>
       <c r="C285">
-        <v>32.052</v>
+        <v>15.12</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>374</v>
+        <v>289</v>
       </c>
       <c r="B286" t="s">
-        <v>375</v>
+        <v>290</v>
       </c>
       <c r="C286">
-        <v>32.184</v>
+        <v>15.156</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>376</v>
+        <v>291</v>
       </c>
       <c r="B287" t="s">
-        <v>377</v>
+        <v>292</v>
       </c>
       <c r="C287">
-        <v>32.184</v>
+        <v>15.18</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>378</v>
+        <v>293</v>
       </c>
       <c r="B288" t="s">
-        <v>379</v>
+        <v>294</v>
       </c>
       <c r="C288">
-        <v>32.184</v>
+        <v>15.18</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>380</v>
+        <v>295</v>
       </c>
       <c r="B289" t="s">
-        <v>381</v>
+        <v>296</v>
       </c>
       <c r="C289">
-        <v>32.496</v>
+        <v>15.6</v>
       </c>
       <c r="D289" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>382</v>
+        <v>297</v>
       </c>
       <c r="B290" t="s">
-        <v>383</v>
+        <v>298</v>
       </c>
       <c r="C290">
-        <v>32.496</v>
+        <v>15.6</v>
       </c>
       <c r="D290" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>384</v>
+        <v>299</v>
       </c>
       <c r="B291" t="s">
-        <v>385</v>
+        <v>300</v>
       </c>
       <c r="C291">
-        <v>33.6</v>
+        <v>15.6</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>386</v>
+        <v>301</v>
       </c>
       <c r="B292" t="s">
-        <v>387</v>
+        <v>302</v>
       </c>
       <c r="C292">
-        <v>33.66</v>
+        <v>15.6</v>
       </c>
       <c r="D292" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>388</v>
+        <v>303</v>
       </c>
       <c r="B293" t="s">
-        <v>389</v>
+        <v>304</v>
       </c>
       <c r="C293">
-        <v>33.996</v>
+        <v>15.6</v>
       </c>
       <c r="D293" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>390</v>
+        <v>305</v>
       </c>
       <c r="B294" t="s">
-        <v>391</v>
+        <v>306</v>
       </c>
       <c r="C294">
-        <v>34.536</v>
+        <v>15.6</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>392</v>
+        <v>307</v>
       </c>
       <c r="B295" t="s">
-        <v>393</v>
+        <v>308</v>
       </c>
       <c r="C295">
-        <v>34.872</v>
+        <v>15.6</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>394</v>
+        <v>309</v>
       </c>
       <c r="B296" t="s">
-        <v>395</v>
+        <v>310</v>
       </c>
       <c r="C296">
-        <v>34.992</v>
+        <v>16.2</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>396</v>
+        <v>311</v>
       </c>
       <c r="B297" t="s">
-        <v>397</v>
+        <v>312</v>
       </c>
       <c r="C297">
-        <v>35.208</v>
+        <v>16.572</v>
       </c>
       <c r="D297" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>398</v>
+        <v>313</v>
       </c>
       <c r="B298" t="s">
-        <v>399</v>
+        <v>314</v>
       </c>
       <c r="C298">
-        <v>35.244</v>
+        <v>16.8</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>400</v>
+        <v>315</v>
       </c>
       <c r="B299" t="s">
-        <v>401</v>
+        <v>316</v>
       </c>
       <c r="C299">
-        <v>35.544</v>
+        <v>16.98</v>
       </c>
       <c r="D299" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>402</v>
+        <v>317</v>
       </c>
       <c r="B300" t="s">
-        <v>403</v>
+        <v>318</v>
       </c>
       <c r="C300">
-        <v>36.384</v>
+        <v>17.076</v>
       </c>
       <c r="D300" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>404</v>
+        <v>321</v>
       </c>
       <c r="B301" t="s">
-        <v>405</v>
+        <v>322</v>
       </c>
       <c r="C301">
-        <v>36.708</v>
+        <v>17.4</v>
       </c>
       <c r="D301" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>9</v>
       </c>
       <c r="B302" t="s">
         <v>10</v>
       </c>
       <c r="C302">
         <v>3.0</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B303" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C303">
-        <v>5.58</v>
+        <v>5.4</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="B304" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="C304">
-        <v>6.216</v>
+        <v>6.84</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="B305" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="C305">
-        <v>6.276</v>
+        <v>7.68</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="B306" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="C306">
-        <v>6.276</v>
+        <v>7.8</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>50</v>
+        <v>105</v>
       </c>
       <c r="B307" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="C307">
-        <v>6.6</v>
+        <v>8.388</v>
       </c>
       <c r="D307" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>57</v>
+        <v>109</v>
       </c>
       <c r="B308" t="s">
-        <v>58</v>
+        <v>110</v>
       </c>
       <c r="C308">
-        <v>6.84</v>
+        <v>8.568</v>
       </c>
       <c r="D308" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>59</v>
+        <v>121</v>
       </c>
       <c r="B309" t="s">
-        <v>60</v>
+        <v>122</v>
       </c>
       <c r="C309">
-        <v>6.84</v>
+        <v>9.0</v>
       </c>
       <c r="D309" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="B310" t="s">
-        <v>67</v>
+        <v>124</v>
       </c>
       <c r="C310">
-        <v>6.936</v>
+        <v>9.048</v>
       </c>
       <c r="D310" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>76</v>
+        <v>141</v>
       </c>
       <c r="B311" t="s">
-        <v>77</v>
+        <v>142</v>
       </c>
       <c r="C311">
-        <v>7.404</v>
+        <v>9.552</v>
       </c>
       <c r="D311" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>86</v>
+        <v>145</v>
       </c>
       <c r="B312" t="s">
-        <v>87</v>
+        <v>146</v>
       </c>
       <c r="C312">
-        <v>7.8</v>
+        <v>9.588</v>
       </c>
       <c r="D312" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="B313" t="s">
-        <v>110</v>
+        <v>152</v>
       </c>
       <c r="C313">
-        <v>8.388</v>
+        <v>9.768</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>113</v>
+        <v>153</v>
       </c>
       <c r="B314" t="s">
-        <v>114</v>
+        <v>154</v>
       </c>
       <c r="C314">
-        <v>8.568</v>
+        <v>9.888</v>
       </c>
       <c r="D314" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>125</v>
+        <v>161</v>
       </c>
       <c r="B315" t="s">
-        <v>126</v>
+        <v>162</v>
       </c>
       <c r="C315">
-        <v>9.0</v>
+        <v>10.224</v>
       </c>
       <c r="D315" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>129</v>
+        <v>165</v>
       </c>
       <c r="B316" t="s">
-        <v>130</v>
+        <v>166</v>
       </c>
       <c r="C316">
-        <v>9.048</v>
+        <v>10.272</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="B317" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="C317">
-        <v>9.552</v>
+        <v>10.56</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>147</v>
+        <v>179</v>
       </c>
       <c r="B318" t="s">
-        <v>148</v>
+        <v>180</v>
       </c>
       <c r="C318">
-        <v>9.588</v>
+        <v>10.728</v>
       </c>
       <c r="D318" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>153</v>
+        <v>191</v>
       </c>
       <c r="B319" t="s">
-        <v>154</v>
+        <v>192</v>
       </c>
       <c r="C319">
-        <v>9.768</v>
+        <v>11.112</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>157</v>
+        <v>201</v>
       </c>
       <c r="B320" t="s">
-        <v>158</v>
+        <v>202</v>
       </c>
       <c r="C320">
-        <v>9.888</v>
+        <v>11.4</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>161</v>
+        <v>203</v>
       </c>
       <c r="B321" t="s">
-        <v>162</v>
+        <v>204</v>
       </c>
       <c r="C321">
-        <v>9.912</v>
+        <v>11.4</v>
       </c>
       <c r="D321" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>176</v>
+        <v>207</v>
       </c>
       <c r="B322" t="s">
-        <v>177</v>
+        <v>208</v>
       </c>
       <c r="C322">
-        <v>10.224</v>
+        <v>11.736</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>184</v>
+        <v>217</v>
       </c>
       <c r="B323" t="s">
-        <v>185</v>
+        <v>218</v>
       </c>
       <c r="C323">
-        <v>10.56</v>
+        <v>12.0</v>
       </c>
       <c r="D323" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>190</v>
+        <v>219</v>
       </c>
       <c r="B324" t="s">
-        <v>191</v>
+        <v>220</v>
       </c>
       <c r="C324">
-        <v>10.728</v>
+        <v>12.0</v>
       </c>
       <c r="D324" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>200</v>
+        <v>223</v>
       </c>
       <c r="B325" t="s">
-        <v>201</v>
+        <v>224</v>
       </c>
       <c r="C325">
-        <v>11.112</v>
+        <v>12.072</v>
       </c>
       <c r="D325" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>208</v>
+        <v>233</v>
       </c>
       <c r="B326" t="s">
-        <v>209</v>
+        <v>234</v>
       </c>
       <c r="C326">
-        <v>11.4</v>
+        <v>12.408</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>210</v>
+        <v>235</v>
       </c>
       <c r="B327" t="s">
-        <v>211</v>
+        <v>236</v>
       </c>
       <c r="C327">
-        <v>11.4</v>
+        <v>12.408</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>214</v>
+        <v>237</v>
       </c>
       <c r="B328" t="s">
-        <v>215</v>
+        <v>238</v>
       </c>
       <c r="C328">
-        <v>11.736</v>
+        <v>12.54</v>
       </c>
       <c r="D328" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="B329" t="s">
-        <v>221</v>
+        <v>240</v>
       </c>
       <c r="C329">
-        <v>12.0</v>
+        <v>12.744</v>
       </c>
       <c r="D329" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>222</v>
+        <v>245</v>
       </c>
       <c r="B330" t="s">
-        <v>223</v>
+        <v>246</v>
       </c>
       <c r="C330">
-        <v>12.0</v>
+        <v>12.912</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>226</v>
+        <v>251</v>
       </c>
       <c r="B331" t="s">
-        <v>227</v>
+        <v>252</v>
       </c>
       <c r="C331">
-        <v>12.072</v>
+        <v>13.116</v>
       </c>
       <c r="D331" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="B332" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="C332">
-        <v>12.408</v>
+        <v>13.248</v>
       </c>
       <c r="D332" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="B333" t="s">
-        <v>241</v>
+        <v>258</v>
       </c>
       <c r="C333">
-        <v>12.408</v>
+        <v>13.368</v>
       </c>
       <c r="D333" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="B334" t="s">
-        <v>243</v>
+        <v>260</v>
       </c>
       <c r="C334">
-        <v>12.744</v>
+        <v>13.608</v>
       </c>
       <c r="D334" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="B335" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="C335">
-        <v>12.912</v>
+        <v>13.8</v>
       </c>
       <c r="D335" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>252</v>
+        <v>265</v>
       </c>
       <c r="B336" t="s">
-        <v>253</v>
+        <v>266</v>
       </c>
       <c r="C336">
-        <v>13.116</v>
+        <v>13.8</v>
       </c>
       <c r="D336" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>254</v>
+        <v>271</v>
       </c>
       <c r="B337" t="s">
-        <v>255</v>
+        <v>272</v>
       </c>
       <c r="C337">
-        <v>13.212</v>
+        <v>14.112</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>256</v>
+        <v>279</v>
       </c>
       <c r="B338" t="s">
-        <v>257</v>
+        <v>280</v>
       </c>
       <c r="C338">
-        <v>13.248</v>
+        <v>14.748</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>260</v>
+        <v>293</v>
       </c>
       <c r="B339" t="s">
-        <v>261</v>
+        <v>294</v>
       </c>
       <c r="C339">
-        <v>13.608</v>
+        <v>15.18</v>
       </c>
       <c r="D339" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>268</v>
+        <v>309</v>
       </c>
       <c r="B340" t="s">
-        <v>269</v>
+        <v>310</v>
       </c>
       <c r="C340">
-        <v>13.8</v>
+        <v>16.2</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>270</v>
+        <v>323</v>
       </c>
       <c r="B341" t="s">
-        <v>271</v>
+        <v>324</v>
       </c>
       <c r="C341">
-        <v>13.8</v>
+        <v>17.4</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>272</v>
+        <v>325</v>
       </c>
       <c r="B342" t="s">
-        <v>273</v>
+        <v>326</v>
       </c>
       <c r="C342">
-        <v>13.992</v>
+        <v>18.0</v>
       </c>
       <c r="D342" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>276</v>
+        <v>327</v>
       </c>
       <c r="B343" t="s">
-        <v>277</v>
+        <v>328</v>
       </c>
       <c r="C343">
-        <v>14.076</v>
+        <v>18.168</v>
       </c>
       <c r="D343" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>282</v>
+        <v>329</v>
       </c>
       <c r="B344" t="s">
-        <v>283</v>
+        <v>330</v>
       </c>
       <c r="C344">
-        <v>14.532</v>
+        <v>18.948</v>
       </c>
       <c r="D344" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>286</v>
+        <v>331</v>
       </c>
       <c r="B345" t="s">
-        <v>287</v>
+        <v>332</v>
       </c>
       <c r="C345">
-        <v>14.748</v>
+        <v>19.116</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>294</v>
+        <v>333</v>
       </c>
       <c r="B346" t="s">
-        <v>295</v>
+        <v>334</v>
       </c>
       <c r="C346">
-        <v>14.964</v>
+        <v>19.128</v>
       </c>
       <c r="D346" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>296</v>
+        <v>335</v>
       </c>
       <c r="B347" t="s">
-        <v>297</v>
+        <v>336</v>
       </c>
       <c r="C347">
-        <v>15.18</v>
+        <v>19.452</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>298</v>
+        <v>337</v>
       </c>
       <c r="B348" t="s">
-        <v>299</v>
+        <v>338</v>
       </c>
       <c r="C348">
-        <v>15.18</v>
+        <v>19.776</v>
       </c>
       <c r="D348" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>300</v>
+        <v>339</v>
       </c>
       <c r="B349" t="s">
-        <v>301</v>
+        <v>340</v>
       </c>
       <c r="C349">
-        <v>16.14</v>
+        <v>20.112</v>
       </c>
       <c r="D349" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>302</v>
+        <v>341</v>
       </c>
       <c r="B350" t="s">
-        <v>303</v>
+        <v>342</v>
       </c>
       <c r="C350">
-        <v>16.2</v>
+        <v>20.952</v>
       </c>
       <c r="D350" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>304</v>
+        <v>343</v>
       </c>
       <c r="B351" t="s">
-        <v>305</v>
+        <v>344</v>
       </c>
       <c r="C351">
-        <v>16.572</v>
+        <v>21.672</v>
       </c>
       <c r="D351" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>306</v>
+        <v>345</v>
       </c>
       <c r="B352" t="s">
-        <v>307</v>
+        <v>346</v>
       </c>
       <c r="C352">
-        <v>16.884</v>
+        <v>22.464</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>308</v>
+        <v>347</v>
       </c>
       <c r="B353" t="s">
-        <v>309</v>
+        <v>348</v>
       </c>
       <c r="C353">
-        <v>17.4</v>
+        <v>22.8</v>
       </c>
       <c r="D353" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>310</v>
+        <v>349</v>
       </c>
       <c r="B354" t="s">
-        <v>311</v>
+        <v>350</v>
       </c>
       <c r="C354">
-        <v>17.4</v>
+        <v>23.004</v>
       </c>
       <c r="D354" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>312</v>
+        <v>351</v>
       </c>
       <c r="B355" t="s">
-        <v>313</v>
+        <v>352</v>
       </c>
       <c r="C355">
-        <v>18.0</v>
+        <v>23.148</v>
       </c>
       <c r="D355" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>314</v>
+        <v>353</v>
       </c>
       <c r="B356" t="s">
-        <v>315</v>
+        <v>354</v>
       </c>
       <c r="C356">
-        <v>18.168</v>
+        <v>23.328</v>
       </c>
       <c r="D356" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>316</v>
+        <v>355</v>
       </c>
       <c r="B357" t="s">
-        <v>317</v>
+        <v>356</v>
       </c>
       <c r="C357">
-        <v>18.324</v>
+        <v>23.976</v>
       </c>
       <c r="D357" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>318</v>
+        <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>319</v>
+        <v>358</v>
       </c>
       <c r="C358">
-        <v>18.324</v>
+        <v>24.96</v>
       </c>
       <c r="D358" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>320</v>
+        <v>359</v>
       </c>
       <c r="B359" t="s">
-        <v>321</v>
+        <v>360</v>
       </c>
       <c r="C359">
-        <v>18.72</v>
+        <v>25.284</v>
       </c>
       <c r="D359" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>322</v>
+        <v>361</v>
       </c>
       <c r="B360" t="s">
-        <v>323</v>
+        <v>362</v>
       </c>
       <c r="C360">
-        <v>18.948</v>
+        <v>25.5</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>324</v>
+        <v>363</v>
       </c>
       <c r="B361" t="s">
-        <v>325</v>
+        <v>364</v>
       </c>
       <c r="C361">
-        <v>19.116</v>
+        <v>25.5</v>
       </c>
       <c r="D361" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>326</v>
+        <v>365</v>
       </c>
       <c r="B362" t="s">
-        <v>327</v>
+        <v>366</v>
       </c>
       <c r="C362">
-        <v>19.128</v>
+        <v>25.5</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>328</v>
+        <v>367</v>
       </c>
       <c r="B363" t="s">
-        <v>329</v>
+        <v>368</v>
       </c>
       <c r="C363">
-        <v>19.452</v>
+        <v>28.812</v>
       </c>
       <c r="D363" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>330</v>
+        <v>369</v>
       </c>
       <c r="B364" t="s">
-        <v>331</v>
+        <v>370</v>
       </c>
       <c r="C364">
-        <v>19.776</v>
+        <v>28.884</v>
       </c>
       <c r="D364" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>332</v>
+        <v>371</v>
       </c>
       <c r="B365" t="s">
-        <v>333</v>
+        <v>372</v>
       </c>
       <c r="C365">
-        <v>20.112</v>
+        <v>28.968</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>334</v>
+        <v>373</v>
       </c>
       <c r="B366" t="s">
-        <v>335</v>
+        <v>374</v>
       </c>
       <c r="C366">
-        <v>20.952</v>
+        <v>29.712</v>
       </c>
       <c r="D366" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>336</v>
+        <v>375</v>
       </c>
       <c r="B367" t="s">
-        <v>337</v>
+        <v>376</v>
       </c>
       <c r="C367">
-        <v>21.204</v>
+        <v>30.0</v>
       </c>
       <c r="D367" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>338</v>
+        <v>377</v>
       </c>
       <c r="B368" t="s">
-        <v>339</v>
+        <v>378</v>
       </c>
       <c r="C368">
-        <v>21.984</v>
+        <v>32.052</v>
       </c>
       <c r="D368" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>340</v>
+        <v>379</v>
       </c>
       <c r="B369" t="s">
-        <v>341</v>
+        <v>380</v>
       </c>
       <c r="C369">
-        <v>22.464</v>
+        <v>32.184</v>
       </c>
       <c r="D369" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>342</v>
+        <v>381</v>
       </c>
       <c r="B370" t="s">
-        <v>343</v>
+        <v>382</v>
       </c>
       <c r="C370">
-        <v>22.692</v>
+        <v>32.184</v>
       </c>
       <c r="D370" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>344</v>
+        <v>383</v>
       </c>
       <c r="B371" t="s">
-        <v>345</v>
+        <v>384</v>
       </c>
       <c r="C371">
-        <v>23.004</v>
+        <v>32.184</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>346</v>
+        <v>385</v>
       </c>
       <c r="B372" t="s">
-        <v>347</v>
+        <v>386</v>
       </c>
       <c r="C372">
-        <v>23.328</v>
+        <v>32.496</v>
       </c>
       <c r="D372" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>348</v>
+        <v>387</v>
       </c>
       <c r="B373" t="s">
-        <v>349</v>
+        <v>388</v>
       </c>
       <c r="C373">
-        <v>23.976</v>
+        <v>32.496</v>
       </c>
       <c r="D373" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>350</v>
+        <v>389</v>
       </c>
       <c r="B374" t="s">
-        <v>351</v>
+        <v>390</v>
       </c>
       <c r="C374">
-        <v>24.96</v>
+        <v>33.66</v>
       </c>
       <c r="D374" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>352</v>
+        <v>391</v>
       </c>
       <c r="B375" t="s">
-        <v>353</v>
+        <v>392</v>
       </c>
       <c r="C375">
-        <v>25.5</v>
+        <v>34.536</v>
       </c>
       <c r="D375" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>354</v>
+        <v>393</v>
       </c>
       <c r="B376" t="s">
-        <v>355</v>
+        <v>394</v>
       </c>
       <c r="C376">
-        <v>25.5</v>
+        <v>34.872</v>
       </c>
       <c r="D376" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>356</v>
+        <v>395</v>
       </c>
       <c r="B377" t="s">
-        <v>357</v>
+        <v>396</v>
       </c>
       <c r="C377">
-        <v>25.5</v>
+        <v>34.992</v>
       </c>
       <c r="D377" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>360</v>
+        <v>397</v>
       </c>
       <c r="B378" t="s">
-        <v>361</v>
+        <v>398</v>
       </c>
       <c r="C378">
-        <v>28.668</v>
+        <v>35.208</v>
       </c>
       <c r="D378" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>362</v>
+        <v>399</v>
       </c>
       <c r="B379" t="s">
-        <v>363</v>
+        <v>400</v>
       </c>
       <c r="C379">
-        <v>28.812</v>
+        <v>35.244</v>
       </c>
       <c r="D379" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>364</v>
+        <v>401</v>
       </c>
       <c r="B380" t="s">
-        <v>365</v>
+        <v>402</v>
       </c>
       <c r="C380">
-        <v>28.968</v>
+        <v>35.544</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>366</v>
+        <v>403</v>
       </c>
       <c r="B381" t="s">
-        <v>367</v>
+        <v>404</v>
       </c>
       <c r="C381">
-        <v>29.712</v>
+        <v>35.7</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>368</v>
+        <v>405</v>
       </c>
       <c r="B382" t="s">
-        <v>369</v>
+        <v>406</v>
       </c>
       <c r="C382">
-        <v>30.0</v>
+        <v>36.0</v>
       </c>
       <c r="D382" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>372</v>
+        <v>407</v>
       </c>
       <c r="B383" t="s">
-        <v>373</v>
+        <v>408</v>
       </c>
       <c r="C383">
-        <v>32.052</v>
+        <v>36.384</v>
       </c>
       <c r="D383" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>374</v>
+        <v>409</v>
       </c>
       <c r="B384" t="s">
-        <v>375</v>
+        <v>410</v>
       </c>
       <c r="C384">
-        <v>32.184</v>
+        <v>38.4</v>
       </c>
       <c r="D384" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>376</v>
+        <v>411</v>
       </c>
       <c r="B385" t="s">
-        <v>377</v>
+        <v>412</v>
       </c>
       <c r="C385">
-        <v>32.184</v>
+        <v>38.4</v>
       </c>
       <c r="D385" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>378</v>
+        <v>413</v>
       </c>
       <c r="B386" t="s">
-        <v>379</v>
+        <v>414</v>
       </c>
       <c r="C386">
-        <v>32.184</v>
+        <v>38.4</v>
       </c>
       <c r="D386" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>380</v>
+        <v>415</v>
       </c>
       <c r="B387" t="s">
-        <v>381</v>
+        <v>416</v>
       </c>
       <c r="C387">
-        <v>32.496</v>
+        <v>38.4</v>
       </c>
       <c r="D387" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>382</v>
+        <v>417</v>
       </c>
       <c r="B388" t="s">
-        <v>383</v>
+        <v>418</v>
       </c>
       <c r="C388">
-        <v>32.496</v>
+        <v>38.748</v>
       </c>
       <c r="D388" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>384</v>
+        <v>419</v>
       </c>
       <c r="B389" t="s">
-        <v>385</v>
+        <v>420</v>
       </c>
       <c r="C389">
-        <v>33.6</v>
+        <v>39.984</v>
       </c>
       <c r="D389" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>386</v>
+        <v>421</v>
       </c>
       <c r="B390" t="s">
-        <v>387</v>
+        <v>422</v>
       </c>
       <c r="C390">
-        <v>33.66</v>
+        <v>40.668</v>
       </c>
       <c r="D390" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>388</v>
+        <v>423</v>
       </c>
       <c r="B391" t="s">
-        <v>389</v>
+        <v>424</v>
       </c>
       <c r="C391">
-        <v>33.996</v>
+        <v>43.2</v>
       </c>
       <c r="D391" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>390</v>
+        <v>425</v>
       </c>
       <c r="B392" t="s">
-        <v>391</v>
+        <v>426</v>
       </c>
       <c r="C392">
-        <v>34.536</v>
+        <v>43.2</v>
       </c>
       <c r="D392" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>392</v>
+        <v>427</v>
       </c>
       <c r="B393" t="s">
-        <v>393</v>
+        <v>428</v>
       </c>
       <c r="C393">
-        <v>34.872</v>
+        <v>44.4</v>
       </c>
       <c r="D393" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>394</v>
+        <v>429</v>
       </c>
       <c r="B394" t="s">
-        <v>395</v>
+        <v>430</v>
       </c>
       <c r="C394">
-        <v>34.992</v>
+        <v>44.4</v>
       </c>
       <c r="D394" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>396</v>
+        <v>431</v>
       </c>
       <c r="B395" t="s">
-        <v>397</v>
+        <v>432</v>
       </c>
       <c r="C395">
-        <v>35.208</v>
+        <v>44.4</v>
       </c>
       <c r="D395" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>398</v>
+        <v>433</v>
       </c>
       <c r="B396" t="s">
-        <v>399</v>
+        <v>434</v>
       </c>
       <c r="C396">
-        <v>35.244</v>
+        <v>45.432</v>
       </c>
       <c r="D396" t="s">
-        <v>6</v>
+        <v>435</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>400</v>
+        <v>436</v>
       </c>
       <c r="B397" t="s">
-        <v>401</v>
+        <v>437</v>
       </c>
       <c r="C397">
-        <v>35.544</v>
+        <v>45.6</v>
       </c>
       <c r="D397" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>402</v>
+        <v>438</v>
       </c>
       <c r="B398" t="s">
-        <v>403</v>
+        <v>439</v>
       </c>
       <c r="C398">
-        <v>36.384</v>
+        <v>47.328</v>
       </c>
       <c r="D398" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>406</v>
+        <v>440</v>
       </c>
       <c r="B399" t="s">
-        <v>407</v>
+        <v>441</v>
       </c>
       <c r="C399">
-        <v>37.776</v>
+        <v>47.472</v>
       </c>
       <c r="D399" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>408</v>
+        <v>442</v>
       </c>
       <c r="B400" t="s">
-        <v>409</v>
+        <v>443</v>
       </c>
       <c r="C400">
-        <v>37.992</v>
+        <v>48.768</v>
       </c>
       <c r="D400" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>410</v>
+        <v>444</v>
       </c>
       <c r="B401" t="s">
-        <v>411</v>
+        <v>445</v>
       </c>
       <c r="C401">
-        <v>38.4</v>
+        <v>48.996</v>
       </c>
       <c r="D401" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
         <v>9</v>
       </c>
       <c r="B402" t="s">
         <v>10</v>
       </c>
       <c r="C402">
         <v>3.0</v>
       </c>
       <c r="D402" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="B403" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="C403">
-        <v>6.6</v>
+        <v>5.4</v>
       </c>
       <c r="D403" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
+        <v>58</v>
+      </c>
+      <c r="B404" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C404">
         <v>6.84</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>109</v>
+        <v>73</v>
       </c>
       <c r="B405" t="s">
-        <v>110</v>
+        <v>74</v>
       </c>
       <c r="C405">
-        <v>8.388</v>
+        <v>7.68</v>
       </c>
       <c r="D405" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>129</v>
+        <v>79</v>
       </c>
       <c r="B406" t="s">
-        <v>130</v>
+        <v>80</v>
       </c>
       <c r="C406">
-        <v>9.048</v>
+        <v>7.8</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="B407" t="s">
-        <v>146</v>
+        <v>106</v>
       </c>
       <c r="C407">
-        <v>9.552</v>
+        <v>8.388</v>
       </c>
       <c r="D407" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="B408" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="C408">
-        <v>9.768</v>
+        <v>9.0</v>
       </c>
       <c r="D408" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>157</v>
+        <v>123</v>
       </c>
       <c r="B409" t="s">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="C409">
-        <v>9.888</v>
+        <v>9.048</v>
       </c>
       <c r="D409" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>176</v>
+        <v>141</v>
       </c>
       <c r="B410" t="s">
-        <v>177</v>
+        <v>142</v>
       </c>
       <c r="C410">
-        <v>10.224</v>
+        <v>9.552</v>
       </c>
       <c r="D410" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="B411" t="s">
-        <v>185</v>
+        <v>152</v>
       </c>
       <c r="C411">
-        <v>10.56</v>
+        <v>9.768</v>
       </c>
       <c r="D411" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>190</v>
+        <v>153</v>
       </c>
       <c r="B412" t="s">
-        <v>191</v>
+        <v>154</v>
       </c>
       <c r="C412">
-        <v>10.728</v>
+        <v>9.888</v>
       </c>
       <c r="D412" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>200</v>
+        <v>161</v>
       </c>
       <c r="B413" t="s">
-        <v>201</v>
+        <v>162</v>
       </c>
       <c r="C413">
-        <v>11.112</v>
+        <v>10.224</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="B414" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="C414">
-        <v>11.4</v>
+        <v>10.272</v>
       </c>
       <c r="D414" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>210</v>
+        <v>173</v>
       </c>
       <c r="B415" t="s">
-        <v>211</v>
+        <v>174</v>
       </c>
       <c r="C415">
-        <v>11.4</v>
+        <v>10.56</v>
       </c>
       <c r="D415" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>214</v>
+        <v>179</v>
       </c>
       <c r="B416" t="s">
-        <v>215</v>
+        <v>180</v>
       </c>
       <c r="C416">
-        <v>11.736</v>
+        <v>10.728</v>
       </c>
       <c r="D416" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>222</v>
+        <v>191</v>
       </c>
       <c r="B417" t="s">
-        <v>223</v>
+        <v>192</v>
       </c>
       <c r="C417">
-        <v>12.0</v>
+        <v>11.112</v>
       </c>
       <c r="D417" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="B418" t="s">
-        <v>227</v>
+        <v>202</v>
       </c>
       <c r="C418">
-        <v>12.072</v>
+        <v>11.4</v>
       </c>
       <c r="D418" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="B419" t="s">
-        <v>239</v>
+        <v>204</v>
       </c>
       <c r="C419">
-        <v>12.408</v>
+        <v>11.4</v>
       </c>
       <c r="D419" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>240</v>
+        <v>207</v>
       </c>
       <c r="B420" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="C420">
-        <v>12.408</v>
+        <v>11.736</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>242</v>
+        <v>217</v>
       </c>
       <c r="B421" t="s">
-        <v>243</v>
+        <v>218</v>
       </c>
       <c r="C421">
-        <v>12.744</v>
+        <v>12.0</v>
       </c>
       <c r="D421" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>252</v>
+        <v>219</v>
       </c>
       <c r="B422" t="s">
-        <v>253</v>
+        <v>220</v>
       </c>
       <c r="C422">
-        <v>13.116</v>
+        <v>12.0</v>
       </c>
       <c r="D422" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>256</v>
+        <v>223</v>
       </c>
       <c r="B423" t="s">
-        <v>257</v>
+        <v>224</v>
       </c>
       <c r="C423">
-        <v>13.248</v>
+        <v>12.072</v>
       </c>
       <c r="D423" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>286</v>
+        <v>233</v>
       </c>
       <c r="B424" t="s">
-        <v>287</v>
+        <v>234</v>
       </c>
       <c r="C424">
-        <v>14.748</v>
+        <v>12.408</v>
       </c>
       <c r="D424" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>314</v>
+        <v>235</v>
       </c>
       <c r="B425" t="s">
-        <v>315</v>
+        <v>236</v>
       </c>
       <c r="C425">
-        <v>18.168</v>
+        <v>12.408</v>
       </c>
       <c r="D425" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>324</v>
+        <v>237</v>
       </c>
       <c r="B426" t="s">
-        <v>325</v>
+        <v>238</v>
       </c>
       <c r="C426">
-        <v>19.116</v>
+        <v>12.54</v>
       </c>
       <c r="D426" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>328</v>
+        <v>239</v>
       </c>
       <c r="B427" t="s">
-        <v>329</v>
+        <v>240</v>
       </c>
       <c r="C427">
-        <v>19.452</v>
+        <v>12.744</v>
       </c>
       <c r="D427" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>330</v>
+        <v>245</v>
       </c>
       <c r="B428" t="s">
-        <v>331</v>
+        <v>246</v>
       </c>
       <c r="C428">
-        <v>19.776</v>
+        <v>12.912</v>
       </c>
       <c r="D428" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>332</v>
+        <v>251</v>
       </c>
       <c r="B429" t="s">
-        <v>333</v>
+        <v>252</v>
       </c>
       <c r="C429">
-        <v>20.112</v>
+        <v>13.116</v>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>334</v>
+        <v>255</v>
       </c>
       <c r="B430" t="s">
-        <v>335</v>
+        <v>256</v>
       </c>
       <c r="C430">
-        <v>20.952</v>
+        <v>13.248</v>
       </c>
       <c r="D430" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>336</v>
+        <v>271</v>
       </c>
       <c r="B431" t="s">
-        <v>337</v>
+        <v>272</v>
       </c>
       <c r="C431">
-        <v>21.204</v>
+        <v>14.112</v>
       </c>
       <c r="D431" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>340</v>
+        <v>279</v>
       </c>
       <c r="B432" t="s">
-        <v>341</v>
+        <v>280</v>
       </c>
       <c r="C432">
-        <v>22.464</v>
+        <v>14.748</v>
       </c>
       <c r="D432" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>348</v>
+        <v>309</v>
       </c>
       <c r="B433" t="s">
-        <v>349</v>
+        <v>310</v>
       </c>
       <c r="C433">
-        <v>23.976</v>
+        <v>16.2</v>
       </c>
       <c r="D433" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>354</v>
+        <v>327</v>
       </c>
       <c r="B434" t="s">
-        <v>355</v>
+        <v>328</v>
       </c>
       <c r="C434">
-        <v>25.5</v>
+        <v>18.168</v>
       </c>
       <c r="D434" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="B435" t="s">
-        <v>357</v>
+        <v>330</v>
       </c>
       <c r="C435">
-        <v>25.5</v>
+        <v>18.948</v>
       </c>
       <c r="D435" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="B436" t="s">
-        <v>361</v>
+        <v>332</v>
       </c>
       <c r="C436">
-        <v>28.668</v>
+        <v>19.116</v>
       </c>
       <c r="D436" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>372</v>
+        <v>335</v>
       </c>
       <c r="B437" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="C437">
-        <v>32.052</v>
+        <v>19.452</v>
       </c>
       <c r="D437" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>374</v>
+        <v>337</v>
       </c>
       <c r="B438" t="s">
-        <v>375</v>
+        <v>338</v>
       </c>
       <c r="C438">
-        <v>32.184</v>
+        <v>19.776</v>
       </c>
       <c r="D438" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>376</v>
+        <v>339</v>
       </c>
       <c r="B439" t="s">
-        <v>377</v>
+        <v>340</v>
       </c>
       <c r="C439">
-        <v>32.184</v>
+        <v>20.112</v>
       </c>
       <c r="D439" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>378</v>
+        <v>341</v>
       </c>
       <c r="B440" t="s">
-        <v>379</v>
+        <v>342</v>
       </c>
       <c r="C440">
-        <v>32.184</v>
+        <v>20.952</v>
       </c>
       <c r="D440" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>388</v>
+        <v>343</v>
       </c>
       <c r="B441" t="s">
-        <v>389</v>
+        <v>344</v>
       </c>
       <c r="C441">
-        <v>33.996</v>
+        <v>21.672</v>
       </c>
       <c r="D441" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>390</v>
+        <v>345</v>
       </c>
       <c r="B442" t="s">
-        <v>391</v>
+        <v>346</v>
       </c>
       <c r="C442">
-        <v>34.536</v>
+        <v>22.464</v>
       </c>
       <c r="D442" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>392</v>
+        <v>347</v>
       </c>
       <c r="B443" t="s">
-        <v>393</v>
+        <v>348</v>
       </c>
       <c r="C443">
-        <v>34.872</v>
+        <v>22.8</v>
       </c>
       <c r="D443" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>396</v>
+        <v>351</v>
       </c>
       <c r="B444" t="s">
-        <v>397</v>
+        <v>352</v>
       </c>
       <c r="C444">
-        <v>35.208</v>
+        <v>23.148</v>
       </c>
       <c r="D444" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>400</v>
+        <v>353</v>
       </c>
       <c r="B445" t="s">
-        <v>401</v>
+        <v>354</v>
       </c>
       <c r="C445">
-        <v>35.544</v>
+        <v>23.328</v>
       </c>
       <c r="D445" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>402</v>
+        <v>355</v>
       </c>
       <c r="B446" t="s">
-        <v>403</v>
+        <v>356</v>
       </c>
       <c r="C446">
-        <v>36.384</v>
+        <v>23.976</v>
       </c>
       <c r="D446" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>412</v>
+        <v>357</v>
       </c>
       <c r="B447" t="s">
-        <v>413</v>
+        <v>358</v>
       </c>
       <c r="C447">
-        <v>38.4</v>
+        <v>24.96</v>
       </c>
       <c r="D447" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>414</v>
+        <v>363</v>
       </c>
       <c r="B448" t="s">
-        <v>415</v>
+        <v>364</v>
       </c>
       <c r="C448">
-        <v>38.4</v>
+        <v>25.5</v>
       </c>
       <c r="D448" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>416</v>
+        <v>365</v>
       </c>
       <c r="B449" t="s">
-        <v>417</v>
+        <v>366</v>
       </c>
       <c r="C449">
-        <v>38.4</v>
+        <v>25.5</v>
       </c>
       <c r="D449" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>418</v>
+        <v>369</v>
       </c>
       <c r="B450" t="s">
-        <v>419</v>
+        <v>370</v>
       </c>
       <c r="C450">
-        <v>38.748</v>
+        <v>28.884</v>
       </c>
       <c r="D450" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>420</v>
+        <v>371</v>
       </c>
       <c r="B451" t="s">
-        <v>421</v>
+        <v>372</v>
       </c>
       <c r="C451">
-        <v>43.2</v>
+        <v>28.968</v>
       </c>
       <c r="D451" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>422</v>
+        <v>377</v>
       </c>
       <c r="B452" t="s">
-        <v>423</v>
+        <v>378</v>
       </c>
       <c r="C452">
-        <v>43.2</v>
+        <v>32.052</v>
       </c>
       <c r="D452" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>424</v>
+        <v>379</v>
       </c>
       <c r="B453" t="s">
-        <v>425</v>
+        <v>380</v>
       </c>
       <c r="C453">
-        <v>47.328</v>
+        <v>32.184</v>
       </c>
       <c r="D453" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>426</v>
+        <v>381</v>
       </c>
       <c r="B454" t="s">
-        <v>427</v>
+        <v>382</v>
       </c>
       <c r="C454">
-        <v>48.768</v>
+        <v>32.184</v>
       </c>
       <c r="D454" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>428</v>
+        <v>383</v>
       </c>
       <c r="B455" t="s">
-        <v>429</v>
+        <v>384</v>
       </c>
       <c r="C455">
-        <v>50.4</v>
+        <v>32.184</v>
       </c>
       <c r="D455" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>430</v>
+        <v>385</v>
       </c>
       <c r="B456" t="s">
-        <v>431</v>
+        <v>386</v>
       </c>
       <c r="C456">
-        <v>54.0</v>
+        <v>32.496</v>
       </c>
       <c r="D456" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>432</v>
+        <v>387</v>
       </c>
       <c r="B457" t="s">
-        <v>433</v>
+        <v>388</v>
       </c>
       <c r="C457">
-        <v>55.644</v>
+        <v>32.496</v>
       </c>
       <c r="D457" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>434</v>
+        <v>389</v>
       </c>
       <c r="B458" t="s">
-        <v>435</v>
+        <v>390</v>
       </c>
       <c r="C458">
-        <v>55.92</v>
+        <v>33.66</v>
       </c>
       <c r="D458" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>436</v>
+        <v>391</v>
       </c>
       <c r="B459" t="s">
-        <v>437</v>
+        <v>392</v>
       </c>
       <c r="C459">
-        <v>59.436</v>
+        <v>34.536</v>
       </c>
       <c r="D459" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>438</v>
+        <v>393</v>
       </c>
       <c r="B460" t="s">
-        <v>439</v>
+        <v>394</v>
       </c>
       <c r="C460">
-        <v>64.992</v>
+        <v>34.872</v>
       </c>
       <c r="D460" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>440</v>
+        <v>397</v>
       </c>
       <c r="B461" t="s">
-        <v>441</v>
+        <v>398</v>
       </c>
       <c r="C461">
-        <v>69.072</v>
+        <v>35.208</v>
       </c>
       <c r="D461" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>442</v>
+        <v>401</v>
       </c>
       <c r="B462" t="s">
-        <v>443</v>
+        <v>402</v>
       </c>
       <c r="C462">
-        <v>74.904</v>
+        <v>35.544</v>
       </c>
       <c r="D462" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
-        <v>444</v>
+        <v>405</v>
       </c>
       <c r="B463" t="s">
-        <v>445</v>
+        <v>406</v>
       </c>
       <c r="C463">
-        <v>78.204</v>
+        <v>36.0</v>
       </c>
       <c r="D463" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>446</v>
+        <v>407</v>
       </c>
       <c r="B464" t="s">
-        <v>447</v>
+        <v>408</v>
       </c>
       <c r="C464">
-        <v>86.964</v>
+        <v>36.384</v>
       </c>
       <c r="D464" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>448</v>
+        <v>409</v>
       </c>
       <c r="B465" t="s">
-        <v>449</v>
+        <v>410</v>
       </c>
       <c r="C465">
-        <v>86.964</v>
+        <v>38.4</v>
       </c>
       <c r="D465" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>450</v>
+        <v>411</v>
       </c>
       <c r="B466" t="s">
-        <v>451</v>
+        <v>412</v>
       </c>
       <c r="C466">
-        <v>86.964</v>
+        <v>38.4</v>
       </c>
       <c r="D466" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>452</v>
+        <v>413</v>
       </c>
       <c r="B467" t="s">
-        <v>453</v>
+        <v>414</v>
       </c>
       <c r="C467">
-        <v>88.992</v>
+        <v>38.4</v>
       </c>
       <c r="D467" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>454</v>
+        <v>415</v>
       </c>
       <c r="B468" t="s">
-        <v>455</v>
+        <v>416</v>
       </c>
       <c r="C468">
-        <v>88.992</v>
+        <v>38.4</v>
       </c>
       <c r="D468" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>456</v>
+        <v>417</v>
       </c>
       <c r="B469" t="s">
-        <v>457</v>
+        <v>418</v>
       </c>
       <c r="C469">
-        <v>99.0</v>
+        <v>38.748</v>
       </c>
       <c r="D469" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>458</v>
+        <v>423</v>
       </c>
       <c r="B470" t="s">
-        <v>459</v>
+        <v>424</v>
       </c>
       <c r="C470">
-        <v>100.8</v>
+        <v>43.2</v>
       </c>
       <c r="D470" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>460</v>
+        <v>425</v>
       </c>
       <c r="B471" t="s">
-        <v>461</v>
+        <v>426</v>
       </c>
       <c r="C471">
-        <v>106.8</v>
+        <v>43.2</v>
       </c>
       <c r="D471" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>462</v>
+        <v>429</v>
       </c>
       <c r="B472" t="s">
-        <v>463</v>
+        <v>430</v>
       </c>
       <c r="C472">
-        <v>106.8</v>
+        <v>44.4</v>
       </c>
       <c r="D472" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
-        <v>464</v>
+        <v>431</v>
       </c>
       <c r="B473" t="s">
-        <v>465</v>
+        <v>432</v>
       </c>
       <c r="C473">
-        <v>106.824</v>
+        <v>44.4</v>
       </c>
       <c r="D473" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>466</v>
+        <v>438</v>
       </c>
       <c r="B474" t="s">
-        <v>467</v>
+        <v>439</v>
       </c>
       <c r="C474">
-        <v>108.996</v>
+        <v>47.328</v>
       </c>
       <c r="D474" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>468</v>
+        <v>442</v>
       </c>
       <c r="B475" t="s">
-        <v>469</v>
+        <v>443</v>
       </c>
       <c r="C475">
-        <v>114.396</v>
+        <v>48.768</v>
       </c>
       <c r="D475" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>470</v>
+        <v>446</v>
       </c>
       <c r="B476" t="s">
-        <v>471</v>
+        <v>447</v>
       </c>
       <c r="C476">
-        <v>116.748</v>
+        <v>51.456</v>
       </c>
       <c r="D476" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>472</v>
+        <v>448</v>
       </c>
       <c r="B477" t="s">
-        <v>473</v>
+        <v>449</v>
       </c>
       <c r="C477">
-        <v>118.992</v>
+        <v>52.8</v>
       </c>
       <c r="D477" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>474</v>
+        <v>450</v>
       </c>
       <c r="B478" t="s">
-        <v>475</v>
+        <v>451</v>
       </c>
       <c r="C478">
-        <v>118.992</v>
+        <v>52.8</v>
       </c>
       <c r="D478" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>476</v>
+        <v>452</v>
       </c>
       <c r="B479" t="s">
-        <v>477</v>
+        <v>453</v>
       </c>
       <c r="C479">
-        <v>118.992</v>
+        <v>52.824</v>
       </c>
       <c r="D479" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>478</v>
+        <v>454</v>
       </c>
       <c r="B480" t="s">
-        <v>479</v>
+        <v>455</v>
       </c>
       <c r="C480">
-        <v>121.044</v>
+        <v>53.916</v>
       </c>
       <c r="D480" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>480</v>
+        <v>456</v>
       </c>
       <c r="B481" t="s">
-        <v>481</v>
+        <v>457</v>
       </c>
       <c r="C481">
-        <v>129.0</v>
+        <v>55.644</v>
       </c>
       <c r="D481" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>482</v>
+        <v>458</v>
       </c>
       <c r="B482" t="s">
-        <v>483</v>
+        <v>459</v>
       </c>
       <c r="C482">
-        <v>129.0</v>
+        <v>59.436</v>
       </c>
       <c r="D482" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>484</v>
+        <v>460</v>
       </c>
       <c r="B483" t="s">
-        <v>485</v>
+        <v>461</v>
       </c>
       <c r="C483">
-        <v>129.0</v>
+        <v>64.992</v>
       </c>
       <c r="D483" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>486</v>
+        <v>462</v>
       </c>
       <c r="B484" t="s">
-        <v>487</v>
+        <v>463</v>
       </c>
       <c r="C484">
-        <v>138.996</v>
+        <v>69.0</v>
       </c>
       <c r="D484" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>488</v>
+        <v>464</v>
       </c>
       <c r="B485" t="s">
-        <v>489</v>
+        <v>465</v>
       </c>
       <c r="C485">
-        <v>138.996</v>
+        <v>69.0</v>
       </c>
       <c r="D485" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>490</v>
+        <v>466</v>
       </c>
       <c r="B486" t="s">
-        <v>491</v>
+        <v>467</v>
       </c>
       <c r="C486">
-        <v>141.12</v>
+        <v>69.0</v>
       </c>
       <c r="D486" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>492</v>
+        <v>468</v>
       </c>
       <c r="B487" t="s">
-        <v>493</v>
+        <v>469</v>
       </c>
       <c r="C487">
-        <v>141.12</v>
+        <v>69.072</v>
       </c>
       <c r="D487" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>494</v>
+        <v>470</v>
       </c>
       <c r="B488" t="s">
-        <v>495</v>
+        <v>471</v>
       </c>
       <c r="C488">
-        <v>141.12</v>
+        <v>69.888</v>
       </c>
       <c r="D488" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>496</v>
+        <v>472</v>
       </c>
       <c r="B489" t="s">
-        <v>497</v>
+        <v>473</v>
       </c>
       <c r="C489">
-        <v>148.992</v>
+        <v>74.904</v>
       </c>
       <c r="D489" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>498</v>
+        <v>474</v>
       </c>
       <c r="B490" t="s">
-        <v>499</v>
+        <v>475</v>
       </c>
       <c r="C490">
-        <v>148.992</v>
+        <v>75.6</v>
       </c>
       <c r="D490" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>500</v>
+        <v>476</v>
       </c>
       <c r="B491" t="s">
-        <v>501</v>
+        <v>477</v>
       </c>
       <c r="C491">
-        <v>152.808</v>
+        <v>75.6</v>
       </c>
       <c r="D491" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>502</v>
+        <v>478</v>
       </c>
       <c r="B492" t="s">
-        <v>503</v>
+        <v>479</v>
       </c>
       <c r="C492">
-        <v>157.968</v>
+        <v>78.204</v>
       </c>
       <c r="D492" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>504</v>
+        <v>480</v>
       </c>
       <c r="B493" t="s">
-        <v>505</v>
+        <v>481</v>
       </c>
       <c r="C493">
-        <v>159.0</v>
+        <v>88.992</v>
       </c>
       <c r="D493" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>506</v>
+        <v>482</v>
       </c>
       <c r="B494" t="s">
-        <v>507</v>
+        <v>483</v>
       </c>
       <c r="C494">
-        <v>159.0</v>
+        <v>88.992</v>
       </c>
       <c r="D494" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>508</v>
+        <v>484</v>
       </c>
       <c r="B495" t="s">
-        <v>509</v>
+        <v>485</v>
       </c>
       <c r="C495">
-        <v>162.0</v>
+        <v>88.992</v>
       </c>
       <c r="D495" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>510</v>
+        <v>486</v>
       </c>
       <c r="B496" t="s">
-        <v>511</v>
+        <v>487</v>
       </c>
       <c r="C496">
-        <v>163.092</v>
+        <v>92.4</v>
       </c>
       <c r="D496" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>512</v>
+        <v>488</v>
       </c>
       <c r="B497" t="s">
-        <v>513</v>
+        <v>489</v>
       </c>
       <c r="C497">
-        <v>167.424</v>
+        <v>99.0</v>
       </c>
       <c r="D497" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>514</v>
+        <v>490</v>
       </c>
       <c r="B498" t="s">
-        <v>515</v>
+        <v>491</v>
       </c>
       <c r="C498">
-        <v>167.88</v>
+        <v>99.0</v>
       </c>
       <c r="D498" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>516</v>
+        <v>492</v>
       </c>
       <c r="B499" t="s">
-        <v>517</v>
+        <v>493</v>
       </c>
       <c r="C499">
-        <v>168.24</v>
+        <v>99.0</v>
       </c>
       <c r="D499" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>518</v>
+        <v>494</v>
       </c>
       <c r="B500" t="s">
-        <v>519</v>
+        <v>495</v>
       </c>
       <c r="C500">
-        <v>168.504</v>
+        <v>99.0</v>
       </c>
       <c r="D500" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>520</v>
+        <v>496</v>
       </c>
       <c r="B501" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="C501">
-        <v>178.992</v>
+        <v>99.0</v>
       </c>
       <c r="D501" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
         <v>9</v>
       </c>
       <c r="B502" t="s">
         <v>10</v>
       </c>
       <c r="C502">
         <v>3.0</v>
       </c>
       <c r="D502" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>252</v>
+        <v>73</v>
       </c>
       <c r="B503" t="s">
-        <v>253</v>
+        <v>74</v>
       </c>
       <c r="C503">
-        <v>13.116</v>
+        <v>7.68</v>
       </c>
       <c r="D503" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>354</v>
+        <v>121</v>
       </c>
       <c r="B504" t="s">
-        <v>355</v>
+        <v>122</v>
       </c>
       <c r="C504">
-        <v>25.5</v>
+        <v>9.0</v>
       </c>
       <c r="D504" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>356</v>
+        <v>237</v>
       </c>
       <c r="B505" t="s">
-        <v>357</v>
+        <v>238</v>
       </c>
       <c r="C505">
-        <v>25.5</v>
+        <v>12.54</v>
       </c>
       <c r="D505" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>416</v>
+        <v>251</v>
       </c>
       <c r="B506" t="s">
-        <v>417</v>
+        <v>252</v>
       </c>
       <c r="C506">
-        <v>38.4</v>
+        <v>13.116</v>
       </c>
       <c r="D506" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>468</v>
+        <v>347</v>
       </c>
       <c r="B507" t="s">
-        <v>469</v>
+        <v>348</v>
       </c>
       <c r="C507">
-        <v>114.396</v>
+        <v>22.8</v>
       </c>
       <c r="D507" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>472</v>
+        <v>363</v>
       </c>
       <c r="B508" t="s">
-        <v>473</v>
+        <v>364</v>
       </c>
       <c r="C508">
-        <v>118.992</v>
+        <v>25.5</v>
       </c>
       <c r="D508" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>474</v>
+        <v>365</v>
       </c>
       <c r="B509" t="s">
-        <v>475</v>
+        <v>366</v>
       </c>
       <c r="C509">
-        <v>118.992</v>
+        <v>25.5</v>
       </c>
       <c r="D509" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>476</v>
+        <v>415</v>
       </c>
       <c r="B510" t="s">
-        <v>477</v>
+        <v>416</v>
       </c>
       <c r="C510">
-        <v>118.992</v>
+        <v>38.4</v>
       </c>
       <c r="D510" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>484</v>
+        <v>470</v>
       </c>
       <c r="B511" t="s">
-        <v>485</v>
+        <v>471</v>
       </c>
       <c r="C511">
-        <v>129.0</v>
+        <v>69.888</v>
       </c>
       <c r="D511" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="B512" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="C512">
-        <v>138.996</v>
+        <v>118.992</v>
       </c>
       <c r="D512" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="B513" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="C513">
-        <v>148.992</v>
+        <v>118.992</v>
       </c>
       <c r="D513" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B514" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C514">
-        <v>148.992</v>
+        <v>129.0</v>
       </c>
       <c r="D514" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="B515" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="C515">
-        <v>152.808</v>
+        <v>133.884</v>
       </c>
       <c r="D515" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B516" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C516">
-        <v>159.0</v>
+        <v>138.996</v>
       </c>
       <c r="D516" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B517" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C517">
-        <v>159.0</v>
+        <v>150.564</v>
       </c>
       <c r="D517" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>522</v>
+        <v>510</v>
       </c>
       <c r="B518" t="s">
-        <v>523</v>
+        <v>511</v>
       </c>
       <c r="C518">
-        <v>178.992</v>
+        <v>156.516</v>
       </c>
       <c r="D518" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>524</v>
+        <v>512</v>
       </c>
       <c r="B519" t="s">
-        <v>525</v>
+        <v>513</v>
       </c>
       <c r="C519">
-        <v>217.608</v>
+        <v>159.0</v>
       </c>
       <c r="D519" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>526</v>
+        <v>514</v>
       </c>
       <c r="B520" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
       <c r="C520">
-        <v>319.2</v>
+        <v>159.0</v>
       </c>
       <c r="D520" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
+        <v>516</v>
+      </c>
+      <c r="B521" t="s">
+        <v>517</v>
+      </c>
+      <c r="C521">
+        <v>178.992</v>
+      </c>
+      <c r="D521" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" t="s">
+        <v>518</v>
+      </c>
+      <c r="B522" t="s">
+        <v>519</v>
+      </c>
+      <c r="C522">
+        <v>217.608</v>
+      </c>
+      <c r="D522" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" t="s">
+        <v>520</v>
+      </c>
+      <c r="B523" t="s">
+        <v>521</v>
+      </c>
+      <c r="C523">
+        <v>233.544</v>
+      </c>
+      <c r="D523" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" t="s">
+        <v>522</v>
+      </c>
+      <c r="B524" t="s">
+        <v>523</v>
+      </c>
+      <c r="C524">
+        <v>287.508</v>
+      </c>
+      <c r="D524" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" t="s">
+        <v>524</v>
+      </c>
+      <c r="B525" t="s">
+        <v>525</v>
+      </c>
+      <c r="C525">
+        <v>287.508</v>
+      </c>
+      <c r="D525" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" t="s">
+        <v>526</v>
+      </c>
+      <c r="B526" t="s">
+        <v>527</v>
+      </c>
+      <c r="C526">
+        <v>294.0</v>
+      </c>
+      <c r="D526" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527" t="s">
         <v>528</v>
       </c>
-      <c r="B521" t="s">
+      <c r="B527" t="s">
         <v>529</v>
       </c>
-      <c r="C521">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="C527">
+        <v>319.2</v>
+      </c>
+      <c r="D527" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528" t="s">
+        <v>530</v>
+      </c>
+      <c r="B528" t="s">
+        <v>531</v>
+      </c>
+      <c r="C528">
+        <v>385.164</v>
+      </c>
+      <c r="D528" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529" t="s">
+        <v>532</v>
+      </c>
+      <c r="B529" t="s">
+        <v>533</v>
+      </c>
+      <c r="C529">
+        <v>508.968</v>
+      </c>
+      <c r="D529" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530" t="s">
+        <v>534</v>
+      </c>
+      <c r="B530" t="s">
+        <v>535</v>
+      </c>
+      <c r="C530">
+        <v>1140.396</v>
+      </c>
+      <c r="D530" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531" t="s">
+        <v>536</v>
+      </c>
+      <c r="B531" t="s">
+        <v>537</v>
+      </c>
+      <c r="C531">
+        <v>1258.992</v>
+      </c>
+      <c r="D531" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532" t="s">
+        <v>538</v>
+      </c>
+      <c r="B532" t="s">
+        <v>539</v>
+      </c>
+      <c r="C532">
+        <v>1502.364</v>
+      </c>
+      <c r="D532" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D522"/>
+  <autoFilter ref="A1:D533"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>