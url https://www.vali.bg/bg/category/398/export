--- v1 (2025-12-16)
+++ v2 (2026-01-30)
@@ -7,1659 +7,1560 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$533</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$354</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Пад за мишка ESTILLO, EST-MP-1-BLACK</t>
   </si>
   <si>
     <t>EST-MP-1-BLACK</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Пад за мишка ESTILLO, EST-MP-PICTURES</t>
   </si>
   <si>
     <t>EST-MP-PICTURES</t>
   </si>
   <si>
     <t>Слушалки тапи MAXELL EB-98  бели</t>
   </si>
   <si>
     <t>ML-AH-EB-98-WHITE</t>
   </si>
   <si>
     <t>Слушалки  MAXELL color BUDS EB-95</t>
   </si>
   <si>
     <t>ML-AH-EB-95</t>
   </si>
   <si>
     <t>Слушалки  MAXELL EB-98</t>
   </si>
   <si>
     <t>ML-AH-EB-98-BLACK</t>
   </si>
   <si>
     <t>ML-AH-EB-98-BLUE</t>
   </si>
   <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Черен</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-BLACK</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка текстилен "Easy", 126858</t>
+  </si>
+  <si>
+    <t>HAMA-126858</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>USB памет Rotate, 16GB, HAMA-94175</t>
+  </si>
+  <si>
+    <t>HAMA-94175</t>
+  </si>
+  <si>
+    <t>Слушалки  MAXELL PLUGZ</t>
+  </si>
+  <si>
+    <t>ML-AH-PLUGZ-WHITE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Слушалки с микрофон MAXELL EB-875 </t>
+  </si>
+  <si>
+    <t>ML-AH-EB-875-WH</t>
+  </si>
+  <si>
+    <t>USB памет Laeta, USB 2.0, 16GB, HAMA-90983</t>
+  </si>
+  <si>
+    <t>HAMA-90983</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>USB памет HAMA "Fancy", 16GB, HAMA-90894</t>
+  </si>
+  <si>
+    <t>HAMA-90894</t>
+  </si>
+  <si>
+    <t>Пад за мишка, HAMA-126861</t>
+  </si>
+  <si>
+    <t>HAMA-126861</t>
+  </si>
+  <si>
     <t>Пад за мишка Hama "Landscape", 12 бр. в кашон, цена за 1 бр.</t>
   </si>
   <si>
     <t>HAMA-126871</t>
   </si>
   <si>
     <t>Пад за мишка Hama "Animal", 12 бр. в кашон, цена за 1 бр.</t>
   </si>
   <si>
     <t>HAMA-126872</t>
   </si>
   <si>
+    <t>USB памет Smartly, 16GB, HAMA-94169</t>
+  </si>
+  <si>
+    <t>HAMA-94169</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, USB 2.0, 16GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-16GB</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-100, 3 бутона, 182600</t>
+  </si>
+  <si>
+    <t>HAMA-182600</t>
+  </si>
+  <si>
     <t>Слушалки  с микрофон MAXELL PLUGZ черна</t>
   </si>
   <si>
     <t>ML-AH-PLUGZ-BLACK</t>
   </si>
   <si>
-    <t>HAMA Пад за мишка текстилен "Easy", 126858</t>
-[...26 lines deleted...]
-    <t>HAMA-126861</t>
+    <t>A4tech OP-330S Оптична мишка V-Track, безшумен клик, 1000 dpi,USB черна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-OP-330S</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD01C, 32 GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01C-32GB-BL</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USB памет Team Group C141 16GB, </t>
+  </si>
+  <si>
+    <t>TEAM-USB-C141-16GB-BLUE</t>
+  </si>
+  <si>
+    <t>USB памет Rotate, 32GB, HAMA-108029</t>
+  </si>
+  <si>
+    <t>HAMA-108029</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Holiday", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126873</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Розов</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-PINK</t>
+  </si>
+  <si>
+    <t>Пад за лазерна мишка, тънък, самозалепващ, 126865</t>
+  </si>
+  <si>
+    <t>HAMA-126865</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, 4GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-4GB</t>
   </si>
   <si>
     <t>USB памет ESTILLO SD-01, 32 GB</t>
   </si>
   <si>
     <t>RAM-HAN-SD01-32GB-W</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>USB памет ESTILLO SD-25F, 32GB</t>
   </si>
   <si>
     <t>RAM-HAN-SD25F-32</t>
   </si>
   <si>
+    <t>USB памет HAMA Тип USB-C/ USB-A 3.0 Laeta, 16GB, 40Mb/s</t>
+  </si>
+  <si>
+    <t>HAMA-124161</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-32GB</t>
+  </si>
+  <si>
+    <t>Слушалки тапи с микрофон MAXELL IN-TIPS RED</t>
+  </si>
+  <si>
+    <t>ML-AH-IN-TIPS-RED</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Smartly, 32GB, HAMA-108044</t>
+  </si>
+  <si>
+    <t>HAMA-108044</t>
+  </si>
+  <si>
+    <t>USB памет "Fancy", 64GB, HAMA-108062</t>
+  </si>
+  <si>
+    <t>HAMA-108062</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-200, 3 бутона, 182603</t>
+  </si>
+  <si>
+    <t>HAMA-182603</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Зелен</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-GREEN</t>
+  </si>
+  <si>
+    <t>Жична мишка A4Tech OP-560NU, Черен</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-OP-560NU</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 64GB, 10 MB/s, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-104302</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-200, 3 бутона, 182602</t>
+  </si>
+  <si>
+    <t>HAMA-182602</t>
+  </si>
+  <si>
+    <t>Оптична мишка A4tech OP-620D</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-OP-620-USB-BL</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Smartly, 64GB, HAMA-108045</t>
+  </si>
+  <si>
+    <t>HAMA-108045</t>
+  </si>
+  <si>
+    <t>HAMA "Fancy" USB флаш памет, USB 2.0, 16 GB, 181081</t>
+  </si>
+  <si>
+    <t>HAMA-181081</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/USB-A 3.0 Laeta, 32GB, 40 MB/s, silver</t>
+  </si>
+  <si>
+    <t>HAMA-124162</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка HAMA AMW-200, 3 бутона, 134960</t>
+  </si>
+  <si>
+    <t>HAMA-134960</t>
+  </si>
+  <si>
+    <t>Пад за лазерна мишка HAMA Laser, Самозалепващ, 54751</t>
+  </si>
+  <si>
+    <t>HAMA-54751</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 64GB, USB 3.0 70 MB/s, Петролно синьо</t>
+  </si>
+  <si>
+    <t>HAMA-182464</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD82, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD82-32GB</t>
+  </si>
+  <si>
+    <t>Микрофон HAMA, За ревер с клипс Clip-On, 3.5мм, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-139901</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 32GB, UBS 3.0 70 MB/s, Петролно синьо</t>
+  </si>
+  <si>
+    <t>HAMA-182463</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Пад за лазерна мишка, тънък, самозалепващ, 126865</t>
-[...50 lines deleted...]
-    <t>ML-USB-E100-4GB</t>
+    <t>USB памет MAXELL FLIX, USB 2.0, 4GB, Черна</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-4GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Ultima II, 16GB,USB 2.0 Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF2M01V1K-16GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 64GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-64GB-W</t>
+  </si>
+  <si>
+    <t>Флаш памет 32Gb USB 2.0 SD-34B, бяла, Без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD34B</t>
+  </si>
+  <si>
+    <t>Четец за карти HAMA 181056, USB 2.0</t>
+  </si>
+  <si>
+    <t>HAMA-181056</t>
+  </si>
+  <si>
+    <t>Слушалки тапи HAMA "Gloss", In Ear, Бели, 184132</t>
+  </si>
+  <si>
+    <t>HAMA-184132</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка HAMA MW-110, 3 бутона, 182618</t>
+  </si>
+  <si>
+    <t>HAMA-182618</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA CM-200, 4 бутонна, безшумна, с кабел, черна</t>
+  </si>
+  <si>
+    <t>HAMA-173074</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-25T, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD25T-32</t>
   </si>
   <si>
     <t>USB памет MAXELL SPEEDBOAT, USB 2.0, 8GB</t>
   </si>
   <si>
     <t>ML-USB-E100-8GB</t>
   </si>
   <si>
-    <t>USB памет MAXELL SPEEDBOAT, USB 2.0, 8GB Бял цвят</t>
-[...29 lines deleted...]
-    <t>TEAM-USB-C141-16GB-BLUE</t>
+    <t>USB памет MAXELL FLIX, USB 2.0, 8GB, ЧЕРЕН</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-8GB</t>
+  </si>
+  <si>
+    <t>Жична оптична мишка LOGITECH M90</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M90-BK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Слушалки MAXELL KIDS </t>
+  </si>
+  <si>
+    <t>ML-AH-KIDS-BLUE</t>
+  </si>
+  <si>
+    <t>Слушалки MAXELL KIDS</t>
+  </si>
+  <si>
+    <t>ML-AH-KIDS-PINK</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Ultima II, 32GB, USB 2.0 Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF2M01V1K-32GB</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 128GB,10 MB/s, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-108071</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-300, безшумна, 182606</t>
+  </si>
+  <si>
+    <t>HAMA-182606</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C171, 64GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C171-64GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 16GB, Черен</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-16GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-32GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-01, 64 GB без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01-64GB-W</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/UBS 3.0  Laeta, 64GB, 40GB/s</t>
+  </si>
+  <si>
+    <t>HAMA-124163</t>
+  </si>
+  <si>
+    <t>Флаш памет 32Gb USB 2.0 SD-Y32B, бяла, Без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SDY23</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-301, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD301-32GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 16GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-16GB</t>
+  </si>
+  <si>
+    <t>Жична оптична мишка LOGITECH B100</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-B100BK</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, 32GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E300-32GB</t>
   </si>
   <si>
     <t>USB памет Team Group Elite C141, 8GB</t>
   </si>
   <si>
     <t>TEAM-USB-C141-8GB-RED</t>
   </si>
   <si>
-    <t>USB памет ESTILLO SD-03, 64GB</t>
-[...148 lines deleted...]
-  <si>
     <t>USB памет MAXELL Speedboat, 32GB USB 3.1 черна</t>
   </si>
   <si>
     <t>ML-USB3.1-32GB-BLACK</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 16GB Ultra Line</t>
   </si>
   <si>
     <t>INTENSO-USB-UL-16GB</t>
   </si>
   <si>
-    <t>USB памет HAMA Тип USB-C/USB-A 3.0 Laeta, 32GB, 40 MB/s, silver</t>
-[...44 lines deleted...]
-    <t>HAMA-182463</t>
+    <t>Intenso USB Flash Drive 3.2 32GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-32GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C162 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C162-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>Четец за карти HAMA, USB 2.0, 200132</t>
+  </si>
+  <si>
+    <t>HAMA-200132</t>
+  </si>
+  <si>
+    <t>Оптична мишка A4tech OP 620DS, безшумен клик, USB. черна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-OP-620DS</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, 64GB</t>
+  </si>
+  <si>
+    <t>ML-USB3.1-SPEEDBOAT-64GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Marvel M02, 32GB,USB 3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>SLP-USB-M02V1S-32GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B02, 32GB, USB 3.2 Gen 1, Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-B02V1K-32</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-64GB</t>
+  </si>
+  <si>
+    <t>Цифрова клавиатура A4tech FK13P</t>
+  </si>
+  <si>
+    <t>A4-KEY-FK-13P</t>
+  </si>
+  <si>
+    <t>A4-KEY-FK-13P-WHITE</t>
+  </si>
+  <si>
+    <t>USB памет HAMA "Fancy", 128GB, HAMA-108074</t>
+  </si>
+  <si>
+    <t>HAMA-108074</t>
+  </si>
+  <si>
+    <t>USB хъб, 4 портов, HAMA-200121</t>
+  </si>
+  <si>
+    <t>HAMA-200121</t>
+  </si>
+  <si>
+    <t>Слушалки тапи с микрофон MAXELL IN-BAX, USB-C</t>
+  </si>
+  <si>
+    <t>ML-AH-INBAX-USBC-BK</t>
+  </si>
+  <si>
+    <t>Слушалки  MAXELL тапи EB10  BASS 13  USB-C</t>
+  </si>
+  <si>
+    <t>ML-AH-EB10-BASS</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-64GB</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 32GB Speed Line</t>
   </si>
   <si>
     <t>INTENSO-USB-SL-32GB</t>
   </si>
   <si>
-    <t>Четец за карти HAMA 181056, USB 2.0</t>
-[...26 lines deleted...]
-    <t>A4-MOUSE-OP-620DS</t>
+    <t>Пад за нотбук 3 в 1 HAMA, Предпазна и почистваща кърпичка, 53011</t>
+  </si>
+  <si>
+    <t>HAMA-53011</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Premium Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-PL-64GB</t>
+  </si>
+  <si>
+    <t>Флаш памет HAMA "C-Rotate Pro", USB-C 3.1/3.0, 64GB, 70MB/s, 182490</t>
+  </si>
+  <si>
+    <t>HAMA-182490</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 32GB Office Line</t>
   </si>
   <si>
     <t>INTENSO-USB-OFFL-32GB</t>
   </si>
   <si>
-    <t>Слушалки тапи HAMA "Gloss", In Ear, Бели, 184132</t>
-[...14 lines deleted...]
-    <t>KIN-USB-DTX-64GB-W</t>
+    <t>Intenso USB Flash Drive 3.2 32GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-32GB</t>
+  </si>
+  <si>
+    <t>ACT Слушалки с микрофон, 3.5mm жак, 2м</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC9330</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 32GB Ultra Line</t>
   </si>
   <si>
     <t>INTENSO-USB-UL-32GB</t>
   </si>
   <si>
-    <t>USB памет ESTILLO SD44, 32GB, USB 2.0 черен, без лого</t>
-[...2 lines deleted...]
-    <t>RAM-HAN-SD44-32GB-BLACK</t>
+    <t>USB памет SanDisk Ultra Curve 3.2, 32GB, USB 3.1 Gen 1, Черна</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-032G-G46</t>
+  </si>
+  <si>
+    <t>AC четец за карти NITROX CI-02 3,5" вътрешен  USB2.0</t>
+  </si>
+  <si>
+    <t>INTER-TECH-READER</t>
+  </si>
+  <si>
+    <t>Четец за карти Silicon Power C200 MicroSD - USB Type C</t>
+  </si>
+  <si>
+    <t>SLP-SD-MREDC2000K</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-64GB</t>
+  </si>
+  <si>
+    <t>HAMA Калъф за USB памет "Fashion"</t>
+  </si>
+  <si>
+    <t>HAMA-90775</t>
   </si>
   <si>
     <t>USB памет ESTILLO SD44, 32GB, USB 2.0, син, без лого</t>
   </si>
   <si>
     <t>RAM-HAN-SD44-32GB-BLUE</t>
   </si>
   <si>
-    <t>USB памет ESTILLO SD-25T, 32GB</t>
-[...32 lines deleted...]
-    <t>TEAM-USB-C222-32GB-SIL</t>
+    <t>HAMA Пад за мишка "Business", M, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-126874</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Business", M, Сив</t>
+  </si>
+  <si>
+    <t>HAMA-126875</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 64GB, USB 3.1 Gen 1, Черна</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-64G-G46</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 32GB Premium Line</t>
   </si>
   <si>
     <t>INTENSO-USB-PL-32GB</t>
   </si>
   <si>
-    <t>USB памет Team Group C171, 64GB</t>
-[...56 lines deleted...]
-    <t>ML-USB3.1-SPEEDBOAT-64GB</t>
+    <t>Пад за мишка HAMA мини "Ergo", 126855</t>
+  </si>
+  <si>
+    <t>HAMA-126855</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-64GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Jewel J06 64GB,USB 3.0 тъмно синя</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3J06V1D-64GB</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Business", XL, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-126877</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Jewel J06 16GB,USB 3.0 тъмно синя</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3J06V1D-16GB</t>
+  </si>
+  <si>
+    <t>Пад за мишка HAMA "Leather Look", 126857</t>
+  </si>
+  <si>
+    <t>HAMA-126857</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Leather look", Черен</t>
+  </si>
+  <si>
+    <t>HAMA-126856</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Jewel J06 32GB,USB 3.0 тъмно синя</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3J06V1D-32GB</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка RAPOO 1680, Тиха, 2.4Ghz, Бяла</t>
+  </si>
+  <si>
+    <t>RAPOO-14370</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 64GB Speed Line</t>
   </si>
   <si>
     <t>INTENSO-USB-SL-64GB</t>
   </si>
   <si>
-    <t>Intenso USB Flash Drive 3.2 32GB Twist Line</t>
-[...98 lines deleted...]
-    <t>INTENSO-USB-PL-64GB</t>
+    <t>USB памет KINGSTON DataTraveler Exodia S 64GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTXS-64GB</t>
+  </si>
+  <si>
+    <t>Пад за мишка HAMA "Ergo", 126854</t>
+  </si>
+  <si>
+    <t>HAMA-126854</t>
   </si>
   <si>
     <t>USB памет ESTILLO SD-03, 128GB</t>
   </si>
   <si>
     <t>RAM-HAN-SD03-128GB-W</t>
   </si>
   <si>
-    <t>Intenso USB Flash Drive 3.2 32GB cMobile Line</t>
-[...80 lines deleted...]
-    <t>HAMA-126875</t>
+    <t>USB памет SILICON POWER Blaze B02, 64GB, USB 3.2 Gen 1, Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-B02V1K-64</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Business", XL, 126879</t>
+  </si>
+  <si>
+    <t>HAMA-126879</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Business", XL, 70 x 30 cm, сив</t>
+  </si>
+  <si>
+    <t>HAMA-126878</t>
+  </si>
+  <si>
+    <t>HAMA Жична клавиатура CK-100, кирилизирана, USB-C, USB-A</t>
+  </si>
+  <si>
+    <t>HAMA-173050</t>
+  </si>
+  <si>
+    <t>Слушалки HAMA "Season II" USB-C, накрайници, микрофон, 221751</t>
+  </si>
+  <si>
+    <t>HAMA-221751</t>
+  </si>
+  <si>
+    <t>A4tech FK12 Fstyler Мултимедийна жична клавиатура, USB, водоустойчива, кирилица</t>
+  </si>
+  <si>
+    <t>A4-KEY-FK12</t>
+  </si>
+  <si>
+    <t>Флаш памет MAXELL SPEEDBOAT, 128GB USB 3.1 black</t>
+  </si>
+  <si>
+    <t>ML-USB-128GB-BLACK</t>
+  </si>
+  <si>
+    <t>HAMA Калъф "Vegas" за 5 USB памети, черен</t>
+  </si>
+  <si>
+    <t>HAMA-84409</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-128GB</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон HAMA Sea II, USB-C, 184192</t>
+  </si>
+  <si>
+    <t>HAMA-184192</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Phone Drive for Android - 32 GB,USB-A/ USB-C  100Mb/s</t>
+  </si>
+  <si>
+    <t>SD-USB-DDDC6-032G-G46</t>
+  </si>
+  <si>
+    <t>HAMA Флаш памет "C-Rotate Pro", USB-C 3.1/3.0, 128GB, 100MB/s, 182491</t>
+  </si>
+  <si>
+    <t>HAMA-182491</t>
+  </si>
+  <si>
+    <t>А4tech HU-8 Слушалки с микрофон, USB, въртящ се микрофон</t>
+  </si>
+  <si>
+    <t>A4-HEAD-HU-8</t>
   </si>
   <si>
     <t>USB памет KINGSTON DataTraveler SE9 G3, 64GB, USB 3.2 Gen1</t>
   </si>
   <si>
     <t>KIN-USB-DTSE9-KE-U2X64GB</t>
   </si>
   <si>
-    <t>USB памет KINGSTON DataTraveler Exodia M, 64GB,USB 3.2 Gen 1, Черна</t>
-[...122 lines deleted...]
-    <t>ML-USB-128GB-BLACK</t>
+    <t>Intenso USB Flash Drive 3.2 128GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-128GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-128GB</t>
+  </si>
+  <si>
+    <t>Слушалки HAMA "Season II" USB-C, накрайници, микрофон, 221750</t>
+  </si>
+  <si>
+    <t>HAMA-221750</t>
   </si>
   <si>
     <t>USB памет Silicon Power Mobile C51 64GB, USB-А и USB Type-C (USB 3.2 Gen 1)</t>
   </si>
   <si>
     <t>SLP-USB-UC3C51V1S-64GB</t>
   </si>
   <si>
-    <t>Безжична мишка с 6 бутона MW-400 V2, HAMA-173028</t>
-[...38 lines deleted...]
-    <t>HAMA-173050</t>
+    <t>Intenso USB Flash Drive 3.2 128GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-128GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-128GB</t>
+  </si>
+  <si>
+    <t>HAMA Стерео слушалки "Shell II", Over-Ear, 2m, черни</t>
+  </si>
+  <si>
+    <t>HAMA-221781</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Premium Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-PL-128GB</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun II", On-Ear, 3.5 мм жак, Черни</t>
+  </si>
+  <si>
+    <t>HAMA-221784</t>
+  </si>
+  <si>
+    <t>HAMA Жична клавиатура CK-200, кирилизирана, USB-A, USB-C, мулт.бутони</t>
+  </si>
+  <si>
+    <t>HAMA-173052</t>
+  </si>
+  <si>
+    <t>Оптична мишка DeLock, USB-A, 5 бутона , Синя</t>
+  </si>
+  <si>
+    <t>DELOCK-12621P</t>
+  </si>
+  <si>
+    <t>Оптична мишка DeLock, USB-A, Кабел 1.3 м, USB, 1200 dpi, Tюркоаз</t>
+  </si>
+  <si>
+    <t>DELOCK-12538P</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-128GB</t>
+  </si>
+  <si>
+    <t>Безжична безшумна мишка A4tech FG35CS Plus White Fstyler, 2.4Ghz ,бяла, USB-C</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FG35CS-WHITE</t>
+  </si>
+  <si>
+    <t>Безжична безшумна мишка A4tech FG35CS Plus White Fstyler, 2.4Ghz ,сива, USB-C</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FG35CS-GREY</t>
   </si>
   <si>
     <t>USB памет KINGSTON DataTraveler Duo G2, 128GB USB-C + USB-A 3.2 Gen 1</t>
   </si>
   <si>
     <t>KIN-USB-DTDEG2-128GB</t>
   </si>
   <si>
-    <t>HAMA Калъф "Vegas" за 5 USB памети, черен</t>
-[...62 lines deleted...]
-    <t>HAMA-173052</t>
+    <t>USB памет Samsung FIT Plus, 64GB, USB-A, Черна</t>
+  </si>
+  <si>
+    <t>SAM-USB-MUF64ABAPC</t>
+  </si>
+  <si>
+    <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3513</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun C", USB-C, водач за кабел от едната страна, черни</t>
+  </si>
+  <si>
+    <t>HAMA-221814</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun C", USB-C, водач за кабел от едната страна, бели</t>
+  </si>
+  <si>
+    <t>HAMA-221815</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun C", USB-C, водач за кабел от едната страна, зелени</t>
+  </si>
+  <si>
+    <t>HAMA-221816</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun C", USB-C, водач за кабел от едната страна, Оранжев</t>
+  </si>
+  <si>
+    <t>HAMA-221817</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Phone Drive for Android - 64 GB,USB-A/ USB-C  100Mb/s</t>
+  </si>
+  <si>
+    <t>SD-USB-DDDC6-064G-G46</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка A4tech G7-810S AIR2, Безшумна, 2.4 GHz, Черна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-G7-810S-AIR2</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка MW-500 Recharge, 173035</t>
+  </si>
+  <si>
+    <t>HAMA-173035</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge , черна, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173081</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, 6 бут.,800/1200/1600 dpi, безшумна, лилаво</t>
+  </si>
+  <si>
+    <t>HAMA-173083</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Luxe, 64GB, USB 3.2 Gen 1, USB-C, Сребрист</t>
+  </si>
+  <si>
+    <t>SD-USB-CZ75-064G-G46</t>
   </si>
   <si>
     <t>USB памет KINGSTON DataTraveler Exodia S 128GB</t>
   </si>
   <si>
     <t>KIN-USB-DTXS-128GB</t>
   </si>
   <si>
-    <t>USB памет KINGSTON DataTraveler microDuo 3C 64GB</t>
-[...44 lines deleted...]
-    <t>SD-USB-CZ73-128G-G46B</t>
+    <t>Слушалки с микрофон A4TECH Fstyler FH300U, LED Backlit, Черни</t>
+  </si>
+  <si>
+    <t>A4-HEAD-FH300U-BLACK</t>
+  </si>
+  <si>
+    <t>А4tech Fstyler FH300U Слушалки с микрофон USB, Noice Cancelling, бял</t>
+  </si>
+  <si>
+    <t>A4-HEAD-FH300U-WHITE</t>
   </si>
   <si>
     <t>HAMA Стерео слушалки ShellTV Over-ear с 6 м кабел, 113dB</t>
   </si>
   <si>
     <t>HAMA-221782</t>
   </si>
   <si>
-    <t>HAMA Хъб за Playstation 5, 6in1 USB, (1x USB-C, 5x USB-A), черно</t>
-[...14 lines deleted...]
-    <t>HAMA-173054</t>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, бяла, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173082</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, зелена, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173084</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173085</t>
   </si>
   <si>
     <t>USB памет SILICON POWER Blaze B02, 256GB</t>
   </si>
   <si>
     <t>SLP-USB-UF3B02V1K-256GB</t>
   </si>
   <si>
-    <t>HAMA Безжична оптична мишка WM-500 Recharge, бяла, 6 бут.,800/1200/1600 dpi, безшумна</t>
-[...34 lines deleted...]
-  <si>
     <t>Intenso USB Flash Drive 3.2 256GB Speed Line</t>
   </si>
   <si>
     <t>INTENSO-USB-SL-256GB</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 256GB Office Line</t>
   </si>
   <si>
     <t>INTENSO-USB-OFFL-256GB</t>
   </si>
   <si>
-    <t>HAMA Комплект безжична клавиатура с мишка "WKM-100", 173051</t>
-[...4 lines deleted...]
-  <si>
     <t>Intenso USB Flash Drive 3.2 256GB Ultra Line</t>
   </si>
   <si>
     <t>INTENSO-USB-UL-256GB</t>
   </si>
   <si>
-    <t>Четец за карти SanDisk Extreme PRO, USB-C,QuickFlow™ microSD™ UHS-I Card USB-A Reader</t>
-[...4 lines deleted...]
-  <si>
     <t>Intenso USB Flash Drive 3.2 256GB Jet Line</t>
   </si>
   <si>
     <t>INTENSO-USB-JL-256GB</t>
   </si>
   <si>
-    <t>HAMA Жична Клавиатура "CK-400", Х-структурна, USB-A, USB-C, AI бутон, светеща</t>
-[...10 lines deleted...]
-  <si>
     <t>Intenso USB Flash Drive 3.2 256GB Twist Line</t>
   </si>
   <si>
     <t>INTENSO-USB-TWL-256GB</t>
   </si>
   <si>
-    <t>Мишка A4tech FB26CS Air2 Cafe Latte, Dual mode, 2000dpi, Li-Ion батерия, безшумна, Безжична</t>
-[...20 lines deleted...]
-    <t>ML-USB-256GB-BLACK</t>
+    <t>USB памет Samsung Pendrive USB-C, 648GB, USB 3.1, Синя</t>
+  </si>
+  <si>
+    <t>SAM-USB-MUF64DAAPC</t>
+  </si>
+  <si>
+    <t>A4tech Fstyler FG2400Air 2 Комлект безжична клавиатура с мишка,черен,кирилизиран</t>
+  </si>
+  <si>
+    <t>A4-KEY-FG2400</t>
+  </si>
+  <si>
+    <t>Микрофон с гъвкаво рамо Delock 66499 - USB и Mute бутон</t>
+  </si>
+  <si>
+    <t>DELOCK-66499</t>
+  </si>
+  <si>
+    <t>Безжична клавиатура Logitech K250 Graphite - Кирилизирана</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-K250</t>
+  </si>
+  <si>
+    <t>A4tech Fstyler FX70 Жична клавиатура, ниско профилна, ножична технология, кирилизирана, черна</t>
+  </si>
+  <si>
+    <t>A4-KEY-FX70</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка LOGITECH M240 - Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M240</t>
+  </si>
+  <si>
+    <t>Слушалки HP Poly Blackwire 3220 USB-C - Черен</t>
+  </si>
+  <si>
+    <t>POLY-HEAD-8X228AA</t>
   </si>
   <si>
     <t>USB памет KINGSTON DataTraveler Duo G2, 256GB USB-C + USB-A 3.2 Gen 1</t>
   </si>
   <si>
     <t>KIN-USB-DTDEG2-256GB</t>
   </si>
   <si>
-    <t>HAMA Комплект безжична клавиатура с мишка "WKM-200", 8 медийни клавиша, черна</t>
-[...34 lines deleted...]
-  <si>
     <t>A4tech Fstyler FX72 Жична клавиатура, ниско профилна, ножична технология, кирилизирана, черна</t>
   </si>
   <si>
     <t>A4-KEY-FX72</t>
   </si>
   <si>
-    <t>Безжична оптична мишка LOGITECH Pebble 2 M350s</t>
-[...67 lines deleted...]
-  <si>
     <t>SanDisk Флаш памет 256Gb Ultra Drive Go USB-C Type-C, BLUE</t>
   </si>
   <si>
     <t>SD-USB-DDDC3-256G-G46NBB</t>
   </si>
   <si>
     <t>Безжичен комплект Logitech MK250 Graphite - Кирилизирана</t>
   </si>
   <si>
     <t>LOGITECH-KEY-MK250</t>
   </si>
   <si>
     <t>HAMA Мишка „WM-900“ мултифункционална, ергономична, Bluetooth, батерия, RGB, черна</t>
   </si>
   <si>
     <t>HAMA-173097</t>
   </si>
   <si>
-    <t>Озвучителна система Creative Pebble SE , 4.4W RMS, USB, жак</t>
-[...14 lines deleted...]
-    <t>CREATIVE-WEB-LIVE-1080P</t>
+    <t>Настолен микрофон Nubi NMIC1</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NMIC1-BL</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 512GB Ultra Line</t>
   </si>
   <si>
     <t>INTENSO-USB-UL-512GB</t>
   </si>
   <si>
     <t>HAMA Безжична Ергономична вертикална мишка "EMW-700", мулти-устройство, антрацит</t>
   </si>
   <si>
     <t>HAMA-173095</t>
   </si>
   <si>
+    <t>Четец Delock външен Card Reader for CFast 2.0 type I / II, USB Type-C</t>
+  </si>
+  <si>
+    <t>DELOCK-91745</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE A6NEO RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A6NEO</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE A8V RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A8V</t>
+  </si>
+  <si>
+    <t>A4tech Fstyler FGS300 Panda Rock Механична TKLкирилизирана</t>
+  </si>
+  <si>
+    <t>A4-KEY-FS300</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон Jabra Evolve 20 UC Duo USB</t>
+  </si>
+  <si>
+    <t>JABRA-4999-829-209</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON IronKey Locker+ 50 - 64GB XTS-AES 256-bit</t>
+  </si>
+  <si>
+    <t>KIN-USB-IKLP50-64GB</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон Jabra Evolve 20 MS Stereo USB-C/А Adapter</t>
+  </si>
+  <si>
+    <t>JABRA-EVOLVE-20MS-USBC-A</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон Jabra Evolve 20 UC Stereo USB-C/А Adapter</t>
+  </si>
+  <si>
+    <t>JABRA-4999-829-269</t>
+  </si>
+  <si>
     <t>USB памет KINGSTON IronKey Locker+ 50 - 32GB XTS-AES 256-bit</t>
   </si>
   <si>
     <t>KIN-USB-IKLP50-32GB</t>
   </si>
   <si>
-    <t>CHERRY Stream ергономична безшумна мишка Comfort, 6 бут, 4000dpi, бяла</t>
-[...50 lines deleted...]
-    <t>JABRA-4999-829-209</t>
+    <t>Безжична оптична мишка Logitech ERGO M575S graphite, Trackball</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M575S-BL</t>
   </si>
   <si>
     <t>Настолен микрофон FIFINE K669 PRO2 RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-K669PRO2</t>
   </si>
   <si>
     <t>Микрофон със стойка FIFINE A8T RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A8T</t>
   </si>
   <si>
     <t>Микрофон със стойка FIFINE A6T RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A6T</t>
   </si>
   <si>
     <t>Безжична микрофонна система BOYA Mini 2-02 с USB-C</t>
   </si>
   <si>
     <t>BOYA-MINI-2-02</t>
   </si>
   <si>
     <t>Безжична микрофонна система BOYA Mini 2-03 с Lightning</t>
   </si>
   <si>
     <t>BOYA-MINI-2-03</t>
   </si>
   <si>
+    <t>Intenso 1TB 2.5" външен диск USB 3.2 memory drive</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-1TB-EX-MD</t>
+  </si>
+  <si>
+    <t>Intenso 1TB 2.5" външен диск USB 3.2 memory board</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-1TB-EX-MB</t>
+  </si>
+  <si>
     <t>Комплект клавиатура и мишка Keychron B33 Deep Black и BM25 Wireless/BT/Wired Combo - TKL</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-KCBD1</t>
   </si>
   <si>
+    <t>Настолен микрофон FIFINE AM8 Dynamic RGB XLR/USB- Black</t>
+  </si>
+  <si>
+    <t>FIFINE-AM8</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE AM8 Dynamic RGB XLR/USB - White</t>
+  </si>
+  <si>
+    <t>FIFINE-AM8W</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 500GB Premium anthracite</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-500GB-A</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 500GB Premium black</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-500GB-BL</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 500GB Premium blue</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-500GB-BLU</t>
+  </si>
+  <si>
+    <t>Уеб камера Creative Live!Cam SYNC 4K , 2160 @ 25fps , 1080 @ 40fps, вграден микрофон</t>
+  </si>
+  <si>
+    <t>CREATIVE-WEB-LIVE-SYNC4K1</t>
+  </si>
+  <si>
+    <t>Комплект клавиатура и мишка Keychron B36 Deep Black и BM25 Wireless/BT/Wired Combo - TKL</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-KCBD2</t>
+  </si>
+  <si>
+    <t>Безжична клавиатура Logitech Wave Keys - Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-WAVE-KEYS-BK</t>
+  </si>
+  <si>
+    <t>Външен хард диск Toshiba 2.5" 1TB Canvio Flex, USB 3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-CF-1TB-SL1</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE AM6 RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-AM6</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE AM6 RGB - White</t>
+  </si>
+  <si>
+    <t>FIFINE-AM6W</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX500  500GB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX-500GB</t>
+  </si>
+  <si>
+    <t>CHERRY KW9100 SLIM за MAC</t>
+  </si>
+  <si>
+    <t>CHERRY-KEY-JK-9110US-1</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE K658 Dynamic RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-K658</t>
+  </si>
+  <si>
+    <t>Микрофон със стойка FIFINE AM8T Dynamic RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-AM8T</t>
+  </si>
+  <si>
+    <t>ROCWARE RC08P Уеб камера 2K,90 градуса,4x зуум, USB 2.0,USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC08P</t>
+  </si>
+  <si>
+    <t>Микрофон със стойка FIFINE T658 Dynamic RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-T658</t>
+  </si>
+  <si>
     <t>USB памет KINGSTON DataTraveler Kyson 512GB USB 3.2 Gen1</t>
   </si>
   <si>
     <t>KIN-USB-DTKN-512GB</t>
   </si>
   <si>
-    <t>Комплект клавиатура и мишка Keychron B36 Deep Black и BM25 Wireless/BT/Wired Combo - TKL</t>
-[...8 lines deleted...]
-    <t>CHERRY-KEY-JK-9110US-1</t>
+    <t>Logitech BRIO 500 Rose Full HD уеб камера, микрофон, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500-ROS</t>
+  </si>
+  <si>
+    <t>USB памет Samsung BAR Plus USB stick 512GB Silver USB 3.1</t>
+  </si>
+  <si>
+    <t>SAM-USB-MUF512BE3</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Grafite Full HD уеб камера, микрофон, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500</t>
+  </si>
+  <si>
+    <t>Безжична лазерна мишка LOGITECH MX MASTER 4 Pale Gray</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-MX-4P</t>
+  </si>
+  <si>
+    <t>Безжична лазерна мишка LOGITECH MX MASTER 4 Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-MX-4G</t>
+  </si>
+  <si>
+    <t>ROCWARE RC16 Уеб камера, 4K UHD, 110 градуса,8x зуум, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC16</t>
   </si>
   <si>
     <t>Флаш памет Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
   </si>
   <si>
     <t>KIN-SSD-SPSD-512GB</t>
   </si>
   <si>
-    <t>Микрофон със стойка FIFINE AM8T Dynamic RGB - Black</t>
-[...20 lines deleted...]
-    <t>LOGITECH-WEB-BRIO-500</t>
+    <t>Слушалки с микрофон Jabra Evolve 65 SE</t>
+  </si>
+  <si>
+    <t>JABRA-6699-833-309</t>
+  </si>
+  <si>
+    <t>Комплект клавиатура и мишка  Wireless Combo Logitech MK850</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-MK850-1</t>
   </si>
   <si>
     <t>Флаш памет Kingston Dual USB-A/C Portable SSD 1TB - Black/Red</t>
   </si>
   <si>
     <t>KIN-SSD-SPSD-1TB</t>
   </si>
   <si>
-    <t>Безжична лазерна мишка LOGITECH MX MASTER 4 Pale Gray</t>
-[...20 lines deleted...]
-    <t>LOGITECH-KEY-MK850-1</t>
+    <t>Допълнителни микрофони Logitech GROUP Only, 989-000171</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-MIC1</t>
+  </si>
+  <si>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 10 TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP10000400</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements Portable, 12TB, 3.5", USB 3.2 Gen 1, Черен</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELEM-12TB</t>
   </si>
   <si>
     <t>Флаш памет Kingston Dual USB-A/C Portable SSD 2TB - Black/Red</t>
   </si>
   <si>
     <t>KIN-SSD-SPSD-2TB</t>
-  </si>
-[...4 lines deleted...]
-    <t>SEAG-HDD-STKP10000400</t>
   </si>
   <si>
     <t>Външен хард диск SEAGATE Expansion Desktop External Drive 24 TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKP24000400-24</t>
   </si>
   <si>
     <t>ROCWARE RB10 Камера за видеоконференции,20Mpix,4К, 120градуса, 5x зуум, USB-C</t>
   </si>
   <si>
     <t>ROCWARE-RB10</t>
   </si>
   <si>
     <t>Външен хард диск Western Digital Elements 26TB</t>
   </si>
   <si>
     <t>WD-HDD-ELM-26TB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1981,7514 +1882,5008 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D533"/>
+  <dimension ref="A1:D354"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>2.94</v>
+        <v>1.5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>2.94</v>
+        <v>1.5</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>3.0</v>
+        <v>1.8</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>3.996</v>
+        <v>2.04</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7">
-        <v>3.996</v>
+        <v>2.04</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8">
-        <v>5.34</v>
+        <v>2.868</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9">
-        <v>5.34</v>
+        <v>2.88</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C10">
-        <v>5.4</v>
+        <v>3.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C11">
-        <v>5.628</v>
+        <v>3.012</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C12">
-        <v>5.88</v>
+        <v>3.012</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C13">
-        <v>5.88</v>
+        <v>3.108</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C14">
-        <v>6.216</v>
+        <v>3.156</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C15">
-        <v>6.216</v>
+        <v>3.18</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C16">
-        <v>6.24</v>
+        <v>3.204</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C17">
-        <v>6.24</v>
+        <v>3.204</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>6.288</v>
+        <v>3.336</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>6.312</v>
+        <v>3.372</v>
       </c>
       <c r="D19" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>6.432</v>
+        <v>3.372</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>6.528</v>
+        <v>3.372</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>6.528</v>
+        <v>3.42</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>6.588</v>
+        <v>3.456</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>6.6</v>
+        <v>3.516</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>6.792</v>
+        <v>3.54</v>
       </c>
       <c r="D25" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
-        <v>6.84</v>
+        <v>3.672</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
-        <v>6.84</v>
+        <v>3.684</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
-        <v>6.84</v>
+        <v>3.792</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
-        <v>6.924</v>
+        <v>3.84</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>7.176</v>
+        <v>3.936</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>7.2</v>
+        <v>3.936</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>7.272</v>
+        <v>3.948</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>7.464</v>
+        <v>3.984</v>
       </c>
       <c r="D33" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>7.632</v>
+        <v>3.984</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>7.68</v>
+        <v>4.032</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>7.8</v>
+        <v>4.056</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>7.8</v>
+        <v>4.092</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>7.8</v>
+        <v>4.092</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>7.824</v>
+        <v>4.128</v>
       </c>
       <c r="D39" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>7.872</v>
+        <v>4.164</v>
       </c>
       <c r="D40" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>7.932</v>
+        <v>4.26</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>7.992</v>
+        <v>4.404</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>8.004</v>
+        <v>4.476</v>
       </c>
       <c r="D43" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>8.004</v>
+        <v>4.5</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>8.076</v>
+        <v>4.512</v>
       </c>
       <c r="D45" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>8.088</v>
+        <v>4.596</v>
       </c>
       <c r="D46" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>8.1</v>
+        <v>4.608</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>8.16</v>
+        <v>4.608</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>8.22</v>
+        <v>4.668</v>
       </c>
       <c r="D49" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>8.34</v>
+        <v>4.716</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>8.388</v>
+        <v>4.752</v>
       </c>
       <c r="D51" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>8.4</v>
+        <v>4.8</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>8.568</v>
+        <v>4.8</v>
       </c>
       <c r="D53" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>8.628</v>
+        <v>4.812</v>
       </c>
       <c r="D54" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>8.796</v>
+        <v>4.86</v>
       </c>
       <c r="D55" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>8.988</v>
+        <v>4.896</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>9.0</v>
+        <v>5.076</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>9.0</v>
+        <v>5.1</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>9.0</v>
+        <v>5.124</v>
       </c>
       <c r="D59" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>9.048</v>
+        <v>5.148</v>
       </c>
       <c r="D60" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>9.192</v>
+        <v>5.16</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>9.228</v>
+        <v>5.16</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>9.252</v>
+        <v>5.208</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>9.264</v>
+        <v>5.22</v>
       </c>
       <c r="D64" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>9.312</v>
+        <v>5.22</v>
       </c>
       <c r="D65" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>9.42</v>
+        <v>5.316</v>
       </c>
       <c r="D66" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>9.516</v>
+        <v>5.352</v>
       </c>
       <c r="D67" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>9.552</v>
+        <v>5.364</v>
       </c>
       <c r="D68" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>9.552</v>
+        <v>5.376</v>
       </c>
       <c r="D69" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>9.564</v>
+        <v>5.4</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>9.588</v>
+        <v>5.4</v>
       </c>
       <c r="D71" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>9.6</v>
+        <v>5.412</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>9.6</v>
+        <v>5.424</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74">
-        <v>9.768</v>
+        <v>5.448</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C75">
-        <v>9.888</v>
+        <v>5.472</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76">
-        <v>9.924</v>
+        <v>5.484</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77">
-        <v>9.984</v>
+        <v>5.568</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78">
-        <v>10.044</v>
+        <v>5.64</v>
       </c>
       <c r="D78" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C79">
-        <v>10.224</v>
+        <v>5.736</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C80">
-        <v>10.272</v>
+        <v>5.76</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C81">
-        <v>10.272</v>
+        <v>5.832</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82">
-        <v>10.332</v>
+        <v>5.832</v>
       </c>
       <c r="D82" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83">
-        <v>10.368</v>
+        <v>5.88</v>
       </c>
       <c r="D83" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C84">
-        <v>10.488</v>
+        <v>5.916</v>
       </c>
       <c r="D84" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C85">
-        <v>10.56</v>
+        <v>5.916</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C86">
-        <v>10.692</v>
+        <v>6.0</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C87">
-        <v>10.704</v>
+        <v>6.0</v>
       </c>
       <c r="D87" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C88">
-        <v>10.728</v>
+        <v>6.0</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B89" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C89">
-        <v>10.74</v>
+        <v>6.0</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B90" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C90">
-        <v>10.8</v>
+        <v>6.072</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>10.98</v>
+        <v>6.072</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>10.98</v>
+        <v>6.12</v>
       </c>
       <c r="D92" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>11.064</v>
+        <v>6.132</v>
       </c>
       <c r="D93" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>11.112</v>
+        <v>6.132</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>11.136</v>
+        <v>6.132</v>
       </c>
       <c r="D95" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>11.136</v>
+        <v>6.168</v>
       </c>
       <c r="D96" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>11.268</v>
+        <v>6.252</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>11.4</v>
+        <v>6.3</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>11.4</v>
+        <v>6.348</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
-        <v>11.4</v>
+        <v>6.348</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>11.568</v>
+        <v>6.384</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>9</v>
       </c>
       <c r="B102" t="s">
         <v>10</v>
       </c>
       <c r="C102">
-        <v>3.0</v>
+        <v>1.8</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C103">
-        <v>5.34</v>
+        <v>2.88</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="B104" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="C104">
-        <v>5.34</v>
+        <v>3.18</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="B105" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="C105">
-        <v>5.4</v>
+        <v>3.204</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="B106" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C106">
-        <v>5.628</v>
+        <v>3.204</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="B107" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="C107">
-        <v>6.216</v>
+        <v>3.372</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B108" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C108">
-        <v>6.288</v>
+        <v>3.42</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B109" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C109">
-        <v>6.84</v>
+        <v>3.672</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
+        <v>59</v>
+      </c>
+      <c r="B110" t="s">
         <v>60</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110">
-        <v>6.924</v>
+        <v>3.792</v>
       </c>
       <c r="D110" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B111" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="C111">
-        <v>7.176</v>
+        <v>3.984</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="B112" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="C112">
-        <v>7.2</v>
+        <v>4.5</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>73</v>
+        <v>114</v>
       </c>
       <c r="B113" t="s">
-        <v>74</v>
+        <v>115</v>
       </c>
       <c r="C113">
-        <v>7.68</v>
+        <v>4.86</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="B114" t="s">
-        <v>80</v>
+        <v>123</v>
       </c>
       <c r="C114">
-        <v>7.8</v>
+        <v>5.124</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>91</v>
+        <v>146</v>
       </c>
       <c r="B115" t="s">
-        <v>92</v>
+        <v>147</v>
       </c>
       <c r="C115">
-        <v>8.004</v>
+        <v>5.4</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="B116" t="s">
-        <v>102</v>
+        <v>149</v>
       </c>
       <c r="C116">
-        <v>8.22</v>
+        <v>5.412</v>
       </c>
       <c r="D116" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>105</v>
+        <v>152</v>
       </c>
       <c r="B117" t="s">
-        <v>106</v>
+        <v>153</v>
       </c>
       <c r="C117">
-        <v>8.388</v>
+        <v>5.448</v>
       </c>
       <c r="D117" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>109</v>
+        <v>156</v>
       </c>
       <c r="B118" t="s">
-        <v>110</v>
+        <v>157</v>
       </c>
       <c r="C118">
-        <v>8.568</v>
+        <v>5.484</v>
       </c>
       <c r="D118" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>113</v>
+        <v>164</v>
       </c>
       <c r="B119" t="s">
-        <v>114</v>
+        <v>165</v>
       </c>
       <c r="C119">
-        <v>8.796</v>
+        <v>5.76</v>
       </c>
       <c r="D119" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>115</v>
+        <v>166</v>
       </c>
       <c r="B120" t="s">
-        <v>116</v>
+        <v>167</v>
       </c>
       <c r="C120">
-        <v>8.988</v>
+        <v>5.832</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>121</v>
+        <v>168</v>
       </c>
       <c r="B121" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="C121">
-        <v>9.0</v>
+        <v>5.832</v>
       </c>
       <c r="D121" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>123</v>
+        <v>174</v>
       </c>
       <c r="B122" t="s">
-        <v>124</v>
+        <v>175</v>
       </c>
       <c r="C122">
-        <v>9.048</v>
+        <v>5.916</v>
       </c>
       <c r="D122" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>125</v>
+        <v>182</v>
       </c>
       <c r="B123" t="s">
-        <v>126</v>
+        <v>183</v>
       </c>
       <c r="C123">
-        <v>9.192</v>
+        <v>6.0</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>135</v>
+        <v>191</v>
       </c>
       <c r="B124" t="s">
-        <v>136</v>
+        <v>192</v>
       </c>
       <c r="C124">
-        <v>9.42</v>
+        <v>6.132</v>
       </c>
       <c r="D124" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>141</v>
+        <v>193</v>
       </c>
       <c r="B125" t="s">
-        <v>142</v>
+        <v>194</v>
       </c>
       <c r="C125">
-        <v>9.552</v>
+        <v>6.132</v>
       </c>
       <c r="D125" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="B126" t="s">
-        <v>146</v>
+        <v>196</v>
       </c>
       <c r="C126">
-        <v>9.588</v>
+        <v>6.168</v>
       </c>
       <c r="D126" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>151</v>
+        <v>197</v>
       </c>
       <c r="B127" t="s">
-        <v>152</v>
+        <v>198</v>
       </c>
       <c r="C127">
-        <v>9.768</v>
+        <v>6.252</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>153</v>
+        <v>201</v>
       </c>
       <c r="B128" t="s">
-        <v>154</v>
+        <v>202</v>
       </c>
       <c r="C128">
-        <v>9.888</v>
+        <v>6.348</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>155</v>
+        <v>203</v>
       </c>
       <c r="B129" t="s">
-        <v>156</v>
+        <v>204</v>
       </c>
       <c r="C129">
-        <v>9.924</v>
+        <v>6.348</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>159</v>
+        <v>207</v>
       </c>
       <c r="B130" t="s">
-        <v>160</v>
+        <v>208</v>
       </c>
       <c r="C130">
-        <v>10.044</v>
+        <v>6.432</v>
       </c>
       <c r="D130" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>161</v>
+        <v>209</v>
       </c>
       <c r="B131" t="s">
-        <v>162</v>
+        <v>210</v>
       </c>
       <c r="C131">
-        <v>10.224</v>
+        <v>6.516</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>163</v>
+        <v>211</v>
       </c>
       <c r="B132" t="s">
-        <v>164</v>
+        <v>212</v>
       </c>
       <c r="C132">
-        <v>10.272</v>
+        <v>6.6</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>165</v>
+        <v>213</v>
       </c>
       <c r="B133" t="s">
-        <v>166</v>
+        <v>214</v>
       </c>
       <c r="C133">
-        <v>10.272</v>
+        <v>6.6</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>167</v>
+        <v>215</v>
       </c>
       <c r="B134" t="s">
-        <v>168</v>
+        <v>216</v>
       </c>
       <c r="C134">
-        <v>10.332</v>
+        <v>6.624</v>
       </c>
       <c r="D134" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>173</v>
+        <v>217</v>
       </c>
       <c r="B135" t="s">
-        <v>174</v>
+        <v>218</v>
       </c>
       <c r="C135">
-        <v>10.56</v>
+        <v>6.708</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>175</v>
+        <v>219</v>
       </c>
       <c r="B136" t="s">
-        <v>176</v>
+        <v>220</v>
       </c>
       <c r="C136">
-        <v>10.692</v>
+        <v>6.744</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>177</v>
+        <v>221</v>
       </c>
       <c r="B137" t="s">
-        <v>178</v>
+        <v>222</v>
       </c>
       <c r="C137">
-        <v>10.704</v>
+        <v>6.768</v>
       </c>
       <c r="D137" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>179</v>
+        <v>223</v>
       </c>
       <c r="B138" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C138">
-        <v>10.728</v>
+        <v>6.96</v>
       </c>
       <c r="D138" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>181</v>
+        <v>225</v>
       </c>
       <c r="B139" t="s">
-        <v>182</v>
+        <v>226</v>
       </c>
       <c r="C139">
-        <v>10.74</v>
+        <v>7.032</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>187</v>
+        <v>227</v>
       </c>
       <c r="B140" t="s">
-        <v>188</v>
+        <v>228</v>
       </c>
       <c r="C140">
-        <v>10.98</v>
+        <v>7.056</v>
       </c>
       <c r="D140" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>191</v>
+        <v>229</v>
       </c>
       <c r="B141" t="s">
-        <v>192</v>
+        <v>230</v>
       </c>
       <c r="C141">
-        <v>11.112</v>
+        <v>7.056</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>195</v>
+        <v>231</v>
       </c>
       <c r="B142" t="s">
-        <v>196</v>
+        <v>232</v>
       </c>
       <c r="C142">
-        <v>11.136</v>
+        <v>7.26</v>
       </c>
       <c r="D142" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>201</v>
+        <v>233</v>
       </c>
       <c r="B143" t="s">
-        <v>202</v>
+        <v>234</v>
       </c>
       <c r="C143">
-        <v>11.4</v>
+        <v>7.284</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>203</v>
+        <v>235</v>
       </c>
       <c r="B144" t="s">
-        <v>204</v>
+        <v>236</v>
       </c>
       <c r="C144">
-        <v>11.4</v>
+        <v>7.536</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>207</v>
+        <v>237</v>
       </c>
       <c r="B145" t="s">
-        <v>208</v>
+        <v>238</v>
       </c>
       <c r="C145">
-        <v>11.736</v>
+        <v>7.548</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>209</v>
+        <v>239</v>
       </c>
       <c r="B146" t="s">
-        <v>210</v>
+        <v>240</v>
       </c>
       <c r="C146">
-        <v>11.784</v>
+        <v>7.572</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>211</v>
+        <v>241</v>
       </c>
       <c r="B147" t="s">
-        <v>212</v>
+        <v>242</v>
       </c>
       <c r="C147">
-        <v>11.808</v>
+        <v>7.752</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>213</v>
+        <v>243</v>
       </c>
       <c r="B148" t="s">
-        <v>214</v>
+        <v>244</v>
       </c>
       <c r="C148">
-        <v>11.916</v>
+        <v>7.764</v>
       </c>
       <c r="D148" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>215</v>
+        <v>245</v>
       </c>
       <c r="B149" t="s">
-        <v>216</v>
+        <v>246</v>
       </c>
       <c r="C149">
-        <v>12.0</v>
+        <v>7.764</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>217</v>
+        <v>247</v>
       </c>
       <c r="B150" t="s">
-        <v>218</v>
+        <v>248</v>
       </c>
       <c r="C150">
-        <v>12.0</v>
+        <v>7.764</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>219</v>
+        <v>249</v>
       </c>
       <c r="B151" t="s">
-        <v>220</v>
+        <v>250</v>
       </c>
       <c r="C151">
-        <v>12.0</v>
+        <v>7.86</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>221</v>
+        <v>251</v>
       </c>
       <c r="B152" t="s">
-        <v>222</v>
+        <v>252</v>
       </c>
       <c r="C152">
-        <v>12.036</v>
+        <v>8.208</v>
       </c>
       <c r="D152" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>223</v>
+        <v>253</v>
       </c>
       <c r="B153" t="s">
-        <v>224</v>
+        <v>254</v>
       </c>
       <c r="C153">
-        <v>12.072</v>
+        <v>8.316</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>225</v>
+        <v>255</v>
       </c>
       <c r="B154" t="s">
-        <v>226</v>
+        <v>256</v>
       </c>
       <c r="C154">
-        <v>12.084</v>
+        <v>8.556</v>
       </c>
       <c r="D154" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>227</v>
+        <v>257</v>
       </c>
       <c r="B155" t="s">
-        <v>228</v>
+        <v>258</v>
       </c>
       <c r="C155">
-        <v>12.096</v>
+        <v>8.736</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>229</v>
+        <v>259</v>
       </c>
       <c r="B156" t="s">
-        <v>230</v>
+        <v>260</v>
       </c>
       <c r="C156">
-        <v>12.108</v>
+        <v>8.832</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>231</v>
+        <v>261</v>
       </c>
       <c r="B157" t="s">
-        <v>232</v>
+        <v>262</v>
       </c>
       <c r="C157">
-        <v>12.12</v>
+        <v>8.892</v>
       </c>
       <c r="D157" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>233</v>
+        <v>263</v>
       </c>
       <c r="B158" t="s">
-        <v>234</v>
+        <v>264</v>
       </c>
       <c r="C158">
-        <v>12.408</v>
+        <v>8.892</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>235</v>
+        <v>265</v>
       </c>
       <c r="B159" t="s">
-        <v>236</v>
+        <v>266</v>
       </c>
       <c r="C159">
-        <v>12.408</v>
+        <v>8.892</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>237</v>
+        <v>267</v>
       </c>
       <c r="B160" t="s">
-        <v>238</v>
+        <v>268</v>
       </c>
       <c r="C160">
-        <v>12.54</v>
+        <v>9.204</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>239</v>
+        <v>269</v>
       </c>
       <c r="B161" t="s">
-        <v>240</v>
+        <v>270</v>
       </c>
       <c r="C161">
-        <v>12.744</v>
+        <v>9.372</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>241</v>
+        <v>271</v>
       </c>
       <c r="B162" t="s">
-        <v>242</v>
+        <v>272</v>
       </c>
       <c r="C162">
-        <v>12.756</v>
+        <v>9.408</v>
       </c>
       <c r="D162" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>243</v>
+        <v>273</v>
       </c>
       <c r="B163" t="s">
-        <v>244</v>
+        <v>274</v>
       </c>
       <c r="C163">
-        <v>12.84</v>
+        <v>9.48</v>
       </c>
       <c r="D163" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>245</v>
+        <v>275</v>
       </c>
       <c r="B164" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="C164">
-        <v>12.912</v>
+        <v>9.684</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>247</v>
+        <v>277</v>
       </c>
       <c r="B165" t="s">
-        <v>248</v>
+        <v>278</v>
       </c>
       <c r="C165">
-        <v>12.948</v>
+        <v>9.768</v>
       </c>
       <c r="D165" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>249</v>
+        <v>279</v>
       </c>
       <c r="B166" t="s">
-        <v>250</v>
+        <v>280</v>
       </c>
       <c r="C166">
-        <v>13.044</v>
+        <v>9.78</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="B167" t="s">
-        <v>252</v>
+        <v>282</v>
       </c>
       <c r="C167">
-        <v>13.116</v>
+        <v>9.78</v>
       </c>
       <c r="D167" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>253</v>
+        <v>283</v>
       </c>
       <c r="B168" t="s">
-        <v>254</v>
+        <v>284</v>
       </c>
       <c r="C168">
-        <v>13.2</v>
+        <v>9.864</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>255</v>
+        <v>285</v>
       </c>
       <c r="B169" t="s">
-        <v>256</v>
+        <v>286</v>
       </c>
       <c r="C169">
-        <v>13.248</v>
+        <v>9.876</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>257</v>
+        <v>287</v>
       </c>
       <c r="B170" t="s">
-        <v>258</v>
+        <v>288</v>
       </c>
       <c r="C170">
-        <v>13.368</v>
+        <v>9.924</v>
       </c>
       <c r="D170" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>259</v>
+        <v>289</v>
       </c>
       <c r="B171" t="s">
-        <v>260</v>
+        <v>290</v>
       </c>
       <c r="C171">
-        <v>13.608</v>
+        <v>9.948</v>
       </c>
       <c r="D171" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>261</v>
+        <v>291</v>
       </c>
       <c r="B172" t="s">
-        <v>262</v>
+        <v>292</v>
       </c>
       <c r="C172">
-        <v>13.692</v>
+        <v>10.116</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>263</v>
+        <v>293</v>
       </c>
       <c r="B173" t="s">
-        <v>264</v>
+        <v>294</v>
       </c>
       <c r="C173">
-        <v>13.8</v>
+        <v>10.152</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>265</v>
+        <v>295</v>
       </c>
       <c r="B174" t="s">
-        <v>266</v>
+        <v>296</v>
       </c>
       <c r="C174">
-        <v>13.8</v>
+        <v>10.2</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>267</v>
+        <v>297</v>
       </c>
       <c r="B175" t="s">
-        <v>268</v>
+        <v>298</v>
       </c>
       <c r="C175">
-        <v>14.076</v>
+        <v>10.284</v>
       </c>
       <c r="D175" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>269</v>
+        <v>299</v>
       </c>
       <c r="B176" t="s">
-        <v>270</v>
+        <v>300</v>
       </c>
       <c r="C176">
-        <v>14.112</v>
+        <v>10.716</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>271</v>
+        <v>301</v>
       </c>
       <c r="B177" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="C177">
-        <v>14.112</v>
+        <v>10.98</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>273</v>
+        <v>303</v>
       </c>
       <c r="B178" t="s">
-        <v>274</v>
+        <v>304</v>
       </c>
       <c r="C178">
-        <v>14.184</v>
+        <v>11.484</v>
       </c>
       <c r="D178" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>275</v>
+        <v>305</v>
       </c>
       <c r="B179" t="s">
-        <v>276</v>
+        <v>306</v>
       </c>
       <c r="C179">
-        <v>14.736</v>
+        <v>11.652</v>
       </c>
       <c r="D179" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>277</v>
+        <v>307</v>
       </c>
       <c r="B180" t="s">
-        <v>278</v>
+        <v>308</v>
       </c>
       <c r="C180">
-        <v>14.736</v>
+        <v>11.76</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>279</v>
+        <v>309</v>
       </c>
       <c r="B181" t="s">
-        <v>280</v>
+        <v>310</v>
       </c>
       <c r="C181">
-        <v>14.748</v>
+        <v>12.0</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>281</v>
+        <v>311</v>
       </c>
       <c r="B182" t="s">
-        <v>282</v>
+        <v>312</v>
       </c>
       <c r="C182">
-        <v>14.808</v>
+        <v>12.0</v>
       </c>
       <c r="D182" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>283</v>
+        <v>313</v>
       </c>
       <c r="B183" t="s">
-        <v>284</v>
+        <v>314</v>
       </c>
       <c r="C183">
-        <v>14.832</v>
+        <v>12.252</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>285</v>
+        <v>315</v>
       </c>
       <c r="B184" t="s">
-        <v>286</v>
+        <v>316</v>
       </c>
       <c r="C184">
-        <v>15.036</v>
+        <v>12.528</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>287</v>
+        <v>317</v>
       </c>
       <c r="B185" t="s">
-        <v>288</v>
+        <v>318</v>
       </c>
       <c r="C185">
-        <v>15.12</v>
+        <v>12.528</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>289</v>
+        <v>319</v>
       </c>
       <c r="B186" t="s">
-        <v>290</v>
+        <v>320</v>
       </c>
       <c r="C186">
-        <v>15.156</v>
+        <v>12.648</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>291</v>
+        <v>321</v>
       </c>
       <c r="B187" t="s">
-        <v>292</v>
+        <v>322</v>
       </c>
       <c r="C187">
-        <v>15.18</v>
+        <v>12.66</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>293</v>
+        <v>323</v>
       </c>
       <c r="B188" t="s">
-        <v>294</v>
+        <v>324</v>
       </c>
       <c r="C188">
-        <v>15.18</v>
+        <v>12.756</v>
       </c>
       <c r="D188" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>295</v>
+        <v>325</v>
       </c>
       <c r="B189" t="s">
-        <v>296</v>
+        <v>326</v>
       </c>
       <c r="C189">
-        <v>15.6</v>
+        <v>12.84</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>297</v>
+        <v>327</v>
       </c>
       <c r="B190" t="s">
-        <v>298</v>
+        <v>328</v>
       </c>
       <c r="C190">
-        <v>15.6</v>
+        <v>12.84</v>
       </c>
       <c r="D190" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>299</v>
+        <v>329</v>
       </c>
       <c r="B191" t="s">
-        <v>300</v>
+        <v>330</v>
       </c>
       <c r="C191">
-        <v>15.6</v>
+        <v>12.84</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>301</v>
+        <v>331</v>
       </c>
       <c r="B192" t="s">
-        <v>302</v>
+        <v>332</v>
       </c>
       <c r="C192">
-        <v>15.6</v>
+        <v>12.84</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>303</v>
+        <v>333</v>
       </c>
       <c r="B193" t="s">
-        <v>304</v>
+        <v>334</v>
       </c>
       <c r="C193">
-        <v>15.6</v>
+        <v>12.924</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>305</v>
+        <v>335</v>
       </c>
       <c r="B194" t="s">
-        <v>306</v>
+        <v>336</v>
       </c>
       <c r="C194">
-        <v>15.6</v>
+        <v>12.936</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>307</v>
+        <v>337</v>
       </c>
       <c r="B195" t="s">
-        <v>308</v>
+        <v>338</v>
       </c>
       <c r="C195">
-        <v>15.6</v>
+        <v>13.044</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>309</v>
+        <v>339</v>
       </c>
       <c r="B196" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="C196">
-        <v>16.2</v>
+        <v>13.044</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>311</v>
+        <v>341</v>
       </c>
       <c r="B197" t="s">
-        <v>312</v>
+        <v>342</v>
       </c>
       <c r="C197">
-        <v>16.572</v>
+        <v>13.044</v>
       </c>
       <c r="D197" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="B198" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
       <c r="C198">
-        <v>16.8</v>
+        <v>13.44</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>315</v>
+        <v>345</v>
       </c>
       <c r="B199" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="C199">
-        <v>16.98</v>
+        <v>14.016</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>317</v>
+        <v>347</v>
       </c>
       <c r="B200" t="s">
-        <v>318</v>
+        <v>348</v>
       </c>
       <c r="C200">
-        <v>17.076</v>
+        <v>14.1</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>319</v>
+        <v>349</v>
       </c>
       <c r="B201" t="s">
-        <v>320</v>
+        <v>350</v>
       </c>
       <c r="C201">
-        <v>17.148</v>
+        <v>14.1</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>9</v>
       </c>
       <c r="B202" t="s">
         <v>10</v>
       </c>
       <c r="C202">
-        <v>3.0</v>
+        <v>1.8</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="B203" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="C203">
-        <v>5.34</v>
+        <v>3.372</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>18</v>
+        <v>122</v>
       </c>
       <c r="B204" t="s">
-        <v>19</v>
+        <v>123</v>
       </c>
       <c r="C204">
-        <v>5.34</v>
+        <v>5.124</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>20</v>
+        <v>146</v>
       </c>
       <c r="B205" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="C205">
         <v>5.4</v>
       </c>
       <c r="D205" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>22</v>
+        <v>148</v>
       </c>
       <c r="B206" t="s">
-        <v>23</v>
+        <v>149</v>
       </c>
       <c r="C206">
-        <v>5.628</v>
+        <v>5.412</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>30</v>
+        <v>156</v>
       </c>
       <c r="B207" t="s">
-        <v>31</v>
+        <v>157</v>
       </c>
       <c r="C207">
-        <v>6.216</v>
+        <v>5.484</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>38</v>
+        <v>164</v>
       </c>
       <c r="B208" t="s">
-        <v>39</v>
+        <v>165</v>
       </c>
       <c r="C208">
-        <v>6.288</v>
+        <v>5.76</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>58</v>
+        <v>166</v>
       </c>
       <c r="B209" t="s">
-        <v>59</v>
+        <v>167</v>
       </c>
       <c r="C209">
-        <v>6.84</v>
+        <v>5.832</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>60</v>
+        <v>168</v>
       </c>
       <c r="B210" t="s">
-        <v>61</v>
+        <v>169</v>
       </c>
       <c r="C210">
-        <v>6.924</v>
+        <v>5.832</v>
       </c>
       <c r="D210" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>63</v>
+        <v>182</v>
       </c>
       <c r="B211" t="s">
-        <v>64</v>
+        <v>183</v>
       </c>
       <c r="C211">
-        <v>7.176</v>
+        <v>6.0</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>65</v>
+        <v>193</v>
       </c>
       <c r="B212" t="s">
-        <v>66</v>
+        <v>194</v>
       </c>
       <c r="C212">
-        <v>7.2</v>
+        <v>6.132</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>73</v>
+        <v>195</v>
       </c>
       <c r="B213" t="s">
-        <v>74</v>
+        <v>196</v>
       </c>
       <c r="C213">
-        <v>7.68</v>
+        <v>6.168</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>79</v>
+        <v>197</v>
       </c>
       <c r="B214" t="s">
-        <v>80</v>
+        <v>198</v>
       </c>
       <c r="C214">
-        <v>7.8</v>
+        <v>6.252</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>91</v>
+        <v>201</v>
       </c>
       <c r="B215" t="s">
-        <v>92</v>
+        <v>202</v>
       </c>
       <c r="C215">
-        <v>8.004</v>
+        <v>6.348</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>101</v>
+        <v>203</v>
       </c>
       <c r="B216" t="s">
-        <v>102</v>
+        <v>204</v>
       </c>
       <c r="C216">
-        <v>8.22</v>
+        <v>6.348</v>
       </c>
       <c r="D216" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>105</v>
+        <v>207</v>
       </c>
       <c r="B217" t="s">
-        <v>106</v>
+        <v>208</v>
       </c>
       <c r="C217">
-        <v>8.388</v>
+        <v>6.432</v>
       </c>
       <c r="D217" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>109</v>
+        <v>209</v>
       </c>
       <c r="B218" t="s">
-        <v>110</v>
+        <v>210</v>
       </c>
       <c r="C218">
-        <v>8.568</v>
+        <v>6.516</v>
       </c>
       <c r="D218" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>113</v>
+        <v>213</v>
       </c>
       <c r="B219" t="s">
-        <v>114</v>
+        <v>214</v>
       </c>
       <c r="C219">
-        <v>8.796</v>
+        <v>6.6</v>
       </c>
       <c r="D219" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>115</v>
+        <v>217</v>
       </c>
       <c r="B220" t="s">
-        <v>116</v>
+        <v>218</v>
       </c>
       <c r="C220">
-        <v>8.988</v>
+        <v>6.708</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>121</v>
+        <v>221</v>
       </c>
       <c r="B221" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
       <c r="C221">
-        <v>9.0</v>
+        <v>6.768</v>
       </c>
       <c r="D221" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>123</v>
+        <v>233</v>
       </c>
       <c r="B222" t="s">
-        <v>124</v>
+        <v>234</v>
       </c>
       <c r="C222">
-        <v>9.048</v>
+        <v>7.284</v>
       </c>
       <c r="D222" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>125</v>
+        <v>237</v>
       </c>
       <c r="B223" t="s">
-        <v>126</v>
+        <v>238</v>
       </c>
       <c r="C223">
-        <v>9.192</v>
+        <v>7.548</v>
       </c>
       <c r="D223" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>135</v>
+        <v>253</v>
       </c>
       <c r="B224" t="s">
-        <v>136</v>
+        <v>254</v>
       </c>
       <c r="C224">
-        <v>9.42</v>
+        <v>8.316</v>
       </c>
       <c r="D224" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>141</v>
+        <v>259</v>
       </c>
       <c r="B225" t="s">
-        <v>142</v>
+        <v>260</v>
       </c>
       <c r="C225">
-        <v>9.552</v>
+        <v>8.832</v>
       </c>
       <c r="D225" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>145</v>
+        <v>271</v>
       </c>
       <c r="B226" t="s">
-        <v>146</v>
+        <v>272</v>
       </c>
       <c r="C226">
-        <v>9.588</v>
+        <v>9.408</v>
       </c>
       <c r="D226" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>151</v>
+        <v>277</v>
       </c>
       <c r="B227" t="s">
-        <v>152</v>
+        <v>278</v>
       </c>
       <c r="C227">
         <v>9.768</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>153</v>
+        <v>289</v>
       </c>
       <c r="B228" t="s">
-        <v>154</v>
+        <v>290</v>
       </c>
       <c r="C228">
-        <v>9.888</v>
+        <v>9.948</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>155</v>
+        <v>291</v>
       </c>
       <c r="B229" t="s">
-        <v>156</v>
+        <v>292</v>
       </c>
       <c r="C229">
-        <v>9.924</v>
+        <v>10.116</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>159</v>
+        <v>297</v>
       </c>
       <c r="B230" t="s">
-        <v>160</v>
+        <v>298</v>
       </c>
       <c r="C230">
-        <v>10.044</v>
+        <v>10.284</v>
       </c>
       <c r="D230" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>161</v>
+        <v>299</v>
       </c>
       <c r="B231" t="s">
-        <v>162</v>
+        <v>300</v>
       </c>
       <c r="C231">
-        <v>10.224</v>
+        <v>10.716</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>163</v>
+        <v>301</v>
       </c>
       <c r="B232" t="s">
-        <v>164</v>
+        <v>302</v>
       </c>
       <c r="C232">
-        <v>10.272</v>
+        <v>10.98</v>
       </c>
       <c r="D232" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>165</v>
+        <v>303</v>
       </c>
       <c r="B233" t="s">
-        <v>166</v>
+        <v>304</v>
       </c>
       <c r="C233">
-        <v>10.272</v>
+        <v>11.484</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>167</v>
+        <v>305</v>
       </c>
       <c r="B234" t="s">
-        <v>168</v>
+        <v>306</v>
       </c>
       <c r="C234">
-        <v>10.332</v>
+        <v>11.652</v>
       </c>
       <c r="D234" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>173</v>
+        <v>313</v>
       </c>
       <c r="B235" t="s">
-        <v>174</v>
+        <v>314</v>
       </c>
       <c r="C235">
-        <v>10.56</v>
+        <v>12.252</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>175</v>
+        <v>315</v>
       </c>
       <c r="B236" t="s">
-        <v>176</v>
+        <v>316</v>
       </c>
       <c r="C236">
-        <v>10.692</v>
+        <v>12.528</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>177</v>
+        <v>317</v>
       </c>
       <c r="B237" t="s">
-        <v>178</v>
+        <v>318</v>
       </c>
       <c r="C237">
-        <v>10.704</v>
+        <v>12.528</v>
       </c>
       <c r="D237" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>179</v>
+        <v>319</v>
       </c>
       <c r="B238" t="s">
-        <v>180</v>
+        <v>320</v>
       </c>
       <c r="C238">
-        <v>10.728</v>
+        <v>12.648</v>
       </c>
       <c r="D238" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>181</v>
+        <v>325</v>
       </c>
       <c r="B239" t="s">
-        <v>182</v>
+        <v>326</v>
       </c>
       <c r="C239">
-        <v>10.74</v>
+        <v>12.84</v>
       </c>
       <c r="D239" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>187</v>
+        <v>327</v>
       </c>
       <c r="B240" t="s">
-        <v>188</v>
+        <v>328</v>
       </c>
       <c r="C240">
-        <v>10.98</v>
+        <v>12.84</v>
       </c>
       <c r="D240" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>191</v>
+        <v>329</v>
       </c>
       <c r="B241" t="s">
-        <v>192</v>
+        <v>330</v>
       </c>
       <c r="C241">
-        <v>11.112</v>
+        <v>12.84</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>195</v>
+        <v>331</v>
       </c>
       <c r="B242" t="s">
-        <v>196</v>
+        <v>332</v>
       </c>
       <c r="C242">
-        <v>11.136</v>
+        <v>12.84</v>
       </c>
       <c r="D242" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>201</v>
+        <v>339</v>
       </c>
       <c r="B243" t="s">
-        <v>202</v>
+        <v>340</v>
       </c>
       <c r="C243">
-        <v>11.4</v>
+        <v>13.044</v>
       </c>
       <c r="D243" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>203</v>
+        <v>341</v>
       </c>
       <c r="B244" t="s">
-        <v>204</v>
+        <v>342</v>
       </c>
       <c r="C244">
-        <v>11.4</v>
+        <v>13.044</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>207</v>
+        <v>351</v>
       </c>
       <c r="B245" t="s">
-        <v>208</v>
+        <v>352</v>
       </c>
       <c r="C245">
-        <v>11.736</v>
+        <v>14.772</v>
       </c>
       <c r="D245" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>209</v>
+        <v>353</v>
       </c>
       <c r="B246" t="s">
-        <v>210</v>
+        <v>354</v>
       </c>
       <c r="C246">
-        <v>11.784</v>
+        <v>16.452</v>
       </c>
       <c r="D246" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>211</v>
+        <v>355</v>
       </c>
       <c r="B247" t="s">
-        <v>212</v>
+        <v>356</v>
       </c>
       <c r="C247">
-        <v>11.808</v>
+        <v>16.452</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>213</v>
+        <v>357</v>
       </c>
       <c r="B248" t="s">
-        <v>214</v>
+        <v>358</v>
       </c>
       <c r="C248">
-        <v>11.916</v>
+        <v>16.452</v>
       </c>
       <c r="D248" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>215</v>
+        <v>359</v>
       </c>
       <c r="B249" t="s">
-        <v>216</v>
+        <v>360</v>
       </c>
       <c r="C249">
-        <v>12.0</v>
+        <v>16.632</v>
       </c>
       <c r="D249" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>217</v>
+        <v>361</v>
       </c>
       <c r="B250" t="s">
-        <v>218</v>
+        <v>362</v>
       </c>
       <c r="C250">
-        <v>12.0</v>
+        <v>17.652</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>219</v>
+        <v>363</v>
       </c>
       <c r="B251" t="s">
-        <v>220</v>
+        <v>364</v>
       </c>
       <c r="C251">
-        <v>12.0</v>
+        <v>17.832</v>
       </c>
       <c r="D251" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>221</v>
+        <v>365</v>
       </c>
       <c r="B252" t="s">
-        <v>222</v>
+        <v>366</v>
       </c>
       <c r="C252">
-        <v>12.036</v>
+        <v>18.0</v>
       </c>
       <c r="D252" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>223</v>
+        <v>367</v>
       </c>
       <c r="B253" t="s">
-        <v>224</v>
+        <v>368</v>
       </c>
       <c r="C253">
-        <v>12.072</v>
+        <v>18.168</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>225</v>
+        <v>369</v>
       </c>
       <c r="B254" t="s">
-        <v>226</v>
+        <v>370</v>
       </c>
       <c r="C254">
-        <v>12.084</v>
+        <v>18.6</v>
       </c>
       <c r="D254" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>227</v>
+        <v>371</v>
       </c>
       <c r="B255" t="s">
-        <v>228</v>
+        <v>372</v>
       </c>
       <c r="C255">
-        <v>12.096</v>
+        <v>19.2</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>229</v>
+        <v>373</v>
       </c>
       <c r="B256" t="s">
-        <v>230</v>
+        <v>374</v>
       </c>
       <c r="C256">
-        <v>12.108</v>
+        <v>20.82</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>231</v>
+        <v>375</v>
       </c>
       <c r="B257" t="s">
-        <v>232</v>
+        <v>376</v>
       </c>
       <c r="C257">
-        <v>12.12</v>
+        <v>24.204</v>
       </c>
       <c r="D257" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>233</v>
+        <v>377</v>
       </c>
       <c r="B258" t="s">
-        <v>234</v>
+        <v>378</v>
       </c>
       <c r="C258">
-        <v>12.408</v>
+        <v>24.936</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>235</v>
+        <v>379</v>
       </c>
       <c r="B259" t="s">
-        <v>236</v>
+        <v>380</v>
       </c>
       <c r="C259">
-        <v>12.408</v>
+        <v>25.764</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>237</v>
+        <v>381</v>
       </c>
       <c r="B260" t="s">
-        <v>238</v>
+        <v>382</v>
       </c>
       <c r="C260">
-        <v>12.54</v>
+        <v>26.328</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>239</v>
+        <v>383</v>
       </c>
       <c r="B261" t="s">
-        <v>240</v>
+        <v>384</v>
       </c>
       <c r="C261">
-        <v>12.744</v>
+        <v>27.0</v>
       </c>
       <c r="D261" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>241</v>
+        <v>385</v>
       </c>
       <c r="B262" t="s">
-        <v>242</v>
+        <v>386</v>
       </c>
       <c r="C262">
-        <v>12.756</v>
+        <v>27.312</v>
       </c>
       <c r="D262" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>243</v>
+        <v>387</v>
       </c>
       <c r="B263" t="s">
-        <v>244</v>
+        <v>388</v>
       </c>
       <c r="C263">
-        <v>12.84</v>
+        <v>27.612</v>
       </c>
       <c r="D263" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>245</v>
+        <v>389</v>
       </c>
       <c r="B264" t="s">
-        <v>246</v>
+        <v>390</v>
       </c>
       <c r="C264">
-        <v>12.912</v>
+        <v>28.452</v>
       </c>
       <c r="D264" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>247</v>
+        <v>391</v>
       </c>
       <c r="B265" t="s">
-        <v>248</v>
+        <v>392</v>
       </c>
       <c r="C265">
-        <v>12.948</v>
+        <v>30.384</v>
       </c>
       <c r="D265" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>249</v>
+        <v>393</v>
       </c>
       <c r="B266" t="s">
-        <v>250</v>
+        <v>394</v>
       </c>
       <c r="C266">
-        <v>13.044</v>
+        <v>33.228</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>251</v>
+        <v>395</v>
       </c>
       <c r="B267" t="s">
-        <v>252</v>
+        <v>396</v>
       </c>
       <c r="C267">
-        <v>13.116</v>
+        <v>34.992</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>253</v>
+        <v>397</v>
       </c>
       <c r="B268" t="s">
-        <v>254</v>
+        <v>398</v>
       </c>
       <c r="C268">
-        <v>13.2</v>
+        <v>35.316</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>255</v>
+        <v>399</v>
       </c>
       <c r="B269" t="s">
-        <v>256</v>
+        <v>400</v>
       </c>
       <c r="C269">
-        <v>13.248</v>
+        <v>35.736</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>257</v>
+        <v>401</v>
       </c>
       <c r="B270" t="s">
-        <v>258</v>
+        <v>402</v>
       </c>
       <c r="C270">
-        <v>13.368</v>
+        <v>39.984</v>
       </c>
       <c r="D270" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>259</v>
+        <v>403</v>
       </c>
       <c r="B271" t="s">
-        <v>260</v>
+        <v>404</v>
       </c>
       <c r="C271">
-        <v>13.608</v>
+        <v>45.0</v>
       </c>
       <c r="D271" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>261</v>
+        <v>405</v>
       </c>
       <c r="B272" t="s">
-        <v>262</v>
+        <v>406</v>
       </c>
       <c r="C272">
-        <v>13.692</v>
+        <v>45.0</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>263</v>
+        <v>407</v>
       </c>
       <c r="B273" t="s">
-        <v>264</v>
+        <v>408</v>
       </c>
       <c r="C273">
-        <v>13.8</v>
+        <v>49.74</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>265</v>
+        <v>409</v>
       </c>
       <c r="B274" t="s">
-        <v>266</v>
+        <v>410</v>
       </c>
       <c r="C274">
-        <v>13.8</v>
+        <v>50.616</v>
       </c>
       <c r="D274" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>267</v>
+        <v>411</v>
       </c>
       <c r="B275" t="s">
-        <v>268</v>
+        <v>412</v>
       </c>
       <c r="C275">
-        <v>14.076</v>
+        <v>54.612</v>
       </c>
       <c r="D275" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>269</v>
+        <v>413</v>
       </c>
       <c r="B276" t="s">
-        <v>270</v>
+        <v>414</v>
       </c>
       <c r="C276">
-        <v>14.112</v>
+        <v>54.612</v>
       </c>
       <c r="D276" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>271</v>
+        <v>415</v>
       </c>
       <c r="B277" t="s">
-        <v>272</v>
+        <v>416</v>
       </c>
       <c r="C277">
-        <v>14.112</v>
+        <v>54.612</v>
       </c>
       <c r="D277" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>273</v>
+        <v>417</v>
       </c>
       <c r="B278" t="s">
-        <v>274</v>
+        <v>418</v>
       </c>
       <c r="C278">
-        <v>14.184</v>
+        <v>56.688</v>
       </c>
       <c r="D278" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>275</v>
+        <v>419</v>
       </c>
       <c r="B279" t="s">
-        <v>276</v>
+        <v>420</v>
       </c>
       <c r="C279">
-        <v>14.736</v>
+        <v>57.6</v>
       </c>
       <c r="D279" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>277</v>
+        <v>421</v>
       </c>
       <c r="B280" t="s">
-        <v>278</v>
+        <v>422</v>
       </c>
       <c r="C280">
-        <v>14.736</v>
+        <v>58.992</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>279</v>
+        <v>423</v>
       </c>
       <c r="B281" t="s">
-        <v>280</v>
+        <v>424</v>
       </c>
       <c r="C281">
-        <v>14.748</v>
+        <v>58.992</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>281</v>
+        <v>425</v>
       </c>
       <c r="B282" t="s">
-        <v>282</v>
+        <v>426</v>
       </c>
       <c r="C282">
-        <v>14.808</v>
+        <v>58.992</v>
       </c>
       <c r="D282" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>283</v>
+        <v>427</v>
       </c>
       <c r="B283" t="s">
-        <v>284</v>
+        <v>428</v>
       </c>
       <c r="C283">
-        <v>14.832</v>
+        <v>60.84</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>285</v>
+        <v>429</v>
       </c>
       <c r="B284" t="s">
-        <v>286</v>
+        <v>430</v>
       </c>
       <c r="C284">
-        <v>15.036</v>
+        <v>60.84</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>287</v>
+        <v>431</v>
       </c>
       <c r="B285" t="s">
-        <v>288</v>
+        <v>432</v>
       </c>
       <c r="C285">
-        <v>15.12</v>
+        <v>63.384</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>289</v>
+        <v>433</v>
       </c>
       <c r="B286" t="s">
-        <v>290</v>
+        <v>434</v>
       </c>
       <c r="C286">
-        <v>15.156</v>
+        <v>64.464</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>291</v>
+        <v>435</v>
       </c>
       <c r="B287" t="s">
-        <v>292</v>
+        <v>436</v>
       </c>
       <c r="C287">
-        <v>15.18</v>
+        <v>65.952</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>293</v>
+        <v>437</v>
       </c>
       <c r="B288" t="s">
-        <v>294</v>
+        <v>438</v>
       </c>
       <c r="C288">
-        <v>15.18</v>
+        <v>69.0</v>
       </c>
       <c r="D288" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>295</v>
+        <v>439</v>
       </c>
       <c r="B289" t="s">
-        <v>296</v>
+        <v>440</v>
       </c>
       <c r="C289">
-        <v>15.6</v>
+        <v>69.0</v>
       </c>
       <c r="D289" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>297</v>
+        <v>441</v>
       </c>
       <c r="B290" t="s">
-        <v>298</v>
+        <v>442</v>
       </c>
       <c r="C290">
-        <v>15.6</v>
+        <v>69.768</v>
       </c>
       <c r="D290" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>299</v>
+        <v>443</v>
       </c>
       <c r="B291" t="s">
-        <v>300</v>
+        <v>444</v>
       </c>
       <c r="C291">
-        <v>15.6</v>
+        <v>69.768</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>301</v>
+        <v>445</v>
       </c>
       <c r="B292" t="s">
-        <v>302</v>
+        <v>446</v>
       </c>
       <c r="C292">
-        <v>15.6</v>
+        <v>69.768</v>
       </c>
       <c r="D292" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>303</v>
+        <v>447</v>
       </c>
       <c r="B293" t="s">
-        <v>304</v>
+        <v>448</v>
       </c>
       <c r="C293">
-        <v>15.6</v>
+        <v>71.064</v>
       </c>
       <c r="D293" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>305</v>
+        <v>449</v>
       </c>
       <c r="B294" t="s">
-        <v>306</v>
+        <v>450</v>
       </c>
       <c r="C294">
-        <v>15.6</v>
+        <v>71.064</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>307</v>
+        <v>451</v>
       </c>
       <c r="B295" t="s">
-        <v>308</v>
+        <v>452</v>
       </c>
       <c r="C295">
-        <v>15.6</v>
+        <v>71.064</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>309</v>
+        <v>453</v>
       </c>
       <c r="B296" t="s">
-        <v>310</v>
+        <v>454</v>
       </c>
       <c r="C296">
-        <v>16.2</v>
+        <v>73.692</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>311</v>
+        <v>455</v>
       </c>
       <c r="B297" t="s">
-        <v>312</v>
+        <v>456</v>
       </c>
       <c r="C297">
-        <v>16.572</v>
+        <v>75.0</v>
       </c>
       <c r="D297" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>313</v>
+        <v>457</v>
       </c>
       <c r="B298" t="s">
-        <v>314</v>
+        <v>458</v>
       </c>
       <c r="C298">
-        <v>16.8</v>
+        <v>75.0</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>315</v>
+        <v>459</v>
       </c>
       <c r="B299" t="s">
-        <v>316</v>
+        <v>460</v>
       </c>
       <c r="C299">
-        <v>16.98</v>
+        <v>76.152</v>
       </c>
       <c r="D299" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>317</v>
+        <v>461</v>
       </c>
       <c r="B300" t="s">
-        <v>318</v>
+        <v>462</v>
       </c>
       <c r="C300">
-        <v>17.076</v>
+        <v>76.98</v>
       </c>
       <c r="D300" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>321</v>
+        <v>463</v>
       </c>
       <c r="B301" t="s">
-        <v>322</v>
+        <v>464</v>
       </c>
       <c r="C301">
-        <v>17.4</v>
+        <v>78.996</v>
       </c>
       <c r="D301" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>9</v>
       </c>
       <c r="B302" t="s">
         <v>10</v>
       </c>
       <c r="C302">
-        <v>3.0</v>
+        <v>1.8</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>20</v>
+        <v>122</v>
       </c>
       <c r="B303" t="s">
-        <v>21</v>
+        <v>123</v>
       </c>
       <c r="C303">
-        <v>5.4</v>
+        <v>5.124</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>58</v>
+        <v>148</v>
       </c>
       <c r="B304" t="s">
-        <v>59</v>
+        <v>149</v>
       </c>
       <c r="C304">
-        <v>6.84</v>
+        <v>5.412</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="B305" t="s">
-        <v>74</v>
+        <v>165</v>
       </c>
       <c r="C305">
-        <v>7.68</v>
+        <v>5.76</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>79</v>
+        <v>217</v>
       </c>
       <c r="B306" t="s">
-        <v>80</v>
+        <v>218</v>
       </c>
       <c r="C306">
-        <v>7.8</v>
+        <v>6.708</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>105</v>
+        <v>259</v>
       </c>
       <c r="B307" t="s">
-        <v>106</v>
+        <v>260</v>
       </c>
       <c r="C307">
-        <v>8.388</v>
+        <v>8.832</v>
       </c>
       <c r="D307" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>109</v>
+        <v>271</v>
       </c>
       <c r="B308" t="s">
-        <v>110</v>
+        <v>272</v>
       </c>
       <c r="C308">
-        <v>8.568</v>
+        <v>9.408</v>
       </c>
       <c r="D308" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>121</v>
+        <v>305</v>
       </c>
       <c r="B309" t="s">
-        <v>122</v>
+        <v>306</v>
       </c>
       <c r="C309">
-        <v>9.0</v>
+        <v>11.652</v>
       </c>
       <c r="D309" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>123</v>
+        <v>315</v>
       </c>
       <c r="B310" t="s">
-        <v>124</v>
+        <v>316</v>
       </c>
       <c r="C310">
-        <v>9.048</v>
+        <v>12.528</v>
       </c>
       <c r="D310" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>141</v>
+        <v>317</v>
       </c>
       <c r="B311" t="s">
-        <v>142</v>
+        <v>318</v>
       </c>
       <c r="C311">
-        <v>9.552</v>
+        <v>12.528</v>
       </c>
       <c r="D311" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>145</v>
+        <v>325</v>
       </c>
       <c r="B312" t="s">
-        <v>146</v>
+        <v>326</v>
       </c>
       <c r="C312">
-        <v>9.588</v>
+        <v>12.84</v>
       </c>
       <c r="D312" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>151</v>
+        <v>327</v>
       </c>
       <c r="B313" t="s">
-        <v>152</v>
+        <v>328</v>
       </c>
       <c r="C313">
-        <v>9.768</v>
+        <v>12.84</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>153</v>
+        <v>329</v>
       </c>
       <c r="B314" t="s">
-        <v>154</v>
+        <v>330</v>
       </c>
       <c r="C314">
-        <v>9.888</v>
+        <v>12.84</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>161</v>
+        <v>331</v>
       </c>
       <c r="B315" t="s">
-        <v>162</v>
+        <v>332</v>
       </c>
       <c r="C315">
-        <v>10.224</v>
+        <v>12.84</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>165</v>
+        <v>339</v>
       </c>
       <c r="B316" t="s">
-        <v>166</v>
+        <v>340</v>
       </c>
       <c r="C316">
-        <v>10.272</v>
+        <v>13.044</v>
       </c>
       <c r="D316" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>173</v>
+        <v>341</v>
       </c>
       <c r="B317" t="s">
-        <v>174</v>
+        <v>342</v>
       </c>
       <c r="C317">
-        <v>10.56</v>
+        <v>13.044</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>179</v>
+        <v>371</v>
       </c>
       <c r="B318" t="s">
-        <v>180</v>
+        <v>372</v>
       </c>
       <c r="C318">
-        <v>10.728</v>
+        <v>19.2</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>191</v>
+        <v>381</v>
       </c>
       <c r="B319" t="s">
-        <v>192</v>
+        <v>382</v>
       </c>
       <c r="C319">
-        <v>11.112</v>
+        <v>26.328</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>201</v>
+        <v>395</v>
       </c>
       <c r="B320" t="s">
-        <v>202</v>
+        <v>396</v>
       </c>
       <c r="C320">
-        <v>11.4</v>
+        <v>34.992</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>203</v>
+        <v>399</v>
       </c>
       <c r="B321" t="s">
-        <v>204</v>
+        <v>400</v>
       </c>
       <c r="C321">
-        <v>11.4</v>
+        <v>35.736</v>
       </c>
       <c r="D321" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>207</v>
+        <v>415</v>
       </c>
       <c r="B322" t="s">
-        <v>208</v>
+        <v>416</v>
       </c>
       <c r="C322">
-        <v>11.736</v>
+        <v>54.612</v>
       </c>
       <c r="D322" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>217</v>
+        <v>419</v>
       </c>
       <c r="B323" t="s">
-        <v>218</v>
+        <v>420</v>
       </c>
       <c r="C323">
-        <v>12.0</v>
+        <v>57.6</v>
       </c>
       <c r="D323" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>219</v>
+        <v>423</v>
       </c>
       <c r="B324" t="s">
-        <v>220</v>
+        <v>424</v>
       </c>
       <c r="C324">
-        <v>12.0</v>
+        <v>58.992</v>
       </c>
       <c r="D324" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>223</v>
+        <v>425</v>
       </c>
       <c r="B325" t="s">
-        <v>224</v>
+        <v>426</v>
       </c>
       <c r="C325">
-        <v>12.072</v>
+        <v>58.992</v>
       </c>
       <c r="D325" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>233</v>
+        <v>427</v>
       </c>
       <c r="B326" t="s">
-        <v>234</v>
+        <v>428</v>
       </c>
       <c r="C326">
-        <v>12.408</v>
+        <v>60.84</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>235</v>
+        <v>429</v>
       </c>
       <c r="B327" t="s">
-        <v>236</v>
+        <v>430</v>
       </c>
       <c r="C327">
-        <v>12.408</v>
+        <v>60.84</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>237</v>
+        <v>435</v>
       </c>
       <c r="B328" t="s">
-        <v>238</v>
+        <v>436</v>
       </c>
       <c r="C328">
-        <v>12.54</v>
+        <v>65.952</v>
       </c>
       <c r="D328" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>239</v>
+        <v>449</v>
       </c>
       <c r="B329" t="s">
-        <v>240</v>
+        <v>450</v>
       </c>
       <c r="C329">
-        <v>12.744</v>
+        <v>71.064</v>
       </c>
       <c r="D329" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>245</v>
+        <v>451</v>
       </c>
       <c r="B330" t="s">
-        <v>246</v>
+        <v>452</v>
       </c>
       <c r="C330">
-        <v>12.912</v>
+        <v>71.064</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>251</v>
+        <v>453</v>
       </c>
       <c r="B331" t="s">
-        <v>252</v>
+        <v>454</v>
       </c>
       <c r="C331">
-        <v>13.116</v>
+        <v>73.692</v>
       </c>
       <c r="D331" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>255</v>
+        <v>461</v>
       </c>
       <c r="B332" t="s">
-        <v>256</v>
+        <v>462</v>
       </c>
       <c r="C332">
-        <v>13.248</v>
+        <v>76.98</v>
       </c>
       <c r="D332" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>257</v>
+        <v>465</v>
       </c>
       <c r="B333" t="s">
-        <v>258</v>
+        <v>466</v>
       </c>
       <c r="C333">
-        <v>13.368</v>
+        <v>78.996</v>
       </c>
       <c r="D333" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>259</v>
+        <v>467</v>
       </c>
       <c r="B334" t="s">
-        <v>260</v>
+        <v>468</v>
       </c>
       <c r="C334">
-        <v>13.608</v>
+        <v>81.3</v>
       </c>
       <c r="D334" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>263</v>
+        <v>469</v>
       </c>
       <c r="B335" t="s">
-        <v>264</v>
+        <v>470</v>
       </c>
       <c r="C335">
-        <v>13.8</v>
+        <v>88.992</v>
       </c>
       <c r="D335" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>265</v>
+        <v>471</v>
       </c>
       <c r="B336" t="s">
-        <v>266</v>
+        <v>472</v>
       </c>
       <c r="C336">
-        <v>13.8</v>
+        <v>91.344</v>
       </c>
       <c r="D336" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>271</v>
+        <v>473</v>
       </c>
       <c r="B337" t="s">
-        <v>272</v>
+        <v>474</v>
       </c>
       <c r="C337">
-        <v>14.112</v>
+        <v>95.592</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>279</v>
+        <v>475</v>
       </c>
       <c r="B338" t="s">
-        <v>280</v>
+        <v>476</v>
       </c>
       <c r="C338">
-        <v>14.748</v>
+        <v>96.96</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>293</v>
+        <v>477</v>
       </c>
       <c r="B339" t="s">
-        <v>294</v>
+        <v>478</v>
       </c>
       <c r="C339">
-        <v>15.18</v>
+        <v>111.264</v>
       </c>
       <c r="D339" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>309</v>
+        <v>479</v>
       </c>
       <c r="B340" t="s">
-        <v>310</v>
+        <v>480</v>
       </c>
       <c r="C340">
-        <v>16.2</v>
+        <v>147.0</v>
       </c>
       <c r="D340" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>323</v>
+        <v>481</v>
       </c>
       <c r="B341" t="s">
-        <v>324</v>
+        <v>482</v>
       </c>
       <c r="C341">
-        <v>17.4</v>
+        <v>147.0</v>
       </c>
       <c r="D341" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>325</v>
+        <v>483</v>
       </c>
       <c r="B342" t="s">
-        <v>326</v>
+        <v>484</v>
       </c>
       <c r="C342">
-        <v>18.0</v>
+        <v>150.324</v>
       </c>
       <c r="D342" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>327</v>
+        <v>485</v>
       </c>
       <c r="B343" t="s">
-        <v>328</v>
+        <v>486</v>
       </c>
       <c r="C343">
-        <v>18.168</v>
+        <v>155.448</v>
       </c>
       <c r="D343" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>329</v>
+        <v>487</v>
       </c>
       <c r="B344" t="s">
-        <v>330</v>
+        <v>488</v>
       </c>
       <c r="C344">
-        <v>18.948</v>
+        <v>162.588</v>
       </c>
       <c r="D344" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>331</v>
+        <v>489</v>
       </c>
       <c r="B345" t="s">
-        <v>332</v>
+        <v>490</v>
       </c>
       <c r="C345">
-        <v>19.116</v>
+        <v>163.2</v>
       </c>
       <c r="D345" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>333</v>
+        <v>491</v>
       </c>
       <c r="B346" t="s">
-        <v>334</v>
+        <v>492</v>
       </c>
       <c r="C346">
-        <v>19.128</v>
+        <v>230.04</v>
       </c>
       <c r="D346" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>335</v>
+        <v>493</v>
       </c>
       <c r="B347" t="s">
-        <v>336</v>
+        <v>494</v>
       </c>
       <c r="C347">
-        <v>19.452</v>
+        <v>244.812</v>
       </c>
       <c r="D347" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>337</v>
+        <v>495</v>
       </c>
       <c r="B348" t="s">
-        <v>338</v>
+        <v>496</v>
       </c>
       <c r="C348">
-        <v>19.776</v>
+        <v>260.292</v>
       </c>
       <c r="D348" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>339</v>
+        <v>497</v>
       </c>
       <c r="B349" t="s">
-        <v>340</v>
+        <v>498</v>
       </c>
       <c r="C349">
-        <v>20.112</v>
+        <v>336.84</v>
       </c>
       <c r="D349" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>341</v>
+        <v>499</v>
       </c>
       <c r="B350" t="s">
-        <v>342</v>
+        <v>500</v>
       </c>
       <c r="C350">
-        <v>20.952</v>
+        <v>382.356</v>
       </c>
       <c r="D350" t="s">
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>343</v>
+        <v>501</v>
       </c>
       <c r="B351" t="s">
-        <v>344</v>
+        <v>502</v>
       </c>
       <c r="C351">
-        <v>21.672</v>
+        <v>583.08</v>
       </c>
       <c r="D351" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>345</v>
+        <v>503</v>
       </c>
       <c r="B352" t="s">
-        <v>346</v>
+        <v>504</v>
       </c>
       <c r="C352">
-        <v>22.464</v>
+        <v>643.716</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>347</v>
+        <v>505</v>
       </c>
       <c r="B353" t="s">
-        <v>348</v>
+        <v>506</v>
       </c>
       <c r="C353">
-        <v>22.8</v>
+        <v>749.856</v>
       </c>
       <c r="D353" t="s">
-        <v>34</v>
-[...2505 lines deleted...]
-        <v>6</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D533"/>
+  <autoFilter ref="A1:D354"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>