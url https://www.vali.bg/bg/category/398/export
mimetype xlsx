--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -7,1536 +7,1683 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$354</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$598</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="556">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Пад за мишка ESTILLO, EST-MP-1-BLACK</t>
   </si>
   <si>
     <t>EST-MP-1-BLACK</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Пад за мишка ESTILLO, EST-MP-PICTURES</t>
   </si>
   <si>
     <t>EST-MP-PICTURES</t>
   </si>
   <si>
     <t>Слушалки тапи MAXELL EB-98  бели</t>
   </si>
   <si>
     <t>ML-AH-EB-98-WHITE</t>
   </si>
   <si>
     <t>Слушалки  MAXELL color BUDS EB-95</t>
   </si>
   <si>
     <t>ML-AH-EB-95</t>
   </si>
   <si>
     <t>Слушалки  MAXELL EB-98</t>
   </si>
   <si>
     <t>ML-AH-EB-98-BLACK</t>
   </si>
   <si>
-    <t>ML-AH-EB-98-BLUE</t>
-[...5 lines deleted...]
-    <t>A4-PAD-FP25-BLACK</t>
+    <t>Слушалки  MAXELL PLUGZ</t>
+  </si>
+  <si>
+    <t>ML-AH-PLUGZ-WHITE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Слушалки с микрофон MAXELL EB-875 </t>
+  </si>
+  <si>
+    <t>ML-AH-EB-875-WH</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Holiday", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126873</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Landscape", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126871</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Animal", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126872</t>
   </si>
   <si>
     <t>HAMA Пад за мишка текстилен "Easy", 126858</t>
   </si>
   <si>
     <t>HAMA-126858</t>
   </si>
   <si>
-    <t>не е в наличност</t>
+    <t>Пад за мишка, HAMA-126861</t>
+  </si>
+  <si>
+    <t>HAMA-126861</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Easy", текстилен, син</t>
+  </si>
+  <si>
+    <t>HAMA-126860</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, USB 2.0, 16GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-16GB</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-100, 3 бутона, 182600</t>
+  </si>
+  <si>
+    <t>HAMA-182600</t>
+  </si>
+  <si>
+    <t>Слушалки  с микрофон MAXELL PLUGZ черна</t>
+  </si>
+  <si>
+    <t>ML-AH-PLUGZ-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD01C, 32 GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01C-32GB-BL</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USB памет Team Group C141 16GB, </t>
+  </si>
+  <si>
+    <t>TEAM-USB-C141-16GB-BLUE</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Розов</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-PINK</t>
+  </si>
+  <si>
+    <t>Пад за лазерна мишка, тънък, самозалепващ, 126865</t>
+  </si>
+  <si>
+    <t>HAMA-126865</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, 4GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-4GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-01, 32 GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01-32GB-W</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-25F, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD25F-32</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-32GB</t>
+  </si>
+  <si>
+    <t>Слушалки тапи с микрофон MAXELL IN-TIPS RED</t>
+  </si>
+  <si>
+    <t>ML-AH-IN-TIPS-RED</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Smartly, 32GB, HAMA-108044</t>
+  </si>
+  <si>
+    <t>HAMA-108044</t>
+  </si>
+  <si>
+    <t>USB памет HAMA "Fancy", 16GB, HAMA-90894</t>
+  </si>
+  <si>
+    <t>HAMA-90894</t>
+  </si>
+  <si>
+    <t>USB памет Smartly, 16GB, HAMA-94169</t>
+  </si>
+  <si>
+    <t>HAMA-94169</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-200, 3 бутона, 182603</t>
+  </si>
+  <si>
+    <t>HAMA-182603</t>
+  </si>
+  <si>
+    <t>HAMA "Fancy" USB флаш памет, USB 2.0, 16 GB, 181081</t>
+  </si>
+  <si>
+    <t>HAMA-181081</t>
   </si>
   <si>
     <t>USB памет Rotate, 16GB, HAMA-94175</t>
   </si>
   <si>
     <t>HAMA-94175</t>
   </si>
   <si>
-    <t>Слушалки  MAXELL PLUGZ</t>
-[...8 lines deleted...]
-    <t>ML-AH-EB-875-WH</t>
+    <t>Оптична мишка HAMA MC-200, 3 бутона, 182602</t>
+  </si>
+  <si>
+    <t>HAMA-182602</t>
+  </si>
+  <si>
+    <t>Жична мишка A4Tech OP-560NU, Черен</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-OP-560NU</t>
   </si>
   <si>
     <t>USB памет Laeta, USB 2.0, 16GB, HAMA-90983</t>
   </si>
   <si>
     <t>HAMA-90983</t>
   </si>
   <si>
+    <t>Оптична мишка A4tech OP-620D</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-OP-620-USB-BL</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка HAMA AMW-200, 3 бутона, 134960</t>
+  </si>
+  <si>
+    <t>HAMA-134960</t>
+  </si>
+  <si>
+    <t>Пад за лазерна мишка HAMA Laser, Самозалепващ, 54751</t>
+  </si>
+  <si>
+    <t>HAMA-54751</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD82, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD82-32GB</t>
+  </si>
+  <si>
+    <t>Микрофон HAMA, За ревер с клипс Clip-On, 3.5мм, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-139901</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 4GB, Черна</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-4GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 64GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-64GB-W</t>
+  </si>
+  <si>
+    <t>Флаш памет 32Gb USB 2.0 SD-34B, бяла, Без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD34B</t>
+  </si>
+  <si>
+    <t>Четец за карти HAMA 181056, USB 2.0</t>
+  </si>
+  <si>
+    <t>HAMA-181056</t>
+  </si>
+  <si>
+    <t>Слушалки тапи HAMA "Gloss", In Ear, Бели, 184132</t>
+  </si>
+  <si>
+    <t>HAMA-184132</t>
+  </si>
+  <si>
+    <t>USB памет Rotate, 32GB, HAMA-108029</t>
+  </si>
+  <si>
+    <t>HAMA-108029</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка HAMA MW-110, 3 бутона, 182618</t>
+  </si>
+  <si>
+    <t>HAMA-182618</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA CM-200, 4 бутонна, безшумна, с кабел, черна</t>
+  </si>
+  <si>
+    <t>HAMA-173074</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-25T, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD25T-32</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, USB 2.0, 8GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-8GB</t>
+  </si>
+  <si>
+    <t>USB памет "Fancy", 64GB, HAMA-108062</t>
+  </si>
+  <si>
+    <t>HAMA-108062</t>
+  </si>
+  <si>
+    <t>Жична оптична мишка LOGITECH M90</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M90-BK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Слушалки MAXELL KIDS </t>
+  </si>
+  <si>
+    <t>ML-AH-KIDS-BLUE</t>
+  </si>
+  <si>
+    <t>Слушалки MAXELL KIDS</t>
+  </si>
+  <si>
+    <t>ML-AH-KIDS-PINK</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-300, безшумна, 182606</t>
+  </si>
+  <si>
+    <t>HAMA-182606</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 8GB, ЧЕРЕН</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-8GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-01, 64 GB без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01-64GB-W</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-301, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD301-32GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 16GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-16GB</t>
+  </si>
+  <si>
+    <t>Жична оптична мишка LOGITECH B100</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-B100BK</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C171, 64GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C171-64GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, 32GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E300-32GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 16GB, Черен</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-16GB</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/USB-A 3.0 Laeta, 32GB, 40 MB/s, silver</t>
+  </si>
+  <si>
+    <t>HAMA-124162</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, 32GB USB 3.1 черна</t>
+  </si>
+  <si>
+    <t>ML-USB3.1-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 16GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-16GB</t>
+  </si>
+  <si>
+    <t>Четец за карти HAMA, USB 2.0, 200132</t>
+  </si>
+  <si>
+    <t>HAMA-200132</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, 64GB</t>
+  </si>
+  <si>
+    <t>ML-USB3.1-SPEEDBOAT-64GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group Elite C141, 8GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C141-8GB-RED</t>
+  </si>
+  <si>
+    <t>USB памет HAMA "Fancy", 128GB, HAMA-108074</t>
+  </si>
+  <si>
+    <t>HAMA-108074</t>
+  </si>
+  <si>
+    <t>USB хъб, 4 портов, HAMA-200121</t>
+  </si>
+  <si>
+    <t>HAMA-200121</t>
+  </si>
+  <si>
+    <t>Слушалки тапи с микрофон MAXELL IN-BAX, USB-C</t>
+  </si>
+  <si>
+    <t>ML-AH-INBAX-USBC-BK</t>
+  </si>
+  <si>
+    <t>Слушалки  MAXELL тапи EB10  BASS 13  USB-C</t>
+  </si>
+  <si>
+    <t>ML-AH-EB10-BASS</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C162 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C162-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-32GB</t>
+  </si>
+  <si>
+    <t>Пад за нотбук 3 в 1 HAMA, Предпазна и почистваща кърпичка, 53011</t>
+  </si>
+  <si>
+    <t>HAMA-53011</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Smartly, 64GB, HAMA-108045</t>
+  </si>
+  <si>
+    <t>HAMA-108045</t>
+  </si>
+  <si>
+    <t>Цифрова клавиатура A4tech FK13P</t>
+  </si>
+  <si>
+    <t>A4-KEY-FK-13P</t>
+  </si>
+  <si>
+    <t>A4-KEY-FK-13P-WHITE</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-64GB</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/ USB-A 3.0 Laeta, 16GB, 40Mb/s</t>
+  </si>
+  <si>
+    <t>HAMA-124161</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-32GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-32GB</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 32GB, USB 3.1 Gen 1, Син</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-032G-G46NB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C211 16GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C211-16GB-BL</t>
+  </si>
+  <si>
+    <t>ACT Слушалки с микрофон, 3.5mm жак, 2м</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC9330</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-32GB</t>
+  </si>
+  <si>
+    <t>USB хъб, 4 порта, HAMA-200119</t>
+  </si>
+  <si>
+    <t>HAMA-200119</t>
+  </si>
+  <si>
+    <t>USB хъб, 4 портов, HAMA-200120</t>
+  </si>
+  <si>
+    <t>HAMA-200120</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 32GB, USB 3.1 Gen 1, Черна</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-032G-G46</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 64GB, 10 MB/s, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-104302</t>
+  </si>
+  <si>
+    <t>Четец за карти Silicon Power C200 MicroSD - USB Type C</t>
+  </si>
+  <si>
+    <t>SLP-SD-MREDC2000K</t>
+  </si>
+  <si>
+    <t>AC четец за карти NITROX CI-02 3,5" вътрешен  USB2.0</t>
+  </si>
+  <si>
+    <t>INTER-TECH-READER</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia 64GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTX-64GB-W</t>
+  </si>
+  <si>
+    <t>HAMA Калъф за USB памет "Fashion"</t>
+  </si>
+  <si>
+    <t>HAMA-90775</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD44, 32GB, USB 2.0 черен, без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD44-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD44, 32GB, USB 2.0, син, без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD44-32GB-BLUE</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Business", M, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-126874</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Business", M, Сив</t>
+  </si>
+  <si>
+    <t>HAMA-126875</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra USB 3.0, 32GB</t>
+  </si>
+  <si>
+    <t>SD-USB-CZ48-032G-U46</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP75 FStyler, Сребрист</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP75-SILVER</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 64GB, USB 3.1 Gen 1, Черна</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-64G-G46</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Premium Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-PL-32GB</t>
+  </si>
+  <si>
+    <t>Пад за мишка HAMA мини "Ergo", 126855</t>
+  </si>
+  <si>
+    <t>HAMA-126855</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 64GB, USB 3.1 Gen 1, Зелен</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-64G-G46G</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-64GB</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 64GB, USB 3.1 Gen 1, Син</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-64G-G46NB</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Business", XL, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-126877</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка "Leather look", Черен</t>
+  </si>
+  <si>
+    <t>HAMA-126856</t>
+  </si>
+  <si>
+    <t>Пад за мишка HAMA "Leather Look", 126857</t>
+  </si>
+  <si>
+    <t>HAMA-126857</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Jewel J06 16GB,USB 3.0 тъмно синя</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3J06V1D-16GB</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>USB памет HAMA "Fancy", 16GB, HAMA-90894</t>
-[...227 lines deleted...]
-    <t>HAMA-182463</t>
+    <t>Безжична оптична мишка RAPOO 1680, Тиха, 2.4Ghz, Бяла</t>
+  </si>
+  <si>
+    <t>RAPOO-14370</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-64GB</t>
+  </si>
+  <si>
+    <t>Пад за мишка HAMA "Ergo", 126854</t>
+  </si>
+  <si>
+    <t>HAMA-126854</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia S 64GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTXS-64GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 128GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-128GB-W</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Business", XL, 126879</t>
+  </si>
+  <si>
+    <t>HAMA-126879</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Business", XL, 70 x 30 cm, сив</t>
+  </si>
+  <si>
+    <t>HAMA-126878</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-32GB</t>
+  </si>
+  <si>
+    <t>HAMA Жична клавиатура CK-100, кирилизирана, USB-C, USB-A</t>
+  </si>
+  <si>
+    <t>HAMA-173050</t>
+  </si>
+  <si>
+    <t>Слушалки HAMA "Season II" USB-C, накрайници, микрофон, 221751</t>
+  </si>
+  <si>
+    <t>HAMA-221751</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-32GB</t>
+  </si>
+  <si>
+    <t>Флаш памет MAXELL SPEEDBOAT, 128GB USB 3.1 black</t>
+  </si>
+  <si>
+    <t>ML-USB-128GB-BLACK</t>
+  </si>
+  <si>
+    <t>HAMA Калъф "Vegas" за 5 USB памети, черен</t>
+  </si>
+  <si>
+    <t>HAMA-84409</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-128GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B07, 32GB, USB 3.2, Черна</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3B07V1K-32GB</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон HAMA Sea II, USB-C, 184192</t>
+  </si>
+  <si>
+    <t>HAMA-184192</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Phone Drive for Android - 32 GB,USB-A/ USB-C  100Mb/s</t>
+  </si>
+  <si>
+    <t>SD-USB-DDDC6-032G-G46</t>
+  </si>
+  <si>
+    <t>A4tech FK12 Fstyler Мултимедийна жична клавиатура, USB, водоустойчива, кирилица</t>
+  </si>
+  <si>
+    <t>A4-KEY-FK12</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B07, 16GB, USB 3.2, Черна</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3B07V1K-16GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-128GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-128GB</t>
+  </si>
+  <si>
+    <t>Слушалки HAMA "Season II" USB-C, накрайници, микрофон, 221750</t>
+  </si>
+  <si>
+    <t>HAMA-221750</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-128GB</t>
+  </si>
+  <si>
+    <t>А4tech HU-8 Слушалки с микрофон, USB, въртящ се микрофон</t>
+  </si>
+  <si>
+    <t>A4-HEAD-HU-8</t>
+  </si>
+  <si>
+    <t>Флаш памет HAMA "C-Rotate Pro", USB-C 3.1/3.0, 64GB, 70MB/s, 182490</t>
+  </si>
+  <si>
+    <t>HAMA-182490</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Jewel J06 32GB,USB 3.0 тъмно синя</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3J06V1D-32GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-128GB</t>
+  </si>
+  <si>
+    <t>HAMA Стерео слушалки "Shell II", Over-Ear, 2m, черни</t>
+  </si>
+  <si>
+    <t>HAMA-221781</t>
+  </si>
+  <si>
+    <t>HAMA Безжична мишка „WM-450“, 2.4 GHz / Bluetooth, 7 бутона</t>
+  </si>
+  <si>
+    <t>HAMA-173079</t>
+  </si>
+  <si>
+    <t>HAMA-173080</t>
+  </si>
+  <si>
+    <t>HAMA-173040</t>
+  </si>
+  <si>
+    <t>HAMA-173041</t>
+  </si>
+  <si>
+    <t>HAMA-173042</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Premium Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-PL-128GB</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun II", On-Ear, 3.5 мм жак, Черни</t>
+  </si>
+  <si>
+    <t>HAMA-221784</t>
+  </si>
+  <si>
+    <t>HAMA Жична клавиатура CK-200, кирилизирана, USB-A, USB-C, мулт.бутони</t>
+  </si>
+  <si>
+    <t>HAMA-173052</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Curve 3.2, 128GB, USB 3.1 Gen 1, Син</t>
+  </si>
+  <si>
+    <t>SD-USB-Z550-128G-G46NB</t>
+  </si>
+  <si>
+    <t>Оптична мишка DeLock, USB-A, 5 бутона , Синя</t>
+  </si>
+  <si>
+    <t>DELOCK-12621P</t>
+  </si>
+  <si>
+    <t>Оптична мишка DeLock, USB-A, Кабел 1.3 м, USB, 1200 dpi, Tюркоаз</t>
+  </si>
+  <si>
+    <t>DELOCK-12538P</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-128GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C162 128GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C162-128GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет Samsung FIT Plus, 64GB, USB-A, Черна</t>
+  </si>
+  <si>
+    <t>SAM-USB-MUF64ABAPC</t>
+  </si>
+  <si>
+    <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3513</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun C", USB-C, водач за кабел от едната страна, черни</t>
+  </si>
+  <si>
+    <t>HAMA-221814</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun C", USB-C, водач за кабел от едната страна, бели</t>
+  </si>
+  <si>
+    <t>HAMA-221815</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun C", USB-C, водач за кабел от едната страна, зелени</t>
+  </si>
+  <si>
+    <t>HAMA-221816</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun C", USB-C, водач за кабел от едната страна, Оранжев</t>
+  </si>
+  <si>
+    <t>HAMA-221817</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Premium Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-PL-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-64GB</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка MW-500, 173032</t>
+  </si>
+  <si>
+    <t>HAMA-173032</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>USB памет MAXELL FLIX, USB 2.0, 4GB, Черна</t>
-[...455 lines deleted...]
-    <t>RAM-HAN-SD03-128GB-W</t>
+    <t>HAMA Безжична оптична мишка MW-500 Recharge, 173033</t>
+  </si>
+  <si>
+    <t>HAMA-173033</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка MW-500 Recharge, 173034</t>
+  </si>
+  <si>
+    <t>HAMA-173034</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка MW-500 Recharge, 173035</t>
+  </si>
+  <si>
+    <t>HAMA-173035</t>
+  </si>
+  <si>
+    <t>Безжична безшумна мишка A4tech FG35CS Plus White Fstyler, 2.4Ghz ,бяла, USB-C</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FG35CS-WHITE</t>
+  </si>
+  <si>
+    <t>Безжична безшумна мишка A4tech FG35CS Plus White Fstyler, 2.4Ghz ,сива, USB-C</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FG35CS-GREY</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Ultra Luxe, 64GB, USB 3.2 Gen 1, USB-C, Сребрист</t>
+  </si>
+  <si>
+    <t>SD-USB-CZ75-064G-G46</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка A4tech G7-810S AIR2, Безшумна, 2.4 GHz, Черна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-G7-810S-AIR2</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B07, 64GB, USB 3.2, Черна</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3B07V1K-64GB</t>
   </si>
   <si>
     <t>USB памет SILICON POWER Blaze B02, 64GB, USB 3.2 Gen 1, Черен</t>
   </si>
   <si>
     <t>SLP-USB-B02V1K-64</t>
   </si>
   <si>
-    <t>Пад за мишка Hama "Business", XL, 126879</t>
-[...164 lines deleted...]
-    <t>A4-MOUSE-FG35CS-GREY</t>
+    <t>HAMA Стерео слушалки ShellTV Over-ear с 6 м кабел, 113dB</t>
+  </si>
+  <si>
+    <t>HAMA-221782</t>
+  </si>
+  <si>
+    <t>USB Приемник LOGITECH Logi Bolt</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-BOLT-USB</t>
+  </si>
+  <si>
+    <t>USB хъб Delock, USB-C / USB-A - 3 x USB-A 2.0 + 1 x USB-A 5 Gbps</t>
+  </si>
+  <si>
+    <t>DELOCK-64214</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia S 128GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTXS-128GB</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон A4TECH Fstyler FH300U, LED Backlit, Черни</t>
+  </si>
+  <si>
+    <t>A4-HEAD-FH300U-BLACK</t>
+  </si>
+  <si>
+    <t>HAMA Хъб за Playstation 5, 6in1 USB, (1x USB-C, 5x USB-A), черно</t>
+  </si>
+  <si>
+    <t>HAMA-54406</t>
+  </si>
+  <si>
+    <t>A4tech Цифрова безжична 2.4Ghz клавиатура FGK21C,черна, LiIon батерия, USB-C зареждане</t>
+  </si>
+  <si>
+    <t>A4-KEY-FGK21C</t>
   </si>
   <si>
     <t>USB памет KINGSTON DataTraveler Duo G2, 128GB USB-C + USB-A 3.2 Gen 1</t>
   </si>
   <si>
     <t>KIN-USB-DTDEG2-128GB</t>
   </si>
   <si>
-    <t>USB памет Samsung FIT Plus, 64GB, USB-A, Черна</t>
-[...50 lines deleted...]
-    <t>HAMA-173035</t>
+    <t>USB памет KINGSTON DataTraveler microDuo 3C 64GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTDUO3C-64GB</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка LOGITECH M240 - Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M240</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, бяла, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173082</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173085</t>
   </si>
   <si>
     <t>HAMA Безжична оптична мишка WM-500 Recharge , черна, 6 бут.,800/1200/1600 dpi, безшумна</t>
   </si>
   <si>
     <t>HAMA-173081</t>
   </si>
   <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, зелена, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173084</t>
+  </si>
+  <si>
     <t>HAMA Безжична оптична мишка WM-500 Recharge, 6 бут.,800/1200/1600 dpi, безшумна, лилаво</t>
   </si>
   <si>
     <t>HAMA-173083</t>
   </si>
   <si>
-    <t>USB памет SanDisk Ultra Luxe, 64GB, USB 3.2 Gen 1, USB-C, Сребрист</t>
-[...50 lines deleted...]
-    <t>SLP-USB-UF3B02V1K-256GB</t>
+    <t>CHERRY MW 2200 Безжична мишка, 1300dpi,. 2.4Ghz, Бяла</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-T2200-0</t>
+  </si>
+  <si>
+    <t>CHERRY MW 2200 Безжична мишка, 1300dpi,. 2.4Ghz, Черен</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-T2200-2</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 256GB Speed Line</t>
   </si>
   <si>
     <t>INTENSO-USB-SL-256GB</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 256GB Office Line</t>
   </si>
   <si>
     <t>INTENSO-USB-OFFL-256GB</t>
   </si>
   <si>
     <t>Intenso USB Flash Drive 3.2 256GB Ultra Line</t>
   </si>
   <si>
     <t>INTENSO-USB-UL-256GB</t>
   </si>
   <si>
+    <t>Intenso USB Flash Drive 3.2 256GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-256GB</t>
+  </si>
+  <si>
+    <t>USB памет Samsung Pendrive USB-C, 648GB, USB 3.1, Синя</t>
+  </si>
+  <si>
+    <t>SAM-USB-MUF64DAAPC</t>
+  </si>
+  <si>
+    <t>Мишка A4tech FB26CS Air2 Cafe Latte, Dual mode, 2000dpi, Li-Ion батерия, безшумна, Безжична</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FB26CS-CAFE</t>
+  </si>
+  <si>
+    <t>A4tech FB26CS Air2  Smoky Grey безжичнa мишка Dual mode,2000dpi,Li-Ion батерия, Безшумна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FB26CS-GREY</t>
+  </si>
+  <si>
+    <t>A4tech FB45CS Air'2 Stone grey безжичнa мишка, Dual mode, до 2000 dpi, черна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FB45CS-GREY</t>
+  </si>
+  <si>
+    <t>HAMA Безжична ергономична мишка „EWM-500R“, оптична, 7 бутона, черна</t>
+  </si>
+  <si>
+    <t>HAMA-173088</t>
+  </si>
+  <si>
+    <t>Безжична клавиатура Logitech K250 Graphite - Кирилизирана</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-K250</t>
+  </si>
+  <si>
+    <t>A4tech FBK26C AS Fstyler безжичнa мини тиха клавиатура, Multi-mode, презареждаема батерия, USB,кирилизирана</t>
+  </si>
+  <si>
+    <t>A4-KEY-FBK26-BLACK-BG</t>
+  </si>
+  <si>
+    <t>A4tech FBK26C AS Cafe Latte Fstyler безжичнa мини тиха клавиатура, Multi-mode, кирилизирана</t>
+  </si>
+  <si>
+    <t>A4-KEY-FBK26-CAFE-BG</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка LOGITECH M240, Off-White</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M240-W</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка LOGITECH M240, Rose</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M240-ROSE</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler microDuo 3C 128GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTDUO3C-128GB</t>
+  </si>
+  <si>
+    <t>Микрофон с гъвкаво рамо Delock 66499 - USB и Mute бутон</t>
+  </si>
+  <si>
+    <t>DELOCK-66499</t>
+  </si>
+  <si>
+    <t>Настолен микрофон A4Tech Bloody GM20 - USB</t>
+  </si>
+  <si>
+    <t>A4-MIC-GM20</t>
+  </si>
+  <si>
+    <t>A4tech Fstyler FX70 Жична клавиатура, ниско профилна, ножична технология, кирилизирана, черна</t>
+  </si>
+  <si>
+    <t>A4-KEY-FX70</t>
+  </si>
+  <si>
+    <t>Kомплект клавиатура с мишка Logitech MK120 US-Layout - Черна</t>
+  </si>
+  <si>
+    <t>LOGITECH-920-002563</t>
+  </si>
+  <si>
+    <t>Слушалки HP Poly Blackwire 3220 USB-C - Черен</t>
+  </si>
+  <si>
+    <t>POLY-HEAD-8X228AA</t>
+  </si>
+  <si>
+    <t>A4tech Fstyler FX72 Жична клавиатура, ниско профилна, ножична технология, кирилизирана, черна</t>
+  </si>
+  <si>
+    <t>A4-KEY-FX72</t>
+  </si>
+  <si>
+    <t>SanDisk Флаш памет 256Gb Ultra Drive Go USB-C Type-C, BLUE</t>
+  </si>
+  <si>
+    <t>SD-USB-DDDC3-256G-G46NBB</t>
+  </si>
+  <si>
+    <t>HAMA uRage Геймърски микрофон "Stream 410 HD"</t>
+  </si>
+  <si>
+    <t>HAMA-217882</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка ASUS MW203 - Син</t>
+  </si>
+  <si>
+    <t>ASUS-P-MOUSE-MW203</t>
+  </si>
+  <si>
+    <t>Безжичен комплект Logitech MK250 Graphite - Кирилизирана</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-MK250</t>
+  </si>
+  <si>
+    <t>HAMA Мишка „WM-900“ мултифункционална, ергономична, Bluetooth, батерия, RGB, черна</t>
+  </si>
+  <si>
+    <t>HAMA-173097</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Duo G2, 256GB USB-C + USB-A 3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTDEG2-256GB</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia S 256GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTXS-256GB</t>
+  </si>
+  <si>
+    <t>Настолен микрофон Nubi NMIC1</t>
+  </si>
+  <si>
+    <t>NUBI-NMIC1-BL</t>
+  </si>
+  <si>
+    <t>Външен хард диск Intenso, 2.5", 500 GB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-500GB-EX-BKR</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 512GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-512GB</t>
+  </si>
+  <si>
+    <t>HAMA Безжична Ергономична вертикална мишка "EMW-700", мулти-устройство, антрацит</t>
+  </si>
+  <si>
+    <t>HAMA-173095</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler microDuo 3C 256GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTDUO3C-256GB</t>
+  </si>
+  <si>
+    <t>Четец Delock външен Card Reader for CFast 2.0 type I / II, USB Type-C</t>
+  </si>
+  <si>
+    <t>DELOCK-91745</t>
+  </si>
+  <si>
     <t>Intenso USB Flash Drive 3.2 256GB Jet Line</t>
   </si>
   <si>
     <t>INTENSO-USB-JL-256GB</t>
   </si>
   <si>
-    <t>Intenso USB Flash Drive 3.2 256GB Twist Line</t>
-[...100 lines deleted...]
-  <si>
     <t>Настолен микрофон FIFINE A6NEO RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A6NEO</t>
   </si>
   <si>
     <t>Настолен микрофон FIFINE A8V RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A8V</t>
   </si>
   <si>
-    <t>A4tech Fstyler FGS300 Panda Rock Механична TKLкирилизирана</t>
-[...20 lines deleted...]
-    <t>JABRA-EVOLVE-20MS-USBC-A</t>
+    <t>Комплект безжични клавиатура и мишка Logitech MK370, Bluetooth/2.4 GHz</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-MK370</t>
+  </si>
+  <si>
+    <t>Безжична микрофонна система BOYA Mini 2-02 с USB-C</t>
+  </si>
+  <si>
+    <t>BOYA-MINI-2-02</t>
+  </si>
+  <si>
+    <t>SanDisk Флаш памет Ultra ECO  512Gb, USB 3.2 100 MB/s , зелена</t>
+  </si>
+  <si>
+    <t>SD-USB-CZ96-512G-G46</t>
   </si>
   <si>
     <t>Слушалки с микрофон Jabra Evolve 20 UC Stereo USB-C/А Adapter</t>
   </si>
   <si>
     <t>JABRA-4999-829-269</t>
   </si>
   <si>
-    <t>USB памет KINGSTON IronKey Locker+ 50 - 32GB XTS-AES 256-bit</t>
-[...2 lines deleted...]
-    <t>KIN-USB-IKLP50-32GB</t>
+    <t>Външен хард диск Intenso, 2.5", 1 TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-1TB-EX-BKR</t>
   </si>
   <si>
     <t>Безжична оптична мишка Logitech ERGO M575S graphite, Trackball</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M575S-BL</t>
   </si>
   <si>
     <t>Настолен микрофон FIFINE K669 PRO2 RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-K669PRO2</t>
   </si>
   <si>
     <t>Микрофон със стойка FIFINE A8T RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A8T</t>
   </si>
   <si>
     <t>Микрофон със стойка FIFINE A6T RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-A6T</t>
   </si>
   <si>
-    <t>Безжична микрофонна система BOYA Mini 2-02 с USB-C</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжична микрофонна система BOYA Mini 2-03 с Lightning</t>
   </si>
   <si>
     <t>BOYA-MINI-2-03</t>
   </si>
   <si>
-    <t>Intenso 1TB 2.5" външен диск USB 3.2 memory drive</t>
-[...8 lines deleted...]
-    <t>INTENSO-HDD-1TB-EX-MB</t>
+    <t>Безжична микрофонна система BOYA BY-V30 - USB-C</t>
+  </si>
+  <si>
+    <t>BOYA-BY-BY-V30</t>
   </si>
   <si>
     <t>Комплект клавиатура и мишка Keychron B33 Deep Black и BM25 Wireless/BT/Wired Combo - TKL</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-KCBD1</t>
   </si>
   <si>
+    <t>Безжична клавиатура Logitech Wave Keys - Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-WAVE-KEYS-BK</t>
+  </si>
+  <si>
     <t>Настолен микрофон FIFINE AM8 Dynamic RGB XLR/USB- Black</t>
   </si>
   <si>
     <t>FIFINE-AM8</t>
   </si>
   <si>
     <t>Настолен микрофон FIFINE AM8 Dynamic RGB XLR/USB - White</t>
   </si>
   <si>
     <t>FIFINE-AM8W</t>
   </si>
   <si>
-    <t>Intenso External SSD 500GB Premium anthracite</t>
-[...22 lines deleted...]
-  <si>
     <t>Комплект клавиатура и мишка Keychron B36 Deep Black и BM25 Wireless/BT/Wired Combo - TKL</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-KCBD2</t>
   </si>
   <si>
-    <t>Безжична клавиатура Logitech Wave Keys - Graphite</t>
-[...2 lines deleted...]
-    <t>LOGITECH-KEY-WAVE-KEYS-BK</t>
+    <t>USB памет Samsung 512 GB, USB 3.2 Gen1, Синя</t>
+  </si>
+  <si>
+    <t>SAM-USB-MUF-512DAAPC</t>
   </si>
   <si>
     <t>Външен хард диск Toshiba 2.5" 1TB Canvio Flex, USB 3.2 Gen 1</t>
   </si>
   <si>
     <t>TOSH-HDD-CF-1TB-SL1</t>
   </si>
   <si>
     <t>Настолен микрофон FIFINE AM6 RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-AM6</t>
   </si>
   <si>
     <t>Настолен микрофон FIFINE AM6 RGB - White</t>
   </si>
   <si>
     <t>FIFINE-AM6W</t>
   </si>
   <si>
-    <t>Intenso External SSD  TX500  500GB</t>
-[...4 lines deleted...]
-  <si>
     <t>CHERRY KW9100 SLIM за MAC</t>
   </si>
   <si>
     <t>CHERRY-KEY-JK-9110US-1</t>
   </si>
   <si>
     <t>Настолен микрофон FIFINE K658 Dynamic RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-K658</t>
   </si>
   <si>
     <t>Микрофон със стойка FIFINE AM8T Dynamic RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-AM8T</t>
   </si>
   <si>
     <t>ROCWARE RC08P Уеб камера 2K,90 градуса,4x зуум, USB 2.0,USB-C</t>
   </si>
   <si>
     <t>ROCWARE-RC08P</t>
   </si>
   <si>
+    <t>Настолен микрофон FIFINE A9 RGB 4 Polar Patterns- Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A9</t>
+  </si>
+  <si>
     <t>Микрофон със стойка FIFINE T658 Dynamic RGB - Black</t>
   </si>
   <si>
     <t>FIFINE-T658</t>
   </si>
   <si>
+    <t>Външен диск LaCie Mobile Drive 1TB USB-C 3.2</t>
+  </si>
+  <si>
+    <t>LACIE-HDD-STLP1000400</t>
+  </si>
+  <si>
     <t>USB памет KINGSTON DataTraveler Kyson 512GB USB 3.2 Gen1</t>
   </si>
   <si>
     <t>KIN-USB-DTKN-512GB</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Rose Full HD уеб камера, микрофон, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500-ROS</t>
   </si>
   <si>
     <t>USB памет Samsung BAR Plus USB stick 512GB Silver USB 3.1</t>
   </si>
   <si>
     <t>SAM-USB-MUF512BE3</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Grafite Full HD уеб камера, микрофон, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
+    <t>Флаш памет Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-512GB</t>
+  </si>
+  <si>
+    <t>Безжична микрофонна система BOYA BY-V4</t>
+  </si>
+  <si>
+    <t>BOYA-BY-BY-V4</t>
+  </si>
+  <si>
+    <t>Безжична микрофонна система BOYA BY-V4U - USB-C</t>
+  </si>
+  <si>
+    <t>BOYA-BY-BY-V4U</t>
+  </si>
+  <si>
+    <t>Безжична клавиатура Logitech MX keys S Illuminated, Pale gray</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-MX-S-PAGR</t>
+  </si>
+  <si>
     <t>Безжична лазерна мишка LOGITECH MX MASTER 4 Pale Gray</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-MX-4P</t>
   </si>
   <si>
     <t>Безжична лазерна мишка LOGITECH MX MASTER 4 Graphite</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-MX-4G</t>
   </si>
   <si>
     <t>ROCWARE RC16 Уеб камера, 4K UHD, 110 градуса,8x зуум, USB-C</t>
   </si>
   <si>
     <t>ROCWARE-RC16</t>
   </si>
   <si>
-    <t>Флаш памет Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
-[...4 lines deleted...]
-  <si>
     <t>Слушалки с микрофон Jabra Evolve 65 SE</t>
   </si>
   <si>
     <t>JABRA-6699-833-309</t>
   </si>
   <si>
     <t>Комплект клавиатура и мишка  Wireless Combo Logitech MK850</t>
   </si>
   <si>
     <t>LOGITECH-KEY-MK850-1</t>
   </si>
   <si>
     <t>Флаш памет Kingston Dual USB-A/C Portable SSD 1TB - Black/Red</t>
   </si>
   <si>
     <t>KIN-SSD-SPSD-1TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements Portable, 6TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM2-6TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 8TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP8000400-8</t>
+  </si>
+  <si>
+    <t>Външен хард диск Seagate Expansion Portable, 3.5", 6TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP6000400-6</t>
   </si>
   <si>
     <t>Допълнителни микрофони Logitech GROUP Only, 989-000171</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-MIC1</t>
   </si>
   <si>
     <t>Външен хард диск SEAGATE Expansion Desktop External Drive 10 TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKP10000400</t>
   </si>
   <si>
     <t>Външен хард диск Western Digital Elements Portable, 12TB, 3.5", USB 3.2 Gen 1, Черен</t>
   </si>
   <si>
     <t>WD-HDD-ELEM-12TB</t>
   </si>
   <si>
     <t>Флаш памет Kingston Dual USB-A/C Portable SSD 2TB - Black/Red</t>
   </si>
   <si>
     <t>KIN-SSD-SPSD-2TB</t>
   </si>
@@ -1882,59 +2029,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D354"/>
+  <dimension ref="A1:D598"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -1982,4908 +2129,8324 @@
         <v>12</v>
       </c>
       <c r="C5">
         <v>1.836</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>2.04</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C7">
-        <v>2.04</v>
+        <v>3.012</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C8">
-        <v>2.868</v>
+        <v>3.012</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C9">
-        <v>2.88</v>
+        <v>3.156</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>3.0</v>
+        <v>3.204</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11">
-        <v>3.012</v>
+        <v>3.204</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>3.012</v>
+        <v>3.36</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>3.108</v>
+        <v>3.36</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>3.156</v>
+        <v>3.36</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>3.18</v>
+        <v>3.372</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>3.204</v>
+        <v>3.372</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>3.204</v>
+        <v>3.372</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>3.336</v>
+        <v>3.456</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>3.372</v>
+        <v>3.672</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>3.372</v>
+        <v>3.684</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>3.372</v>
+        <v>3.792</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>3.42</v>
+        <v>3.84</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>3.456</v>
+        <v>3.936</v>
       </c>
       <c r="D23" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>3.516</v>
+        <v>3.936</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>3.54</v>
+        <v>3.984</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>3.672</v>
+        <v>3.984</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>3.684</v>
+        <v>4.032</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>3.792</v>
+        <v>4.08</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>3.84</v>
+        <v>4.08</v>
       </c>
       <c r="D29" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>3.936</v>
+        <v>4.092</v>
       </c>
       <c r="D30" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>3.936</v>
+        <v>4.176</v>
       </c>
       <c r="D31" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>3.948</v>
+        <v>4.188</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>3.984</v>
+        <v>4.26</v>
       </c>
       <c r="D33" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>3.984</v>
+        <v>4.308</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>4.032</v>
+        <v>4.488</v>
       </c>
       <c r="D35" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>4.056</v>
+        <v>4.596</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>4.092</v>
+        <v>4.596</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>4.092</v>
+        <v>4.608</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>4.128</v>
+        <v>4.668</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>4.164</v>
+        <v>4.716</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>4.26</v>
+        <v>4.8</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>4.404</v>
+        <v>4.812</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>4.476</v>
+        <v>4.86</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>4.5</v>
+        <v>4.896</v>
       </c>
       <c r="D44" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>4.512</v>
+        <v>5.076</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>4.596</v>
+        <v>5.1</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>4.608</v>
+        <v>5.1</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>4.608</v>
+        <v>5.124</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>4.668</v>
+        <v>5.148</v>
       </c>
       <c r="D49" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>4.716</v>
+        <v>5.16</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>4.752</v>
+        <v>5.184</v>
       </c>
       <c r="D51" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>4.8</v>
+        <v>5.208</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>4.8</v>
+        <v>5.22</v>
       </c>
       <c r="D53" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>4.812</v>
+        <v>5.22</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>4.86</v>
+        <v>5.364</v>
       </c>
       <c r="D55" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>4.896</v>
+        <v>5.4</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>5.076</v>
+        <v>5.412</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>5.1</v>
+        <v>5.472</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>5.124</v>
+        <v>5.484</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>5.148</v>
+        <v>5.568</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>5.16</v>
+        <v>5.616</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>5.16</v>
+        <v>5.64</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>5.208</v>
+        <v>5.64</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>5.22</v>
+        <v>5.736</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>5.22</v>
+        <v>5.76</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>5.316</v>
+        <v>5.832</v>
       </c>
       <c r="D66" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>5.352</v>
+        <v>5.916</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>5.364</v>
+        <v>6.0</v>
       </c>
       <c r="D68" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>5.376</v>
+        <v>6.06</v>
       </c>
       <c r="D69" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>5.4</v>
+        <v>6.12</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>5.4</v>
+        <v>6.132</v>
       </c>
       <c r="D71" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>5.412</v>
+        <v>6.132</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>5.424</v>
+        <v>6.132</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>5.448</v>
+        <v>6.144</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>5.472</v>
+        <v>6.252</v>
       </c>
       <c r="D75" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>5.484</v>
+        <v>6.3</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>5.568</v>
+        <v>6.336</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>5.64</v>
+        <v>6.336</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B79" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C79">
-        <v>5.736</v>
+        <v>6.336</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B80" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C80">
-        <v>5.76</v>
+        <v>6.348</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B81" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C81">
-        <v>5.832</v>
+        <v>6.372</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B82" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C82">
-        <v>5.832</v>
+        <v>6.432</v>
       </c>
       <c r="D82" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B83" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C83">
-        <v>5.88</v>
+        <v>6.516</v>
       </c>
       <c r="D83" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B84" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C84">
-        <v>5.916</v>
+        <v>6.528</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B85" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C85">
-        <v>5.916</v>
+        <v>6.54</v>
       </c>
       <c r="D85" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B86" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C86">
-        <v>6.0</v>
+        <v>6.6</v>
       </c>
       <c r="D86" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B87" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C87">
-        <v>6.0</v>
+        <v>6.6</v>
       </c>
       <c r="D87" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B88" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C88">
-        <v>6.0</v>
+        <v>6.612</v>
       </c>
       <c r="D88" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B89" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C89">
-        <v>6.0</v>
+        <v>6.612</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B90" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C90">
-        <v>6.072</v>
+        <v>6.624</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C91">
-        <v>6.072</v>
+        <v>6.636</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
         <v>187</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>6.12</v>
+        <v>6.684</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
         <v>189</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>6.132</v>
+        <v>6.708</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
         <v>191</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>6.132</v>
+        <v>6.828</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" t="s">
         <v>193</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>6.132</v>
+        <v>6.96</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" t="s">
         <v>195</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>6.168</v>
+        <v>7.032</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" t="s">
         <v>197</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>6.252</v>
+        <v>7.032</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" t="s">
         <v>199</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>6.3</v>
+        <v>7.056</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" t="s">
         <v>201</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>6.348</v>
+        <v>7.056</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" t="s">
         <v>203</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>6.348</v>
+        <v>7.164</v>
       </c>
       <c r="D100" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" t="s">
         <v>205</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>6.384</v>
+        <v>7.164</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>9</v>
       </c>
       <c r="B102" t="s">
         <v>10</v>
       </c>
       <c r="C102">
         <v>1.8</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B103" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C103">
-        <v>2.88</v>
+        <v>3.156</v>
       </c>
       <c r="D103" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="B104" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="C104">
-        <v>3.18</v>
+        <v>3.204</v>
       </c>
       <c r="D104" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B105" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="C105">
         <v>3.204</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="B106" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="C106">
-        <v>3.204</v>
+        <v>3.36</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="B107" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C107">
-        <v>3.372</v>
+        <v>3.36</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="B108" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="C108">
-        <v>3.42</v>
+        <v>3.36</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="B109" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="C109">
-        <v>3.672</v>
+        <v>3.372</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="B110" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="C110">
         <v>3.792</v>
       </c>
       <c r="D110" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="B111" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="C111">
         <v>3.984</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="B112" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="C112">
-        <v>4.5</v>
+        <v>4.176</v>
       </c>
       <c r="D112" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="B113" t="s">
-        <v>115</v>
+        <v>90</v>
       </c>
       <c r="C113">
         <v>4.86</v>
       </c>
       <c r="D113" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>122</v>
+        <v>93</v>
       </c>
       <c r="B114" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="C114">
-        <v>5.124</v>
+        <v>5.076</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>146</v>
+        <v>99</v>
       </c>
       <c r="B115" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="C115">
-        <v>5.4</v>
+        <v>5.124</v>
       </c>
       <c r="D115" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>148</v>
+        <v>117</v>
       </c>
       <c r="B116" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="C116">
         <v>5.412</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="B117" t="s">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="C117">
-        <v>5.448</v>
+        <v>5.484</v>
       </c>
       <c r="D117" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
       <c r="B118" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="C118">
-        <v>5.484</v>
+        <v>5.736</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>164</v>
+        <v>133</v>
       </c>
       <c r="B119" t="s">
-        <v>165</v>
+        <v>134</v>
       </c>
       <c r="C119">
         <v>5.76</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>166</v>
+        <v>135</v>
       </c>
       <c r="B120" t="s">
-        <v>167</v>
+        <v>136</v>
       </c>
       <c r="C120">
         <v>5.832</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="B121" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="C121">
-        <v>5.832</v>
+        <v>6.132</v>
       </c>
       <c r="D121" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>174</v>
+        <v>149</v>
       </c>
       <c r="B122" t="s">
-        <v>175</v>
+        <v>150</v>
       </c>
       <c r="C122">
-        <v>5.916</v>
+        <v>6.132</v>
       </c>
       <c r="D122" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>182</v>
+        <v>153</v>
       </c>
       <c r="B123" t="s">
-        <v>183</v>
+        <v>154</v>
       </c>
       <c r="C123">
-        <v>6.0</v>
+        <v>6.252</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>191</v>
+        <v>155</v>
       </c>
       <c r="B124" t="s">
-        <v>192</v>
+        <v>156</v>
       </c>
       <c r="C124">
-        <v>6.132</v>
+        <v>6.3</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>193</v>
+        <v>162</v>
       </c>
       <c r="B125" t="s">
-        <v>194</v>
+        <v>163</v>
       </c>
       <c r="C125">
-        <v>6.132</v>
+        <v>6.348</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
       <c r="B126" t="s">
-        <v>196</v>
+        <v>167</v>
       </c>
       <c r="C126">
-        <v>6.168</v>
+        <v>6.432</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="B127" t="s">
-        <v>198</v>
+        <v>169</v>
       </c>
       <c r="C127">
-        <v>6.252</v>
+        <v>6.516</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>201</v>
+        <v>170</v>
       </c>
       <c r="B128" t="s">
-        <v>202</v>
+        <v>171</v>
       </c>
       <c r="C128">
-        <v>6.348</v>
+        <v>6.528</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>203</v>
+        <v>174</v>
       </c>
       <c r="B129" t="s">
-        <v>204</v>
+        <v>175</v>
       </c>
       <c r="C129">
-        <v>6.348</v>
+        <v>6.6</v>
       </c>
       <c r="D129" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>207</v>
+        <v>176</v>
       </c>
       <c r="B130" t="s">
-        <v>208</v>
+        <v>177</v>
       </c>
       <c r="C130">
-        <v>6.432</v>
+        <v>6.6</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>209</v>
+        <v>182</v>
       </c>
       <c r="B131" t="s">
-        <v>210</v>
+        <v>183</v>
       </c>
       <c r="C131">
-        <v>6.516</v>
+        <v>6.624</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>211</v>
+        <v>186</v>
       </c>
       <c r="B132" t="s">
-        <v>212</v>
+        <v>187</v>
       </c>
       <c r="C132">
-        <v>6.6</v>
+        <v>6.684</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>213</v>
+        <v>188</v>
       </c>
       <c r="B133" t="s">
-        <v>214</v>
+        <v>189</v>
       </c>
       <c r="C133">
-        <v>6.6</v>
+        <v>6.708</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>215</v>
+        <v>192</v>
       </c>
       <c r="B134" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="C134">
-        <v>6.624</v>
+        <v>6.96</v>
       </c>
       <c r="D134" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>217</v>
+        <v>196</v>
       </c>
       <c r="B135" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="C135">
-        <v>6.708</v>
+        <v>7.032</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>219</v>
+        <v>198</v>
       </c>
       <c r="B136" t="s">
-        <v>220</v>
+        <v>199</v>
       </c>
       <c r="C136">
-        <v>6.744</v>
+        <v>7.056</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="B137" t="s">
-        <v>222</v>
+        <v>201</v>
       </c>
       <c r="C137">
-        <v>6.768</v>
+        <v>7.056</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="B138" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="C138">
-        <v>6.96</v>
+        <v>7.26</v>
       </c>
       <c r="D138" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="B139" t="s">
-        <v>226</v>
+        <v>209</v>
       </c>
       <c r="C139">
-        <v>7.032</v>
+        <v>7.284</v>
       </c>
       <c r="D139" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="B140" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="C140">
-        <v>7.056</v>
+        <v>7.524</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
       <c r="B141" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="C141">
-        <v>7.056</v>
+        <v>7.536</v>
       </c>
       <c r="D141" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
       <c r="B142" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="C142">
-        <v>7.26</v>
+        <v>7.548</v>
       </c>
       <c r="D142" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>233</v>
+        <v>216</v>
       </c>
       <c r="B143" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="C143">
-        <v>7.284</v>
+        <v>7.572</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="B144" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="C144">
-        <v>7.536</v>
+        <v>7.596</v>
       </c>
       <c r="D144" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="B145" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="C145">
-        <v>7.548</v>
+        <v>7.716</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="B146" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="C146">
-        <v>7.572</v>
+        <v>7.764</v>
       </c>
       <c r="D146" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>241</v>
+        <v>224</v>
       </c>
       <c r="B147" t="s">
-        <v>242</v>
+        <v>225</v>
       </c>
       <c r="C147">
-        <v>7.752</v>
+        <v>8.112</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>226</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="B148" t="s">
-        <v>244</v>
+        <v>228</v>
       </c>
       <c r="C148">
-        <v>7.764</v>
+        <v>8.208</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="B149" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="C149">
-        <v>7.764</v>
+        <v>8.316</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>247</v>
+        <v>231</v>
       </c>
       <c r="B150" t="s">
-        <v>248</v>
+        <v>232</v>
       </c>
       <c r="C150">
-        <v>7.764</v>
+        <v>8.544</v>
       </c>
       <c r="D150" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>249</v>
+        <v>233</v>
       </c>
       <c r="B151" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="C151">
-        <v>7.86</v>
+        <v>8.688</v>
       </c>
       <c r="D151" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="B152" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
       <c r="C152">
-        <v>8.208</v>
+        <v>8.832</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="B153" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="C153">
-        <v>8.316</v>
+        <v>8.892</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="B154" t="s">
-        <v>256</v>
+        <v>240</v>
       </c>
       <c r="C154">
-        <v>8.556</v>
+        <v>8.892</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>257</v>
+        <v>241</v>
       </c>
       <c r="B155" t="s">
-        <v>258</v>
+        <v>242</v>
       </c>
       <c r="C155">
-        <v>8.736</v>
+        <v>8.916</v>
       </c>
       <c r="D155" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="B156" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="C156">
-        <v>8.832</v>
+        <v>9.204</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="B157" t="s">
-        <v>262</v>
+        <v>246</v>
       </c>
       <c r="C157">
-        <v>8.892</v>
+        <v>9.372</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>263</v>
+        <v>247</v>
       </c>
       <c r="B158" t="s">
-        <v>264</v>
+        <v>248</v>
       </c>
       <c r="C158">
-        <v>8.892</v>
+        <v>9.432</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="B159" t="s">
-        <v>266</v>
+        <v>250</v>
       </c>
       <c r="C159">
-        <v>8.892</v>
+        <v>9.48</v>
       </c>
       <c r="D159" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="B160" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="C160">
-        <v>9.204</v>
+        <v>9.684</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="B161" t="s">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="C161">
-        <v>9.372</v>
+        <v>9.768</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>271</v>
+        <v>255</v>
       </c>
       <c r="B162" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="C162">
-        <v>9.408</v>
+        <v>9.78</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
       <c r="B163" t="s">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="C163">
-        <v>9.48</v>
+        <v>9.78</v>
       </c>
       <c r="D163" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="B164" t="s">
-        <v>276</v>
+        <v>260</v>
       </c>
       <c r="C164">
-        <v>9.684</v>
+        <v>9.78</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>277</v>
+        <v>261</v>
       </c>
       <c r="B165" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="C165">
-        <v>9.768</v>
+        <v>9.816</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>279</v>
+        <v>263</v>
       </c>
       <c r="B166" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="C166">
-        <v>9.78</v>
+        <v>9.864</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="B167" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="C167">
-        <v>9.78</v>
+        <v>9.948</v>
       </c>
       <c r="D167" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>283</v>
+        <v>267</v>
       </c>
       <c r="B168" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="C168">
-        <v>9.864</v>
+        <v>10.116</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>285</v>
+        <v>269</v>
       </c>
       <c r="B169" t="s">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="C169">
-        <v>9.876</v>
+        <v>10.152</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B170" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C170">
-        <v>9.924</v>
+        <v>10.284</v>
       </c>
       <c r="D170" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="B171" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
       <c r="C171">
-        <v>9.948</v>
+        <v>10.32</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="B172" t="s">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="C172">
-        <v>10.116</v>
+        <v>10.464</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>293</v>
+        <v>277</v>
       </c>
       <c r="B173" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="C173">
-        <v>10.152</v>
+        <v>10.68</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>295</v>
+        <v>279</v>
       </c>
       <c r="B174" t="s">
-        <v>296</v>
+        <v>280</v>
       </c>
       <c r="C174">
-        <v>10.2</v>
+        <v>10.716</v>
       </c>
       <c r="D174" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>297</v>
+        <v>281</v>
       </c>
       <c r="B175" t="s">
-        <v>298</v>
+        <v>282</v>
       </c>
       <c r="C175">
-        <v>10.284</v>
+        <v>10.872</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>299</v>
+        <v>283</v>
       </c>
       <c r="B176" t="s">
-        <v>300</v>
+        <v>284</v>
       </c>
       <c r="C176">
-        <v>10.716</v>
+        <v>11.1</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="B177" t="s">
-        <v>302</v>
+        <v>285</v>
       </c>
       <c r="C177">
-        <v>10.98</v>
+        <v>11.1</v>
       </c>
       <c r="D177" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B178" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="C178">
-        <v>11.484</v>
+        <v>11.376</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>305</v>
+        <v>283</v>
       </c>
       <c r="B179" t="s">
-        <v>306</v>
+        <v>287</v>
       </c>
       <c r="C179">
-        <v>11.652</v>
+        <v>11.376</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>307</v>
+        <v>283</v>
       </c>
       <c r="B180" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="C180">
-        <v>11.76</v>
+        <v>11.376</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>309</v>
+        <v>289</v>
       </c>
       <c r="B181" t="s">
-        <v>310</v>
+        <v>290</v>
       </c>
       <c r="C181">
-        <v>12.0</v>
+        <v>11.484</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>311</v>
+        <v>291</v>
       </c>
       <c r="B182" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="C182">
-        <v>12.0</v>
+        <v>11.652</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>313</v>
+        <v>293</v>
       </c>
       <c r="B183" t="s">
-        <v>314</v>
+        <v>294</v>
       </c>
       <c r="C183">
-        <v>12.252</v>
+        <v>11.76</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>315</v>
+        <v>295</v>
       </c>
       <c r="B184" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="C184">
-        <v>12.528</v>
+        <v>11.832</v>
       </c>
       <c r="D184" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>317</v>
+        <v>297</v>
       </c>
       <c r="B185" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="C185">
-        <v>12.528</v>
+        <v>12.0</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>319</v>
+        <v>299</v>
       </c>
       <c r="B186" t="s">
-        <v>320</v>
+        <v>300</v>
       </c>
       <c r="C186">
-        <v>12.648</v>
+        <v>12.0</v>
       </c>
       <c r="D186" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="B187" t="s">
-        <v>322</v>
+        <v>302</v>
       </c>
       <c r="C187">
-        <v>12.66</v>
+        <v>12.0</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>323</v>
+        <v>303</v>
       </c>
       <c r="B188" t="s">
-        <v>324</v>
+        <v>304</v>
       </c>
       <c r="C188">
-        <v>12.756</v>
+        <v>12.168</v>
       </c>
       <c r="D188" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>325</v>
+        <v>305</v>
       </c>
       <c r="B189" t="s">
-        <v>326</v>
+        <v>306</v>
       </c>
       <c r="C189">
-        <v>12.84</v>
+        <v>12.252</v>
       </c>
       <c r="D189" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>327</v>
+        <v>307</v>
       </c>
       <c r="B190" t="s">
-        <v>328</v>
+        <v>308</v>
       </c>
       <c r="C190">
-        <v>12.84</v>
+        <v>12.54</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>329</v>
+        <v>309</v>
       </c>
       <c r="B191" t="s">
-        <v>330</v>
+        <v>310</v>
       </c>
       <c r="C191">
-        <v>12.84</v>
+        <v>12.66</v>
       </c>
       <c r="D191" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>331</v>
+        <v>311</v>
       </c>
       <c r="B192" t="s">
-        <v>332</v>
+        <v>312</v>
       </c>
       <c r="C192">
-        <v>12.84</v>
+        <v>12.756</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>333</v>
+        <v>313</v>
       </c>
       <c r="B193" t="s">
-        <v>334</v>
+        <v>314</v>
       </c>
       <c r="C193">
-        <v>12.924</v>
+        <v>12.84</v>
       </c>
       <c r="D193" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>335</v>
+        <v>315</v>
       </c>
       <c r="B194" t="s">
-        <v>336</v>
+        <v>316</v>
       </c>
       <c r="C194">
-        <v>12.936</v>
+        <v>12.84</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>337</v>
+        <v>317</v>
       </c>
       <c r="B195" t="s">
-        <v>338</v>
+        <v>318</v>
       </c>
       <c r="C195">
-        <v>13.044</v>
+        <v>12.84</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>339</v>
+        <v>319</v>
       </c>
       <c r="B196" t="s">
-        <v>340</v>
+        <v>320</v>
       </c>
       <c r="C196">
-        <v>13.044</v>
+        <v>12.84</v>
       </c>
       <c r="D196" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>341</v>
+        <v>321</v>
       </c>
       <c r="B197" t="s">
-        <v>342</v>
+        <v>322</v>
       </c>
       <c r="C197">
-        <v>13.044</v>
+        <v>12.852</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>343</v>
+        <v>323</v>
       </c>
       <c r="B198" t="s">
-        <v>344</v>
+        <v>324</v>
       </c>
       <c r="C198">
-        <v>13.44</v>
+        <v>12.852</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="B199" t="s">
-        <v>346</v>
+        <v>326</v>
       </c>
       <c r="C199">
-        <v>14.016</v>
+        <v>13.044</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>327</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>347</v>
+        <v>328</v>
       </c>
       <c r="B200" t="s">
-        <v>348</v>
+        <v>329</v>
       </c>
       <c r="C200">
-        <v>14.1</v>
+        <v>13.044</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="B201" t="s">
-        <v>350</v>
+        <v>331</v>
       </c>
       <c r="C201">
-        <v>14.1</v>
+        <v>13.044</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>9</v>
       </c>
       <c r="B202" t="s">
         <v>10</v>
       </c>
       <c r="C202">
         <v>1.8</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B203" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="C203">
-        <v>3.372</v>
+        <v>3.156</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="B204" t="s">
-        <v>123</v>
+        <v>22</v>
       </c>
       <c r="C204">
-        <v>5.124</v>
+        <v>3.204</v>
       </c>
       <c r="D204" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="B205" t="s">
-        <v>147</v>
+        <v>25</v>
       </c>
       <c r="C205">
-        <v>5.4</v>
+        <v>3.204</v>
       </c>
       <c r="D205" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
       <c r="B206" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="C206">
-        <v>5.412</v>
+        <v>3.36</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>156</v>
+        <v>28</v>
       </c>
       <c r="B207" t="s">
-        <v>157</v>
+        <v>29</v>
       </c>
       <c r="C207">
-        <v>5.484</v>
+        <v>3.36</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="B208" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="C208">
-        <v>5.76</v>
+        <v>3.36</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>166</v>
+        <v>36</v>
       </c>
       <c r="B209" t="s">
-        <v>167</v>
+        <v>37</v>
       </c>
       <c r="C209">
-        <v>5.832</v>
+        <v>3.372</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>168</v>
+        <v>45</v>
       </c>
       <c r="B210" t="s">
-        <v>169</v>
+        <v>46</v>
       </c>
       <c r="C210">
-        <v>5.832</v>
+        <v>3.792</v>
       </c>
       <c r="D210" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>182</v>
+        <v>55</v>
       </c>
       <c r="B211" t="s">
-        <v>183</v>
+        <v>56</v>
       </c>
       <c r="C211">
-        <v>6.0</v>
+        <v>3.984</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>193</v>
+        <v>65</v>
       </c>
       <c r="B212" t="s">
-        <v>194</v>
+        <v>66</v>
       </c>
       <c r="C212">
-        <v>6.132</v>
+        <v>4.176</v>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>195</v>
+        <v>89</v>
       </c>
       <c r="B213" t="s">
-        <v>196</v>
+        <v>90</v>
       </c>
       <c r="C213">
-        <v>6.168</v>
+        <v>4.86</v>
       </c>
       <c r="D213" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>197</v>
+        <v>93</v>
       </c>
       <c r="B214" t="s">
-        <v>198</v>
+        <v>94</v>
       </c>
       <c r="C214">
-        <v>6.252</v>
+        <v>5.076</v>
       </c>
       <c r="D214" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>201</v>
+        <v>99</v>
       </c>
       <c r="B215" t="s">
-        <v>202</v>
+        <v>100</v>
       </c>
       <c r="C215">
-        <v>6.348</v>
+        <v>5.124</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>203</v>
+        <v>117</v>
       </c>
       <c r="B216" t="s">
-        <v>204</v>
+        <v>118</v>
       </c>
       <c r="C216">
-        <v>6.348</v>
+        <v>5.412</v>
       </c>
       <c r="D216" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>207</v>
+        <v>121</v>
       </c>
       <c r="B217" t="s">
-        <v>208</v>
+        <v>122</v>
       </c>
       <c r="C217">
-        <v>6.432</v>
+        <v>5.484</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>209</v>
+        <v>131</v>
       </c>
       <c r="B218" t="s">
-        <v>210</v>
+        <v>132</v>
       </c>
       <c r="C218">
-        <v>6.516</v>
+        <v>5.736</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>213</v>
+        <v>133</v>
       </c>
       <c r="B219" t="s">
-        <v>214</v>
+        <v>134</v>
       </c>
       <c r="C219">
-        <v>6.6</v>
+        <v>5.76</v>
       </c>
       <c r="D219" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>217</v>
+        <v>135</v>
       </c>
       <c r="B220" t="s">
-        <v>218</v>
+        <v>136</v>
       </c>
       <c r="C220">
-        <v>6.708</v>
+        <v>5.832</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>221</v>
+        <v>147</v>
       </c>
       <c r="B221" t="s">
-        <v>222</v>
+        <v>148</v>
       </c>
       <c r="C221">
-        <v>6.768</v>
+        <v>6.132</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>233</v>
+        <v>149</v>
       </c>
       <c r="B222" t="s">
-        <v>234</v>
+        <v>150</v>
       </c>
       <c r="C222">
-        <v>7.284</v>
+        <v>6.132</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>237</v>
+        <v>153</v>
       </c>
       <c r="B223" t="s">
-        <v>238</v>
+        <v>154</v>
       </c>
       <c r="C223">
-        <v>7.548</v>
+        <v>6.252</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>253</v>
+        <v>155</v>
       </c>
       <c r="B224" t="s">
-        <v>254</v>
+        <v>156</v>
       </c>
       <c r="C224">
-        <v>8.316</v>
+        <v>6.3</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>259</v>
+        <v>162</v>
       </c>
       <c r="B225" t="s">
-        <v>260</v>
+        <v>163</v>
       </c>
       <c r="C225">
-        <v>8.832</v>
+        <v>6.348</v>
       </c>
       <c r="D225" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>271</v>
+        <v>166</v>
       </c>
       <c r="B226" t="s">
-        <v>272</v>
+        <v>167</v>
       </c>
       <c r="C226">
-        <v>9.408</v>
+        <v>6.432</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>277</v>
+        <v>168</v>
       </c>
       <c r="B227" t="s">
-        <v>278</v>
+        <v>169</v>
       </c>
       <c r="C227">
-        <v>9.768</v>
+        <v>6.516</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>289</v>
+        <v>174</v>
       </c>
       <c r="B228" t="s">
-        <v>290</v>
+        <v>175</v>
       </c>
       <c r="C228">
-        <v>9.948</v>
+        <v>6.6</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>291</v>
+        <v>176</v>
       </c>
       <c r="B229" t="s">
-        <v>292</v>
+        <v>177</v>
       </c>
       <c r="C229">
-        <v>10.116</v>
+        <v>6.6</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>297</v>
+        <v>182</v>
       </c>
       <c r="B230" t="s">
-        <v>298</v>
+        <v>183</v>
       </c>
       <c r="C230">
-        <v>10.284</v>
+        <v>6.624</v>
       </c>
       <c r="D230" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>299</v>
+        <v>186</v>
       </c>
       <c r="B231" t="s">
-        <v>300</v>
+        <v>187</v>
       </c>
       <c r="C231">
-        <v>10.716</v>
+        <v>6.684</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>301</v>
+        <v>188</v>
       </c>
       <c r="B232" t="s">
-        <v>302</v>
+        <v>189</v>
       </c>
       <c r="C232">
-        <v>10.98</v>
+        <v>6.708</v>
       </c>
       <c r="D232" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>303</v>
+        <v>192</v>
       </c>
       <c r="B233" t="s">
-        <v>304</v>
+        <v>193</v>
       </c>
       <c r="C233">
-        <v>11.484</v>
+        <v>6.96</v>
       </c>
       <c r="D233" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>305</v>
+        <v>196</v>
       </c>
       <c r="B234" t="s">
-        <v>306</v>
+        <v>197</v>
       </c>
       <c r="C234">
-        <v>11.652</v>
+        <v>7.032</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>313</v>
+        <v>198</v>
       </c>
       <c r="B235" t="s">
-        <v>314</v>
+        <v>199</v>
       </c>
       <c r="C235">
-        <v>12.252</v>
+        <v>7.056</v>
       </c>
       <c r="D235" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>315</v>
+        <v>200</v>
       </c>
       <c r="B236" t="s">
-        <v>316</v>
+        <v>201</v>
       </c>
       <c r="C236">
-        <v>12.528</v>
+        <v>7.056</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>317</v>
+        <v>206</v>
       </c>
       <c r="B237" t="s">
-        <v>318</v>
+        <v>207</v>
       </c>
       <c r="C237">
-        <v>12.528</v>
+        <v>7.26</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>319</v>
+        <v>208</v>
       </c>
       <c r="B238" t="s">
-        <v>320</v>
+        <v>209</v>
       </c>
       <c r="C238">
-        <v>12.648</v>
+        <v>7.284</v>
       </c>
       <c r="D238" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>325</v>
+        <v>210</v>
       </c>
       <c r="B239" t="s">
-        <v>326</v>
+        <v>211</v>
       </c>
       <c r="C239">
-        <v>12.84</v>
+        <v>7.524</v>
       </c>
       <c r="D239" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>327</v>
+        <v>214</v>
       </c>
       <c r="B240" t="s">
-        <v>328</v>
+        <v>215</v>
       </c>
       <c r="C240">
-        <v>12.84</v>
+        <v>7.548</v>
       </c>
       <c r="D240" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>329</v>
+        <v>216</v>
       </c>
       <c r="B241" t="s">
-        <v>330</v>
+        <v>217</v>
       </c>
       <c r="C241">
-        <v>12.84</v>
+        <v>7.572</v>
       </c>
       <c r="D241" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>331</v>
+        <v>218</v>
       </c>
       <c r="B242" t="s">
-        <v>332</v>
+        <v>219</v>
       </c>
       <c r="C242">
-        <v>12.84</v>
+        <v>7.596</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>339</v>
+        <v>220</v>
       </c>
       <c r="B243" t="s">
-        <v>340</v>
+        <v>221</v>
       </c>
       <c r="C243">
-        <v>13.044</v>
+        <v>7.716</v>
       </c>
       <c r="D243" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>341</v>
+        <v>222</v>
       </c>
       <c r="B244" t="s">
-        <v>342</v>
+        <v>223</v>
       </c>
       <c r="C244">
-        <v>13.044</v>
+        <v>7.764</v>
       </c>
       <c r="D244" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>351</v>
+        <v>224</v>
       </c>
       <c r="B245" t="s">
-        <v>352</v>
+        <v>225</v>
       </c>
       <c r="C245">
-        <v>14.772</v>
+        <v>8.112</v>
       </c>
       <c r="D245" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>353</v>
+        <v>227</v>
       </c>
       <c r="B246" t="s">
-        <v>354</v>
+        <v>228</v>
       </c>
       <c r="C246">
-        <v>16.452</v>
+        <v>8.208</v>
       </c>
       <c r="D246" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>355</v>
+        <v>229</v>
       </c>
       <c r="B247" t="s">
-        <v>356</v>
+        <v>230</v>
       </c>
       <c r="C247">
-        <v>16.452</v>
+        <v>8.316</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>357</v>
+        <v>231</v>
       </c>
       <c r="B248" t="s">
-        <v>358</v>
+        <v>232</v>
       </c>
       <c r="C248">
-        <v>16.452</v>
+        <v>8.544</v>
       </c>
       <c r="D248" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>359</v>
+        <v>233</v>
       </c>
       <c r="B249" t="s">
-        <v>360</v>
+        <v>234</v>
       </c>
       <c r="C249">
-        <v>16.632</v>
+        <v>8.688</v>
       </c>
       <c r="D249" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>361</v>
+        <v>235</v>
       </c>
       <c r="B250" t="s">
-        <v>362</v>
+        <v>236</v>
       </c>
       <c r="C250">
-        <v>17.652</v>
+        <v>8.832</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>363</v>
+        <v>237</v>
       </c>
       <c r="B251" t="s">
-        <v>364</v>
+        <v>238</v>
       </c>
       <c r="C251">
-        <v>17.832</v>
+        <v>8.892</v>
       </c>
       <c r="D251" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>365</v>
+        <v>239</v>
       </c>
       <c r="B252" t="s">
-        <v>366</v>
+        <v>240</v>
       </c>
       <c r="C252">
-        <v>18.0</v>
+        <v>8.892</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>367</v>
+        <v>241</v>
       </c>
       <c r="B253" t="s">
-        <v>368</v>
+        <v>242</v>
       </c>
       <c r="C253">
-        <v>18.168</v>
+        <v>8.916</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>369</v>
+        <v>243</v>
       </c>
       <c r="B254" t="s">
-        <v>370</v>
+        <v>244</v>
       </c>
       <c r="C254">
-        <v>18.6</v>
+        <v>9.204</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>371</v>
+        <v>245</v>
       </c>
       <c r="B255" t="s">
-        <v>372</v>
+        <v>246</v>
       </c>
       <c r="C255">
-        <v>19.2</v>
+        <v>9.372</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>373</v>
+        <v>247</v>
       </c>
       <c r="B256" t="s">
-        <v>374</v>
+        <v>248</v>
       </c>
       <c r="C256">
-        <v>20.82</v>
+        <v>9.432</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>375</v>
+        <v>249</v>
       </c>
       <c r="B257" t="s">
-        <v>376</v>
+        <v>250</v>
       </c>
       <c r="C257">
-        <v>24.204</v>
+        <v>9.48</v>
       </c>
       <c r="D257" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>377</v>
+        <v>251</v>
       </c>
       <c r="B258" t="s">
-        <v>378</v>
+        <v>252</v>
       </c>
       <c r="C258">
-        <v>24.936</v>
+        <v>9.684</v>
       </c>
       <c r="D258" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>379</v>
+        <v>253</v>
       </c>
       <c r="B259" t="s">
-        <v>380</v>
+        <v>254</v>
       </c>
       <c r="C259">
-        <v>25.764</v>
+        <v>9.768</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>381</v>
+        <v>255</v>
       </c>
       <c r="B260" t="s">
-        <v>382</v>
+        <v>256</v>
       </c>
       <c r="C260">
-        <v>26.328</v>
+        <v>9.78</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>383</v>
+        <v>257</v>
       </c>
       <c r="B261" t="s">
-        <v>384</v>
+        <v>258</v>
       </c>
       <c r="C261">
-        <v>27.0</v>
+        <v>9.78</v>
       </c>
       <c r="D261" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>385</v>
+        <v>259</v>
       </c>
       <c r="B262" t="s">
-        <v>386</v>
+        <v>260</v>
       </c>
       <c r="C262">
-        <v>27.312</v>
+        <v>9.78</v>
       </c>
       <c r="D262" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>387</v>
+        <v>261</v>
       </c>
       <c r="B263" t="s">
-        <v>388</v>
+        <v>262</v>
       </c>
       <c r="C263">
-        <v>27.612</v>
+        <v>9.816</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>389</v>
+        <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>390</v>
+        <v>264</v>
       </c>
       <c r="C264">
-        <v>28.452</v>
+        <v>9.864</v>
       </c>
       <c r="D264" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>391</v>
+        <v>265</v>
       </c>
       <c r="B265" t="s">
-        <v>392</v>
+        <v>266</v>
       </c>
       <c r="C265">
-        <v>30.384</v>
+        <v>9.948</v>
       </c>
       <c r="D265" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>393</v>
+        <v>267</v>
       </c>
       <c r="B266" t="s">
-        <v>394</v>
+        <v>268</v>
       </c>
       <c r="C266">
-        <v>33.228</v>
+        <v>10.116</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>395</v>
+        <v>269</v>
       </c>
       <c r="B267" t="s">
-        <v>396</v>
+        <v>270</v>
       </c>
       <c r="C267">
-        <v>34.992</v>
+        <v>10.152</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>397</v>
+        <v>271</v>
       </c>
       <c r="B268" t="s">
-        <v>398</v>
+        <v>272</v>
       </c>
       <c r="C268">
-        <v>35.316</v>
+        <v>10.284</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>399</v>
+        <v>273</v>
       </c>
       <c r="B269" t="s">
-        <v>400</v>
+        <v>274</v>
       </c>
       <c r="C269">
-        <v>35.736</v>
+        <v>10.32</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>401</v>
+        <v>275</v>
       </c>
       <c r="B270" t="s">
-        <v>402</v>
+        <v>276</v>
       </c>
       <c r="C270">
-        <v>39.984</v>
+        <v>10.464</v>
       </c>
       <c r="D270" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>403</v>
+        <v>277</v>
       </c>
       <c r="B271" t="s">
-        <v>404</v>
+        <v>278</v>
       </c>
       <c r="C271">
-        <v>45.0</v>
+        <v>10.68</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>405</v>
+        <v>279</v>
       </c>
       <c r="B272" t="s">
-        <v>406</v>
+        <v>280</v>
       </c>
       <c r="C272">
-        <v>45.0</v>
+        <v>10.716</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>407</v>
+        <v>281</v>
       </c>
       <c r="B273" t="s">
-        <v>408</v>
+        <v>282</v>
       </c>
       <c r="C273">
-        <v>49.74</v>
+        <v>10.872</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>409</v>
+        <v>283</v>
       </c>
       <c r="B274" t="s">
-        <v>410</v>
+        <v>284</v>
       </c>
       <c r="C274">
-        <v>50.616</v>
+        <v>11.1</v>
       </c>
       <c r="D274" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>411</v>
+        <v>283</v>
       </c>
       <c r="B275" t="s">
-        <v>412</v>
+        <v>285</v>
       </c>
       <c r="C275">
-        <v>54.612</v>
+        <v>11.1</v>
       </c>
       <c r="D275" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>413</v>
+        <v>283</v>
       </c>
       <c r="B276" t="s">
-        <v>414</v>
+        <v>286</v>
       </c>
       <c r="C276">
-        <v>54.612</v>
+        <v>11.376</v>
       </c>
       <c r="D276" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>415</v>
+        <v>283</v>
       </c>
       <c r="B277" t="s">
-        <v>416</v>
+        <v>287</v>
       </c>
       <c r="C277">
-        <v>54.612</v>
+        <v>11.376</v>
       </c>
       <c r="D277" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>417</v>
+        <v>283</v>
       </c>
       <c r="B278" t="s">
-        <v>418</v>
+        <v>288</v>
       </c>
       <c r="C278">
-        <v>56.688</v>
+        <v>11.376</v>
       </c>
       <c r="D278" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>419</v>
+        <v>289</v>
       </c>
       <c r="B279" t="s">
-        <v>420</v>
+        <v>290</v>
       </c>
       <c r="C279">
-        <v>57.6</v>
+        <v>11.484</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>421</v>
+        <v>291</v>
       </c>
       <c r="B280" t="s">
-        <v>422</v>
+        <v>292</v>
       </c>
       <c r="C280">
-        <v>58.992</v>
+        <v>11.652</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>423</v>
+        <v>293</v>
       </c>
       <c r="B281" t="s">
-        <v>424</v>
+        <v>294</v>
       </c>
       <c r="C281">
-        <v>58.992</v>
+        <v>11.76</v>
       </c>
       <c r="D281" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>425</v>
+        <v>297</v>
       </c>
       <c r="B282" t="s">
-        <v>426</v>
+        <v>298</v>
       </c>
       <c r="C282">
-        <v>58.992</v>
+        <v>12.0</v>
       </c>
       <c r="D282" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>427</v>
+        <v>299</v>
       </c>
       <c r="B283" t="s">
-        <v>428</v>
+        <v>300</v>
       </c>
       <c r="C283">
-        <v>60.84</v>
+        <v>12.0</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>429</v>
+        <v>301</v>
       </c>
       <c r="B284" t="s">
-        <v>430</v>
+        <v>302</v>
       </c>
       <c r="C284">
-        <v>60.84</v>
+        <v>12.0</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>431</v>
+        <v>303</v>
       </c>
       <c r="B285" t="s">
-        <v>432</v>
+        <v>304</v>
       </c>
       <c r="C285">
-        <v>63.384</v>
+        <v>12.168</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>433</v>
+        <v>305</v>
       </c>
       <c r="B286" t="s">
-        <v>434</v>
+        <v>306</v>
       </c>
       <c r="C286">
-        <v>64.464</v>
+        <v>12.252</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>435</v>
+        <v>307</v>
       </c>
       <c r="B287" t="s">
-        <v>436</v>
+        <v>308</v>
       </c>
       <c r="C287">
-        <v>65.952</v>
+        <v>12.54</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>437</v>
+        <v>309</v>
       </c>
       <c r="B288" t="s">
-        <v>438</v>
+        <v>310</v>
       </c>
       <c r="C288">
-        <v>69.0</v>
+        <v>12.66</v>
       </c>
       <c r="D288" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>439</v>
+        <v>311</v>
       </c>
       <c r="B289" t="s">
-        <v>440</v>
+        <v>312</v>
       </c>
       <c r="C289">
-        <v>69.0</v>
+        <v>12.756</v>
       </c>
       <c r="D289" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>441</v>
+        <v>313</v>
       </c>
       <c r="B290" t="s">
-        <v>442</v>
+        <v>314</v>
       </c>
       <c r="C290">
-        <v>69.768</v>
+        <v>12.84</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>443</v>
+        <v>315</v>
       </c>
       <c r="B291" t="s">
-        <v>444</v>
+        <v>316</v>
       </c>
       <c r="C291">
-        <v>69.768</v>
+        <v>12.84</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>445</v>
+        <v>317</v>
       </c>
       <c r="B292" t="s">
-        <v>446</v>
+        <v>318</v>
       </c>
       <c r="C292">
-        <v>69.768</v>
+        <v>12.84</v>
       </c>
       <c r="D292" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>447</v>
+        <v>319</v>
       </c>
       <c r="B293" t="s">
-        <v>448</v>
+        <v>320</v>
       </c>
       <c r="C293">
-        <v>71.064</v>
+        <v>12.84</v>
       </c>
       <c r="D293" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>449</v>
+        <v>321</v>
       </c>
       <c r="B294" t="s">
-        <v>450</v>
+        <v>322</v>
       </c>
       <c r="C294">
-        <v>71.064</v>
+        <v>12.852</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>451</v>
+        <v>323</v>
       </c>
       <c r="B295" t="s">
-        <v>452</v>
+        <v>324</v>
       </c>
       <c r="C295">
-        <v>71.064</v>
+        <v>12.852</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>453</v>
+        <v>332</v>
       </c>
       <c r="B296" t="s">
-        <v>454</v>
+        <v>333</v>
       </c>
       <c r="C296">
-        <v>73.692</v>
+        <v>13.044</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>455</v>
+        <v>334</v>
       </c>
       <c r="B297" t="s">
-        <v>456</v>
+        <v>335</v>
       </c>
       <c r="C297">
-        <v>75.0</v>
+        <v>13.092</v>
       </c>
       <c r="D297" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>457</v>
+        <v>336</v>
       </c>
       <c r="B298" t="s">
-        <v>458</v>
+        <v>337</v>
       </c>
       <c r="C298">
-        <v>75.0</v>
+        <v>13.092</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>459</v>
+        <v>338</v>
       </c>
       <c r="B299" t="s">
-        <v>460</v>
+        <v>339</v>
       </c>
       <c r="C299">
-        <v>76.152</v>
+        <v>13.44</v>
       </c>
       <c r="D299" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>461</v>
+        <v>340</v>
       </c>
       <c r="B300" t="s">
-        <v>462</v>
+        <v>341</v>
       </c>
       <c r="C300">
-        <v>76.98</v>
+        <v>13.512</v>
       </c>
       <c r="D300" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>463</v>
+        <v>342</v>
       </c>
       <c r="B301" t="s">
-        <v>464</v>
+        <v>343</v>
       </c>
       <c r="C301">
-        <v>78.996</v>
+        <v>13.74</v>
       </c>
       <c r="D301" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>9</v>
       </c>
       <c r="B302" t="s">
         <v>10</v>
       </c>
       <c r="C302">
         <v>1.8</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="B303" t="s">
-        <v>123</v>
+        <v>20</v>
       </c>
       <c r="C303">
-        <v>5.124</v>
+        <v>3.156</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>148</v>
+        <v>21</v>
       </c>
       <c r="B304" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="C304">
-        <v>5.412</v>
+        <v>3.204</v>
       </c>
       <c r="D304" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>164</v>
+        <v>24</v>
       </c>
       <c r="B305" t="s">
-        <v>165</v>
+        <v>25</v>
       </c>
       <c r="C305">
-        <v>5.76</v>
+        <v>3.204</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>217</v>
+        <v>26</v>
       </c>
       <c r="B306" t="s">
-        <v>218</v>
+        <v>27</v>
       </c>
       <c r="C306">
-        <v>6.708</v>
+        <v>3.36</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>259</v>
+        <v>28</v>
       </c>
       <c r="B307" t="s">
-        <v>260</v>
+        <v>29</v>
       </c>
       <c r="C307">
-        <v>8.832</v>
+        <v>3.36</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>271</v>
+        <v>30</v>
       </c>
       <c r="B308" t="s">
-        <v>272</v>
+        <v>31</v>
       </c>
       <c r="C308">
-        <v>9.408</v>
+        <v>3.36</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>305</v>
+        <v>36</v>
       </c>
       <c r="B309" t="s">
-        <v>306</v>
+        <v>37</v>
       </c>
       <c r="C309">
-        <v>11.652</v>
+        <v>3.372</v>
       </c>
       <c r="D309" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>315</v>
+        <v>45</v>
       </c>
       <c r="B310" t="s">
-        <v>316</v>
+        <v>46</v>
       </c>
       <c r="C310">
-        <v>12.528</v>
+        <v>3.792</v>
       </c>
       <c r="D310" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>317</v>
+        <v>55</v>
       </c>
       <c r="B311" t="s">
-        <v>318</v>
+        <v>56</v>
       </c>
       <c r="C311">
-        <v>12.528</v>
+        <v>3.984</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>325</v>
+        <v>65</v>
       </c>
       <c r="B312" t="s">
-        <v>326</v>
+        <v>66</v>
       </c>
       <c r="C312">
-        <v>12.84</v>
+        <v>4.176</v>
       </c>
       <c r="D312" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>327</v>
+        <v>89</v>
       </c>
       <c r="B313" t="s">
-        <v>328</v>
+        <v>90</v>
       </c>
       <c r="C313">
-        <v>12.84</v>
+        <v>4.86</v>
       </c>
       <c r="D313" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>329</v>
+        <v>99</v>
       </c>
       <c r="B314" t="s">
-        <v>330</v>
+        <v>100</v>
       </c>
       <c r="C314">
-        <v>12.84</v>
+        <v>5.124</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>331</v>
+        <v>117</v>
       </c>
       <c r="B315" t="s">
-        <v>332</v>
+        <v>118</v>
       </c>
       <c r="C315">
-        <v>12.84</v>
+        <v>5.412</v>
       </c>
       <c r="D315" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>339</v>
+        <v>121</v>
       </c>
       <c r="B316" t="s">
-        <v>340</v>
+        <v>122</v>
       </c>
       <c r="C316">
-        <v>13.044</v>
+        <v>5.484</v>
       </c>
       <c r="D316" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>341</v>
+        <v>131</v>
       </c>
       <c r="B317" t="s">
-        <v>342</v>
+        <v>132</v>
       </c>
       <c r="C317">
-        <v>13.044</v>
+        <v>5.736</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>371</v>
+        <v>133</v>
       </c>
       <c r="B318" t="s">
-        <v>372</v>
+        <v>134</v>
       </c>
       <c r="C318">
-        <v>19.2</v>
+        <v>5.76</v>
       </c>
       <c r="D318" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>381</v>
+        <v>135</v>
       </c>
       <c r="B319" t="s">
-        <v>382</v>
+        <v>136</v>
       </c>
       <c r="C319">
-        <v>26.328</v>
+        <v>5.832</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>395</v>
+        <v>147</v>
       </c>
       <c r="B320" t="s">
-        <v>396</v>
+        <v>148</v>
       </c>
       <c r="C320">
-        <v>34.992</v>
+        <v>6.132</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>399</v>
+        <v>149</v>
       </c>
       <c r="B321" t="s">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="C321">
-        <v>35.736</v>
+        <v>6.132</v>
       </c>
       <c r="D321" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>415</v>
+        <v>153</v>
       </c>
       <c r="B322" t="s">
-        <v>416</v>
+        <v>154</v>
       </c>
       <c r="C322">
-        <v>54.612</v>
+        <v>6.252</v>
       </c>
       <c r="D322" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>419</v>
+        <v>162</v>
       </c>
       <c r="B323" t="s">
-        <v>420</v>
+        <v>163</v>
       </c>
       <c r="C323">
-        <v>57.6</v>
+        <v>6.348</v>
       </c>
       <c r="D323" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>423</v>
+        <v>166</v>
       </c>
       <c r="B324" t="s">
-        <v>424</v>
+        <v>167</v>
       </c>
       <c r="C324">
-        <v>58.992</v>
+        <v>6.432</v>
       </c>
       <c r="D324" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>425</v>
+        <v>168</v>
       </c>
       <c r="B325" t="s">
-        <v>426</v>
+        <v>169</v>
       </c>
       <c r="C325">
-        <v>58.992</v>
+        <v>6.516</v>
       </c>
       <c r="D325" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>427</v>
+        <v>174</v>
       </c>
       <c r="B326" t="s">
-        <v>428</v>
+        <v>175</v>
       </c>
       <c r="C326">
-        <v>60.84</v>
+        <v>6.6</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>429</v>
+        <v>176</v>
       </c>
       <c r="B327" t="s">
-        <v>430</v>
+        <v>177</v>
       </c>
       <c r="C327">
-        <v>60.84</v>
+        <v>6.6</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>435</v>
+        <v>182</v>
       </c>
       <c r="B328" t="s">
-        <v>436</v>
+        <v>183</v>
       </c>
       <c r="C328">
-        <v>65.952</v>
+        <v>6.624</v>
       </c>
       <c r="D328" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>449</v>
+        <v>186</v>
       </c>
       <c r="B329" t="s">
-        <v>450</v>
+        <v>187</v>
       </c>
       <c r="C329">
-        <v>71.064</v>
+        <v>6.684</v>
       </c>
       <c r="D329" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>451</v>
+        <v>188</v>
       </c>
       <c r="B330" t="s">
-        <v>452</v>
+        <v>189</v>
       </c>
       <c r="C330">
-        <v>71.064</v>
+        <v>6.708</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>453</v>
+        <v>192</v>
       </c>
       <c r="B331" t="s">
-        <v>454</v>
+        <v>193</v>
       </c>
       <c r="C331">
-        <v>73.692</v>
+        <v>6.96</v>
       </c>
       <c r="D331" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>461</v>
+        <v>196</v>
       </c>
       <c r="B332" t="s">
-        <v>462</v>
+        <v>197</v>
       </c>
       <c r="C332">
-        <v>76.98</v>
+        <v>7.032</v>
       </c>
       <c r="D332" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>465</v>
+        <v>198</v>
       </c>
       <c r="B333" t="s">
-        <v>466</v>
+        <v>199</v>
       </c>
       <c r="C333">
-        <v>78.996</v>
+        <v>7.056</v>
       </c>
       <c r="D333" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>467</v>
+        <v>200</v>
       </c>
       <c r="B334" t="s">
-        <v>468</v>
+        <v>201</v>
       </c>
       <c r="C334">
-        <v>81.3</v>
+        <v>7.056</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>469</v>
+        <v>206</v>
       </c>
       <c r="B335" t="s">
-        <v>470</v>
+        <v>207</v>
       </c>
       <c r="C335">
-        <v>88.992</v>
+        <v>7.26</v>
       </c>
       <c r="D335" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>471</v>
+        <v>208</v>
       </c>
       <c r="B336" t="s">
-        <v>472</v>
+        <v>209</v>
       </c>
       <c r="C336">
-        <v>91.344</v>
+        <v>7.284</v>
       </c>
       <c r="D336" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>473</v>
+        <v>210</v>
       </c>
       <c r="B337" t="s">
-        <v>474</v>
+        <v>211</v>
       </c>
       <c r="C337">
-        <v>95.592</v>
+        <v>7.524</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>475</v>
+        <v>214</v>
       </c>
       <c r="B338" t="s">
-        <v>476</v>
+        <v>215</v>
       </c>
       <c r="C338">
-        <v>96.96</v>
+        <v>7.548</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>477</v>
+        <v>218</v>
       </c>
       <c r="B339" t="s">
-        <v>478</v>
+        <v>219</v>
       </c>
       <c r="C339">
-        <v>111.264</v>
+        <v>7.596</v>
       </c>
       <c r="D339" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>479</v>
+        <v>220</v>
       </c>
       <c r="B340" t="s">
-        <v>480</v>
+        <v>221</v>
       </c>
       <c r="C340">
-        <v>147.0</v>
+        <v>7.716</v>
       </c>
       <c r="D340" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>481</v>
+        <v>222</v>
       </c>
       <c r="B341" t="s">
-        <v>482</v>
+        <v>223</v>
       </c>
       <c r="C341">
-        <v>147.0</v>
+        <v>7.764</v>
       </c>
       <c r="D341" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>483</v>
+        <v>224</v>
       </c>
       <c r="B342" t="s">
-        <v>484</v>
+        <v>225</v>
       </c>
       <c r="C342">
-        <v>150.324</v>
+        <v>8.112</v>
       </c>
       <c r="D342" t="s">
-        <v>6</v>
+        <v>226</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>485</v>
+        <v>227</v>
       </c>
       <c r="B343" t="s">
-        <v>486</v>
+        <v>228</v>
       </c>
       <c r="C343">
-        <v>155.448</v>
+        <v>8.208</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>487</v>
+        <v>229</v>
       </c>
       <c r="B344" t="s">
-        <v>488</v>
+        <v>230</v>
       </c>
       <c r="C344">
-        <v>162.588</v>
+        <v>8.316</v>
       </c>
       <c r="D344" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>489</v>
+        <v>231</v>
       </c>
       <c r="B345" t="s">
-        <v>490</v>
+        <v>232</v>
       </c>
       <c r="C345">
-        <v>163.2</v>
+        <v>8.544</v>
       </c>
       <c r="D345" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>491</v>
+        <v>233</v>
       </c>
       <c r="B346" t="s">
-        <v>492</v>
+        <v>234</v>
       </c>
       <c r="C346">
-        <v>230.04</v>
+        <v>8.688</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>493</v>
+        <v>235</v>
       </c>
       <c r="B347" t="s">
-        <v>494</v>
+        <v>236</v>
       </c>
       <c r="C347">
-        <v>244.812</v>
+        <v>8.832</v>
       </c>
       <c r="D347" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>495</v>
+        <v>237</v>
       </c>
       <c r="B348" t="s">
-        <v>496</v>
+        <v>238</v>
       </c>
       <c r="C348">
-        <v>260.292</v>
+        <v>8.892</v>
       </c>
       <c r="D348" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>497</v>
+        <v>239</v>
       </c>
       <c r="B349" t="s">
-        <v>498</v>
+        <v>240</v>
       </c>
       <c r="C349">
-        <v>336.84</v>
+        <v>8.892</v>
       </c>
       <c r="D349" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>499</v>
+        <v>241</v>
       </c>
       <c r="B350" t="s">
-        <v>500</v>
+        <v>242</v>
       </c>
       <c r="C350">
-        <v>382.356</v>
+        <v>8.916</v>
       </c>
       <c r="D350" t="s">
-        <v>107</v>
+        <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>501</v>
+        <v>243</v>
       </c>
       <c r="B351" t="s">
-        <v>502</v>
+        <v>244</v>
       </c>
       <c r="C351">
-        <v>583.08</v>
+        <v>9.204</v>
       </c>
       <c r="D351" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>503</v>
+        <v>245</v>
       </c>
       <c r="B352" t="s">
-        <v>504</v>
+        <v>246</v>
       </c>
       <c r="C352">
-        <v>643.716</v>
+        <v>9.372</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
+        <v>247</v>
+      </c>
+      <c r="B353" t="s">
+        <v>248</v>
+      </c>
+      <c r="C353">
+        <v>9.432</v>
+      </c>
+      <c r="D353" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4">
+      <c r="A354" t="s">
+        <v>249</v>
+      </c>
+      <c r="B354" t="s">
+        <v>250</v>
+      </c>
+      <c r="C354">
+        <v>9.48</v>
+      </c>
+      <c r="D354" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4">
+      <c r="A355" t="s">
+        <v>251</v>
+      </c>
+      <c r="B355" t="s">
+        <v>252</v>
+      </c>
+      <c r="C355">
+        <v>9.684</v>
+      </c>
+      <c r="D355" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356" t="s">
+        <v>253</v>
+      </c>
+      <c r="B356" t="s">
+        <v>254</v>
+      </c>
+      <c r="C356">
+        <v>9.768</v>
+      </c>
+      <c r="D356" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4">
+      <c r="A357" t="s">
+        <v>257</v>
+      </c>
+      <c r="B357" t="s">
+        <v>258</v>
+      </c>
+      <c r="C357">
+        <v>9.78</v>
+      </c>
+      <c r="D357" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4">
+      <c r="A358" t="s">
+        <v>259</v>
+      </c>
+      <c r="B358" t="s">
+        <v>260</v>
+      </c>
+      <c r="C358">
+        <v>9.78</v>
+      </c>
+      <c r="D358" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4">
+      <c r="A359" t="s">
+        <v>261</v>
+      </c>
+      <c r="B359" t="s">
+        <v>262</v>
+      </c>
+      <c r="C359">
+        <v>9.816</v>
+      </c>
+      <c r="D359" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" t="s">
+        <v>265</v>
+      </c>
+      <c r="B360" t="s">
+        <v>266</v>
+      </c>
+      <c r="C360">
+        <v>9.948</v>
+      </c>
+      <c r="D360" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4">
+      <c r="A361" t="s">
+        <v>267</v>
+      </c>
+      <c r="B361" t="s">
+        <v>268</v>
+      </c>
+      <c r="C361">
+        <v>10.116</v>
+      </c>
+      <c r="D361" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4">
+      <c r="A362" t="s">
+        <v>269</v>
+      </c>
+      <c r="B362" t="s">
+        <v>270</v>
+      </c>
+      <c r="C362">
+        <v>10.152</v>
+      </c>
+      <c r="D362" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4">
+      <c r="A363" t="s">
+        <v>271</v>
+      </c>
+      <c r="B363" t="s">
+        <v>272</v>
+      </c>
+      <c r="C363">
+        <v>10.284</v>
+      </c>
+      <c r="D363" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4">
+      <c r="A364" t="s">
+        <v>273</v>
+      </c>
+      <c r="B364" t="s">
+        <v>274</v>
+      </c>
+      <c r="C364">
+        <v>10.32</v>
+      </c>
+      <c r="D364" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4">
+      <c r="A365" t="s">
+        <v>275</v>
+      </c>
+      <c r="B365" t="s">
+        <v>276</v>
+      </c>
+      <c r="C365">
+        <v>10.464</v>
+      </c>
+      <c r="D365" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4">
+      <c r="A366" t="s">
+        <v>277</v>
+      </c>
+      <c r="B366" t="s">
+        <v>278</v>
+      </c>
+      <c r="C366">
+        <v>10.68</v>
+      </c>
+      <c r="D366" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4">
+      <c r="A367" t="s">
+        <v>279</v>
+      </c>
+      <c r="B367" t="s">
+        <v>280</v>
+      </c>
+      <c r="C367">
+        <v>10.716</v>
+      </c>
+      <c r="D367" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4">
+      <c r="A368" t="s">
+        <v>281</v>
+      </c>
+      <c r="B368" t="s">
+        <v>282</v>
+      </c>
+      <c r="C368">
+        <v>10.872</v>
+      </c>
+      <c r="D368" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4">
+      <c r="A369" t="s">
+        <v>283</v>
+      </c>
+      <c r="B369" t="s">
+        <v>284</v>
+      </c>
+      <c r="C369">
+        <v>11.1</v>
+      </c>
+      <c r="D369" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" t="s">
+        <v>283</v>
+      </c>
+      <c r="B370" t="s">
+        <v>285</v>
+      </c>
+      <c r="C370">
+        <v>11.1</v>
+      </c>
+      <c r="D370" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" t="s">
+        <v>283</v>
+      </c>
+      <c r="B371" t="s">
+        <v>286</v>
+      </c>
+      <c r="C371">
+        <v>11.376</v>
+      </c>
+      <c r="D371" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4">
+      <c r="A372" t="s">
+        <v>283</v>
+      </c>
+      <c r="B372" t="s">
+        <v>287</v>
+      </c>
+      <c r="C372">
+        <v>11.376</v>
+      </c>
+      <c r="D372" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4">
+      <c r="A373" t="s">
+        <v>283</v>
+      </c>
+      <c r="B373" t="s">
+        <v>288</v>
+      </c>
+      <c r="C373">
+        <v>11.376</v>
+      </c>
+      <c r="D373" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4">
+      <c r="A374" t="s">
+        <v>289</v>
+      </c>
+      <c r="B374" t="s">
+        <v>290</v>
+      </c>
+      <c r="C374">
+        <v>11.484</v>
+      </c>
+      <c r="D374" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4">
+      <c r="A375" t="s">
+        <v>291</v>
+      </c>
+      <c r="B375" t="s">
+        <v>292</v>
+      </c>
+      <c r="C375">
+        <v>11.652</v>
+      </c>
+      <c r="D375" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4">
+      <c r="A376" t="s">
+        <v>293</v>
+      </c>
+      <c r="B376" t="s">
+        <v>294</v>
+      </c>
+      <c r="C376">
+        <v>11.76</v>
+      </c>
+      <c r="D376" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4">
+      <c r="A377" t="s">
+        <v>297</v>
+      </c>
+      <c r="B377" t="s">
+        <v>298</v>
+      </c>
+      <c r="C377">
+        <v>12.0</v>
+      </c>
+      <c r="D377" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4">
+      <c r="A378" t="s">
+        <v>299</v>
+      </c>
+      <c r="B378" t="s">
+        <v>300</v>
+      </c>
+      <c r="C378">
+        <v>12.0</v>
+      </c>
+      <c r="D378" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4">
+      <c r="A379" t="s">
+        <v>301</v>
+      </c>
+      <c r="B379" t="s">
+        <v>302</v>
+      </c>
+      <c r="C379">
+        <v>12.0</v>
+      </c>
+      <c r="D379" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4">
+      <c r="A380" t="s">
+        <v>303</v>
+      </c>
+      <c r="B380" t="s">
+        <v>304</v>
+      </c>
+      <c r="C380">
+        <v>12.168</v>
+      </c>
+      <c r="D380" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4">
+      <c r="A381" t="s">
+        <v>305</v>
+      </c>
+      <c r="B381" t="s">
+        <v>306</v>
+      </c>
+      <c r="C381">
+        <v>12.252</v>
+      </c>
+      <c r="D381" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4">
+      <c r="A382" t="s">
+        <v>309</v>
+      </c>
+      <c r="B382" t="s">
+        <v>310</v>
+      </c>
+      <c r="C382">
+        <v>12.66</v>
+      </c>
+      <c r="D382" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4">
+      <c r="A383" t="s">
+        <v>311</v>
+      </c>
+      <c r="B383" t="s">
+        <v>312</v>
+      </c>
+      <c r="C383">
+        <v>12.756</v>
+      </c>
+      <c r="D383" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" t="s">
+        <v>313</v>
+      </c>
+      <c r="B384" t="s">
+        <v>314</v>
+      </c>
+      <c r="C384">
+        <v>12.84</v>
+      </c>
+      <c r="D384" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" t="s">
+        <v>315</v>
+      </c>
+      <c r="B385" t="s">
+        <v>316</v>
+      </c>
+      <c r="C385">
+        <v>12.84</v>
+      </c>
+      <c r="D385" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" t="s">
+        <v>317</v>
+      </c>
+      <c r="B386" t="s">
+        <v>318</v>
+      </c>
+      <c r="C386">
+        <v>12.84</v>
+      </c>
+      <c r="D386" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" t="s">
+        <v>319</v>
+      </c>
+      <c r="B387" t="s">
+        <v>320</v>
+      </c>
+      <c r="C387">
+        <v>12.84</v>
+      </c>
+      <c r="D387" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" t="s">
+        <v>321</v>
+      </c>
+      <c r="B388" t="s">
+        <v>322</v>
+      </c>
+      <c r="C388">
+        <v>12.852</v>
+      </c>
+      <c r="D388" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" t="s">
+        <v>323</v>
+      </c>
+      <c r="B389" t="s">
+        <v>324</v>
+      </c>
+      <c r="C389">
+        <v>12.852</v>
+      </c>
+      <c r="D389" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" t="s">
+        <v>332</v>
+      </c>
+      <c r="B390" t="s">
+        <v>333</v>
+      </c>
+      <c r="C390">
+        <v>13.044</v>
+      </c>
+      <c r="D390" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" t="s">
+        <v>334</v>
+      </c>
+      <c r="B391" t="s">
+        <v>335</v>
+      </c>
+      <c r="C391">
+        <v>13.092</v>
+      </c>
+      <c r="D391" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" t="s">
+        <v>336</v>
+      </c>
+      <c r="B392" t="s">
+        <v>337</v>
+      </c>
+      <c r="C392">
+        <v>13.092</v>
+      </c>
+      <c r="D392" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" t="s">
+        <v>338</v>
+      </c>
+      <c r="B393" t="s">
+        <v>339</v>
+      </c>
+      <c r="C393">
+        <v>13.44</v>
+      </c>
+      <c r="D393" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" t="s">
+        <v>340</v>
+      </c>
+      <c r="B394" t="s">
+        <v>341</v>
+      </c>
+      <c r="C394">
+        <v>13.512</v>
+      </c>
+      <c r="D394" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" t="s">
+        <v>344</v>
+      </c>
+      <c r="B395" t="s">
+        <v>345</v>
+      </c>
+      <c r="C395">
+        <v>13.74</v>
+      </c>
+      <c r="D395" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" t="s">
+        <v>346</v>
+      </c>
+      <c r="B396" t="s">
+        <v>347</v>
+      </c>
+      <c r="C396">
+        <v>13.812</v>
+      </c>
+      <c r="D396" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" t="s">
+        <v>348</v>
+      </c>
+      <c r="B397" t="s">
+        <v>349</v>
+      </c>
+      <c r="C397">
+        <v>13.872</v>
+      </c>
+      <c r="D397" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" t="s">
+        <v>350</v>
+      </c>
+      <c r="B398" t="s">
+        <v>351</v>
+      </c>
+      <c r="C398">
+        <v>14.268</v>
+      </c>
+      <c r="D398" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" t="s">
+        <v>352</v>
+      </c>
+      <c r="B399" t="s">
+        <v>353</v>
+      </c>
+      <c r="C399">
+        <v>14.64</v>
+      </c>
+      <c r="D399" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" t="s">
+        <v>354</v>
+      </c>
+      <c r="B400" t="s">
+        <v>355</v>
+      </c>
+      <c r="C400">
+        <v>14.736</v>
+      </c>
+      <c r="D400" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" t="s">
+        <v>356</v>
+      </c>
+      <c r="B401" t="s">
+        <v>357</v>
+      </c>
+      <c r="C401">
+        <v>14.796</v>
+      </c>
+      <c r="D401" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" t="s">
+        <v>9</v>
+      </c>
+      <c r="B402" t="s">
+        <v>10</v>
+      </c>
+      <c r="C402">
+        <v>1.8</v>
+      </c>
+      <c r="D402" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" t="s">
+        <v>30</v>
+      </c>
+      <c r="B403" t="s">
+        <v>31</v>
+      </c>
+      <c r="C403">
+        <v>3.36</v>
+      </c>
+      <c r="D403" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" t="s">
+        <v>36</v>
+      </c>
+      <c r="B404" t="s">
+        <v>37</v>
+      </c>
+      <c r="C404">
+        <v>3.372</v>
+      </c>
+      <c r="D404" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" t="s">
+        <v>99</v>
+      </c>
+      <c r="B405" t="s">
+        <v>100</v>
+      </c>
+      <c r="C405">
+        <v>5.124</v>
+      </c>
+      <c r="D405" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" t="s">
+        <v>117</v>
+      </c>
+      <c r="B406" t="s">
+        <v>118</v>
+      </c>
+      <c r="C406">
+        <v>5.412</v>
+      </c>
+      <c r="D406" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" t="s">
+        <v>121</v>
+      </c>
+      <c r="B407" t="s">
+        <v>122</v>
+      </c>
+      <c r="C407">
+        <v>5.484</v>
+      </c>
+      <c r="D407" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" t="s">
+        <v>133</v>
+      </c>
+      <c r="B408" t="s">
+        <v>134</v>
+      </c>
+      <c r="C408">
+        <v>5.76</v>
+      </c>
+      <c r="D408" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" t="s">
+        <v>135</v>
+      </c>
+      <c r="B409" t="s">
+        <v>136</v>
+      </c>
+      <c r="C409">
+        <v>5.832</v>
+      </c>
+      <c r="D409" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" t="s">
+        <v>149</v>
+      </c>
+      <c r="B410" t="s">
+        <v>150</v>
+      </c>
+      <c r="C410">
+        <v>6.132</v>
+      </c>
+      <c r="D410" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" t="s">
+        <v>153</v>
+      </c>
+      <c r="B411" t="s">
+        <v>154</v>
+      </c>
+      <c r="C411">
+        <v>6.252</v>
+      </c>
+      <c r="D411" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" t="s">
+        <v>162</v>
+      </c>
+      <c r="B412" t="s">
+        <v>163</v>
+      </c>
+      <c r="C412">
+        <v>6.348</v>
+      </c>
+      <c r="D412" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" t="s">
+        <v>166</v>
+      </c>
+      <c r="B413" t="s">
+        <v>167</v>
+      </c>
+      <c r="C413">
+        <v>6.432</v>
+      </c>
+      <c r="D413" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" t="s">
+        <v>168</v>
+      </c>
+      <c r="B414" t="s">
+        <v>169</v>
+      </c>
+      <c r="C414">
+        <v>6.516</v>
+      </c>
+      <c r="D414" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" t="s">
+        <v>176</v>
+      </c>
+      <c r="B415" t="s">
+        <v>177</v>
+      </c>
+      <c r="C415">
+        <v>6.6</v>
+      </c>
+      <c r="D415" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" t="s">
+        <v>188</v>
+      </c>
+      <c r="B416" t="s">
+        <v>189</v>
+      </c>
+      <c r="C416">
+        <v>6.708</v>
+      </c>
+      <c r="D416" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" t="s">
+        <v>196</v>
+      </c>
+      <c r="B417" t="s">
+        <v>197</v>
+      </c>
+      <c r="C417">
+        <v>7.032</v>
+      </c>
+      <c r="D417" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" t="s">
+        <v>208</v>
+      </c>
+      <c r="B418" t="s">
+        <v>209</v>
+      </c>
+      <c r="C418">
+        <v>7.284</v>
+      </c>
+      <c r="D418" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" t="s">
+        <v>214</v>
+      </c>
+      <c r="B419" t="s">
+        <v>215</v>
+      </c>
+      <c r="C419">
+        <v>7.548</v>
+      </c>
+      <c r="D419" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" t="s">
+        <v>229</v>
+      </c>
+      <c r="B420" t="s">
+        <v>230</v>
+      </c>
+      <c r="C420">
+        <v>8.316</v>
+      </c>
+      <c r="D420" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" t="s">
+        <v>233</v>
+      </c>
+      <c r="B421" t="s">
+        <v>234</v>
+      </c>
+      <c r="C421">
+        <v>8.688</v>
+      </c>
+      <c r="D421" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" t="s">
+        <v>235</v>
+      </c>
+      <c r="B422" t="s">
+        <v>236</v>
+      </c>
+      <c r="C422">
+        <v>8.832</v>
+      </c>
+      <c r="D422" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" t="s">
+        <v>241</v>
+      </c>
+      <c r="B423" t="s">
+        <v>242</v>
+      </c>
+      <c r="C423">
+        <v>8.916</v>
+      </c>
+      <c r="D423" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" t="s">
+        <v>247</v>
+      </c>
+      <c r="B424" t="s">
+        <v>248</v>
+      </c>
+      <c r="C424">
+        <v>9.432</v>
+      </c>
+      <c r="D424" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" t="s">
+        <v>249</v>
+      </c>
+      <c r="B425" t="s">
+        <v>250</v>
+      </c>
+      <c r="C425">
+        <v>9.48</v>
+      </c>
+      <c r="D425" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" t="s">
+        <v>251</v>
+      </c>
+      <c r="B426" t="s">
+        <v>252</v>
+      </c>
+      <c r="C426">
+        <v>9.684</v>
+      </c>
+      <c r="D426" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" t="s">
+        <v>253</v>
+      </c>
+      <c r="B427" t="s">
+        <v>254</v>
+      </c>
+      <c r="C427">
+        <v>9.768</v>
+      </c>
+      <c r="D427" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" t="s">
+        <v>261</v>
+      </c>
+      <c r="B428" t="s">
+        <v>262</v>
+      </c>
+      <c r="C428">
+        <v>9.816</v>
+      </c>
+      <c r="D428" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" t="s">
+        <v>265</v>
+      </c>
+      <c r="B429" t="s">
+        <v>266</v>
+      </c>
+      <c r="C429">
+        <v>9.948</v>
+      </c>
+      <c r="D429" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" t="s">
+        <v>267</v>
+      </c>
+      <c r="B430" t="s">
+        <v>268</v>
+      </c>
+      <c r="C430">
+        <v>10.116</v>
+      </c>
+      <c r="D430" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" t="s">
+        <v>271</v>
+      </c>
+      <c r="B431" t="s">
+        <v>272</v>
+      </c>
+      <c r="C431">
+        <v>10.284</v>
+      </c>
+      <c r="D431" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" t="s">
+        <v>273</v>
+      </c>
+      <c r="B432" t="s">
+        <v>274</v>
+      </c>
+      <c r="C432">
+        <v>10.32</v>
+      </c>
+      <c r="D432" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" t="s">
+        <v>279</v>
+      </c>
+      <c r="B433" t="s">
+        <v>280</v>
+      </c>
+      <c r="C433">
+        <v>10.716</v>
+      </c>
+      <c r="D433" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" t="s">
+        <v>281</v>
+      </c>
+      <c r="B434" t="s">
+        <v>282</v>
+      </c>
+      <c r="C434">
+        <v>10.872</v>
+      </c>
+      <c r="D434" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" t="s">
+        <v>283</v>
+      </c>
+      <c r="B435" t="s">
+        <v>284</v>
+      </c>
+      <c r="C435">
+        <v>11.1</v>
+      </c>
+      <c r="D435" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" t="s">
+        <v>283</v>
+      </c>
+      <c r="B436" t="s">
+        <v>285</v>
+      </c>
+      <c r="C436">
+        <v>11.1</v>
+      </c>
+      <c r="D436" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" t="s">
+        <v>283</v>
+      </c>
+      <c r="B437" t="s">
+        <v>286</v>
+      </c>
+      <c r="C437">
+        <v>11.376</v>
+      </c>
+      <c r="D437" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" t="s">
+        <v>283</v>
+      </c>
+      <c r="B438" t="s">
+        <v>287</v>
+      </c>
+      <c r="C438">
+        <v>11.376</v>
+      </c>
+      <c r="D438" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" t="s">
+        <v>283</v>
+      </c>
+      <c r="B439" t="s">
+        <v>288</v>
+      </c>
+      <c r="C439">
+        <v>11.376</v>
+      </c>
+      <c r="D439" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" t="s">
+        <v>289</v>
+      </c>
+      <c r="B440" t="s">
+        <v>290</v>
+      </c>
+      <c r="C440">
+        <v>11.484</v>
+      </c>
+      <c r="D440" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" t="s">
+        <v>291</v>
+      </c>
+      <c r="B441" t="s">
+        <v>292</v>
+      </c>
+      <c r="C441">
+        <v>11.652</v>
+      </c>
+      <c r="D441" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" t="s">
+        <v>301</v>
+      </c>
+      <c r="B442" t="s">
+        <v>302</v>
+      </c>
+      <c r="C442">
+        <v>12.0</v>
+      </c>
+      <c r="D442" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" t="s">
+        <v>303</v>
+      </c>
+      <c r="B443" t="s">
+        <v>304</v>
+      </c>
+      <c r="C443">
+        <v>12.168</v>
+      </c>
+      <c r="D443" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4">
+      <c r="A444" t="s">
+        <v>305</v>
+      </c>
+      <c r="B444" t="s">
+        <v>306</v>
+      </c>
+      <c r="C444">
+        <v>12.252</v>
+      </c>
+      <c r="D444" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4">
+      <c r="A445" t="s">
+        <v>311</v>
+      </c>
+      <c r="B445" t="s">
+        <v>312</v>
+      </c>
+      <c r="C445">
+        <v>12.756</v>
+      </c>
+      <c r="D445" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4">
+      <c r="A446" t="s">
+        <v>313</v>
+      </c>
+      <c r="B446" t="s">
+        <v>314</v>
+      </c>
+      <c r="C446">
+        <v>12.84</v>
+      </c>
+      <c r="D446" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4">
+      <c r="A447" t="s">
+        <v>315</v>
+      </c>
+      <c r="B447" t="s">
+        <v>316</v>
+      </c>
+      <c r="C447">
+        <v>12.84</v>
+      </c>
+      <c r="D447" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4">
+      <c r="A448" t="s">
+        <v>317</v>
+      </c>
+      <c r="B448" t="s">
+        <v>318</v>
+      </c>
+      <c r="C448">
+        <v>12.84</v>
+      </c>
+      <c r="D448" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4">
+      <c r="A449" t="s">
+        <v>319</v>
+      </c>
+      <c r="B449" t="s">
+        <v>320</v>
+      </c>
+      <c r="C449">
+        <v>12.84</v>
+      </c>
+      <c r="D449" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4">
+      <c r="A450" t="s">
+        <v>321</v>
+      </c>
+      <c r="B450" t="s">
+        <v>322</v>
+      </c>
+      <c r="C450">
+        <v>12.852</v>
+      </c>
+      <c r="D450" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4">
+      <c r="A451" t="s">
+        <v>323</v>
+      </c>
+      <c r="B451" t="s">
+        <v>324</v>
+      </c>
+      <c r="C451">
+        <v>12.852</v>
+      </c>
+      <c r="D451" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4">
+      <c r="A452" t="s">
+        <v>334</v>
+      </c>
+      <c r="B452" t="s">
+        <v>335</v>
+      </c>
+      <c r="C452">
+        <v>13.092</v>
+      </c>
+      <c r="D452" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4">
+      <c r="A453" t="s">
+        <v>336</v>
+      </c>
+      <c r="B453" t="s">
+        <v>337</v>
+      </c>
+      <c r="C453">
+        <v>13.092</v>
+      </c>
+      <c r="D453" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4">
+      <c r="A454" t="s">
+        <v>346</v>
+      </c>
+      <c r="B454" t="s">
+        <v>347</v>
+      </c>
+      <c r="C454">
+        <v>13.812</v>
+      </c>
+      <c r="D454" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
+      <c r="A455" t="s">
+        <v>352</v>
+      </c>
+      <c r="B455" t="s">
+        <v>353</v>
+      </c>
+      <c r="C455">
+        <v>14.64</v>
+      </c>
+      <c r="D455" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4">
+      <c r="A456" t="s">
+        <v>358</v>
+      </c>
+      <c r="B456" t="s">
+        <v>359</v>
+      </c>
+      <c r="C456">
+        <v>15.072</v>
+      </c>
+      <c r="D456" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4">
+      <c r="A457" t="s">
+        <v>360</v>
+      </c>
+      <c r="B457" t="s">
+        <v>361</v>
+      </c>
+      <c r="C457">
+        <v>15.648</v>
+      </c>
+      <c r="D457" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4">
+      <c r="A458" t="s">
+        <v>362</v>
+      </c>
+      <c r="B458" t="s">
+        <v>363</v>
+      </c>
+      <c r="C458">
+        <v>16.2</v>
+      </c>
+      <c r="D458" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4">
+      <c r="A459" t="s">
+        <v>364</v>
+      </c>
+      <c r="B459" t="s">
+        <v>365</v>
+      </c>
+      <c r="C459">
+        <v>16.356</v>
+      </c>
+      <c r="D459" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
+      <c r="A460" t="s">
+        <v>366</v>
+      </c>
+      <c r="B460" t="s">
+        <v>367</v>
+      </c>
+      <c r="C460">
+        <v>16.44</v>
+      </c>
+      <c r="D460" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4">
+      <c r="A461" t="s">
+        <v>368</v>
+      </c>
+      <c r="B461" t="s">
+        <v>369</v>
+      </c>
+      <c r="C461">
+        <v>16.44</v>
+      </c>
+      <c r="D461" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4">
+      <c r="A462" t="s">
+        <v>370</v>
+      </c>
+      <c r="B462" t="s">
+        <v>371</v>
+      </c>
+      <c r="C462">
+        <v>16.44</v>
+      </c>
+      <c r="D462" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4">
+      <c r="A463" t="s">
+        <v>372</v>
+      </c>
+      <c r="B463" t="s">
+        <v>373</v>
+      </c>
+      <c r="C463">
+        <v>16.452</v>
+      </c>
+      <c r="D463" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4">
+      <c r="A464" t="s">
+        <v>374</v>
+      </c>
+      <c r="B464" t="s">
+        <v>375</v>
+      </c>
+      <c r="C464">
+        <v>16.488</v>
+      </c>
+      <c r="D464" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4">
+      <c r="A465" t="s">
+        <v>376</v>
+      </c>
+      <c r="B465" t="s">
+        <v>377</v>
+      </c>
+      <c r="C465">
+        <v>16.62</v>
+      </c>
+      <c r="D465" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4">
+      <c r="A466" t="s">
+        <v>378</v>
+      </c>
+      <c r="B466" t="s">
+        <v>379</v>
+      </c>
+      <c r="C466">
+        <v>16.62</v>
+      </c>
+      <c r="D466" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4">
+      <c r="A467" t="s">
+        <v>380</v>
+      </c>
+      <c r="B467" t="s">
+        <v>381</v>
+      </c>
+      <c r="C467">
+        <v>17.652</v>
+      </c>
+      <c r="D467" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4">
+      <c r="A468" t="s">
+        <v>382</v>
+      </c>
+      <c r="B468" t="s">
+        <v>383</v>
+      </c>
+      <c r="C468">
+        <v>17.832</v>
+      </c>
+      <c r="D468" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4">
+      <c r="A469" t="s">
+        <v>384</v>
+      </c>
+      <c r="B469" t="s">
+        <v>385</v>
+      </c>
+      <c r="C469">
+        <v>18.0</v>
+      </c>
+      <c r="D469" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4">
+      <c r="A470" t="s">
+        <v>386</v>
+      </c>
+      <c r="B470" t="s">
+        <v>387</v>
+      </c>
+      <c r="C470">
+        <v>18.6</v>
+      </c>
+      <c r="D470" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4">
+      <c r="A471" t="s">
+        <v>388</v>
+      </c>
+      <c r="B471" t="s">
+        <v>389</v>
+      </c>
+      <c r="C471">
+        <v>19.2</v>
+      </c>
+      <c r="D471" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4">
+      <c r="A472" t="s">
+        <v>390</v>
+      </c>
+      <c r="B472" t="s">
+        <v>391</v>
+      </c>
+      <c r="C472">
+        <v>19.632</v>
+      </c>
+      <c r="D472" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473" t="s">
+        <v>392</v>
+      </c>
+      <c r="B473" t="s">
+        <v>393</v>
+      </c>
+      <c r="C473">
+        <v>19.632</v>
+      </c>
+      <c r="D473" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4">
+      <c r="A474" t="s">
+        <v>394</v>
+      </c>
+      <c r="B474" t="s">
+        <v>395</v>
+      </c>
+      <c r="C474">
+        <v>19.632</v>
+      </c>
+      <c r="D474" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4">
+      <c r="A475" t="s">
+        <v>396</v>
+      </c>
+      <c r="B475" t="s">
+        <v>397</v>
+      </c>
+      <c r="C475">
+        <v>19.944</v>
+      </c>
+      <c r="D475" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4">
+      <c r="A476" t="s">
+        <v>398</v>
+      </c>
+      <c r="B476" t="s">
+        <v>399</v>
+      </c>
+      <c r="C476">
+        <v>20.64</v>
+      </c>
+      <c r="D476" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4">
+      <c r="A477" t="s">
+        <v>400</v>
+      </c>
+      <c r="B477" t="s">
+        <v>401</v>
+      </c>
+      <c r="C477">
+        <v>22.092</v>
+      </c>
+      <c r="D477" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4">
+      <c r="A478" t="s">
+        <v>402</v>
+      </c>
+      <c r="B478" t="s">
+        <v>403</v>
+      </c>
+      <c r="C478">
+        <v>22.092</v>
+      </c>
+      <c r="D478" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4">
+      <c r="A479" t="s">
+        <v>404</v>
+      </c>
+      <c r="B479" t="s">
+        <v>405</v>
+      </c>
+      <c r="C479">
+        <v>23.148</v>
+      </c>
+      <c r="D479" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4">
+      <c r="A480" t="s">
+        <v>406</v>
+      </c>
+      <c r="B480" t="s">
+        <v>407</v>
+      </c>
+      <c r="C480">
+        <v>23.148</v>
+      </c>
+      <c r="D480" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4">
+      <c r="A481" t="s">
+        <v>408</v>
+      </c>
+      <c r="B481" t="s">
+        <v>409</v>
+      </c>
+      <c r="C481">
+        <v>24.036</v>
+      </c>
+      <c r="D481" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4">
+      <c r="A482" t="s">
+        <v>410</v>
+      </c>
+      <c r="B482" t="s">
+        <v>411</v>
+      </c>
+      <c r="C482">
+        <v>24.204</v>
+      </c>
+      <c r="D482" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4">
+      <c r="A483" t="s">
+        <v>412</v>
+      </c>
+      <c r="B483" t="s">
+        <v>413</v>
+      </c>
+      <c r="C483">
+        <v>25.056</v>
+      </c>
+      <c r="D483" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4">
+      <c r="A484" t="s">
+        <v>414</v>
+      </c>
+      <c r="B484" t="s">
+        <v>415</v>
+      </c>
+      <c r="C484">
+        <v>25.764</v>
+      </c>
+      <c r="D484" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4">
+      <c r="A485" t="s">
+        <v>416</v>
+      </c>
+      <c r="B485" t="s">
+        <v>417</v>
+      </c>
+      <c r="C485">
+        <v>27.0</v>
+      </c>
+      <c r="D485" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
+      <c r="A486" t="s">
+        <v>418</v>
+      </c>
+      <c r="B486" t="s">
+        <v>419</v>
+      </c>
+      <c r="C486">
+        <v>27.0</v>
+      </c>
+      <c r="D486" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4">
+      <c r="A487" t="s">
+        <v>420</v>
+      </c>
+      <c r="B487" t="s">
+        <v>421</v>
+      </c>
+      <c r="C487">
+        <v>27.612</v>
+      </c>
+      <c r="D487" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4">
+      <c r="A488" t="s">
+        <v>422</v>
+      </c>
+      <c r="B488" t="s">
+        <v>423</v>
+      </c>
+      <c r="C488">
+        <v>28.452</v>
+      </c>
+      <c r="D488" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4">
+      <c r="A489" t="s">
+        <v>424</v>
+      </c>
+      <c r="B489" t="s">
+        <v>425</v>
+      </c>
+      <c r="C489">
+        <v>28.992</v>
+      </c>
+      <c r="D489" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4">
+      <c r="A490" t="s">
+        <v>426</v>
+      </c>
+      <c r="B490" t="s">
+        <v>427</v>
+      </c>
+      <c r="C490">
+        <v>28.992</v>
+      </c>
+      <c r="D490" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4">
+      <c r="A491" t="s">
+        <v>428</v>
+      </c>
+      <c r="B491" t="s">
+        <v>429</v>
+      </c>
+      <c r="C491">
+        <v>30.756</v>
+      </c>
+      <c r="D491" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
+      <c r="A492" t="s">
+        <v>430</v>
+      </c>
+      <c r="B492" t="s">
+        <v>431</v>
+      </c>
+      <c r="C492">
+        <v>33.228</v>
+      </c>
+      <c r="D492" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4">
+      <c r="A493" t="s">
+        <v>432</v>
+      </c>
+      <c r="B493" t="s">
+        <v>433</v>
+      </c>
+      <c r="C493">
+        <v>33.336</v>
+      </c>
+      <c r="D493" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4">
+      <c r="A494" t="s">
+        <v>434</v>
+      </c>
+      <c r="B494" t="s">
+        <v>435</v>
+      </c>
+      <c r="C494">
+        <v>33.936</v>
+      </c>
+      <c r="D494" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
+      <c r="A495" t="s">
+        <v>436</v>
+      </c>
+      <c r="B495" t="s">
+        <v>437</v>
+      </c>
+      <c r="C495">
+        <v>34.992</v>
+      </c>
+      <c r="D495" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4">
+      <c r="A496" t="s">
+        <v>438</v>
+      </c>
+      <c r="B496" t="s">
+        <v>439</v>
+      </c>
+      <c r="C496">
+        <v>35.148</v>
+      </c>
+      <c r="D496" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4">
+      <c r="A497" t="s">
+        <v>440</v>
+      </c>
+      <c r="B497" t="s">
+        <v>441</v>
+      </c>
+      <c r="C497">
+        <v>35.316</v>
+      </c>
+      <c r="D497" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4">
+      <c r="A498" t="s">
+        <v>442</v>
+      </c>
+      <c r="B498" t="s">
+        <v>443</v>
+      </c>
+      <c r="C498">
+        <v>35.736</v>
+      </c>
+      <c r="D498" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4">
+      <c r="A499" t="s">
+        <v>444</v>
+      </c>
+      <c r="B499" t="s">
+        <v>445</v>
+      </c>
+      <c r="C499">
+        <v>36.288</v>
+      </c>
+      <c r="D499" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4">
+      <c r="A500" t="s">
+        <v>446</v>
+      </c>
+      <c r="B500" t="s">
+        <v>447</v>
+      </c>
+      <c r="C500">
+        <v>39.984</v>
+      </c>
+      <c r="D500" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4">
+      <c r="A501" t="s">
+        <v>448</v>
+      </c>
+      <c r="B501" t="s">
+        <v>449</v>
+      </c>
+      <c r="C501">
+        <v>41.568</v>
+      </c>
+      <c r="D501" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4">
+      <c r="A502" t="s">
+        <v>9</v>
+      </c>
+      <c r="B502" t="s">
+        <v>10</v>
+      </c>
+      <c r="C502">
+        <v>1.8</v>
+      </c>
+      <c r="D502" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4">
+      <c r="A503" t="s">
+        <v>30</v>
+      </c>
+      <c r="B503" t="s">
+        <v>31</v>
+      </c>
+      <c r="C503">
+        <v>3.36</v>
+      </c>
+      <c r="D503" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4">
+      <c r="A504" t="s">
+        <v>99</v>
+      </c>
+      <c r="B504" t="s">
+        <v>100</v>
+      </c>
+      <c r="C504">
+        <v>5.124</v>
+      </c>
+      <c r="D504" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4">
+      <c r="A505" t="s">
+        <v>117</v>
+      </c>
+      <c r="B505" t="s">
+        <v>118</v>
+      </c>
+      <c r="C505">
+        <v>5.412</v>
+      </c>
+      <c r="D505" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4">
+      <c r="A506" t="s">
+        <v>133</v>
+      </c>
+      <c r="B506" t="s">
+        <v>134</v>
+      </c>
+      <c r="C506">
+        <v>5.76</v>
+      </c>
+      <c r="D506" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4">
+      <c r="A507" t="s">
+        <v>168</v>
+      </c>
+      <c r="B507" t="s">
+        <v>169</v>
+      </c>
+      <c r="C507">
+        <v>6.516</v>
+      </c>
+      <c r="D507" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4">
+      <c r="A508" t="s">
+        <v>188</v>
+      </c>
+      <c r="B508" t="s">
+        <v>189</v>
+      </c>
+      <c r="C508">
+        <v>6.708</v>
+      </c>
+      <c r="D508" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4">
+      <c r="A509" t="s">
+        <v>208</v>
+      </c>
+      <c r="B509" t="s">
+        <v>209</v>
+      </c>
+      <c r="C509">
+        <v>7.284</v>
+      </c>
+      <c r="D509" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4">
+      <c r="A510" t="s">
+        <v>214</v>
+      </c>
+      <c r="B510" t="s">
+        <v>215</v>
+      </c>
+      <c r="C510">
+        <v>7.548</v>
+      </c>
+      <c r="D510" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4">
+      <c r="A511" t="s">
+        <v>235</v>
+      </c>
+      <c r="B511" t="s">
+        <v>236</v>
+      </c>
+      <c r="C511">
+        <v>8.832</v>
+      </c>
+      <c r="D511" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4">
+      <c r="A512" t="s">
+        <v>247</v>
+      </c>
+      <c r="B512" t="s">
+        <v>248</v>
+      </c>
+      <c r="C512">
+        <v>9.432</v>
+      </c>
+      <c r="D512" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4">
+      <c r="A513" t="s">
+        <v>261</v>
+      </c>
+      <c r="B513" t="s">
+        <v>262</v>
+      </c>
+      <c r="C513">
+        <v>9.816</v>
+      </c>
+      <c r="D513" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4">
+      <c r="A514" t="s">
+        <v>279</v>
+      </c>
+      <c r="B514" t="s">
+        <v>280</v>
+      </c>
+      <c r="C514">
+        <v>10.716</v>
+      </c>
+      <c r="D514" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4">
+      <c r="A515" t="s">
+        <v>283</v>
+      </c>
+      <c r="B515" t="s">
+        <v>284</v>
+      </c>
+      <c r="C515">
+        <v>11.1</v>
+      </c>
+      <c r="D515" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4">
+      <c r="A516" t="s">
+        <v>283</v>
+      </c>
+      <c r="B516" t="s">
+        <v>285</v>
+      </c>
+      <c r="C516">
+        <v>11.1</v>
+      </c>
+      <c r="D516" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4">
+      <c r="A517" t="s">
+        <v>283</v>
+      </c>
+      <c r="B517" t="s">
+        <v>286</v>
+      </c>
+      <c r="C517">
+        <v>11.376</v>
+      </c>
+      <c r="D517" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4">
+      <c r="A518" t="s">
+        <v>283</v>
+      </c>
+      <c r="B518" t="s">
+        <v>287</v>
+      </c>
+      <c r="C518">
+        <v>11.376</v>
+      </c>
+      <c r="D518" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4">
+      <c r="A519" t="s">
+        <v>283</v>
+      </c>
+      <c r="B519" t="s">
+        <v>288</v>
+      </c>
+      <c r="C519">
+        <v>11.376</v>
+      </c>
+      <c r="D519" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4">
+      <c r="A520" t="s">
+        <v>289</v>
+      </c>
+      <c r="B520" t="s">
+        <v>290</v>
+      </c>
+      <c r="C520">
+        <v>11.484</v>
+      </c>
+      <c r="D520" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4">
+      <c r="A521" t="s">
+        <v>291</v>
+      </c>
+      <c r="B521" t="s">
+        <v>292</v>
+      </c>
+      <c r="C521">
+        <v>11.652</v>
+      </c>
+      <c r="D521" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" t="s">
+        <v>305</v>
+      </c>
+      <c r="B522" t="s">
+        <v>306</v>
+      </c>
+      <c r="C522">
+        <v>12.252</v>
+      </c>
+      <c r="D522" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" t="s">
+        <v>313</v>
+      </c>
+      <c r="B523" t="s">
+        <v>314</v>
+      </c>
+      <c r="C523">
+        <v>12.84</v>
+      </c>
+      <c r="D523" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" t="s">
+        <v>315</v>
+      </c>
+      <c r="B524" t="s">
+        <v>316</v>
+      </c>
+      <c r="C524">
+        <v>12.84</v>
+      </c>
+      <c r="D524" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" t="s">
+        <v>317</v>
+      </c>
+      <c r="B525" t="s">
+        <v>318</v>
+      </c>
+      <c r="C525">
+        <v>12.84</v>
+      </c>
+      <c r="D525" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" t="s">
+        <v>319</v>
+      </c>
+      <c r="B526" t="s">
+        <v>320</v>
+      </c>
+      <c r="C526">
+        <v>12.84</v>
+      </c>
+      <c r="D526" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527" t="s">
+        <v>321</v>
+      </c>
+      <c r="B527" t="s">
+        <v>322</v>
+      </c>
+      <c r="C527">
+        <v>12.852</v>
+      </c>
+      <c r="D527" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528" t="s">
+        <v>323</v>
+      </c>
+      <c r="B528" t="s">
+        <v>324</v>
+      </c>
+      <c r="C528">
+        <v>12.852</v>
+      </c>
+      <c r="D528" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529" t="s">
+        <v>334</v>
+      </c>
+      <c r="B529" t="s">
+        <v>335</v>
+      </c>
+      <c r="C529">
+        <v>13.092</v>
+      </c>
+      <c r="D529" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530" t="s">
+        <v>336</v>
+      </c>
+      <c r="B530" t="s">
+        <v>337</v>
+      </c>
+      <c r="C530">
+        <v>13.092</v>
+      </c>
+      <c r="D530" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531" t="s">
+        <v>364</v>
+      </c>
+      <c r="B531" t="s">
+        <v>365</v>
+      </c>
+      <c r="C531">
+        <v>16.356</v>
+      </c>
+      <c r="D531" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532" t="s">
+        <v>370</v>
+      </c>
+      <c r="B532" t="s">
+        <v>371</v>
+      </c>
+      <c r="C532">
+        <v>16.44</v>
+      </c>
+      <c r="D532" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
+      <c r="A533" t="s">
+        <v>374</v>
+      </c>
+      <c r="B533" t="s">
+        <v>375</v>
+      </c>
+      <c r="C533">
+        <v>16.488</v>
+      </c>
+      <c r="D533" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
+      <c r="A534" t="s">
+        <v>386</v>
+      </c>
+      <c r="B534" t="s">
+        <v>387</v>
+      </c>
+      <c r="C534">
+        <v>18.6</v>
+      </c>
+      <c r="D534" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
+      <c r="A535" t="s">
+        <v>388</v>
+      </c>
+      <c r="B535" t="s">
+        <v>389</v>
+      </c>
+      <c r="C535">
+        <v>19.2</v>
+      </c>
+      <c r="D535" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
+      <c r="A536" t="s">
+        <v>396</v>
+      </c>
+      <c r="B536" t="s">
+        <v>397</v>
+      </c>
+      <c r="C536">
+        <v>19.944</v>
+      </c>
+      <c r="D536" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4">
+      <c r="A537" t="s">
+        <v>404</v>
+      </c>
+      <c r="B537" t="s">
+        <v>405</v>
+      </c>
+      <c r="C537">
+        <v>23.148</v>
+      </c>
+      <c r="D537" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4">
+      <c r="A538" t="s">
+        <v>406</v>
+      </c>
+      <c r="B538" t="s">
+        <v>407</v>
+      </c>
+      <c r="C538">
+        <v>23.148</v>
+      </c>
+      <c r="D538" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4">
+      <c r="A539" t="s">
+        <v>418</v>
+      </c>
+      <c r="B539" t="s">
+        <v>419</v>
+      </c>
+      <c r="C539">
+        <v>27.0</v>
+      </c>
+      <c r="D539" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4">
+      <c r="A540" t="s">
+        <v>424</v>
+      </c>
+      <c r="B540" t="s">
+        <v>425</v>
+      </c>
+      <c r="C540">
+        <v>28.992</v>
+      </c>
+      <c r="D540" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4">
+      <c r="A541" t="s">
+        <v>426</v>
+      </c>
+      <c r="B541" t="s">
+        <v>427</v>
+      </c>
+      <c r="C541">
+        <v>28.992</v>
+      </c>
+      <c r="D541" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4">
+      <c r="A542" t="s">
+        <v>436</v>
+      </c>
+      <c r="B542" t="s">
+        <v>437</v>
+      </c>
+      <c r="C542">
+        <v>34.992</v>
+      </c>
+      <c r="D542" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4">
+      <c r="A543" t="s">
+        <v>438</v>
+      </c>
+      <c r="B543" t="s">
+        <v>439</v>
+      </c>
+      <c r="C543">
+        <v>35.148</v>
+      </c>
+      <c r="D543" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
+      <c r="A544" t="s">
+        <v>442</v>
+      </c>
+      <c r="B544" t="s">
+        <v>443</v>
+      </c>
+      <c r="C544">
+        <v>35.736</v>
+      </c>
+      <c r="D544" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
+      <c r="A545" t="s">
+        <v>450</v>
+      </c>
+      <c r="B545" t="s">
+        <v>451</v>
+      </c>
+      <c r="C545">
+        <v>45.0</v>
+      </c>
+      <c r="D545" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
+      <c r="A546" t="s">
+        <v>452</v>
+      </c>
+      <c r="B546" t="s">
+        <v>453</v>
+      </c>
+      <c r="C546">
+        <v>45.0</v>
+      </c>
+      <c r="D546" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
+      <c r="A547" t="s">
+        <v>454</v>
+      </c>
+      <c r="B547" t="s">
+        <v>455</v>
+      </c>
+      <c r="C547">
+        <v>46.608</v>
+      </c>
+      <c r="D547" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
+      <c r="A548" t="s">
+        <v>456</v>
+      </c>
+      <c r="B548" t="s">
+        <v>457</v>
+      </c>
+      <c r="C548">
+        <v>48.996</v>
+      </c>
+      <c r="D548" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
+      <c r="A549" t="s">
+        <v>458</v>
+      </c>
+      <c r="B549" t="s">
+        <v>459</v>
+      </c>
+      <c r="C549">
+        <v>51.972</v>
+      </c>
+      <c r="D549" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
+      <c r="A550" t="s">
+        <v>460</v>
+      </c>
+      <c r="B550" t="s">
+        <v>461</v>
+      </c>
+      <c r="C550">
+        <v>54.612</v>
+      </c>
+      <c r="D550" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
+      <c r="A551" t="s">
+        <v>462</v>
+      </c>
+      <c r="B551" t="s">
+        <v>463</v>
+      </c>
+      <c r="C551">
+        <v>54.996</v>
+      </c>
+      <c r="D551" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
+      <c r="A552" t="s">
+        <v>464</v>
+      </c>
+      <c r="B552" t="s">
+        <v>465</v>
+      </c>
+      <c r="C552">
+        <v>57.6</v>
+      </c>
+      <c r="D552" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
+      <c r="A553" t="s">
+        <v>466</v>
+      </c>
+      <c r="B553" t="s">
+        <v>467</v>
+      </c>
+      <c r="C553">
+        <v>58.992</v>
+      </c>
+      <c r="D553" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
+      <c r="A554" t="s">
+        <v>468</v>
+      </c>
+      <c r="B554" t="s">
+        <v>469</v>
+      </c>
+      <c r="C554">
+        <v>58.992</v>
+      </c>
+      <c r="D554" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
+      <c r="A555" t="s">
+        <v>470</v>
+      </c>
+      <c r="B555" t="s">
+        <v>471</v>
+      </c>
+      <c r="C555">
+        <v>58.992</v>
+      </c>
+      <c r="D555" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
+      <c r="A556" t="s">
+        <v>472</v>
+      </c>
+      <c r="B556" t="s">
+        <v>473</v>
+      </c>
+      <c r="C556">
+        <v>58.992</v>
+      </c>
+      <c r="D556" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
+      <c r="A557" t="s">
+        <v>474</v>
+      </c>
+      <c r="B557" t="s">
+        <v>475</v>
+      </c>
+      <c r="C557">
+        <v>58.992</v>
+      </c>
+      <c r="D557" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
+      <c r="A558" t="s">
+        <v>476</v>
+      </c>
+      <c r="B558" t="s">
+        <v>477</v>
+      </c>
+      <c r="C558">
+        <v>65.952</v>
+      </c>
+      <c r="D558" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4">
+      <c r="A559" t="s">
+        <v>478</v>
+      </c>
+      <c r="B559" t="s">
+        <v>479</v>
+      </c>
+      <c r="C559">
+        <v>66.0</v>
+      </c>
+      <c r="D559" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
+      <c r="A560" t="s">
+        <v>480</v>
+      </c>
+      <c r="B560" t="s">
+        <v>481</v>
+      </c>
+      <c r="C560">
+        <v>69.0</v>
+      </c>
+      <c r="D560" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4">
+      <c r="A561" t="s">
+        <v>482</v>
+      </c>
+      <c r="B561" t="s">
+        <v>483</v>
+      </c>
+      <c r="C561">
+        <v>69.0</v>
+      </c>
+      <c r="D561" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4">
+      <c r="A562" t="s">
+        <v>484</v>
+      </c>
+      <c r="B562" t="s">
+        <v>485</v>
+      </c>
+      <c r="C562">
+        <v>71.064</v>
+      </c>
+      <c r="D562" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4">
+      <c r="A563" t="s">
+        <v>486</v>
+      </c>
+      <c r="B563" t="s">
+        <v>487</v>
+      </c>
+      <c r="C563">
+        <v>71.856</v>
+      </c>
+      <c r="D563" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4">
+      <c r="A564" t="s">
+        <v>488</v>
+      </c>
+      <c r="B564" t="s">
+        <v>489</v>
+      </c>
+      <c r="C564">
+        <v>73.692</v>
+      </c>
+      <c r="D564" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4">
+      <c r="A565" t="s">
+        <v>490</v>
+      </c>
+      <c r="B565" t="s">
+        <v>491</v>
+      </c>
+      <c r="C565">
+        <v>75.0</v>
+      </c>
+      <c r="D565" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4">
+      <c r="A566" t="s">
+        <v>492</v>
+      </c>
+      <c r="B566" t="s">
+        <v>493</v>
+      </c>
+      <c r="C566">
+        <v>75.0</v>
+      </c>
+      <c r="D566" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4">
+      <c r="A567" t="s">
+        <v>494</v>
+      </c>
+      <c r="B567" t="s">
+        <v>495</v>
+      </c>
+      <c r="C567">
+        <v>76.98</v>
+      </c>
+      <c r="D567" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4">
+      <c r="A568" t="s">
+        <v>496</v>
+      </c>
+      <c r="B568" t="s">
+        <v>497</v>
+      </c>
+      <c r="C568">
+        <v>78.996</v>
+      </c>
+      <c r="D568" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4">
+      <c r="A569" t="s">
+        <v>498</v>
+      </c>
+      <c r="B569" t="s">
+        <v>499</v>
+      </c>
+      <c r="C569">
+        <v>78.996</v>
+      </c>
+      <c r="D569" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4">
+      <c r="A570" t="s">
+        <v>500</v>
+      </c>
+      <c r="B570" t="s">
+        <v>501</v>
+      </c>
+      <c r="C570">
+        <v>81.3</v>
+      </c>
+      <c r="D570" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4">
+      <c r="A571" t="s">
+        <v>502</v>
+      </c>
+      <c r="B571" t="s">
+        <v>503</v>
+      </c>
+      <c r="C571">
+        <v>88.992</v>
+      </c>
+      <c r="D571" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4">
+      <c r="A572" t="s">
+        <v>504</v>
+      </c>
+      <c r="B572" t="s">
         <v>505</v>
       </c>
-      <c r="B353" t="s">
+      <c r="C572">
+        <v>88.992</v>
+      </c>
+      <c r="D572" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4">
+      <c r="A573" t="s">
         <v>506</v>
       </c>
-      <c r="C353">
+      <c r="B573" t="s">
+        <v>507</v>
+      </c>
+      <c r="C573">
+        <v>89.856</v>
+      </c>
+      <c r="D573" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4">
+      <c r="A574" t="s">
+        <v>508</v>
+      </c>
+      <c r="B574" t="s">
+        <v>509</v>
+      </c>
+      <c r="C574">
+        <v>95.412</v>
+      </c>
+      <c r="D574" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4">
+      <c r="A575" t="s">
+        <v>510</v>
+      </c>
+      <c r="B575" t="s">
+        <v>511</v>
+      </c>
+      <c r="C575">
+        <v>95.592</v>
+      </c>
+      <c r="D575" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4">
+      <c r="A576" t="s">
+        <v>512</v>
+      </c>
+      <c r="B576" t="s">
+        <v>513</v>
+      </c>
+      <c r="C576">
+        <v>96.996</v>
+      </c>
+      <c r="D576" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577" t="s">
+        <v>514</v>
+      </c>
+      <c r="B577" t="s">
+        <v>515</v>
+      </c>
+      <c r="C577">
+        <v>111.264</v>
+      </c>
+      <c r="D577" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4">
+      <c r="A578" t="s">
+        <v>516</v>
+      </c>
+      <c r="B578" t="s">
+        <v>517</v>
+      </c>
+      <c r="C578">
+        <v>118.212</v>
+      </c>
+      <c r="D578" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4">
+      <c r="A579" t="s">
+        <v>518</v>
+      </c>
+      <c r="B579" t="s">
+        <v>519</v>
+      </c>
+      <c r="C579">
+        <v>118.992</v>
+      </c>
+      <c r="D579" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4">
+      <c r="A580" t="s">
+        <v>520</v>
+      </c>
+      <c r="B580" t="s">
+        <v>521</v>
+      </c>
+      <c r="C580">
+        <v>118.992</v>
+      </c>
+      <c r="D580" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4">
+      <c r="A581" t="s">
+        <v>522</v>
+      </c>
+      <c r="B581" t="s">
+        <v>523</v>
+      </c>
+      <c r="C581">
+        <v>119.028</v>
+      </c>
+      <c r="D581" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4">
+      <c r="A582" t="s">
+        <v>524</v>
+      </c>
+      <c r="B582" t="s">
+        <v>525</v>
+      </c>
+      <c r="C582">
+        <v>148.992</v>
+      </c>
+      <c r="D582" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4">
+      <c r="A583" t="s">
+        <v>526</v>
+      </c>
+      <c r="B583" t="s">
+        <v>527</v>
+      </c>
+      <c r="C583">
+        <v>148.992</v>
+      </c>
+      <c r="D583" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4">
+      <c r="A584" t="s">
+        <v>528</v>
+      </c>
+      <c r="B584" t="s">
+        <v>529</v>
+      </c>
+      <c r="C584">
+        <v>150.324</v>
+      </c>
+      <c r="D584" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4">
+      <c r="A585" t="s">
+        <v>530</v>
+      </c>
+      <c r="B585" t="s">
+        <v>531</v>
+      </c>
+      <c r="C585">
+        <v>162.588</v>
+      </c>
+      <c r="D585" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4">
+      <c r="A586" t="s">
+        <v>532</v>
+      </c>
+      <c r="B586" t="s">
+        <v>533</v>
+      </c>
+      <c r="C586">
+        <v>163.2</v>
+      </c>
+      <c r="D586" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4">
+      <c r="A587" t="s">
+        <v>534</v>
+      </c>
+      <c r="B587" t="s">
+        <v>535</v>
+      </c>
+      <c r="C587">
+        <v>174.936</v>
+      </c>
+      <c r="D587" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4">
+      <c r="A588" t="s">
+        <v>536</v>
+      </c>
+      <c r="B588" t="s">
+        <v>537</v>
+      </c>
+      <c r="C588">
+        <v>184.716</v>
+      </c>
+      <c r="D588" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4">
+      <c r="A589" t="s">
+        <v>538</v>
+      </c>
+      <c r="B589" t="s">
+        <v>539</v>
+      </c>
+      <c r="C589">
+        <v>191.436</v>
+      </c>
+      <c r="D589" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4">
+      <c r="A590" t="s">
+        <v>540</v>
+      </c>
+      <c r="B590" t="s">
+        <v>541</v>
+      </c>
+      <c r="C590">
+        <v>192.588</v>
+      </c>
+      <c r="D590" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4">
+      <c r="A591" t="s">
+        <v>542</v>
+      </c>
+      <c r="B591" t="s">
+        <v>543</v>
+      </c>
+      <c r="C591">
+        <v>244.812</v>
+      </c>
+      <c r="D591" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4">
+      <c r="A592" t="s">
+        <v>544</v>
+      </c>
+      <c r="B592" t="s">
+        <v>545</v>
+      </c>
+      <c r="C592">
+        <v>260.292</v>
+      </c>
+      <c r="D592" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4">
+      <c r="A593" t="s">
+        <v>546</v>
+      </c>
+      <c r="B593" t="s">
+        <v>547</v>
+      </c>
+      <c r="C593">
+        <v>336.84</v>
+      </c>
+      <c r="D593" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4">
+      <c r="A594" t="s">
+        <v>548</v>
+      </c>
+      <c r="B594" t="s">
+        <v>549</v>
+      </c>
+      <c r="C594">
+        <v>420.684</v>
+      </c>
+      <c r="D594" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4">
+      <c r="A595" t="s">
+        <v>550</v>
+      </c>
+      <c r="B595" t="s">
+        <v>551</v>
+      </c>
+      <c r="C595">
+        <v>565.368</v>
+      </c>
+      <c r="D595" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4">
+      <c r="A596" t="s">
+        <v>552</v>
+      </c>
+      <c r="B596" t="s">
+        <v>553</v>
+      </c>
+      <c r="C596">
+        <v>643.716</v>
+      </c>
+      <c r="D596" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4">
+      <c r="A597" t="s">
+        <v>554</v>
+      </c>
+      <c r="B597" t="s">
+        <v>555</v>
+      </c>
+      <c r="C597">
         <v>749.856</v>
       </c>
-      <c r="D353" t="s">
-        <v>107</v>
+      <c r="D597" t="s">
+        <v>327</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D354"/>
+  <autoFilter ref="A1:D598"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>