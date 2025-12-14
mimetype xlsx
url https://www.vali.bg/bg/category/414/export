--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -58,147 +58,147 @@
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 3 м</t>
   </si>
   <si>
     <t>ATEN-2L-5203UP</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 5 м</t>
   </si>
   <si>
     <t>ATEN-2L-5205UP</t>
   </si>
   <si>
     <t>Превключвател KVM ATEN CS22U, 2x 1, USB</t>
   </si>
   <si>
     <t>ATEN-CS22-USB</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>KVM превключвател Hama Connect2Switch, 4-портов, USB, HDMI, Вкл. кабели</t>
   </si>
   <si>
     <t>HAMA-200135</t>
   </si>
   <si>
     <t>KVMP превключвател, ATEN CS72U, 2-портов</t>
   </si>
   <si>
     <t>ATEN-CS72U-A7</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>KVM кабел ATEN 2L-5210P, PS/2 KVM към 3in1 SPHD, 10 м</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5210P</t>
+  </si>
+  <si>
     <t>Превключвател KVM ATEN CS22HF, Дву портов USB HDMI</t>
   </si>
   <si>
     <t>ATEN-CS22HF</t>
   </si>
   <si>
-    <t>на път</t>
-[...7 lines deleted...]
-  <si>
     <t>KVM суич ATEN CS682 - 4x USB A, 2x DVI, 4x 3.5mm jack</t>
   </si>
   <si>
     <t>ATEN-CS682-AT</t>
   </si>
   <si>
     <t>Превключвател KVM ATEN CS692, дву портов USB HDMI превключвател</t>
   </si>
   <si>
     <t>ATEN-CS692-AT</t>
   </si>
   <si>
+    <t>KVMP превключвател, ATEN CS82U, 2-портов, PS/2-USB VGA</t>
+  </si>
+  <si>
+    <t>ATEN-CS82-USB-PS2</t>
+  </si>
+  <si>
+    <t>KVM суич ATEN CS64US, от 2x USB A, 1x VGA, 1x 3.5mm jack към 4x USB A, 4x VGA), 4x 3.5mm jack</t>
+  </si>
+  <si>
+    <t>ATEN-CS64USB</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1732B, 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1732B-A7-G</t>
+  </si>
+  <si>
+    <t>KVM превключвател ATEN CS74E</t>
+  </si>
+  <si>
+    <t>ATEN-CS74ECZ-AT</t>
+  </si>
+  <si>
+    <t>KVMP превключвател ATEN CS1742C-AT, 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1742C-AT</t>
+  </si>
+  <si>
+    <t>KVM превключвател, ATEN US3312, 2-портов, 4K, DisplayPort, USB-C</t>
+  </si>
+  <si>
+    <t>ATEN-US3312-AT</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1762A-AT, 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1762A-AT-G</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1732A</t>
+  </si>
+  <si>
+    <t>ATEN-CS1732AC-AT</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS74U, 4-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS74U-A7</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
-  </si>
-[...55 lines deleted...]
-    <t>ATEN-CS74U-A7</t>
   </si>
   <si>
     <t>Превключвател KVM ATEN CS52DP, Дву портов USB-C DisplayPort</t>
   </si>
   <si>
     <t>ATEN-CS52DP</t>
   </si>
   <si>
     <t>KVM превключвател, Delock 11481, 2-портов, USB, HDMI, Audio</t>
   </si>
   <si>
     <t>DELOCK-11481</t>
   </si>
   <si>
     <t>ATEN KVM Extender USB Mini до 100m CE100</t>
   </si>
   <si>
     <t>ATEN-CE100</t>
   </si>
   <si>
     <t>KVM превключвател, Delock 11482, 2-портов, USB, DisplayPort, Audio</t>
   </si>
   <si>
     <t>DELOCK-11482</t>
   </si>
@@ -745,639 +745,639 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>40.836</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>45.6</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>62.568</v>
+        <v>62.46</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>82.8</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C8">
-        <v>101.424</v>
+        <v>101.664</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9">
-        <v>101.664</v>
+        <v>106.08</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
         <v>114.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
         <v>118.8</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
         <v>144.54</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C13">
         <v>160.836</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C14">
         <v>168.0</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C15">
         <v>177.6</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C16">
         <v>190.8</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C17">
         <v>197.304</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C18">
         <v>202.8</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C19">
         <v>239.952</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C20">
         <v>243.66</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21">
         <v>247.344</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22">
         <v>263.664</v>
       </c>
       <c r="D22" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
         <v>307.74</v>
       </c>
       <c r="D23" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24">
         <v>317.952</v>
       </c>
       <c r="D24" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
         <v>318.0</v>
       </c>
       <c r="D25" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
         <v>326.208</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
         <v>329.832</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
         <v>395.952</v>
       </c>
       <c r="D28" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
         <v>405.048</v>
       </c>
       <c r="D29" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
         <v>419.712</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>68</v>
       </c>
       <c r="C31">
         <v>419.736</v>
       </c>
       <c r="D31" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>70</v>
       </c>
       <c r="C32">
         <v>427.464</v>
       </c>
       <c r="D32" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>72</v>
       </c>
       <c r="C33">
         <v>428.736</v>
       </c>
       <c r="D33" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>74</v>
       </c>
       <c r="C34">
         <v>447.888</v>
       </c>
       <c r="D34" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>76</v>
       </c>
       <c r="C35">
         <v>477.24</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" t="s">
         <v>78</v>
       </c>
       <c r="C36">
         <v>818.664</v>
       </c>
       <c r="D36" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>79</v>
       </c>
       <c r="B37" t="s">
         <v>80</v>
       </c>
       <c r="C37">
         <v>833.388</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>82</v>
       </c>
       <c r="C38">
         <v>837.996</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
       <c r="C39">
         <v>839.52</v>
       </c>
       <c r="D39" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40">
         <v>1012.776</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41">
         <v>1367.904</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>89</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
       <c r="C42">
         <v>1599.0</v>
       </c>
       <c r="D42" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>91</v>
       </c>
       <c r="B43" t="s">
         <v>92</v>
       </c>
       <c r="C43">
         <v>2579.16</v>
       </c>
       <c r="D43" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>94</v>
       </c>
       <c r="C44">
         <v>2580.0</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
       <c r="C45">
         <v>2604.696</v>
       </c>
       <c r="D45" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>98</v>
       </c>
       <c r="C46">
         <v>4956.504</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>99</v>
       </c>
       <c r="B47" t="s">
         <v>100</v>
       </c>
       <c r="C47">
-        <v>5453.7</v>
+        <v>5406.0</v>
       </c>
       <c r="D47" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D48"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>