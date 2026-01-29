--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -34,251 +34,251 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 1.8 м</t>
   </si>
   <si>
     <t>ATEN-2L-5202UP</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 3 м</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5203UP</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 5 м</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5205UP</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 3 м</t>
-[...13 lines deleted...]
-  <si>
     <t>Превключвател KVM ATEN CS22U, 2x 1, USB</t>
   </si>
   <si>
     <t>ATEN-CS22-USB</t>
   </si>
   <si>
+    <t>KVM превключвател Hama Connect2Switch, 4-портов, USB, HDMI, Вкл. кабели</t>
+  </si>
+  <si>
+    <t>HAMA-200135</t>
+  </si>
+  <si>
+    <t>KVM кабел ATEN 2L-5210P, PS/2 KVM към 3in1 SPHD, 10 м</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5210P</t>
+  </si>
+  <si>
+    <t>Превключвател KVM ATEN CS22HF, Дву портов USB HDMI</t>
+  </si>
+  <si>
+    <t>ATEN-CS22HF</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS72U, 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS72U-A7</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Превключвател KVM ATEN CS692, дву портов USB HDMI превключвател</t>
+  </si>
+  <si>
+    <t>ATEN-CS692-AT</t>
+  </si>
+  <si>
+    <t>KVM суич ATEN CS682 - 4x USB A, 2x DVI, 4x 3.5mm jack</t>
+  </si>
+  <si>
+    <t>ATEN-CS682-AT</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS82U, 2-портов, PS/2-USB VGA</t>
+  </si>
+  <si>
+    <t>ATEN-CS82-USB-PS2</t>
+  </si>
+  <si>
+    <t>KVM суич ATEN CS64US, от 2x USB A, 1x VGA, 1x 3.5mm jack към 4x USB A, 4x VGA), 4x 3.5mm jack</t>
+  </si>
+  <si>
+    <t>ATEN-CS64USB</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>KVM превключвател Hama Connect2Switch, 4-портов, USB, HDMI, Вкл. кабели</t>
-[...47 lines deleted...]
-    <t>ATEN-CS64USB</t>
+    <t>KVM превключвател ATEN CS74E</t>
+  </si>
+  <si>
+    <t>ATEN-CS74ECZ-AT</t>
+  </si>
+  <si>
+    <t>KVM превключвател, ATEN US3312, 2-портов, 4K, DisplayPort, USB-C</t>
+  </si>
+  <si>
+    <t>ATEN-US3312-AT</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1732A</t>
+  </si>
+  <si>
+    <t>ATEN-CS1732AC-AT</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS74U, 4-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS74U-A7</t>
+  </si>
+  <si>
+    <t>Превключвател KVM ATEN CS52DP, Дву портов USB-C DisplayPort</t>
+  </si>
+  <si>
+    <t>ATEN-CS52DP</t>
+  </si>
+  <si>
+    <t>KVM превключвател, Delock 11481, 2-портов, USB, HDMI, Audio</t>
+  </si>
+  <si>
+    <t>DELOCK-11481</t>
   </si>
   <si>
     <t>KVMP превключвател, ATEN CS1732B, 2-портов</t>
   </si>
   <si>
     <t>ATEN-CS1732B-A7-G</t>
   </si>
   <si>
-    <t>KVM превключвател ATEN CS74E</t>
-[...2 lines deleted...]
-    <t>ATEN-CS74ECZ-AT</t>
+    <t>KVMP превключвател, ATEN CS1762A-AT, 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1762A-AT-G</t>
+  </si>
+  <si>
+    <t>ATEN KVM Extender USB Mini до 100m CE100</t>
+  </si>
+  <si>
+    <t>ATEN-CE100</t>
+  </si>
+  <si>
+    <t>KVM превключвател, Delock 11482, 2-портов, USB, DisplayPort, Audio</t>
+  </si>
+  <si>
+    <t>DELOCK-11482</t>
+  </si>
+  <si>
+    <t>KVMP превключвател ATEN CS1782A 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1782A-AT-G</t>
   </si>
   <si>
     <t>KVMP превключвател ATEN CS1742C-AT, 2-портов</t>
   </si>
   <si>
     <t>ATEN-CS1742C-AT</t>
   </si>
   <si>
-    <t>KVM превключвател, ATEN US3312, 2-портов, 4K, DisplayPort, USB-C</t>
-[...47 lines deleted...]
-    <t>DELOCK-11482</t>
+    <t>KVM превключвател, ATEN US3310, 2-портов, 4K, HDMI, USB-C</t>
+  </si>
+  <si>
+    <t>ATEN-US3310-AT</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1792, 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1792-AT-G</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1734B, 4-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1734B-A7-G</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1744C-AT, 4-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1744C-AT</t>
+  </si>
+  <si>
+    <t>KVM екстендер ATEN CE700A, USB, VGA, Cat 5 1280 x 1024@150m</t>
+  </si>
+  <si>
+    <t>ATEN-CE700A</t>
+  </si>
+  <si>
+    <t>KVM превключвател, ATEN US3311, 2-портов, 4K, DisplayPort, USB-C, (поддържа до 8K)</t>
+  </si>
+  <si>
+    <t>ATEN-US3311-AT-G</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1764A-AT, 4-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1764A-AT-G</t>
   </si>
   <si>
     <t>KVMP превключвател ATEN CS1784A, 4-портов, USB, DVI Dual Link, Audio</t>
   </si>
   <si>
     <t>ATEN-CS1784A-AT-G</t>
   </si>
   <si>
-    <t>KVMP превключвател ATEN CS1782A 2-портов</t>
-[...46 lines deleted...]
-  <si>
     <t>KVM Суич ATEN CS1308, 8-Port, PS/2-USB, VGA</t>
   </si>
   <si>
     <t>ATEN-CS1308</t>
   </si>
   <si>
     <t>KVM превключвател ATEN CS782DP, 2-портов</t>
   </si>
   <si>
     <t>ATEN-CS782DP-AT</t>
   </si>
   <si>
     <t>KVMP превключвател, ATEN CS1794, 4-портов</t>
   </si>
   <si>
     <t>ATEN-CS1794-AT-G</t>
   </si>
   <si>
     <t>KVMP превключвател ATEN CS1822, 2-портов, 4K, USB 3.0, HDMI Audio</t>
   </si>
   <si>
     <t>ATEN-CS1822-AT-G</t>
   </si>
   <si>
     <t>KVMP превключвател ATEN CS1316, 16-портов, PS/2-USB, VGA</t>
@@ -289,66 +289,66 @@
   <si>
     <t>KVM превключвател, ATEN CM1942, 2-портов, USB, HDMI, DisplayPort, Mini-Matrix Boundless</t>
   </si>
   <si>
     <t>ATEN-CM1942-AT-G</t>
   </si>
   <si>
     <t>KVMP превключвател ATEN CS1824, 4-портов, 4K, USB 3.0, HDMI Audio</t>
   </si>
   <si>
     <t>ATEN-CS1824-AT-G</t>
   </si>
   <si>
     <t>KVM превключвател ATEN CS1842-AT-G, 2 порта USB 3.0</t>
   </si>
   <si>
     <t>ATEN-CS1842-AT-G</t>
   </si>
   <si>
     <t>KVM превключвател ATEN CS1844-AT-G, 4 порта USB 3.0, За 2 HDMI монитора</t>
   </si>
   <si>
     <t>ATEN-CS1844-AT-G</t>
   </si>
   <si>
+    <t>KVM Конзола ATEN 19" 8-Port PS/2-USB VGA Single Rail LCD KVM Switch</t>
+  </si>
+  <si>
+    <t>ATEN-CL3108NX</t>
+  </si>
+  <si>
     <t>ATEN KVM Extender CE840A, USB true 4K HDMI</t>
   </si>
   <si>
     <t>ATEN-CE840A</t>
   </si>
   <si>
     <t>KVM Конзола ATEN CL5716M, 17" 16-Port PS/2-USB VGA Single Rail LCD KVM Switch</t>
   </si>
   <si>
     <t>ATEN-CL5716M</t>
-  </si>
-[...4 lines deleted...]
-    <t>ATEN-CL3108NX</t>
   </si>
   <si>
     <t>KVM превключвател ATEN CM1284-AT-G, 4 порта, USB, 4K, HDMI, Multi-View</t>
   </si>
   <si>
     <t>ATEN-CM1284-AT-G</t>
   </si>
   <si>
     <t>KVM екстендер Matrox Extio F2408 XTO2-F2408F оптичен, до 4 монитора</t>
   </si>
   <si>
     <t>MATROX-EXTIO-F2408F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -700,684 +700,684 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>26.172</v>
+        <v>13.38</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>31.644</v>
+        <v>16.176</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>40.836</v>
+        <v>20.88</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5">
+        <v>23.316</v>
+      </c>
+      <c r="D5" t="s">
         <v>12</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>62.46</v>
+        <v>31.932</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>82.8</v>
+        <v>51.984</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>101.664</v>
+        <v>55.296</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9">
+        <v>58.704</v>
+      </c>
+      <c r="D9" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
-        <v>114.0</v>
+        <v>60.744</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
-        <v>118.8</v>
+        <v>68.328</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
-        <v>144.54</v>
+        <v>73.896</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
-        <v>160.836</v>
+        <v>82.236</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14">
-        <v>168.0</v>
+        <v>90.804</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15">
-        <v>177.6</v>
+        <v>100.884</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16">
-        <v>190.8</v>
+        <v>122.688</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17">
-        <v>197.304</v>
+        <v>124.584</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18">
-        <v>202.8</v>
+        <v>126.468</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19">
-        <v>239.952</v>
+        <v>134.808</v>
       </c>
       <c r="D19" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20">
-        <v>243.66</v>
+        <v>134.844</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21">
-        <v>247.344</v>
+        <v>157.056</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22">
-        <v>263.664</v>
+        <v>157.344</v>
       </c>
       <c r="D22" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
-        <v>307.74</v>
+        <v>162.564</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24">
-        <v>317.952</v>
+        <v>166.788</v>
       </c>
       <c r="D24" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
-        <v>318.0</v>
+        <v>167.04</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
-        <v>326.208</v>
+        <v>168.636</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
-        <v>329.832</v>
+        <v>202.452</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
-        <v>395.952</v>
+        <v>207.096</v>
       </c>
       <c r="D28" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
-        <v>405.048</v>
+        <v>214.596</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
-        <v>419.712</v>
+        <v>214.608</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>68</v>
       </c>
       <c r="C31">
-        <v>419.736</v>
+        <v>218.556</v>
       </c>
       <c r="D31" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>70</v>
       </c>
       <c r="C32">
-        <v>427.464</v>
+        <v>219.204</v>
       </c>
       <c r="D32" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>72</v>
       </c>
       <c r="C33">
-        <v>428.736</v>
+        <v>225.792</v>
       </c>
       <c r="D33" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>74</v>
       </c>
       <c r="C34">
-        <v>447.888</v>
+        <v>228.996</v>
       </c>
       <c r="D34" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>76</v>
       </c>
       <c r="C35">
-        <v>477.24</v>
+        <v>244.008</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" t="s">
         <v>78</v>
       </c>
       <c r="C36">
-        <v>818.664</v>
+        <v>418.584</v>
       </c>
       <c r="D36" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>79</v>
       </c>
       <c r="B37" t="s">
         <v>80</v>
       </c>
       <c r="C37">
-        <v>833.388</v>
+        <v>426.108</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>82</v>
       </c>
       <c r="C38">
-        <v>837.996</v>
+        <v>428.46</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
       <c r="C39">
-        <v>839.52</v>
+        <v>429.24</v>
       </c>
       <c r="D39" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40">
-        <v>1012.776</v>
+        <v>470.832</v>
       </c>
       <c r="D40" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41">
-        <v>1367.904</v>
+        <v>699.396</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>89</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
       <c r="C42">
-        <v>1599.0</v>
+        <v>987.216</v>
       </c>
       <c r="D42" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>91</v>
       </c>
       <c r="B43" t="s">
         <v>92</v>
       </c>
       <c r="C43">
-        <v>2579.16</v>
+        <v>1270.044</v>
       </c>
       <c r="D43" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>94</v>
       </c>
       <c r="C44">
-        <v>2580.0</v>
+        <v>1318.704</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
       <c r="C45">
-        <v>2604.696</v>
+        <v>1319.136</v>
       </c>
       <c r="D45" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>98</v>
       </c>
       <c r="C46">
-        <v>4956.504</v>
+        <v>2534.22</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>99</v>
       </c>
       <c r="B47" t="s">
         <v>100</v>
       </c>
       <c r="C47">
-        <v>5406.0</v>
+        <v>2711.592</v>
       </c>
       <c r="D47" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D48"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>