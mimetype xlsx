--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -7,360 +7,399 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$48</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$55</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 1.8 м</t>
   </si>
   <si>
     <t>ATEN-2L-5202UP</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 5 м</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5205UP</t>
+  </si>
+  <si>
+    <t>Превключвател KVM ATEN CS22U, 2x 1, USB</t>
+  </si>
+  <si>
+    <t>ATEN-CS22-USB</t>
+  </si>
+  <si>
+    <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 3 м</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5203UP</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>KVM превключвател Hama Connect2Switch, 4-портов, USB, HDMI, Вкл. кабели</t>
+  </si>
+  <si>
+    <t>HAMA-200135</t>
+  </si>
+  <si>
+    <t>Превключвател KVM ATEN CS22HF, Дву портов USB HDMI</t>
+  </si>
+  <si>
+    <t>ATEN-CS22HF</t>
+  </si>
+  <si>
+    <t>KVM кабел ATEN 2L-5210P, PS/2 KVM към 3in1 SPHD, 10 м</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5210P</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS72U, 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS72U-A7</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Превключвател KVM ATEN CS692, дву портов USB HDMI превключвател</t>
+  </si>
+  <si>
+    <t>ATEN-CS692-AT</t>
+  </si>
+  <si>
+    <t>KVM суич ATEN CS682 - 4x USB A, 2x DVI, 4x 3.5mm jack</t>
+  </si>
+  <si>
+    <t>ATEN-CS682-AT</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS82U, 2-портов, PS/2-USB VGA</t>
+  </si>
+  <si>
+    <t>ATEN-CS82-USB-PS2</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>KVM кабел ATEN, PC HDB &amp; USB към 3in1 SPHD(Keyboard/Mouse/Video), Вграден PS/2 към USB конвертор, 3 м</t>
-[...67 lines deleted...]
-  <si>
     <t>KVM суич ATEN CS64US, от 2x USB A, 1x VGA, 1x 3.5mm jack към 4x USB A, 4x VGA), 4x 3.5mm jack</t>
   </si>
   <si>
     <t>ATEN-CS64USB</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>KVM превключвател, ATEN US3312, 2-портов, 4K, DisplayPort, USB-C</t>
+  </si>
+  <si>
+    <t>ATEN-US3312-AT</t>
   </si>
   <si>
     <t>KVM превключвател ATEN CS74E</t>
   </si>
   <si>
     <t>ATEN-CS74ECZ-AT</t>
   </si>
   <si>
-    <t>KVM превключвател, ATEN US3312, 2-портов, 4K, DisplayPort, USB-C</t>
-[...4 lines deleted...]
-  <si>
     <t>KVMP превключвател, ATEN CS1732A</t>
   </si>
   <si>
     <t>ATEN-CS1732AC-AT</t>
   </si>
   <si>
     <t>KVMP превключвател, ATEN CS74U, 4-портов</t>
   </si>
   <si>
     <t>ATEN-CS74U-A7</t>
   </si>
   <si>
     <t>Превключвател KVM ATEN CS52DP, Дву портов USB-C DisplayPort</t>
   </si>
   <si>
     <t>ATEN-CS52DP</t>
   </si>
   <si>
     <t>KVM превключвател, Delock 11481, 2-портов, USB, HDMI, Audio</t>
   </si>
   <si>
     <t>DELOCK-11481</t>
   </si>
   <si>
     <t>KVMP превключвател, ATEN CS1732B, 2-портов</t>
   </si>
   <si>
     <t>ATEN-CS1732B-A7-G</t>
   </si>
   <si>
+    <t>KVM превключвател, ATEN US3310, 2-портов, 4K, HDMI, USB-C</t>
+  </si>
+  <si>
+    <t>ATEN-US3310-AT</t>
+  </si>
+  <si>
+    <t>KVMP превключвател ATEN CS1782A 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1782A-AT-G</t>
+  </si>
+  <si>
+    <t>KVM Суич ATEN CS784H</t>
+  </si>
+  <si>
+    <t>ATEN-CS784H</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1764A-AT, 4-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1764A-AT-G</t>
+  </si>
+  <si>
+    <t>KVMP превключвател ATEN CS1742C-AT, 2-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1742C-AT</t>
+  </si>
+  <si>
     <t>KVMP превключвател, ATEN CS1762A-AT, 2-портов</t>
   </si>
   <si>
     <t>ATEN-CS1762A-AT-G</t>
   </si>
   <si>
     <t>ATEN KVM Extender USB Mini до 100m CE100</t>
   </si>
   <si>
     <t>ATEN-CE100</t>
   </si>
   <si>
     <t>KVM превключвател, Delock 11482, 2-портов, USB, DisplayPort, Audio</t>
   </si>
   <si>
     <t>DELOCK-11482</t>
   </si>
   <si>
-    <t>KVMP превключвател ATEN CS1782A 2-портов</t>
-[...14 lines deleted...]
-    <t>ATEN-US3310-AT</t>
+    <t>ATEN KA7177-AX USB VGA Virtual Media KVM Adapter</t>
+  </si>
+  <si>
+    <t>ATEN-KA7177-AX</t>
+  </si>
+  <si>
+    <t>KVMP превключвател, ATEN CS1744C-AT, 4-портов</t>
+  </si>
+  <si>
+    <t>ATEN-CS1744C-AT</t>
   </si>
   <si>
     <t>KVMP превключвател, ATEN CS1792, 2-портов</t>
   </si>
   <si>
     <t>ATEN-CS1792-AT-G</t>
   </si>
   <si>
     <t>KVMP превключвател, ATEN CS1734B, 4-портов</t>
   </si>
   <si>
     <t>ATEN-CS1734B-A7-G</t>
   </si>
   <si>
-    <t>KVMP превключвател, ATEN CS1744C-AT, 4-портов</t>
-[...4 lines deleted...]
-  <si>
     <t>KVM екстендер ATEN CE700A, USB, VGA, Cat 5 1280 x 1024@150m</t>
   </si>
   <si>
     <t>ATEN-CE700A</t>
   </si>
   <si>
     <t>KVM превключвател, ATEN US3311, 2-портов, 4K, DisplayPort, USB-C, (поддържа до 8K)</t>
   </si>
   <si>
     <t>ATEN-US3311-AT-G</t>
   </si>
   <si>
-    <t>KVMP превключвател, ATEN CS1764A-AT, 4-портов</t>
-[...4 lines deleted...]
-  <si>
     <t>KVMP превключвател ATEN CS1784A, 4-портов, USB, DVI Dual Link, Audio</t>
   </si>
   <si>
     <t>ATEN-CS1784A-AT-G</t>
   </si>
   <si>
     <t>KVM Суич ATEN CS1308, 8-Port, PS/2-USB, VGA</t>
   </si>
   <si>
     <t>ATEN-CS1308</t>
   </si>
   <si>
     <t>KVM превключвател ATEN CS782DP, 2-портов</t>
   </si>
   <si>
     <t>ATEN-CS782DP-AT</t>
   </si>
   <si>
     <t>KVMP превключвател, ATEN CS1794, 4-портов</t>
   </si>
   <si>
     <t>ATEN-CS1794-AT-G</t>
   </si>
   <si>
     <t>KVMP превключвател ATEN CS1822, 2-портов, 4K, USB 3.0, HDMI Audio</t>
   </si>
   <si>
     <t>ATEN-CS1822-AT-G</t>
   </si>
   <si>
     <t>KVMP превключвател ATEN CS1316, 16-портов, PS/2-USB, VGA</t>
   </si>
   <si>
     <t>ATEN-CS1316-AT</t>
   </si>
   <si>
     <t>KVM превключвател, ATEN CM1942, 2-портов, USB, HDMI, DisplayPort, Mini-Matrix Boundless</t>
   </si>
   <si>
     <t>ATEN-CM1942-AT-G</t>
   </si>
   <si>
     <t>KVMP превключвател ATEN CS1824, 4-портов, 4K, USB 3.0, HDMI Audio</t>
   </si>
   <si>
     <t>ATEN-CS1824-AT-G</t>
   </si>
   <si>
+    <t>KVM Суич ATEN CS1798-AT-G,  8-Port USB, HDMI/Audio KVM Switch</t>
+  </si>
+  <si>
+    <t>ATEN-CS1798-AT-G</t>
+  </si>
+  <si>
+    <t>ATEN PE6208AV-ATB-G</t>
+  </si>
+  <si>
+    <t>ATEN-PE6208AV-ATB-G</t>
+  </si>
+  <si>
     <t>KVM превключвател ATEN CS1842-AT-G, 2 порта USB 3.0</t>
   </si>
   <si>
     <t>ATEN-CS1842-AT-G</t>
   </si>
   <si>
     <t>KVM превключвател ATEN CS1844-AT-G, 4 порта USB 3.0, За 2 HDMI монитора</t>
   </si>
   <si>
     <t>ATEN-CS1844-AT-G</t>
   </si>
   <si>
     <t>KVM Конзола ATEN 19" 8-Port PS/2-USB VGA Single Rail LCD KVM Switch</t>
   </si>
   <si>
     <t>ATEN-CL3108NX</t>
   </si>
   <si>
     <t>ATEN KVM Extender CE840A, USB true 4K HDMI</t>
   </si>
   <si>
     <t>ATEN-CE840A</t>
   </si>
   <si>
     <t>KVM Конзола ATEN CL5716M, 17" 16-Port PS/2-USB VGA Single Rail LCD KVM Switch</t>
   </si>
   <si>
     <t>ATEN-CL5716M</t>
   </si>
   <si>
+    <t>ATEN KVM receiver KE6940AR-AX-G</t>
+  </si>
+  <si>
+    <t>ATEN-KE6940AR-AX-G</t>
+  </si>
+  <si>
+    <t>ATEN KVM transmiter  KE6940AR-AX-G</t>
+  </si>
+  <si>
+    <t>ATEN-KE6940AT-AX-G</t>
+  </si>
+  <si>
     <t>KVM превключвател ATEN CM1284-AT-G, 4 порта, USB, 4K, HDMI, Multi-View</t>
   </si>
   <si>
     <t>ATEN-CM1284-AT-G</t>
   </si>
   <si>
     <t>KVM екстендер Matrox Extio F2408 XTO2-F2408F оптичен, до 4 монитора</t>
   </si>
   <si>
     <t>MATROX-EXTIO-F2408F</t>
+  </si>
+  <si>
+    <t>KVM over IP Суич ATEN KN2116VB-AX-G, KVM 16-Port ,1x Local , 2x Remote, Console: 2xUSB, HDMI, VGA</t>
+  </si>
+  <si>
+    <t>ATEN-KN2116VB-AX-G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -664,724 +703,822 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D48"/>
+  <dimension ref="A1:D55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>13.38</v>
+        <v>19.704</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>16.176</v>
+        <v>20.88</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>20.88</v>
+        <v>23.316</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5">
+        <v>26.004</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>31.932</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>51.984</v>
+        <v>47.4</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>55.296</v>
+        <v>51.984</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>58.704</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C10">
         <v>60.744</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11">
         <v>68.328</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12">
         <v>73.896</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
-        <v>82.236</v>
+        <v>76.116</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="s">
         <v>33</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>90.804</v>
+        <v>86.472</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
         <v>35</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>100.884</v>
+        <v>90.804</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
         <v>37</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>122.688</v>
+        <v>98.148</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C17">
         <v>124.584</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C18">
         <v>126.468</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C19">
         <v>134.808</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C20">
         <v>134.844</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" t="s">
         <v>47</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>157.056</v>
+        <v>134.916</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" t="s">
         <v>49</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>157.344</v>
+        <v>138.0</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" t="s">
         <v>51</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>162.564</v>
+        <v>142.8</v>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" t="s">
         <v>53</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>166.788</v>
+        <v>150.0</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" t="s">
         <v>55</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>167.04</v>
+        <v>155.904</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" t="s">
         <v>57</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>168.636</v>
+        <v>157.056</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
         <v>59</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>202.452</v>
+        <v>157.344</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" t="s">
         <v>61</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>207.096</v>
+        <v>162.564</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" t="s">
         <v>63</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>214.596</v>
+        <v>184.152</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" t="s">
         <v>65</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>214.608</v>
+        <v>201.18</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
         <v>67</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>218.556</v>
+        <v>202.452</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
         <v>69</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>219.204</v>
+        <v>207.096</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
         <v>71</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>225.792</v>
+        <v>214.608</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
         <v>73</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>228.996</v>
+        <v>218.556</v>
       </c>
       <c r="D34" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
         <v>75</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>244.008</v>
+        <v>225.792</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
         <v>77</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>418.584</v>
+        <v>228.996</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
         <v>79</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>426.108</v>
+        <v>244.008</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" t="s">
         <v>81</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>428.46</v>
+        <v>418.584</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" t="s">
         <v>83</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>429.24</v>
+        <v>426.108</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" t="s">
         <v>85</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>470.832</v>
+        <v>428.46</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" t="s">
         <v>87</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>699.396</v>
+        <v>429.24</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" t="s">
         <v>89</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>987.216</v>
+        <v>470.832</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
         <v>91</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>1270.044</v>
+        <v>601.86</v>
       </c>
       <c r="D43" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" t="s">
         <v>93</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>1318.704</v>
+        <v>643.668</v>
       </c>
       <c r="D44" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" t="s">
         <v>95</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>1319.136</v>
+        <v>699.396</v>
       </c>
       <c r="D45" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" t="s">
         <v>97</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>2534.22</v>
+        <v>902.94</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" t="s">
         <v>99</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47">
+        <v>1270.044</v>
+      </c>
+      <c r="D47" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
         <v>100</v>
       </c>
-      <c r="C47">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="B48" t="s">
+        <v>101</v>
+      </c>
+      <c r="C48">
+        <v>1318.704</v>
+      </c>
+      <c r="D48" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" t="s">
+        <v>103</v>
+      </c>
+      <c r="C49">
+        <v>1319.136</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" t="s">
+        <v>105</v>
+      </c>
+      <c r="C50">
+        <v>1558.464</v>
+      </c>
+      <c r="D50" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" t="s">
+        <v>107</v>
+      </c>
+      <c r="C51">
+        <v>1558.464</v>
+      </c>
+      <c r="D51" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" t="s">
+        <v>109</v>
+      </c>
+      <c r="C52">
+        <v>2534.22</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" t="s">
+        <v>111</v>
+      </c>
+      <c r="C53">
+        <v>2829.564</v>
+      </c>
+      <c r="D53" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" t="s">
+        <v>113</v>
+      </c>
+      <c r="C54">
+        <v>5096.052</v>
+      </c>
+      <c r="D54" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D48"/>
+  <autoFilter ref="A1:D55"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>