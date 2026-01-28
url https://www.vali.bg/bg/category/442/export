--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -46,531 +46,531 @@
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Адаптер DeLock, USB женско - RJ45 мъжко</t>
   </si>
   <si>
     <t>DELOCK-65234</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Преходник  HAMA S-VHS, 3 х Чинч(1хVideo+2xAudio) - Скарт, Черен</t>
   </si>
   <si>
     <t>HAMA-205268</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Адаптер HAMA 200347, Mini-HDMI мъжко - HDMI женско, Ultra-HD, 4K, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200347</t>
+  </si>
+  <si>
     <t>Адаптер Delock, mini DisplayPort 1.2 мъжко - DisplayPort женско, 4K, 90°</t>
   </si>
   <si>
     <t>DELOCK-65626</t>
   </si>
   <si>
+    <t>Адаптер HAMA, DisplayPort женско - DisplayPort  женско, Ultra HD, 4K, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200345</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA OTG USB-C мъжко-USB 3.2 Gen 1 A женско, 5Gbit/s Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200311</t>
+  </si>
+  <si>
+    <t>Преходник HAMA micro HDMI мъжко - HDMI женско, Ultra-HD 4K, 200348</t>
+  </si>
+  <si>
+    <t>HAMA-200348</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA, HDMI женско-женско,8K, 205173</t>
+  </si>
+  <si>
+    <t>HAMA-205173</t>
+  </si>
+  <si>
+    <t>Преходник видео адаптер DVI - VGA, Full-HD 1080p, 200340</t>
+  </si>
+  <si>
+    <t>HAMA-200340</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA 205164, HDMI мъжко - HDMI женско, на 90°, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205164</t>
+  </si>
+  <si>
+    <t>Адаптер Delock, DisplayPort 1.2 мъжко - DisplayPort женско, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-65691</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA 205169, DVI-D мъжко - HDMI женско, Ultra-HD, 4K, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205169</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA, VGA мъжко - DVI женско, Full-HD 1080p, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200341</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA, MiniDisplayPort мъжко - DisplayPort женско, Ultra-HD 4K, Essential, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200331</t>
+  </si>
+  <si>
+    <t>Адаптер Delock 65662, HDMI-A женско с Ethernet - HDMI-A мъжко, 4K, 90°, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-65662</t>
+  </si>
+  <si>
+    <t>Адаптер Delock 65663, HDMI-A женско с Ethernet - HDMI-A мъжко, 4K, 90°, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-65663</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA, HDMI мъжко - DVI женско, Ultra-HD 4K, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200339</t>
+  </si>
+  <si>
+    <t>Адаптер Delock 65661, HDMI-A женско с Ethernet - HDMI-A мъжко, 4K, 90°, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-65661</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA, DisplayPort мъжко - HDMI женско, Ultra HD, 4K, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200335</t>
+  </si>
+  <si>
+    <t>Видео адаптер Hama, Mini DisplayPort - HDMI™ гнездо, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-200332</t>
+  </si>
+  <si>
+    <t>Адаптер Delock USB 3.0 мъжко-женско под ъгъл 270°, хоризонтално</t>
+  </si>
+  <si>
+    <t>DELOCK-65342</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA  DisplayPort мъжко - DVI женско, Ultra-HD 4K, Essential, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200336</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA, DisplayPort мъжко - VGA женско, Full-HD 1080p, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200337</t>
+  </si>
+  <si>
+    <t>Адаптер Delock IDE 44 pin мъжко &gt; IDE 44 pin мъжко</t>
+  </si>
+  <si>
+    <t>DELOCK-65090</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Адаптер HAMA 200347, Mini-HDMI мъжко - HDMI женско, Ultra-HD, 4K, Черен</t>
-[...136 lines deleted...]
-  <si>
     <t>Адаптер HAMA 200315, USB-C мъжко - HDMI женско, Ultra HD, 4K, Черен</t>
   </si>
   <si>
     <t>HAMA-200315</t>
   </si>
   <si>
     <t>Адаптер Delock DisplayPort 1.2 мъжко към  VGA женско, черно</t>
   </si>
   <si>
     <t>DELOCK-61006</t>
   </si>
   <si>
     <t>Адаптер HAMA 200343, HDMI мъжко - VGA женско, full HD 1080p, Черен</t>
   </si>
   <si>
     <t>HAMA-200343</t>
   </si>
   <si>
+    <t>Конвертор HAMA, VGA+USB мъжко - HDMI женско, Full HD 1080p, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200342</t>
+  </si>
+  <si>
+    <t>HAMA Превключвател / суич 8K-HDMI™ "двупосочен", 1 In 2 Out/2 In 1 Out</t>
+  </si>
+  <si>
+    <t>HAMA-205324</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA 200314, USB-C мъжко - DisplayPort женско, Ultra HD, 4K, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200314</t>
+  </si>
+  <si>
+    <t>HAMA Сплитер 4K HDMI мъжко - 2 x HDMI женско, черен</t>
+  </si>
+  <si>
+    <t>HAMA-205284</t>
+  </si>
+  <si>
+    <t>HAMA Видео конвертор AV, Scart към HDMI</t>
+  </si>
+  <si>
+    <t>HAMA-121775</t>
+  </si>
+  <si>
+    <t>Превключвател / суич HAMA 4K-HDMI™ 3x1, 121770</t>
+  </si>
+  <si>
+    <t>HAMA-121770</t>
+  </si>
+  <si>
+    <t>Адаптер DeLock, DVI-D 24+1 мъжко - VGA женско, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-65658</t>
+  </si>
+  <si>
+    <t>Оптичен конвертор HAMA, Optical IN ODT (Toslink)/Coax OUT, Сребрист</t>
+  </si>
+  <si>
+    <t>HAMA-42905</t>
+  </si>
+  <si>
+    <t>Видео конвертор Estillo ASK-ST001, Scart женско - HDMI женско, Черен</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SCART</t>
+  </si>
+  <si>
+    <t>Видео адаптер, 2 в 1, Ultra-HD 4K, HAMA-200334</t>
+  </si>
+  <si>
+    <t>HAMA-200334</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Конвертор HAMA, VGA+USB мъжко - HDMI женско, Full HD 1080p, Черен</t>
-[...58 lines deleted...]
-  <si>
     <t>HDMI повторител ACT AC7820, Усилва HDMI сигнал до 40 м, Поддържа 4K</t>
   </si>
   <si>
     <t>EWENT-ACT-EXT-AC7820</t>
   </si>
   <si>
     <t>Адаптер DeLock 66462, Type-C - Gigabit LAN, mini</t>
   </si>
   <si>
     <t>DELOCK-66462</t>
   </si>
   <si>
     <t>HDMI Сплитер ACT AC7835, 1/2, 4K@30Hz, USB, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-SPLIT-AC7835</t>
   </si>
   <si>
     <t>Адаптер DeLock, mini DisplayPort 1.2 мъжко &gt; DVI женско, 4K, Пасивен, Черен</t>
   </si>
   <si>
     <t>DELOCK-62605</t>
   </si>
   <si>
-    <t>HAMA Сплитер 4K HDMI мъжко - 2 x HDMI женско, черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер j5create JCA153G, USB-C към 4K HDMI, Сив</t>
   </si>
   <si>
     <t>J5-JCA153G</t>
   </si>
   <si>
+    <t>3 портов HDMI суич ACT , 4K@60Hz, USB, Дистанционно, Черен</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-SPLIT-AC7845</t>
+  </si>
+  <si>
     <t>Медиен конвертор Cudy MC100GSB-20A, RJ-45, SC fiber port, 20 km</t>
   </si>
   <si>
     <t>CUDY-CONV-MC100GSB-20A</t>
   </si>
   <si>
     <t>Медиен конвертор Cudy MC100GSB-20B, SC fiber port, RJ-45, 20 km</t>
   </si>
   <si>
     <t>CUDY-CONV-MC100GSB-20B</t>
   </si>
   <si>
-    <t>3 портов HDMI суич ACT , 4K@60Hz, USB, Дистанционно, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Видео адаптер USB-C мъжко към HDMI женско Ultra-HD 8K@60 Hz</t>
   </si>
   <si>
     <t>HAMA-200303</t>
   </si>
   <si>
     <t>Автоматичен превключвател ESTILLO, HDMI switch, 5/1 x HDMI1.4, 5 входа 1 изход, Черен</t>
   </si>
   <si>
     <t>EST-HDMI-SWITCH-1-5</t>
   </si>
   <si>
     <t>HAMA Видео адаптер 2 в 1, Mini Displayport - VGA &amp; HDMI, Ultra-HD 4K</t>
   </si>
   <si>
     <t>HAMA-300086</t>
   </si>
   <si>
     <t>3 портов HDMI суич Delock 18600, 4K, 50 см. кабел, Черен</t>
   </si>
   <si>
     <t>DELOCK-18600</t>
   </si>
   <si>
+    <t>HАМА Касетен Адаптер VHS-C/VHS "Auto"</t>
+  </si>
+  <si>
+    <t>HAMA-44704</t>
+  </si>
+  <si>
     <t>Адаптер j5create JUA254, USB-A към HDMI, Бял</t>
   </si>
   <si>
     <t>J5-JUA254</t>
   </si>
   <si>
+    <t>Адаптер Delock X-coded 8 pin мъжко към  RJ45 jack straight</t>
+  </si>
+  <si>
+    <t>DELOCK-60065</t>
+  </si>
+  <si>
     <t>HDMI сплитер ESTILLO HDSP0010M1, 1/2, 4K/60Hz</t>
   </si>
   <si>
     <t>EST-HDMI-SPLITTER-1-2-4K</t>
   </si>
   <si>
     <t>Адаптер DeLock, DisplayPort 1.2 мъжко &gt; VGA / HDMI / DVI женско, 4K</t>
   </si>
   <si>
     <t>DELOCK-62902</t>
   </si>
   <si>
     <t>HDMI суич ACT AC7841, 5/1, 3D, 4K@60Hz, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-SPLIT-AC7841</t>
   </si>
   <si>
     <t>ACT HDMI Сплитер AC7832 4К HDMI сплитер, 1 вход.4 HDMI изхода</t>
   </si>
   <si>
     <t>EWENT-ACT-SPLIT-AC7832</t>
   </si>
   <si>
     <t>HDMI сплитер ESTILLO HDSP0009M1, 1/4, 4K/60Hz</t>
   </si>
   <si>
     <t>EST-HDMI-SPLITTER-1-4-4K</t>
   </si>
   <si>
+    <t>Медиен конвертор TP-LINK MC210CS, 1xGigabit 10/100/1000</t>
+  </si>
+  <si>
+    <t>TP-TL-MC210CS</t>
+  </si>
+  <si>
     <t>Адаптер j5create JVAW56, ScreenCast, HDMI, 2.4 GHz, 5 GHz, full HD</t>
   </si>
   <si>
     <t>J5-JVAW56</t>
   </si>
   <si>
     <t>Мрежови адаптер/хъб/ j5create JCA351, Gigabit, 4K HDMI</t>
   </si>
   <si>
     <t>J5-JCA351</t>
   </si>
   <si>
     <t>Адаптер j5create JUA365, За 2 монитора, USB-C - HDMI</t>
   </si>
   <si>
     <t>J5-JUA365</t>
   </si>
   <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
     <t>Адаптер DeLock 64229, USB-C - HDMI (DP Alt Mode), 8K, HDR</t>
   </si>
   <si>
     <t>DELOCK-64229</t>
   </si>
   <si>
     <t>Адаптер j5create JUA354, USB 3.0 към 4K HDMI</t>
   </si>
   <si>
     <t>J5-JUA354</t>
   </si>
   <si>
     <t>Адаптер j5create JCA365, За 2 монитора, USB-C - 2 x HDMI</t>
   </si>
   <si>
     <t>J5-JCA365</t>
   </si>
   <si>
     <t>HDMI Extender (усилвател) ESTILLO HDEX002M1, усилва HDMI сигнал до 60 м по UTP кабел</t>
   </si>
   <si>
     <t>EST-HDMI-EXTENDER-60</t>
   </si>
   <si>
     <t>HDMI Сплитер ACT AC7831, 1 вход 4 изхода., 4K, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-SPLIT-AC7831</t>
   </si>
   <si>
     <t>HDMI Extender (усилвател) ATEN VE800A, 1900x1200 @ 60Hz, 60 м</t>
   </si>
   <si>
     <t>ATEN-VE800</t>
   </si>
   <si>
     <t>Адаптер DeLock, USB 2.0 - 4 x RS-232</t>
   </si>
   <si>
     <t>DELOCK-87414</t>
   </si>
   <si>
     <t>ЕDID емулатор адаптер ATEN VC081A, HDMI, 4K, Черен</t>
   </si>
   <si>
     <t>ATEN-VC081A-AT</t>
   </si>
   <si>
-    <t>по заявка (обади се)</t>
-[...1 lines deleted...]
-  <si>
     <t>5 портов HDMI суич Delock  4K@60Hz, Дистанционно, Черен</t>
   </si>
   <si>
     <t>DELOCK-18685</t>
   </si>
   <si>
     <t>HDMI превключвател ATEN VS481B, 4-портов 4K</t>
   </si>
   <si>
     <t>ATEN-VS481B-AT-G</t>
   </si>
   <si>
+    <t>HDMI сплитер ESTILLO HDSP0008M1, 1/8, 4K/60Hz</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SPLITTER-1-8-4K</t>
+  </si>
+  <si>
+    <t>HDMI &amp; USB Extender (усилвател) ATEN VE803, 1900x1200 @ 60Hz, 60 м</t>
+  </si>
+  <si>
+    <t>ATEN-VE803</t>
+  </si>
+  <si>
+    <t>Адаптер j5create JCA366, За 4 монитора, USB-C - 4 x HDMI</t>
+  </si>
+  <si>
+    <t>J5-JCA366</t>
+  </si>
+  <si>
+    <t>HDMI Extender (усилвател) ESTILLO HDEX008M1 , усилва HDMI сигнал до 150 м по UTP кабел</t>
+  </si>
+  <si>
+    <t>EST-HDMI-EXTENDER-150</t>
+  </si>
+  <si>
+    <t>Автоматичен превключвател ASK 4/1 Quad Multi-Viewer, 4 входа 1 изход</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SWITCH-1-4</t>
+  </si>
+  <si>
+    <t>HDMI Extender (усилвател) DeLock, Усилва HDMI сигнал до 40/70 м по UTP кабел</t>
+  </si>
+  <si>
+    <t>DELOCK-65832</t>
+  </si>
+  <si>
+    <t>HDMI трансмитер DeLock, Прeдава видео по IP</t>
+  </si>
+  <si>
+    <t>DELOCK-65950</t>
+  </si>
+  <si>
+    <t>HDMI приемник DeLock, Прeдава видео по IP</t>
+  </si>
+  <si>
+    <t>DELOCK-65951</t>
+  </si>
+  <si>
+    <t>USB Extender ATEN UCE3250, 4 порта, USB 2.0, CAT 5, до 50m</t>
+  </si>
+  <si>
+    <t>ATEN-UCE3250-AT-G</t>
+  </si>
+  <si>
     <t>USB Extender (усилвател) ESTILLO ASKHU04-USB 1x4, усилва USB сигнал до 100 м по UTP кабел CAT5e/6</t>
   </si>
   <si>
     <t>EST-USB-EXTENDER-1-4</t>
-  </si>
-[...52 lines deleted...]
-    <t>ATEN-UCE3250-AT-G</t>
   </si>
   <si>
     <t>HDMI сплитер ESTILLO, HDSP0116M, 1/16</t>
   </si>
   <si>
     <t>EST-HDMI-SPLITTER-1-16</t>
   </si>
   <si>
     <t>Сплитер ATEN VS184B, 4-Port True 4K HDMI, 15м</t>
   </si>
   <si>
     <t>ATEN-VS184B</t>
   </si>
   <si>
     <t>HDMI суич ATEN VS0801H, 8-Port, 3м</t>
   </si>
   <si>
     <t>ATEN-VS0801H</t>
   </si>
   <si>
     <t>HDMI Extender (усилвател) ACT AC7850, 1080p @ 60Hz, 100 м, Комплект</t>
   </si>
   <si>
     <t>EWENT-ACT-EXT-AC7850</t>
   </si>
@@ -940,1244 +940,1244 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.344</v>
+        <v>2.22</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.416</v>
+        <v>3.792</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>7.812</v>
+        <v>3.924</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>8.088</v>
+        <v>3.996</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>9.18</v>
+        <v>4.296</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>9.48</v>
+        <v>4.848</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>9.636</v>
+        <v>4.932</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>9.816</v>
+        <v>5.016</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>9.864</v>
+        <v>5.04</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>10.224</v>
+        <v>5.22</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>10.26</v>
+        <v>5.244</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>10.296</v>
+        <v>5.256</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>10.716</v>
+        <v>6.384</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>14.148</v>
+        <v>7.236</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>14.148</v>
+        <v>7.236</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>14.16</v>
+        <v>7.236</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>14.52</v>
+        <v>7.428</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>14.856</v>
+        <v>7.56</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>16.8</v>
+        <v>9.816</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>19.44</v>
+        <v>9.936</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>19.572</v>
+        <v>10.884</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>21.288</v>
+        <v>11.256</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>22.008</v>
+        <v>12.324</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25">
+        <v>13.104</v>
+      </c>
+      <c r="D25" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>24.12</v>
+        <v>15.276</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>25.632</v>
+        <v>15.972</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>29.868</v>
+        <v>16.008</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>31.236</v>
+        <v>16.416</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>31.308</v>
+        <v>16.836</v>
       </c>
       <c r="D30" t="s">
-        <v>65</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>32.112</v>
+        <v>16.932</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>32.928</v>
+        <v>20.136</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>33.576</v>
+        <v>20.628</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>40.356</v>
+        <v>20.676</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>40.452</v>
+        <v>20.76</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>40.608</v>
+        <v>21.48</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>41.892</v>
+        <v>21.48</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38">
+        <v>21.66</v>
+      </c>
+      <c r="D38" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>42.0</v>
+        <v>21.696</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>42.0</v>
+        <v>23.028</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>42.444</v>
+        <v>23.232</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>45.036</v>
+        <v>23.76</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>45.432</v>
+        <v>24.3</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>46.476</v>
+        <v>25.464</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>46.524</v>
+        <v>27.156</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>47.52</v>
+        <v>27.168</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>47.856</v>
+        <v>27.432</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>47.856</v>
+        <v>27.612</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>49.8</v>
+        <v>29.424</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>53.208</v>
+        <v>29.436</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>54.0</v>
+        <v>30.06</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>57.336</v>
+        <v>31.5</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>57.576</v>
+        <v>32.772</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>61.596</v>
+        <v>33.744</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>66.0</v>
+        <v>36.204</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>70.8</v>
+        <v>37.02</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>72.408</v>
+        <v>37.896</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>74.124</v>
+        <v>39.876</v>
       </c>
       <c r="D58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>78.0</v>
+        <v>40.8</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>85.788</v>
+        <v>43.86</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>87.948</v>
+        <v>44.964</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>87.996</v>
+        <v>44.988</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B63" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C63">
-        <v>88.284</v>
+        <v>45.132</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B64" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C64">
-        <v>96.804</v>
+        <v>49.5</v>
       </c>
       <c r="D64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B65" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C65">
-        <v>98.076</v>
+        <v>50.148</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B66" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C66">
-        <v>100.8</v>
+        <v>51.54</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B67" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C67">
-        <v>113.676</v>
+        <v>58.116</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B68" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C68">
-        <v>122.748</v>
+        <v>62.76</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B69" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C69">
-        <v>124.068</v>
+        <v>63.432</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B70" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C70">
-        <v>142.044</v>
+        <v>72.624</v>
       </c>
       <c r="D70" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>147</v>
       </c>
       <c r="B71" t="s">
         <v>148</v>
       </c>
       <c r="C71">
-        <v>145.092</v>
+        <v>74.184</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>149</v>
       </c>
       <c r="B72" t="s">
         <v>150</v>
       </c>
       <c r="C72">
-        <v>154.8</v>
+        <v>79.152</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>151</v>
       </c>
       <c r="B73" t="s">
         <v>152</v>
       </c>
       <c r="C73">
-        <v>162.924</v>
+        <v>88.968</v>
       </c>
       <c r="D73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>153</v>
       </c>
       <c r="B74" t="s">
         <v>154</v>
       </c>
       <c r="C74">
-        <v>164.616</v>
+        <v>89.736</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>81</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>155</v>
       </c>
       <c r="B75" t="s">
         <v>156</v>
       </c>
       <c r="C75">
-        <v>174.0</v>
+        <v>89.94</v>
       </c>
       <c r="D75" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>157</v>
       </c>
       <c r="B76" t="s">
         <v>158</v>
       </c>
       <c r="C76">
-        <v>175.5</v>
+        <v>92.028</v>
       </c>
       <c r="D76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>159</v>
       </c>
       <c r="B77" t="s">
         <v>160</v>
       </c>
       <c r="C77">
-        <v>175.896</v>
+        <v>94.512</v>
       </c>
       <c r="D77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>161</v>
       </c>
       <c r="B78" t="s">
         <v>162</v>
       </c>
       <c r="C78">
-        <v>180.0</v>
+        <v>104.328</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>163</v>
       </c>
       <c r="B79" t="s">
         <v>164</v>
       </c>
       <c r="C79">
-        <v>204.06</v>
+        <v>110.7</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>165</v>
       </c>
       <c r="B80" t="s">
         <v>166</v>
       </c>
       <c r="C80">
-        <v>216.516</v>
+        <v>110.7</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>167</v>
       </c>
       <c r="B81" t="s">
         <v>168</v>
       </c>
       <c r="C81">
-        <v>216.516</v>
+        <v>110.844</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>169</v>
       </c>
       <c r="B82" t="s">
         <v>170</v>
       </c>
       <c r="C82">
-        <v>216.804</v>
+        <v>111.972</v>
       </c>
       <c r="D82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>171</v>
       </c>
       <c r="B83" t="s">
         <v>172</v>
       </c>
       <c r="C83">
-        <v>222.0</v>
+        <v>113.508</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>173</v>
       </c>
       <c r="B84" t="s">
         <v>174</v>
       </c>
       <c r="C84">
-        <v>249.576</v>
+        <v>122.616</v>
       </c>
       <c r="D84" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>175</v>
       </c>
       <c r="B85" t="s">
         <v>176</v>
       </c>
       <c r="C85">
-        <v>263.388</v>
+        <v>150.324</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>177</v>
       </c>
       <c r="B86" t="s">
         <v>178</v>
       </c>
       <c r="C86">
-        <v>303.444</v>
+        <v>155.148</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>179</v>
       </c>
       <c r="B87" t="s">
         <v>180</v>
       </c>
       <c r="C87">
-        <v>434.904</v>
+        <v>222.36</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D88"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>