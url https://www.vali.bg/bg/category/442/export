--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -46,98 +46,101 @@
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Адаптер DeLock, USB женско - RJ45 мъжко</t>
   </si>
   <si>
     <t>DELOCK-65234</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Преходник  HAMA S-VHS, 3 х Чинч(1хVideo+2xAudio) - Скарт, Черен</t>
   </si>
   <si>
     <t>HAMA-205268</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Адаптер Delock, mini DisplayPort 1.2 мъжко - DisplayPort женско, 4K, 90°</t>
+  </si>
+  <si>
+    <t>DELOCK-65626</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA 205164, HDMI мъжко - HDMI женско, на 90°, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205164</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Адаптер HAMA 200347, Mini-HDMI мъжко - HDMI женско, Ultra-HD, 4K, Черен</t>
   </si>
   <si>
     <t>HAMA-200347</t>
   </si>
   <si>
-    <t>Адаптер Delock, mini DisplayPort 1.2 мъжко - DisplayPort женско, 4K, 90°</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер HAMA, DisplayPort женско - DisplayPort  женско, Ultra HD, 4K, Черен</t>
   </si>
   <si>
     <t>HAMA-200345</t>
   </si>
   <si>
+    <t>Адаптер HAMA, HDMI женско-женско,8K, 205173</t>
+  </si>
+  <si>
+    <t>HAMA-205173</t>
+  </si>
+  <si>
     <t>Адаптер HAMA OTG USB-C мъжко-USB 3.2 Gen 1 A женско, 5Gbit/s Черен</t>
   </si>
   <si>
     <t>HAMA-200311</t>
   </si>
   <si>
     <t>Преходник HAMA micro HDMI мъжко - HDMI женско, Ultra-HD 4K, 200348</t>
   </si>
   <si>
     <t>HAMA-200348</t>
   </si>
   <si>
-    <t>Адаптер HAMA, HDMI женско-женско,8K, 205173</t>
-[...4 lines deleted...]
-  <si>
     <t>Преходник видео адаптер DVI - VGA, Full-HD 1080p, 200340</t>
   </si>
   <si>
     <t>HAMA-200340</t>
   </si>
   <si>
-    <t>Адаптер HAMA 205164, HDMI мъжко - HDMI женско, на 90°, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер Delock, DisplayPort 1.2 мъжко - DisplayPort женско, Черен</t>
   </si>
   <si>
     <t>DELOCK-65691</t>
   </si>
   <si>
     <t>Адаптер HAMA 205169, DVI-D мъжко - HDMI женско, Ultra-HD, 4K, Черен</t>
   </si>
   <si>
     <t>HAMA-205169</t>
   </si>
   <si>
     <t>Адаптер HAMA, VGA мъжко - DVI женско, Full-HD 1080p, Черен</t>
   </si>
   <si>
     <t>HAMA-200341</t>
   </si>
   <si>
     <t>Адаптер HAMA, MiniDisplayPort мъжко - DisplayPort женско, Ultra-HD 4K, Essential, Черен</t>
   </si>
   <si>
     <t>HAMA-200331</t>
   </si>
   <si>
     <t>Адаптер Delock 65662, HDMI-A женско с Ethernet - HDMI-A мъжко, 4K, 90°, Черен</t>
@@ -160,182 +163,185 @@
   <si>
     <t>Адаптер Delock 65661, HDMI-A женско с Ethernet - HDMI-A мъжко, 4K, 90°, Черен</t>
   </si>
   <si>
     <t>DELOCK-65661</t>
   </si>
   <si>
     <t>Адаптер HAMA, DisplayPort мъжко - HDMI женско, Ultra HD, 4K, Черен</t>
   </si>
   <si>
     <t>HAMA-200335</t>
   </si>
   <si>
     <t>Видео адаптер Hama, Mini DisplayPort - HDMI™ гнездо, Ultra-HD 4K</t>
   </si>
   <si>
     <t>HAMA-200332</t>
   </si>
   <si>
     <t>Адаптер Delock USB 3.0 мъжко-женско под ъгъл 270°, хоризонтално</t>
   </si>
   <si>
     <t>DELOCK-65342</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Адаптер HAMA  DisplayPort мъжко - DVI женско, Ultra-HD 4K, Essential, Черен</t>
   </si>
   <si>
     <t>HAMA-200336</t>
   </si>
   <si>
     <t>Адаптер HAMA, DisplayPort мъжко - VGA женско, Full-HD 1080p, Черен</t>
   </si>
   <si>
     <t>HAMA-200337</t>
   </si>
   <si>
     <t>Адаптер Delock IDE 44 pin мъжко &gt; IDE 44 pin мъжко</t>
   </si>
   <si>
     <t>DELOCK-65090</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Адаптер HAMA 200315, USB-C мъжко - HDMI женско, Ultra HD, 4K, Черен</t>
   </si>
   <si>
     <t>HAMA-200315</t>
   </si>
   <si>
     <t>Адаптер Delock DisplayPort 1.2 мъжко към  VGA женско, черно</t>
   </si>
   <si>
     <t>DELOCK-61006</t>
   </si>
   <si>
     <t>Адаптер HAMA 200343, HDMI мъжко - VGA женско, full HD 1080p, Черен</t>
   </si>
   <si>
     <t>HAMA-200343</t>
   </si>
   <si>
+    <t>HAMA Превключвател / суич 8K-HDMI™ "двупосочен", 1 In 2 Out/2 In 1 Out</t>
+  </si>
+  <si>
+    <t>HAMA-205324</t>
+  </si>
+  <si>
     <t>Конвертор HAMA, VGA+USB мъжко - HDMI женско, Full HD 1080p, Черен</t>
   </si>
   <si>
     <t>HAMA-200342</t>
   </si>
   <si>
-    <t>HAMA Превключвател / суич 8K-HDMI™ "двупосочен", 1 In 2 Out/2 In 1 Out</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер HAMA 200314, USB-C мъжко - DisplayPort женско, Ultra HD, 4K, Черен</t>
   </si>
   <si>
     <t>HAMA-200314</t>
   </si>
   <si>
     <t>HAMA Сплитер 4K HDMI мъжко - 2 x HDMI женско, черен</t>
   </si>
   <si>
     <t>HAMA-205284</t>
   </si>
   <si>
     <t>HAMA Видео конвертор AV, Scart към HDMI</t>
   </si>
   <si>
     <t>HAMA-121775</t>
   </si>
   <si>
     <t>Превключвател / суич HAMA 4K-HDMI™ 3x1, 121770</t>
   </si>
   <si>
     <t>HAMA-121770</t>
   </si>
   <si>
     <t>Адаптер DeLock, DVI-D 24+1 мъжко - VGA женско, Черен</t>
   </si>
   <si>
     <t>DELOCK-65658</t>
   </si>
   <si>
     <t>Оптичен конвертор HAMA, Optical IN ODT (Toslink)/Coax OUT, Сребрист</t>
   </si>
   <si>
     <t>HAMA-42905</t>
   </si>
   <si>
     <t>Видео конвертор Estillo ASK-ST001, Scart женско - HDMI женско, Черен</t>
   </si>
   <si>
     <t>EST-HDMI-SCART</t>
   </si>
   <si>
     <t>Видео адаптер, 2 в 1, Ultra-HD 4K, HAMA-200334</t>
   </si>
   <si>
     <t>HAMA-200334</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>HDMI повторител ACT AC7820, Усилва HDMI сигнал до 40 м, Поддържа 4K</t>
   </si>
   <si>
     <t>EWENT-ACT-EXT-AC7820</t>
   </si>
   <si>
     <t>Адаптер DeLock 66462, Type-C - Gigabit LAN, mini</t>
   </si>
   <si>
     <t>DELOCK-66462</t>
   </si>
   <si>
     <t>HDMI Сплитер ACT AC7835, 1/2, 4K@30Hz, USB, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-SPLIT-AC7835</t>
   </si>
   <si>
     <t>Адаптер DeLock, mini DisplayPort 1.2 мъжко &gt; DVI женско, 4K, Пасивен, Черен</t>
   </si>
   <si>
     <t>DELOCK-62605</t>
   </si>
   <si>
     <t>Адаптер j5create JCA153G, USB-C към 4K HDMI, Сив</t>
   </si>
   <si>
     <t>J5-JCA153G</t>
   </si>
   <si>
+    <t>Адаптер Delock mini DisplayPort 1.1 мъжко към DisplayPort / HDMI / DVI женско black</t>
+  </si>
+  <si>
+    <t>DELOCK-62623</t>
+  </si>
+  <si>
     <t>3 портов HDMI суич ACT , 4K@60Hz, USB, Дистанционно, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-SPLIT-AC7845</t>
   </si>
   <si>
     <t>Медиен конвертор Cudy MC100GSB-20A, RJ-45, SC fiber port, 20 km</t>
   </si>
   <si>
     <t>CUDY-CONV-MC100GSB-20A</t>
   </si>
   <si>
     <t>Медиен конвертор Cudy MC100GSB-20B, SC fiber port, RJ-45, 20 km</t>
   </si>
   <si>
     <t>CUDY-CONV-MC100GSB-20B</t>
   </si>
   <si>
     <t>HAMA Видео адаптер USB-C мъжко към HDMI женско Ultra-HD 8K@60 Hz</t>
   </si>
   <si>
     <t>HAMA-200303</t>
   </si>
   <si>
     <t>Автоматичен превключвател ESTILLO, HDMI switch, 5/1 x HDMI1.4, 5 входа 1 изход, Черен</t>
@@ -433,150 +439,144 @@
   <si>
     <t>Адаптер DeLock 64229, USB-C - HDMI (DP Alt Mode), 8K, HDR</t>
   </si>
   <si>
     <t>DELOCK-64229</t>
   </si>
   <si>
     <t>Адаптер j5create JUA354, USB 3.0 към 4K HDMI</t>
   </si>
   <si>
     <t>J5-JUA354</t>
   </si>
   <si>
     <t>Адаптер j5create JCA365, За 2 монитора, USB-C - 2 x HDMI</t>
   </si>
   <si>
     <t>J5-JCA365</t>
   </si>
   <si>
     <t>HDMI Extender (усилвател) ESTILLO HDEX002M1, усилва HDMI сигнал до 60 м по UTP кабел</t>
   </si>
   <si>
     <t>EST-HDMI-EXTENDER-60</t>
   </si>
   <si>
-    <t>HDMI Сплитер ACT AC7831, 1 вход 4 изхода., 4K, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>HDMI Extender (усилвател) ATEN VE800A, 1900x1200 @ 60Hz, 60 м</t>
   </si>
   <si>
     <t>ATEN-VE800</t>
   </si>
   <si>
     <t>Адаптер DeLock, USB 2.0 - 4 x RS-232</t>
   </si>
   <si>
     <t>DELOCK-87414</t>
   </si>
   <si>
     <t>ЕDID емулатор адаптер ATEN VC081A, HDMI, 4K, Черен</t>
   </si>
   <si>
     <t>ATEN-VC081A-AT</t>
   </si>
   <si>
+    <t>Адаптер j5create JCA366, За 4 монитора, USB-C - 4 x HDMI</t>
+  </si>
+  <si>
+    <t>J5-JCA366</t>
+  </si>
+  <si>
     <t>5 портов HDMI суич Delock  4K@60Hz, Дистанционно, Черен</t>
   </si>
   <si>
     <t>DELOCK-18685</t>
   </si>
   <si>
     <t>HDMI превключвател ATEN VS481B, 4-портов 4K</t>
   </si>
   <si>
     <t>ATEN-VS481B-AT-G</t>
   </si>
   <si>
+    <t>HDMI Extender (усилвател) ESTILLO HDEX008M1 , усилва HDMI сигнал до 150 м по UTP кабел</t>
+  </si>
+  <si>
+    <t>EST-HDMI-EXTENDER-150</t>
+  </si>
+  <si>
     <t>HDMI сплитер ESTILLO HDSP0008M1, 1/8, 4K/60Hz</t>
   </si>
   <si>
     <t>EST-HDMI-SPLITTER-1-8-4K</t>
   </si>
   <si>
+    <t>USB Extender (усилвател) ESTILLO ASKHU04-USB 1x4, усилва USB сигнал до 100 м по UTP кабел CAT5e/6</t>
+  </si>
+  <si>
+    <t>EST-USB-EXTENDER-1-4</t>
+  </si>
+  <si>
+    <t>Автоматичен превключвател ASK 4/1 Quad Multi-Viewer, 4 входа 1 изход</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SWITCH-1-4</t>
+  </si>
+  <si>
+    <t>HDMI сплитер ESTILLO, HDSP0116M, 1/16</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SPLITTER-1-16</t>
+  </si>
+  <si>
     <t>HDMI &amp; USB Extender (усилвател) ATEN VE803, 1900x1200 @ 60Hz, 60 м</t>
   </si>
   <si>
     <t>ATEN-VE803</t>
   </si>
   <si>
-    <t>Адаптер j5create JCA366, За 4 монитора, USB-C - 4 x HDMI</t>
-[...16 lines deleted...]
-  <si>
     <t>HDMI Extender (усилвател) DeLock, Усилва HDMI сигнал до 40/70 м по UTP кабел</t>
   </si>
   <si>
     <t>DELOCK-65832</t>
   </si>
   <si>
     <t>HDMI трансмитер DeLock, Прeдава видео по IP</t>
   </si>
   <si>
     <t>DELOCK-65950</t>
   </si>
   <si>
     <t>HDMI приемник DeLock, Прeдава видео по IP</t>
   </si>
   <si>
     <t>DELOCK-65951</t>
   </si>
   <si>
     <t>USB Extender ATEN UCE3250, 4 порта, USB 2.0, CAT 5, до 50m</t>
   </si>
   <si>
     <t>ATEN-UCE3250-AT-G</t>
-  </si>
-[...10 lines deleted...]
-    <t>EST-HDMI-SPLITTER-1-16</t>
   </si>
   <si>
     <t>Сплитер ATEN VS184B, 4-Port True 4K HDMI, 15м</t>
   </si>
   <si>
     <t>ATEN-VS184B</t>
   </si>
   <si>
     <t>HDMI суич ATEN VS0801H, 8-Port, 3м</t>
   </si>
   <si>
     <t>ATEN-VS0801H</t>
   </si>
   <si>
     <t>HDMI Extender (усилвател) ACT AC7850, 1080p @ 60Hz, 100 м, Комплект</t>
   </si>
   <si>
     <t>EWENT-ACT-EXT-AC7850</t>
   </si>
   <si>
     <t>HDMI Extender (усилвател) ATEN VE801, (4K@40m), До 70 м</t>
   </si>
   <si>
     <t>ATEN-VE801</t>
   </si>
@@ -968,530 +968,530 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>3.792</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>3.924</v>
+        <v>3.996</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>3.996</v>
+        <v>4.08</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>4.296</v>
+        <v>4.104</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>4.848</v>
+        <v>4.296</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>4.932</v>
+        <v>4.512</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>5.016</v>
+        <v>4.848</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>5.04</v>
+        <v>4.932</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>5.22</v>
+        <v>5.04</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>5.244</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>5.256</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>6.384</v>
+        <v>6.18</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>7.236</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>7.236</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>7.236</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>7.428</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>7.56</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>9.816</v>
+        <v>9.852</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>9.936</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
         <v>10.884</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C23">
         <v>11.256</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>12.324</v>
+        <v>12.156</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C25">
         <v>13.104</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>15.276</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
         <v>15.972</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
         <v>16.008</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>16.416</v>
+        <v>16.104</v>
       </c>
       <c r="D29" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>16.836</v>
+        <v>16.416</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
         <v>16.932</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
         <v>20.136</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
         <v>20.628</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
         <v>20.676</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
         <v>20.76</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
         <v>21.48</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
         <v>21.48</v>
       </c>
       <c r="D37" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>21.66</v>
+        <v>21.588</v>
       </c>
       <c r="D38" t="s">
-        <v>81</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
         <v>21.696</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
         <v>23.028</v>
@@ -1528,656 +1528,656 @@
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
         <v>24.3</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>25.464</v>
+        <v>24.528</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>27.156</v>
+        <v>25.464</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>27.168</v>
+        <v>27.156</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>27.432</v>
+        <v>27.168</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>27.612</v>
+        <v>27.432</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>29.424</v>
+        <v>27.612</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>29.436</v>
+        <v>29.424</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>30.06</v>
+        <v>29.436</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>31.5</v>
+        <v>30.06</v>
       </c>
       <c r="D52" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>32.772</v>
+        <v>31.5</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>33.744</v>
+        <v>32.772</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>36.204</v>
+        <v>33.744</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>37.02</v>
+        <v>36.204</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>37.896</v>
+        <v>37.02</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>39.876</v>
+        <v>37.896</v>
       </c>
       <c r="D58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>40.8</v>
+        <v>39.876</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>43.86</v>
+        <v>40.8</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>44.964</v>
+        <v>43.86</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>44.988</v>
+        <v>44.964</v>
       </c>
       <c r="D62" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" t="s">
         <v>131</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63">
+        <v>44.988</v>
+      </c>
+      <c r="D63" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>133</v>
       </c>
       <c r="B64" t="s">
         <v>134</v>
       </c>
       <c r="C64">
-        <v>49.5</v>
+        <v>45.132</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>135</v>
       </c>
       <c r="B65" t="s">
         <v>136</v>
       </c>
       <c r="C65">
-        <v>50.148</v>
+        <v>45.96</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>137</v>
       </c>
       <c r="B66" t="s">
         <v>138</v>
       </c>
       <c r="C66">
-        <v>51.54</v>
+        <v>50.148</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>139</v>
       </c>
       <c r="B67" t="s">
         <v>140</v>
       </c>
       <c r="C67">
-        <v>58.116</v>
+        <v>51.54</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>141</v>
       </c>
       <c r="B68" t="s">
         <v>142</v>
       </c>
       <c r="C68">
-        <v>62.76</v>
+        <v>63.3</v>
       </c>
       <c r="D68" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>143</v>
       </c>
       <c r="B69" t="s">
         <v>144</v>
       </c>
       <c r="C69">
-        <v>63.432</v>
+        <v>65.94</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>145</v>
       </c>
       <c r="B70" t="s">
         <v>146</v>
       </c>
       <c r="C70">
         <v>72.624</v>
       </c>
       <c r="D70" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>147</v>
       </c>
       <c r="B71" t="s">
         <v>148</v>
       </c>
       <c r="C71">
-        <v>74.184</v>
+        <v>73.068</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>132</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>149</v>
       </c>
       <c r="B72" t="s">
         <v>150</v>
       </c>
       <c r="C72">
-        <v>79.152</v>
+        <v>74.184</v>
       </c>
       <c r="D72" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>151</v>
       </c>
       <c r="B73" t="s">
         <v>152</v>
       </c>
       <c r="C73">
-        <v>88.968</v>
+        <v>79.152</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>153</v>
       </c>
       <c r="B74" t="s">
         <v>154</v>
       </c>
       <c r="C74">
-        <v>89.736</v>
+        <v>88.8</v>
       </c>
       <c r="D74" t="s">
-        <v>81</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>155</v>
       </c>
       <c r="B75" t="s">
         <v>156</v>
       </c>
       <c r="C75">
-        <v>89.94</v>
+        <v>88.968</v>
       </c>
       <c r="D75" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>157</v>
       </c>
       <c r="B76" t="s">
         <v>158</v>
       </c>
       <c r="C76">
-        <v>92.028</v>
+        <v>90.0</v>
       </c>
       <c r="D76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>159</v>
       </c>
       <c r="B77" t="s">
         <v>160</v>
       </c>
       <c r="C77">
         <v>94.512</v>
       </c>
       <c r="D77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>161</v>
       </c>
       <c r="B78" t="s">
         <v>162</v>
       </c>
       <c r="C78">
-        <v>104.328</v>
+        <v>96.0</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>163</v>
       </c>
       <c r="B79" t="s">
         <v>164</v>
       </c>
       <c r="C79">
-        <v>110.7</v>
+        <v>97.368</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>165</v>
       </c>
       <c r="B80" t="s">
         <v>166</v>
       </c>
       <c r="C80">
-        <v>110.7</v>
+        <v>104.328</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>167</v>
       </c>
       <c r="B81" t="s">
         <v>168</v>
       </c>
       <c r="C81">
-        <v>110.844</v>
+        <v>110.7</v>
       </c>
       <c r="D81" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>169</v>
       </c>
       <c r="B82" t="s">
         <v>170</v>
       </c>
       <c r="C82">
-        <v>111.972</v>
+        <v>110.7</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>171</v>
       </c>
       <c r="B83" t="s">
         <v>172</v>
       </c>
       <c r="C83">
-        <v>113.508</v>
+        <v>110.844</v>
       </c>
       <c r="D83" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>173</v>
       </c>
       <c r="B84" t="s">
         <v>174</v>
       </c>
       <c r="C84">
         <v>122.616</v>
       </c>
       <c r="D84" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>175</v>
       </c>
       <c r="B85" t="s">
         <v>176</v>
       </c>
       <c r="C85">
         <v>150.324</v>
       </c>
       <c r="D85" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>177</v>
       </c>
       <c r="B86" t="s">
         <v>178</v>
       </c>
       <c r="C86">
         <v>155.148</v>
       </c>
       <c r="D86" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>179</v>
       </c>
       <c r="B87" t="s">
         <v>180</v>
       </c>
       <c r="C87">
         <v>222.36</v>
       </c>
       <c r="D87" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D88"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>