--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -7,1161 +7,882 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$353</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$229</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>HAMA Резервни силиконови тапи за уши, размери S - L, 6 броя, черни + различен цвят</t>
-[...2 lines deleted...]
-    <t>HAMA-184150</t>
+    <t>Резервни метални пластини за автомобилна стойка, HAMA-201501</t>
+  </si>
+  <si>
+    <t>HAMA-201501</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Писалка стилус за таблет или телефон HAMA Easy, бял</t>
+  </si>
+  <si>
+    <t>HAMA-125107</t>
+  </si>
+  <si>
+    <t>Писалка /стилус/ HAMA "Easy" за таблети и смартфони, 125106</t>
+  </si>
+  <si>
+    <t>HAMA-125106</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Зарядно за кола HAMA, 10-24V, Micro USB, 1.2 A, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-183253</t>
+  </si>
+  <si>
+    <t>HAMA Зарядно за кола /камион, 6 W,  201634</t>
+  </si>
+  <si>
+    <t>HAMA-201634</t>
+  </si>
+  <si>
+    <t>Стойка за телефон Hama Magnet, За кола, Въртене на 360 градуса, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-201517</t>
+  </si>
+  <si>
+    <t>Мрежово зарядно Hama, USB-A, 6 W, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-201644</t>
+  </si>
+  <si>
+    <t>Мрежово зарядно HAMA, USB-A, 6 W, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-201645</t>
+  </si>
+  <si>
+    <t>Зарядно за кола HAMA, 2 x USB, 2.4 A, Различни цветове</t>
+  </si>
+  <si>
+    <t>HAMA-210545</t>
+  </si>
+  <si>
+    <t>HAMA Зарядно за кола с Micro USB кабел, 6 W, 1,0 m, черно</t>
+  </si>
+  <si>
+    <t>HAMA-201608</t>
+  </si>
+  <si>
+    <t>Зарядно за кола SKROSS, USB-A, USB-C, PD, 20W</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCHCA0120WPDCN</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон тапи блутут B13-EB2  BASS 13 черни MAXELL</t>
+  </si>
+  <si>
+    <t>ML-AH-B13-EB2</t>
+  </si>
+  <si>
+    <t>Универсална стойка за телефон, HAMA-201520</t>
+  </si>
+  <si>
+    <t>HAMA-201520</t>
+  </si>
+  <si>
+    <t>Държач за микрофон BOYA BY-C03 - Shock Mount</t>
+  </si>
+  <si>
+    <t>BOYA-BY-C03</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Бързо зарядно за кола, USB-A, HAMA-201633</t>
+  </si>
+  <si>
+    <t>HAMA-201633</t>
+  </si>
+  <si>
+    <t>Зарядно HAMA 220V, 2 x USB-A, 12W, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-201971</t>
+  </si>
+  <si>
+    <t>Холдер за смартфони HAMA, 8.2 cm, 1/4", Черен</t>
+  </si>
+  <si>
+    <t>HAMA-04637</t>
+  </si>
+  <si>
+    <t>HAMA Стойка за смартфон "Pro II", 9,5 см, 1/4", 04648</t>
+  </si>
+  <si>
+    <t>HAMA-04648</t>
+  </si>
+  <si>
+    <t>Зарядно за кола HAMA "Eco", USB-C, 25 W, 187279</t>
+  </si>
+  <si>
+    <t>HAMA-187279</t>
+  </si>
+  <si>
+    <t>Зарядно 220V с кабел micro-USB, HAMA-201617</t>
+  </si>
+  <si>
+    <t>HAMA-201617</t>
+  </si>
+  <si>
+    <t>Зарядно устройство с USB-C, 12 W, HAMA-201618</t>
+  </si>
+  <si>
+    <t>HAMA-201618</t>
+  </si>
+  <si>
+    <t>HAMA-201627</t>
+  </si>
+  <si>
+    <t>HAMA Зарядно за кола, 2x USB-A, 12 W, 201636</t>
+  </si>
+  <si>
+    <t>HAMA-201636</t>
+  </si>
+  <si>
+    <t>Бързо мини зарядно HAMA "Eco", USB-C, 25 W, 187278</t>
+  </si>
+  <si>
+    <t>HAMA-187278</t>
+  </si>
+  <si>
+    <t>Мрежово зарядно Qualcomm Quick Charge, HAMA-201641</t>
+  </si>
+  <si>
+    <t>HAMA-201641</t>
+  </si>
+  <si>
+    <t>HAMA Бързо мини зарядно 1x USB-C, 1x USB-A, PD, 20 W, бяло</t>
+  </si>
+  <si>
+    <t>HAMA-201991</t>
+  </si>
+  <si>
+    <t>HAMA Външна батерия "Pocket 5" Power Pack, 5000 mAh, Изходи: 2x USB-A, антрацит</t>
+  </si>
+  <si>
+    <t>HAMA-201707</t>
+  </si>
+  <si>
+    <t>Мрежово супер мини-зарядно, USB-C, 20W, 201980</t>
+  </si>
+  <si>
+    <t>HAMA-201980</t>
+  </si>
+  <si>
+    <t>Зарядно за кола HAMA, с USB-C кабел, 12 W, 201609</t>
+  </si>
+  <si>
+    <t>HAMA-201609</t>
+  </si>
+  <si>
+    <t>HAMA Каишка за смартчасовник за модела "7010" или HAMA-178618</t>
+  </si>
+  <si>
+    <t>HAMA-178633</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Писалка стилус за таблет или телефон HAMA Easy, бял</t>
-[...152 lines deleted...]
-    <t>HAMA-201980</t>
+    <t>Зарядно за кола, USB-C, Qualcomm, 25W, HAMA-201638</t>
+  </si>
+  <si>
+    <t>HAMA-201638</t>
+  </si>
+  <si>
+    <t>Блутут слушалки Maxell Bass13 TWS, True Wireless, Bluetooth 5.0, Черни</t>
+  </si>
+  <si>
+    <t>ML-AH-B13-TWB</t>
+  </si>
+  <si>
+    <t>Зарядно за кола USB-C, 20W, HAMA-201637</t>
+  </si>
+  <si>
+    <t>HAMA-201637</t>
+  </si>
+  <si>
+    <t>Калъф Hama "Crystal Clear" за Apple iPhone 13 mini, 196938</t>
+  </si>
+  <si>
+    <t>HAMA-196938</t>
+  </si>
+  <si>
+    <t>Бързо супер мини зарядно, 25W, 201981</t>
+  </si>
+  <si>
+    <t>HAMA-201981</t>
+  </si>
+  <si>
+    <t>HAMA Бързо мини зарядно 220V, USB-C, PD/Qualcomm, 25 W, черен</t>
+  </si>
+  <si>
+    <t>HAMA-201985</t>
+  </si>
+  <si>
+    <t>Hama Блутут слушалки "Action One", TWS, Earbuds, черно</t>
+  </si>
+  <si>
+    <t>HAMA-221773</t>
+  </si>
+  <si>
+    <t>Чанта HAMA Slim, За велосипед, Водоустойчива, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-210573</t>
+  </si>
+  <si>
+    <t>Универсална стойка за таблет HAMA, от 7 - 12,9", 125120</t>
+  </si>
+  <si>
+    <t>HAMA-125120</t>
+  </si>
+  <si>
+    <t>Спортен калъф за ръка HAMA Finest Sports, За телефони XL, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-177995</t>
+  </si>
+  <si>
+    <t>Зарядно устройство 220V micro USB + кабел, 3 A, 201621</t>
+  </si>
+  <si>
+    <t>HAMA-201621</t>
+  </si>
+  <si>
+    <t>Мрежово зарядно HAMA, 220V, USB-C, Qualcomm, Quick Charge, 19.5W, Вкл. кабел, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-201625</t>
+  </si>
+  <si>
+    <t>Поставка за телефон HAMA Flipper, За кола, За  размер 6 - 8 см, 201515</t>
+  </si>
+  <si>
+    <t>HAMA-201515</t>
+  </si>
+  <si>
+    <t>Зарядно за кола HAMA 12-24 V /USB-C 3A, 19.5W + кабел, 201615</t>
+  </si>
+  <si>
+    <t>HAMA-201615</t>
+  </si>
+  <si>
+    <t>Магнитна стойка за телефон HAMA "Magnet Alu", За кола, 201516</t>
+  </si>
+  <si>
+    <t>HAMA-201516</t>
+  </si>
+  <si>
+    <t>Безжично зарядно устройство "QI-FC10", 10W, HAMA-201683</t>
+  </si>
+  <si>
+    <t>HAMA-201683</t>
+  </si>
+  <si>
+    <t>HAMA Магнитна стойка за телефон за кола "Magnet"</t>
+  </si>
+  <si>
+    <t>HAMA-201972</t>
+  </si>
+  <si>
+    <t>HAMA Външна батерия „Travel“ с кабел, 10000mAh, 2 изхода: 2x USB-C, антрацит</t>
+  </si>
+  <si>
+    <t>HAMA-201739</t>
+  </si>
+  <si>
+    <t>HAMA Стойка за мобилен телефон "Magnet" за табло, 201518</t>
+  </si>
+  <si>
+    <t>HAMA-201518</t>
+  </si>
+  <si>
+    <t>Комплект стойка за кола "Multi" 2 в 1, HAMA-201521</t>
+  </si>
+  <si>
+    <t>HAMA-201521</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалка "MyVoice Essential"</t>
+  </si>
+  <si>
+    <t>HAMA-184184</t>
+  </si>
+  <si>
+    <t>Безжично зарядно Hama "Eco-10", 10 W, 187280</t>
+  </si>
+  <si>
+    <t>HAMA-187280</t>
+  </si>
+  <si>
+    <t>USB захранване/разклонител, 1,9 м, HAMA-223203</t>
+  </si>
+  <si>
+    <t>HAMA-223203</t>
+  </si>
+  <si>
+    <t>Спортен калъф за ръка HAMA Finest Sports, За телефони XL, Розов</t>
+  </si>
+  <si>
+    <t>HAMA-177996</t>
+  </si>
+  <si>
+    <t>Спортен калъф за ръка HAMA Finest Sports, За телефони, XXL, 177997</t>
+  </si>
+  <si>
+    <t>HAMA-177997</t>
+  </si>
+  <si>
+    <t>USB захранване/разклонител 1,9 м, HAMA-223202</t>
+  </si>
+  <si>
+    <t>HAMA-223202</t>
+  </si>
+  <si>
+    <t>Зарядно за кола SKROSS, USB-A, USB-C, PD, 65W</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCHCA0365WPDCN</t>
+  </si>
+  <si>
+    <t>Мрежово зарядно 33 W, 4xUSB, HAMA-201629</t>
+  </si>
+  <si>
+    <t>HAMA-201629</t>
+  </si>
+  <si>
+    <t>HAMA Бързо мини Gan зарядно, 30 W, 1x USB-C, 1x USB-A, PD, бял</t>
+  </si>
+  <si>
+    <t>HAMA-201992</t>
   </si>
   <si>
     <t>Конвертор BOYA 3.5mm TRS към XLR, 35C-XLR</t>
   </si>
   <si>
     <t>BOYA-35C-XLR</t>
   </si>
   <si>
-    <t>Зарядно за кола HAMA, с USB-C кабел, 12 W, 201609</t>
-[...130 lines deleted...]
-  <si>
     <t>Конвертор BOYA 3.5mm TRS към XLR, 12-48V Phantom Power 35C-XLR Pro</t>
   </si>
   <si>
     <t>BOYA-35C-XLR-PRO</t>
   </si>
   <si>
-    <t>HAMA Блутут слушалка "MyVoice Essential"</t>
-[...62 lines deleted...]
-    <t>SKROSS-SKCHCA0365WPDCN</t>
+    <t>Стойка за мобилен телефон HAMA "Move" за кола, с вендуза, 201513</t>
+  </si>
+  <si>
+    <t>HAMA-201513</t>
+  </si>
+  <si>
+    <t>HAMA Външна батерия "Colour 10", 10000 mAh, 201712</t>
+  </si>
+  <si>
+    <t>HAMA-201712</t>
+  </si>
+  <si>
+    <t>HAMA Външна батерия "Colour 10", 10000 mAh, 201713</t>
+  </si>
+  <si>
+    <t>HAMA-201713</t>
+  </si>
+  <si>
+    <t>HAMA Външна батерия "Colour 10", 10000 mAh, 201714</t>
+  </si>
+  <si>
+    <t>HAMA-201714</t>
   </si>
   <si>
     <t>Стойка за мобилен телефон "Easy Snap" за кола, HAMA-201510</t>
   </si>
   <si>
     <t>HAMA-201510</t>
   </si>
   <si>
-    <t>HAMA Външна батерия "Colour 10", 10000 mAh, 201712</t>
-[...22 lines deleted...]
-  <si>
     <t>Стойка за мобилен телефон "Gravity Pro" за кола, HAMA-201511</t>
   </si>
   <si>
     <t>HAMA-201511</t>
   </si>
   <si>
     <t>Магнитна стойка за стъкло и кола за телефон "Magnet", 201512</t>
   </si>
   <si>
     <t>HAMA-201512</t>
   </si>
   <si>
+    <t>Външна батерия Silicon Power GP15 10000 mAh, Бяла</t>
+  </si>
+  <si>
+    <t>SLP-PB-GP15-WT</t>
+  </si>
+  <si>
+    <t>Външна батерия Silicon Power GP15 10000 mAh</t>
+  </si>
+  <si>
+    <t>SLP-PB-GP15-BK</t>
+  </si>
+  <si>
     <t>Външна батерия HAMA, "Eco Power 10", 10000 mAh, 187285</t>
   </si>
   <si>
     <t>HAMA-187285</t>
   </si>
   <si>
-    <t>Външна батерия Silicon Power GP15 10000 mAh, Бяла</t>
-[...14 lines deleted...]
-    <t>HAMA-184147</t>
+    <t>HAMA Външна батерия 20000 mAh, 3 изхода: 2 x USB-C, 1 x USB-A, черна</t>
+  </si>
+  <si>
+    <t>HAMA-201755</t>
+  </si>
+  <si>
+    <t>Модул Delock, USB-C порт за зареждане, За монтаж на панел Keystone</t>
+  </si>
+  <si>
+    <t>DELOCK-87792</t>
+  </si>
+  <si>
+    <t>Защитен протектор HAMA "HiFlex" за Samsung S22+/S23+</t>
+  </si>
+  <si>
+    <t>HAMA-213074</t>
+  </si>
+  <si>
+    <t>HAMA Външна батерия "Performance 10", 10000 mAh, 201709</t>
+  </si>
+  <si>
+    <t>HAMA-201709</t>
+  </si>
+  <si>
+    <t>Бързо зарядно за кола HAMA, 2x USB-C Qualcomm®, 45 W, 201632</t>
+  </si>
+  <si>
+    <t>HAMA-201632</t>
   </si>
   <si>
     <t>HAMA Блутут слушалка  "My Voice Advanced", черен</t>
   </si>
   <si>
     <t>HAMA-184185</t>
   </si>
   <si>
-    <t>Модул Delock, USB-C порт за зареждане, За монтаж на панел Keystone</t>
-[...22 lines deleted...]
-  <si>
     <t>HAMA Бързо зарядно за кола, 1x USB-C PD, 1x USB-A QC, 38 W, 201639</t>
   </si>
   <si>
     <t>HAMA-201639</t>
   </si>
   <si>
+    <t>Блутут детски слушалки Maxell KIDZ HP-BT350, Малък размер, Виолетов/Жълт</t>
+  </si>
+  <si>
+    <t>ML-AH-BT350-KIDZ-PUR</t>
+  </si>
+  <si>
+    <t>Блутут детски слушалки Maxell KIDZ HP-BT350, малък размер, Червен/Син</t>
+  </si>
+  <si>
+    <t>ML-AH-BT350-KIDZ-TURQ</t>
+  </si>
+  <si>
+    <t>Слушалки блутут  MAXELL BASS 13 B13-HD1, Черни</t>
+  </si>
+  <si>
+    <t>ML-AH-B13-HD1</t>
+  </si>
+  <si>
+    <t>Блутут слушалки с докинг кутийка MAXELL Dynamic, True Wireless, Сини</t>
+  </si>
+  <si>
+    <t>ML-AH-TWS-DYNAMIC-BLUE</t>
+  </si>
+  <si>
+    <t>Блутут слушалки "Freedom Buddy", HAMA-184165</t>
+  </si>
+  <si>
+    <t>HAMA-184165</t>
+  </si>
+  <si>
+    <t>Hama Блутут слушалки "Freedom Light II", Bluetooth, TWS, черни</t>
+  </si>
+  <si>
+    <t>HAMA-221752</t>
+  </si>
+  <si>
+    <t>Hama Блутут слушалки "Freedom Light II", Bluetooth, TWS, бял</t>
+  </si>
+  <si>
+    <t>HAMA-221753</t>
+  </si>
+  <si>
+    <t>Hama Блутут слушалки "Freedom Light II", Bluetooth, TWS, син</t>
+  </si>
+  <si>
+    <t>HAMA-221754</t>
+  </si>
+  <si>
+    <t>Hama Блутут слушалки "Freedom Light II", Bluetooth, TWS, розов</t>
+  </si>
+  <si>
+    <t>HAMA-221755</t>
+  </si>
+  <si>
+    <t>Hama Блутут слушалки "Freedom Light II", Bluetooth, TWS, Оранжев</t>
+  </si>
+  <si>
+    <t>HAMA-221757</t>
+  </si>
+  <si>
+    <t>Hama Блутут слушалки "Freedom Light II", Bluetooth, TWS, Зелени</t>
+  </si>
+  <si>
+    <t>HAMA-221756</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалки, спортни, "Freedom Athletics III", микрофон, черни</t>
+  </si>
+  <si>
+    <t>HAMA-221775</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалки "Freedom Buddy II", True Wireless, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-221758</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалки "Freedom Buddy II", True Wireless, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-221759</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалки "Freedom Buddy II", True Wireless, Лилав</t>
+  </si>
+  <si>
+    <t>HAMA-221760</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалки "Freedom Buddy II", True Wireless, Розов</t>
+  </si>
+  <si>
+    <t>HAMA-221761</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалки "Freedom Buddy II", True Wireless, Зелен</t>
+  </si>
+  <si>
+    <t>HAMA-221762</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалки "Freedom Buddy II", True Wireless, Оранжев</t>
+  </si>
+  <si>
+    <t>HAMA-221763</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалки, спортни, "Freedom Athletics III", с микрофон, жълто и черно</t>
+  </si>
+  <si>
+    <t>HAMA-221776</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалки, спортни, "Freedom Neck III", микрофон, черни</t>
+  </si>
+  <si>
+    <t>HAMA-221778</t>
+  </si>
+  <si>
+    <t>Адаптер BOYA 3.5mm TRS женски към USB-C мъжки, 6cm, BY-K4</t>
+  </si>
+  <si>
+    <t>BOYA-BY-K4</t>
+  </si>
+  <si>
+    <t>Адаптер BOYA 3.5mm TRS мъжки към USB-C мъжки, 20cm</t>
+  </si>
+  <si>
+    <t>BOYA-BY-K2</t>
+  </si>
+  <si>
+    <t>Външна батерия Silicon Power QP15 10000 mAh</t>
+  </si>
+  <si>
+    <t>SLP-PB-QP15-WT</t>
+  </si>
+  <si>
+    <t>Външна батерия Silicon Power QP15 10000 mAh Black</t>
+  </si>
+  <si>
+    <t>SLP-PB-QP15-BK</t>
+  </si>
+  <si>
     <t>HAMA Блутут слушалка "MyVoice Station", черна</t>
   </si>
   <si>
     <t>HAMA-184186</t>
   </si>
   <si>
-    <t>Блутут детски слушалки Maxell KIDZ HP-BT350, Малък размер, Виолетов/Жълт</t>
-[...124 lines deleted...]
-  <si>
     <t>HAMA Бързо супер мини GaN зарядно, 45W, 201983</t>
   </si>
   <si>
     <t>HAMA-201983</t>
   </si>
   <si>
     <t>HAMA Стойка за кола "Lock", магнитна, за вентилацията, за Apple</t>
   </si>
   <si>
     <t>HAMA-210105</t>
   </si>
   <si>
+    <t>Поставка за смартфон DeLock 18426, Място за магнитно зарядно MagSafe, Алуминий, Сребрист</t>
+  </si>
+  <si>
+    <t>DELOCK-18426</t>
+  </si>
+  <si>
+    <t>Външна батерия SKROSS RELOAD 10, 10000 mAh, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-1400130</t>
+  </si>
+  <si>
     <t>HAMA Магнитна стойка за кола за телефон MagLock, За предното стъкло, Черна</t>
   </si>
   <si>
     <t>HAMA-210106</t>
   </si>
   <si>
-    <t>Hama детски слушалки "Teens Guard II" Bluetooth®, 184183</t>
-[...4 lines deleted...]
-  <si>
     <t>Слушалки с микрофон HAMA "Freedom Lit II", 184199</t>
   </si>
   <si>
     <t>HAMA-184199</t>
   </si>
   <si>
     <t>HAMA Мини Зарядно 220V 35 W, 1x USB-C PD, 3x USB-A, Черно</t>
   </si>
   <si>
     <t>HAMA-201990</t>
   </si>
   <si>
     <t>HAMA Бързо мини зарядно, 45 W, 1x USB-C - 1x USB-A, PD, бяло</t>
   </si>
   <si>
     <t>HAMA-201993</t>
   </si>
   <si>
-    <t>HAMA Слушалки с микрофон "Freedom Lit II"  Bluetooth, 184197</t>
-[...437 lines deleted...]
-    <t>APPLE-MYWY3ZD-A</t>
+    <t>HAMA Слушалки с микрофон "Freedom Lit III"  Bluetooth, On-Ear ,  розови</t>
+  </si>
+  <si>
+    <t>HAMA-221768</t>
+  </si>
+  <si>
+    <t>HAMA Бързо мини зарядно GaN, USB-C, PD, 45 W, черно</t>
+  </si>
+  <si>
+    <t>HAMA-201987</t>
+  </si>
+  <si>
+    <t>Hama Безжично Qi2 зарядно устройство, 15 W</t>
+  </si>
+  <si>
+    <t>HAMA-201735</t>
+  </si>
+  <si>
+    <t>HAMA Бързо мини зарядно GaN, 2 x USB-C, PD, 40 W, сгъващ се адаптер, бял</t>
+  </si>
+  <si>
+    <t>HAMA-201955</t>
+  </si>
+  <si>
+    <t>HAMA Блутут слушалка “MyVoice2100”, Multipoint, черен</t>
+  </si>
+  <si>
+    <t>HAMA-184110</t>
+  </si>
+  <si>
+    <t>HAMA Блутут Слушалки "Spirit Calypso III", Over-Ear, Bass Boost, Fold, бял</t>
+  </si>
+  <si>
+    <t>HAMA-221780</t>
+  </si>
+  <si>
+    <t>HAMA Блутут Слушалки "Spirit Calypso III", Over-Ear, Bass Boost, Foldable, черен</t>
+  </si>
+  <si>
+    <t>HAMA-221779</t>
+  </si>
+  <si>
+    <t>HAMA Бързо мини зарядно, 65W, 2x USB-C, 1x USB-A, PD, плоско, бяло</t>
+  </si>
+  <si>
+    <t>HAMA-201976</t>
+  </si>
+  <si>
+    <t>HAMA Безжично зарядно устройство Qi2, 15W, за кола, черно</t>
+  </si>
+  <si>
+    <t>HAMA-201736</t>
+  </si>
+  <si>
+    <t>HAMA Безжична зарядна станция Qi2, 15W, черно</t>
+  </si>
+  <si>
+    <t>HAMA-201737</t>
+  </si>
+  <si>
+    <t>HAMA Безжична външна батерия Qi2, 10000mAh, индуктивно зареждане, антрацит</t>
+  </si>
+  <si>
+    <t>HAMA-201752</t>
+  </si>
+  <si>
+    <t>HAMA Смарт часовник "4000", функция за разговори, анализ на съня, водоустойчив, 46 мм, черен</t>
+  </si>
+  <si>
+    <t>HAMA-178640</t>
+  </si>
+  <si>
+    <t>IP телефон Yealink SIP-T31P</t>
+  </si>
+  <si>
+    <t>YEALINK-T31P</t>
+  </si>
+  <si>
+    <t>IP телефон Yealink SIP-T31G</t>
+  </si>
+  <si>
+    <t>YEALINK-T31G</t>
+  </si>
+  <si>
+    <t>IP Мобилен телефон Yealink W73H</t>
+  </si>
+  <si>
+    <t>YEALINK-W73H</t>
+  </si>
+  <si>
+    <t>IP телефон Yealink SIP-T31W</t>
+  </si>
+  <si>
+    <t>YEALINK-T31W</t>
+  </si>
+  <si>
+    <t>IP Мобилен телефон Yealink W56H DECT</t>
+  </si>
+  <si>
+    <t>YEALINK-W56H</t>
+  </si>
+  <si>
+    <t>IP телефон Yealink SIP-T33G</t>
+  </si>
+  <si>
+    <t>YEALINK-T33G</t>
+  </si>
+  <si>
+    <t>IP телефон Yealink SIP-T34W</t>
+  </si>
+  <si>
+    <t>YEALINK-T34W</t>
+  </si>
+  <si>
+    <t>IP телефон Yealink T44U</t>
+  </si>
+  <si>
+    <t>YEALINK-T44U</t>
+  </si>
+  <si>
+    <t>IP Мобилен телефон Yealink W73P</t>
+  </si>
+  <si>
+    <t>YEALINK-W73P</t>
+  </si>
+  <si>
+    <t>IP телефон Yealink T46U</t>
+  </si>
+  <si>
+    <t>YEALINK-T46U</t>
+  </si>
+  <si>
+    <t>Смартфон Apple iPhone 17 Pro Max 256GB Deep Blue</t>
+  </si>
+  <si>
+    <t>APPLE-MFYP4ZD-A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1465,4994 +1186,3258 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D353"/>
+  <dimension ref="A1:D229"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="111.973" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.576</v>
+        <v>4.248</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>4.296</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>8.568</v>
+        <v>4.512</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>8.832</v>
+        <v>4.872</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>9.528</v>
+        <v>5.892</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>10.2</v>
+        <v>6.372</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>10.8</v>
+        <v>6.948</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>11.772</v>
+        <v>7.2</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>13.332</v>
+        <v>7.368</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>13.596</v>
+        <v>7.644</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>14.076</v>
+        <v>7.668</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>14.844</v>
+        <v>7.728</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15">
+        <v>8.1</v>
+      </c>
+      <c r="D15" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>15.948</v>
+        <v>8.112</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>16.08</v>
+        <v>8.22</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>16.164</v>
+        <v>8.244</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>16.296</v>
+        <v>8.328</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>16.704</v>
+        <v>8.4</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>17.04</v>
+        <v>8.544</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>17.244</v>
+        <v>8.592</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C23">
-        <v>17.4</v>
+        <v>8.796</v>
       </c>
       <c r="D23" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>18.0</v>
+        <v>8.82</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>18.024</v>
+        <v>9.216</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>18.996</v>
+        <v>9.312</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>19.08</v>
+        <v>9.492</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>19.512</v>
+        <v>9.708</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>20.088</v>
+        <v>9.84</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31">
+        <v>10.008</v>
+      </c>
+      <c r="D31" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>20.4</v>
+        <v>10.32</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>20.748</v>
+        <v>10.428</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>20.94</v>
+        <v>10.428</v>
       </c>
       <c r="D34" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>21.0</v>
+        <v>10.608</v>
       </c>
       <c r="D35" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>21.0</v>
+        <v>10.74</v>
       </c>
       <c r="D36" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>21.372</v>
+        <v>10.74</v>
       </c>
       <c r="D37" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>21.516</v>
+        <v>10.8</v>
       </c>
       <c r="D38" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>22.008</v>
+        <v>11.004</v>
       </c>
       <c r="D39" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>22.8</v>
+        <v>11.256</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>22.8</v>
+        <v>11.652</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>23.292</v>
+        <v>11.904</v>
       </c>
       <c r="D42" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>23.544</v>
+        <v>12.0</v>
       </c>
       <c r="D43" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>23.544</v>
+        <v>12.0</v>
       </c>
       <c r="D44" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>23.652</v>
+        <v>12.0</v>
       </c>
       <c r="D45" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>23.652</v>
+        <v>12.06</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>24.0</v>
+        <v>12.228</v>
       </c>
       <c r="D47" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>24.276</v>
+        <v>12.276</v>
       </c>
       <c r="D48" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>24.36</v>
+        <v>12.552</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>24.66</v>
+        <v>12.612</v>
       </c>
       <c r="D50" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>24.996</v>
+        <v>12.72</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>25.38</v>
+        <v>12.804</v>
       </c>
       <c r="D52" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>25.98</v>
+        <v>13.284</v>
       </c>
       <c r="D53" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>27.036</v>
+        <v>13.836</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>27.048</v>
+        <v>13.92</v>
       </c>
       <c r="D55" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>27.228</v>
+        <v>13.98</v>
       </c>
       <c r="D56" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>27.348</v>
+        <v>14.16</v>
       </c>
       <c r="D57" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>27.6</v>
+        <v>14.448</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>27.684</v>
+        <v>14.496</v>
       </c>
       <c r="D59" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>28.344</v>
+        <v>14.544</v>
       </c>
       <c r="D60" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>28.356</v>
+        <v>15.0</v>
       </c>
       <c r="D61" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>28.416</v>
+        <v>15.0</v>
       </c>
       <c r="D62" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>29.412</v>
+        <v>15.132</v>
       </c>
       <c r="D63" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>29.592</v>
+        <v>15.132</v>
       </c>
       <c r="D64" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>29.592</v>
+        <v>15.132</v>
       </c>
       <c r="D65" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>29.592</v>
+        <v>15.132</v>
       </c>
       <c r="D66" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>29.604</v>
+        <v>15.156</v>
       </c>
       <c r="D67" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>29.904</v>
+        <v>15.288</v>
       </c>
       <c r="D68" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>29.904</v>
+        <v>15.288</v>
       </c>
       <c r="D69" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>29.988</v>
+        <v>15.336</v>
       </c>
       <c r="D70" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D71" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>30.06</v>
+        <v>15.912</v>
       </c>
       <c r="D73" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>30.528</v>
+        <v>16.152</v>
       </c>
       <c r="D74" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>31.584</v>
+        <v>16.296</v>
       </c>
       <c r="D75" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>31.872</v>
+        <v>16.356</v>
       </c>
       <c r="D76" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>31.992</v>
+        <v>16.752</v>
       </c>
       <c r="D77" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>32.76</v>
+        <v>16.944</v>
       </c>
       <c r="D78" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>33.0</v>
+        <v>16.956</v>
       </c>
       <c r="D79" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>33.588</v>
+        <v>17.796</v>
       </c>
       <c r="D80" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>34.8</v>
+        <v>17.796</v>
       </c>
       <c r="D81" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>34.8</v>
+        <v>17.796</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>34.8</v>
+        <v>17.796</v>
       </c>
       <c r="D83" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D84" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D85" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D86" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D87" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D88" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D89" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D90" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D91" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D92" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D93" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D94" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D95" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D96" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D97" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>35.424</v>
+        <v>17.892</v>
       </c>
       <c r="D98" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>36.0</v>
+        <v>17.892</v>
       </c>
       <c r="D99" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
-        <v>36.0</v>
+        <v>18.0</v>
       </c>
       <c r="D100" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>36.0</v>
+        <v>18.0</v>
       </c>
       <c r="D101" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
-        <v>6.576</v>
+        <v>4.248</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B103" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C103">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="B104" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="C104">
-        <v>14.844</v>
+        <v>4.296</v>
       </c>
       <c r="D104" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="B105" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="C105">
-        <v>16.164</v>
+        <v>4.872</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="B106" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="C106">
-        <v>16.296</v>
+        <v>5.892</v>
       </c>
       <c r="D106" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="B107" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="C107">
-        <v>17.244</v>
+        <v>6.372</v>
       </c>
       <c r="D107" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="B108" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="C108">
-        <v>18.0</v>
+        <v>6.948</v>
       </c>
       <c r="D108" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="B109" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="C109">
-        <v>18.0</v>
+        <v>7.2</v>
       </c>
       <c r="D109" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="B110" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="C110">
-        <v>18.996</v>
+        <v>7.368</v>
       </c>
       <c r="D110" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="B111" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="C111">
-        <v>20.4</v>
+        <v>7.644</v>
       </c>
       <c r="D111" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="B112" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="C112">
-        <v>20.94</v>
+        <v>7.668</v>
       </c>
       <c r="D112" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="B113" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="C113">
-        <v>21.0</v>
+        <v>7.728</v>
       </c>
       <c r="D113" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="B114" t="s">
-        <v>76</v>
+        <v>36</v>
       </c>
       <c r="C114">
-        <v>21.0</v>
+        <v>8.112</v>
       </c>
       <c r="D114" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="B115" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="C115">
-        <v>21.372</v>
+        <v>8.22</v>
       </c>
       <c r="D115" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="B116" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
       <c r="C116">
-        <v>22.008</v>
+        <v>8.328</v>
       </c>
       <c r="D116" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>91</v>
+        <v>43</v>
       </c>
       <c r="B117" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="C117">
-        <v>23.544</v>
+        <v>8.4</v>
       </c>
       <c r="D117" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>97</v>
+        <v>45</v>
       </c>
       <c r="B118" t="s">
-        <v>98</v>
+        <v>46</v>
       </c>
       <c r="C118">
-        <v>24.0</v>
+        <v>8.544</v>
       </c>
       <c r="D118" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>103</v>
+        <v>47</v>
       </c>
       <c r="B119" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="C119">
-        <v>24.66</v>
+        <v>8.592</v>
       </c>
       <c r="D119" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>107</v>
+        <v>37</v>
       </c>
       <c r="B120" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="C120">
-        <v>25.38</v>
+        <v>8.796</v>
       </c>
       <c r="D120" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="B121" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="C121">
-        <v>25.98</v>
+        <v>8.82</v>
       </c>
       <c r="D121" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>123</v>
+        <v>52</v>
       </c>
       <c r="B122" t="s">
-        <v>124</v>
+        <v>53</v>
       </c>
       <c r="C122">
-        <v>28.344</v>
+        <v>9.204</v>
       </c>
       <c r="D122" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>127</v>
+        <v>54</v>
       </c>
       <c r="B123" t="s">
-        <v>128</v>
+        <v>55</v>
       </c>
       <c r="C123">
-        <v>28.416</v>
+        <v>9.216</v>
       </c>
       <c r="D123" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>131</v>
+        <v>56</v>
       </c>
       <c r="B124" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="C124">
-        <v>29.592</v>
+        <v>9.312</v>
       </c>
       <c r="D124" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>133</v>
+        <v>58</v>
       </c>
       <c r="B125" t="s">
-        <v>134</v>
+        <v>59</v>
       </c>
       <c r="C125">
-        <v>29.592</v>
+        <v>9.492</v>
       </c>
       <c r="D125" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>135</v>
+        <v>60</v>
       </c>
       <c r="B126" t="s">
-        <v>136</v>
+        <v>61</v>
       </c>
       <c r="C126">
-        <v>29.592</v>
+        <v>9.708</v>
       </c>
       <c r="D126" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>137</v>
+        <v>62</v>
       </c>
       <c r="B127" t="s">
-        <v>138</v>
+        <v>63</v>
       </c>
       <c r="C127">
-        <v>29.604</v>
+        <v>9.84</v>
       </c>
       <c r="D127" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>141</v>
+        <v>64</v>
       </c>
       <c r="B128" t="s">
-        <v>142</v>
+        <v>65</v>
       </c>
       <c r="C128">
-        <v>29.904</v>
+        <v>10.008</v>
       </c>
       <c r="D128" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>143</v>
+        <v>67</v>
       </c>
       <c r="B129" t="s">
-        <v>144</v>
+        <v>68</v>
       </c>
       <c r="C129">
-        <v>29.988</v>
+        <v>10.32</v>
       </c>
       <c r="D129" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>151</v>
+        <v>71</v>
       </c>
       <c r="B130" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="C130">
-        <v>30.528</v>
+        <v>10.428</v>
       </c>
       <c r="D130" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>153</v>
+        <v>73</v>
       </c>
       <c r="B131" t="s">
-        <v>154</v>
+        <v>74</v>
       </c>
       <c r="C131">
-        <v>31.584</v>
+        <v>10.608</v>
       </c>
       <c r="D131" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>157</v>
+        <v>75</v>
       </c>
       <c r="B132" t="s">
-        <v>158</v>
+        <v>76</v>
       </c>
       <c r="C132">
-        <v>31.992</v>
+        <v>10.74</v>
       </c>
       <c r="D132" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>159</v>
+        <v>77</v>
       </c>
       <c r="B133" t="s">
-        <v>160</v>
+        <v>78</v>
       </c>
       <c r="C133">
-        <v>32.76</v>
+        <v>10.74</v>
       </c>
       <c r="D133" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>161</v>
+        <v>79</v>
       </c>
       <c r="B134" t="s">
-        <v>162</v>
+        <v>80</v>
       </c>
       <c r="C134">
-        <v>33.0</v>
+        <v>10.8</v>
       </c>
       <c r="D134" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>163</v>
+        <v>81</v>
       </c>
       <c r="B135" t="s">
-        <v>164</v>
+        <v>82</v>
       </c>
       <c r="C135">
-        <v>33.588</v>
+        <v>11.004</v>
       </c>
       <c r="D135" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>173</v>
+        <v>83</v>
       </c>
       <c r="B136" t="s">
-        <v>174</v>
+        <v>84</v>
       </c>
       <c r="C136">
-        <v>34.992</v>
+        <v>11.256</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>175</v>
+        <v>85</v>
       </c>
       <c r="B137" t="s">
-        <v>176</v>
+        <v>86</v>
       </c>
       <c r="C137">
-        <v>34.992</v>
+        <v>11.652</v>
       </c>
       <c r="D137" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>177</v>
+        <v>87</v>
       </c>
       <c r="B138" t="s">
-        <v>178</v>
+        <v>88</v>
       </c>
       <c r="C138">
-        <v>34.992</v>
+        <v>11.904</v>
       </c>
       <c r="D138" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>179</v>
+        <v>89</v>
       </c>
       <c r="B139" t="s">
-        <v>180</v>
+        <v>90</v>
       </c>
       <c r="C139">
-        <v>34.992</v>
+        <v>12.0</v>
       </c>
       <c r="D139" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>181</v>
+        <v>91</v>
       </c>
       <c r="B140" t="s">
-        <v>182</v>
+        <v>92</v>
       </c>
       <c r="C140">
-        <v>34.992</v>
+        <v>12.0</v>
       </c>
       <c r="D140" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>183</v>
+        <v>93</v>
       </c>
       <c r="B141" t="s">
-        <v>184</v>
+        <v>94</v>
       </c>
       <c r="C141">
-        <v>34.992</v>
+        <v>12.0</v>
       </c>
       <c r="D141" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>185</v>
+        <v>95</v>
       </c>
       <c r="B142" t="s">
-        <v>186</v>
+        <v>96</v>
       </c>
       <c r="C142">
-        <v>34.992</v>
+        <v>12.06</v>
       </c>
       <c r="D142" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>187</v>
+        <v>97</v>
       </c>
       <c r="B143" t="s">
-        <v>188</v>
+        <v>98</v>
       </c>
       <c r="C143">
-        <v>34.992</v>
+        <v>12.228</v>
       </c>
       <c r="D143" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>189</v>
+        <v>99</v>
       </c>
       <c r="B144" t="s">
-        <v>190</v>
+        <v>100</v>
       </c>
       <c r="C144">
-        <v>34.992</v>
+        <v>12.276</v>
       </c>
       <c r="D144" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>191</v>
+        <v>101</v>
       </c>
       <c r="B145" t="s">
-        <v>192</v>
+        <v>102</v>
       </c>
       <c r="C145">
-        <v>34.992</v>
+        <v>12.552</v>
       </c>
       <c r="D145" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>193</v>
+        <v>103</v>
       </c>
       <c r="B146" t="s">
-        <v>194</v>
+        <v>104</v>
       </c>
       <c r="C146">
-        <v>34.992</v>
+        <v>12.612</v>
       </c>
       <c r="D146" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>195</v>
+        <v>105</v>
       </c>
       <c r="B147" t="s">
-        <v>196</v>
+        <v>106</v>
       </c>
       <c r="C147">
-        <v>34.992</v>
+        <v>12.72</v>
       </c>
       <c r="D147" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>197</v>
+        <v>107</v>
       </c>
       <c r="B148" t="s">
-        <v>198</v>
+        <v>108</v>
       </c>
       <c r="C148">
-        <v>34.992</v>
+        <v>12.804</v>
       </c>
       <c r="D148" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>207</v>
+        <v>109</v>
       </c>
       <c r="B149" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="C149">
-        <v>36.996</v>
+        <v>13.284</v>
       </c>
       <c r="D149" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>209</v>
+        <v>111</v>
       </c>
       <c r="B150" t="s">
-        <v>210</v>
+        <v>112</v>
       </c>
       <c r="C150">
-        <v>37.212</v>
+        <v>13.836</v>
       </c>
       <c r="D150" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>211</v>
+        <v>113</v>
       </c>
       <c r="B151" t="s">
-        <v>212</v>
+        <v>114</v>
       </c>
       <c r="C151">
-        <v>38.484</v>
+        <v>13.92</v>
       </c>
       <c r="D151" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>213</v>
+        <v>115</v>
       </c>
       <c r="B152" t="s">
-        <v>214</v>
+        <v>116</v>
       </c>
       <c r="C152">
-        <v>38.628</v>
+        <v>13.98</v>
       </c>
       <c r="D152" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>215</v>
+        <v>117</v>
       </c>
       <c r="B153" t="s">
-        <v>216</v>
+        <v>118</v>
       </c>
       <c r="C153">
-        <v>39.0</v>
+        <v>14.16</v>
       </c>
       <c r="D153" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>217</v>
+        <v>119</v>
       </c>
       <c r="B154" t="s">
-        <v>218</v>
+        <v>120</v>
       </c>
       <c r="C154">
-        <v>39.0</v>
+        <v>14.448</v>
       </c>
       <c r="D154" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>219</v>
+        <v>121</v>
       </c>
       <c r="B155" t="s">
-        <v>220</v>
+        <v>122</v>
       </c>
       <c r="C155">
-        <v>39.012</v>
+        <v>14.496</v>
       </c>
       <c r="D155" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>221</v>
+        <v>123</v>
       </c>
       <c r="B156" t="s">
-        <v>222</v>
+        <v>124</v>
       </c>
       <c r="C156">
-        <v>39.996</v>
+        <v>14.544</v>
       </c>
       <c r="D156" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>223</v>
+        <v>129</v>
       </c>
       <c r="B157" t="s">
-        <v>224</v>
+        <v>130</v>
       </c>
       <c r="C157">
-        <v>41.772</v>
+        <v>15.132</v>
       </c>
       <c r="D157" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>225</v>
+        <v>131</v>
       </c>
       <c r="B158" t="s">
-        <v>226</v>
+        <v>132</v>
       </c>
       <c r="C158">
-        <v>45.0</v>
+        <v>15.132</v>
       </c>
       <c r="D158" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="B159" t="s">
-        <v>228</v>
+        <v>134</v>
       </c>
       <c r="C159">
-        <v>45.6</v>
+        <v>15.132</v>
       </c>
       <c r="D159" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>229</v>
+        <v>135</v>
       </c>
       <c r="B160" t="s">
-        <v>230</v>
+        <v>136</v>
       </c>
       <c r="C160">
-        <v>48.516</v>
+        <v>15.132</v>
       </c>
       <c r="D160" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>231</v>
+        <v>137</v>
       </c>
       <c r="B161" t="s">
-        <v>232</v>
+        <v>138</v>
       </c>
       <c r="C161">
-        <v>48.9</v>
+        <v>15.156</v>
       </c>
       <c r="D161" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>233</v>
+        <v>139</v>
       </c>
       <c r="B162" t="s">
-        <v>234</v>
+        <v>140</v>
       </c>
       <c r="C162">
-        <v>48.9</v>
+        <v>15.288</v>
       </c>
       <c r="D162" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>235</v>
+        <v>141</v>
       </c>
       <c r="B163" t="s">
-        <v>236</v>
+        <v>142</v>
       </c>
       <c r="C163">
-        <v>48.996</v>
+        <v>15.288</v>
       </c>
       <c r="D163" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>237</v>
+        <v>145</v>
       </c>
       <c r="B164" t="s">
-        <v>238</v>
+        <v>146</v>
       </c>
       <c r="C164">
-        <v>49.98</v>
+        <v>15.336</v>
       </c>
       <c r="D164" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>239</v>
+        <v>147</v>
       </c>
       <c r="B165" t="s">
-        <v>240</v>
+        <v>148</v>
       </c>
       <c r="C165">
-        <v>49.98</v>
+        <v>15.336</v>
       </c>
       <c r="D165" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>241</v>
+        <v>149</v>
       </c>
       <c r="B166" t="s">
-        <v>242</v>
+        <v>150</v>
       </c>
       <c r="C166">
-        <v>51.996</v>
+        <v>15.912</v>
       </c>
       <c r="D166" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>243</v>
+        <v>151</v>
       </c>
       <c r="B167" t="s">
-        <v>244</v>
+        <v>152</v>
       </c>
       <c r="C167">
-        <v>51.996</v>
+        <v>16.152</v>
       </c>
       <c r="D167" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>245</v>
+        <v>153</v>
       </c>
       <c r="B168" t="s">
-        <v>246</v>
+        <v>154</v>
       </c>
       <c r="C168">
-        <v>51.996</v>
+        <v>16.296</v>
       </c>
       <c r="D168" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>247</v>
+        <v>155</v>
       </c>
       <c r="B169" t="s">
-        <v>248</v>
+        <v>156</v>
       </c>
       <c r="C169">
-        <v>54.432</v>
+        <v>16.356</v>
       </c>
       <c r="D169" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>249</v>
+        <v>157</v>
       </c>
       <c r="B170" t="s">
-        <v>250</v>
+        <v>158</v>
       </c>
       <c r="C170">
-        <v>54.996</v>
+        <v>16.752</v>
       </c>
       <c r="D170" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>251</v>
+        <v>159</v>
       </c>
       <c r="B171" t="s">
-        <v>252</v>
+        <v>160</v>
       </c>
       <c r="C171">
-        <v>54.996</v>
+        <v>16.944</v>
       </c>
       <c r="D171" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>253</v>
+        <v>161</v>
       </c>
       <c r="B172" t="s">
-        <v>254</v>
+        <v>162</v>
       </c>
       <c r="C172">
-        <v>54.996</v>
+        <v>16.956</v>
       </c>
       <c r="D172" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>255</v>
+        <v>169</v>
       </c>
       <c r="B173" t="s">
-        <v>256</v>
+        <v>170</v>
       </c>
       <c r="C173">
-        <v>58.488</v>
+        <v>17.796</v>
       </c>
       <c r="D173" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>257</v>
+        <v>171</v>
       </c>
       <c r="B174" t="s">
-        <v>258</v>
+        <v>172</v>
       </c>
       <c r="C174">
-        <v>60.828</v>
+        <v>17.892</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>259</v>
+        <v>173</v>
       </c>
       <c r="B175" t="s">
-        <v>260</v>
+        <v>174</v>
       </c>
       <c r="C175">
-        <v>60.828</v>
+        <v>17.892</v>
       </c>
       <c r="D175" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>261</v>
+        <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>262</v>
+        <v>176</v>
       </c>
       <c r="C176">
-        <v>60.828</v>
+        <v>17.892</v>
       </c>
       <c r="D176" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>263</v>
+        <v>177</v>
       </c>
       <c r="B177" t="s">
-        <v>264</v>
+        <v>178</v>
       </c>
       <c r="C177">
-        <v>64.992</v>
+        <v>17.892</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>265</v>
+        <v>179</v>
       </c>
       <c r="B178" t="s">
-        <v>266</v>
+        <v>180</v>
       </c>
       <c r="C178">
-        <v>65.04</v>
+        <v>17.892</v>
       </c>
       <c r="D178" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>267</v>
+        <v>181</v>
       </c>
       <c r="B179" t="s">
-        <v>268</v>
+        <v>182</v>
       </c>
       <c r="C179">
-        <v>69.6</v>
+        <v>17.892</v>
       </c>
       <c r="D179" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>269</v>
+        <v>183</v>
       </c>
       <c r="B180" t="s">
-        <v>270</v>
+        <v>184</v>
       </c>
       <c r="C180">
-        <v>73.212</v>
+        <v>17.892</v>
       </c>
       <c r="D180" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>271</v>
+        <v>185</v>
       </c>
       <c r="B181" t="s">
-        <v>272</v>
+        <v>186</v>
       </c>
       <c r="C181">
-        <v>82.332</v>
+        <v>17.892</v>
       </c>
       <c r="D181" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>273</v>
+        <v>187</v>
       </c>
       <c r="B182" t="s">
-        <v>274</v>
+        <v>188</v>
       </c>
       <c r="C182">
-        <v>86.004</v>
+        <v>17.892</v>
       </c>
       <c r="D182" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>275</v>
+        <v>189</v>
       </c>
       <c r="B183" t="s">
-        <v>276</v>
+        <v>190</v>
       </c>
       <c r="C183">
-        <v>86.676</v>
+        <v>17.892</v>
       </c>
       <c r="D183" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>277</v>
+        <v>191</v>
       </c>
       <c r="B184" t="s">
-        <v>278</v>
+        <v>192</v>
       </c>
       <c r="C184">
-        <v>88.992</v>
+        <v>17.892</v>
       </c>
       <c r="D184" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>279</v>
+        <v>193</v>
       </c>
       <c r="B185" t="s">
-        <v>280</v>
+        <v>194</v>
       </c>
       <c r="C185">
-        <v>88.992</v>
+        <v>17.892</v>
       </c>
       <c r="D185" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>281</v>
+        <v>195</v>
       </c>
       <c r="B186" t="s">
-        <v>282</v>
+        <v>196</v>
       </c>
       <c r="C186">
-        <v>96.384</v>
+        <v>17.892</v>
       </c>
       <c r="D186" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>283</v>
+        <v>197</v>
       </c>
       <c r="B187" t="s">
-        <v>284</v>
+        <v>198</v>
       </c>
       <c r="C187">
-        <v>99.0</v>
+        <v>17.892</v>
       </c>
       <c r="D187" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>285</v>
+        <v>199</v>
       </c>
       <c r="B188" t="s">
-        <v>286</v>
+        <v>200</v>
       </c>
       <c r="C188">
-        <v>99.0</v>
+        <v>17.892</v>
       </c>
       <c r="D188" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>287</v>
+        <v>201</v>
       </c>
       <c r="B189" t="s">
-        <v>288</v>
+        <v>202</v>
       </c>
       <c r="C189">
-        <v>108.996</v>
+        <v>17.892</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>289</v>
+        <v>207</v>
       </c>
       <c r="B190" t="s">
-        <v>290</v>
+        <v>208</v>
       </c>
       <c r="C190">
-        <v>108.996</v>
+        <v>18.408</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>291</v>
+        <v>209</v>
       </c>
       <c r="B191" t="s">
-        <v>292</v>
+        <v>210</v>
       </c>
       <c r="C191">
-        <v>108.996</v>
+        <v>18.408</v>
       </c>
       <c r="D191" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>293</v>
+        <v>211</v>
       </c>
       <c r="B192" t="s">
-        <v>294</v>
+        <v>212</v>
       </c>
       <c r="C192">
-        <v>108.996</v>
+        <v>18.564</v>
       </c>
       <c r="D192" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>295</v>
+        <v>213</v>
       </c>
       <c r="B193" t="s">
-        <v>296</v>
+        <v>214</v>
       </c>
       <c r="C193">
-        <v>138.996</v>
+        <v>18.912</v>
       </c>
       <c r="D193" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>297</v>
+        <v>215</v>
       </c>
       <c r="B194" t="s">
-        <v>298</v>
+        <v>216</v>
       </c>
       <c r="C194">
-        <v>138.996</v>
+        <v>19.02</v>
       </c>
       <c r="D194" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>299</v>
+        <v>217</v>
       </c>
       <c r="B195" t="s">
-        <v>300</v>
+        <v>218</v>
       </c>
       <c r="C195">
-        <v>148.992</v>
+        <v>19.38</v>
       </c>
       <c r="D195" t="s">
-        <v>301</v>
+        <v>66</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>302</v>
+        <v>219</v>
       </c>
       <c r="B196" t="s">
-        <v>303</v>
+        <v>220</v>
       </c>
       <c r="C196">
-        <v>168.996</v>
+        <v>19.416</v>
       </c>
       <c r="D196" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>304</v>
+        <v>221</v>
       </c>
       <c r="B197" t="s">
-        <v>305</v>
+        <v>222</v>
       </c>
       <c r="C197">
-        <v>168.996</v>
+        <v>19.68</v>
       </c>
       <c r="D197" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>306</v>
+        <v>223</v>
       </c>
       <c r="B198" t="s">
-        <v>307</v>
+        <v>224</v>
       </c>
       <c r="C198">
-        <v>178.992</v>
+        <v>19.944</v>
       </c>
       <c r="D198" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>308</v>
+        <v>225</v>
       </c>
       <c r="B199" t="s">
-        <v>309</v>
+        <v>226</v>
       </c>
       <c r="C199">
-        <v>178.992</v>
+        <v>19.944</v>
       </c>
       <c r="D199" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>310</v>
+        <v>227</v>
       </c>
       <c r="B200" t="s">
-        <v>311</v>
+        <v>228</v>
       </c>
       <c r="C200">
-        <v>183.24</v>
+        <v>19.944</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>312</v>
+        <v>229</v>
       </c>
       <c r="B201" t="s">
-        <v>313</v>
+        <v>230</v>
       </c>
       <c r="C201">
-        <v>198.996</v>
+        <v>19.944</v>
       </c>
       <c r="D201" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="B202" t="s">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="C202">
-        <v>6.576</v>
+        <v>7.368</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="B203" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="C203">
-        <v>8.4</v>
+        <v>10.008</v>
       </c>
       <c r="D203" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="B204" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="C204">
-        <v>14.844</v>
+        <v>12.552</v>
       </c>
       <c r="D204" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>39</v>
+        <v>149</v>
       </c>
       <c r="B205" t="s">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="C205">
-        <v>16.164</v>
+        <v>15.912</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>41</v>
+        <v>201</v>
       </c>
       <c r="B206" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="C206">
-        <v>16.296</v>
+        <v>17.892</v>
       </c>
       <c r="D206" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>48</v>
+        <v>231</v>
       </c>
       <c r="B207" t="s">
-        <v>49</v>
+        <v>232</v>
       </c>
       <c r="C207">
-        <v>17.244</v>
+        <v>20.46</v>
       </c>
       <c r="D207" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>51</v>
+        <v>233</v>
       </c>
       <c r="B208" t="s">
-        <v>52</v>
+        <v>234</v>
       </c>
       <c r="C208">
-        <v>18.0</v>
+        <v>23.076</v>
       </c>
       <c r="D208" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>53</v>
+        <v>235</v>
       </c>
       <c r="B209" t="s">
-        <v>54</v>
+        <v>236</v>
       </c>
       <c r="C209">
-        <v>18.0</v>
+        <v>24.612</v>
       </c>
       <c r="D209" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>57</v>
+        <v>237</v>
       </c>
       <c r="B210" t="s">
-        <v>58</v>
+        <v>238</v>
       </c>
       <c r="C210">
-        <v>18.996</v>
+        <v>24.96</v>
       </c>
       <c r="D210" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>67</v>
+        <v>239</v>
       </c>
       <c r="B211" t="s">
-        <v>68</v>
+        <v>240</v>
       </c>
       <c r="C211">
-        <v>20.4</v>
+        <v>26.352</v>
       </c>
       <c r="D211" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>71</v>
+        <v>241</v>
       </c>
       <c r="B212" t="s">
-        <v>72</v>
+        <v>242</v>
       </c>
       <c r="C212">
-        <v>20.94</v>
+        <v>28.116</v>
       </c>
       <c r="D212" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>73</v>
+        <v>243</v>
       </c>
       <c r="B213" t="s">
-        <v>74</v>
+        <v>244</v>
       </c>
       <c r="C213">
-        <v>21.0</v>
+        <v>28.92</v>
       </c>
       <c r="D213" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>75</v>
+        <v>245</v>
       </c>
       <c r="B214" t="s">
-        <v>76</v>
+        <v>246</v>
       </c>
       <c r="C214">
-        <v>21.0</v>
+        <v>29.736</v>
       </c>
       <c r="D214" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>77</v>
+        <v>247</v>
       </c>
       <c r="B215" t="s">
-        <v>78</v>
+        <v>248</v>
       </c>
       <c r="C215">
-        <v>21.372</v>
+        <v>29.736</v>
       </c>
       <c r="D215" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>81</v>
+        <v>249</v>
       </c>
       <c r="B216" t="s">
-        <v>82</v>
+        <v>250</v>
       </c>
       <c r="C216">
-        <v>22.008</v>
+        <v>30.756</v>
       </c>
       <c r="D216" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>97</v>
+        <v>251</v>
       </c>
       <c r="B217" t="s">
-        <v>98</v>
+        <v>252</v>
       </c>
       <c r="C217">
-        <v>24.0</v>
+        <v>36.0</v>
       </c>
       <c r="D217" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>103</v>
+        <v>253</v>
       </c>
       <c r="B218" t="s">
-        <v>104</v>
+        <v>254</v>
       </c>
       <c r="C218">
-        <v>24.66</v>
+        <v>54.996</v>
       </c>
       <c r="D218" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>107</v>
+        <v>255</v>
       </c>
       <c r="B219" t="s">
-        <v>108</v>
+        <v>256</v>
       </c>
       <c r="C219">
-        <v>25.38</v>
+        <v>78.996</v>
       </c>
       <c r="D219" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>109</v>
+        <v>257</v>
       </c>
       <c r="B220" t="s">
-        <v>110</v>
+        <v>258</v>
       </c>
       <c r="C220">
-        <v>25.98</v>
+        <v>84.996</v>
       </c>
       <c r="D220" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>123</v>
+        <v>259</v>
       </c>
       <c r="B221" t="s">
-        <v>124</v>
+        <v>260</v>
       </c>
       <c r="C221">
-        <v>28.344</v>
+        <v>88.992</v>
       </c>
       <c r="D221" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>127</v>
+        <v>261</v>
       </c>
       <c r="B222" t="s">
-        <v>128</v>
+        <v>262</v>
       </c>
       <c r="C222">
-        <v>28.416</v>
+        <v>88.992</v>
       </c>
       <c r="D222" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>131</v>
+        <v>263</v>
       </c>
       <c r="B223" t="s">
-        <v>132</v>
+        <v>264</v>
       </c>
       <c r="C223">
-        <v>29.592</v>
+        <v>99.0</v>
       </c>
       <c r="D223" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>133</v>
+        <v>265</v>
       </c>
       <c r="B224" t="s">
-        <v>134</v>
+        <v>266</v>
       </c>
       <c r="C224">
-        <v>29.592</v>
+        <v>105.0</v>
       </c>
       <c r="D224" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>135</v>
+        <v>267</v>
       </c>
       <c r="B225" t="s">
-        <v>136</v>
+        <v>268</v>
       </c>
       <c r="C225">
-        <v>29.592</v>
+        <v>108.996</v>
       </c>
       <c r="D225" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>137</v>
+        <v>269</v>
       </c>
       <c r="B226" t="s">
-        <v>138</v>
+        <v>270</v>
       </c>
       <c r="C226">
-        <v>29.604</v>
+        <v>118.992</v>
       </c>
       <c r="D226" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>143</v>
+        <v>271</v>
       </c>
       <c r="B227" t="s">
-        <v>144</v>
+        <v>272</v>
       </c>
       <c r="C227">
-        <v>29.988</v>
+        <v>159.0</v>
       </c>
       <c r="D227" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>151</v>
+        <v>273</v>
       </c>
       <c r="B228" t="s">
-        <v>152</v>
+        <v>274</v>
       </c>
       <c r="C228">
-        <v>30.528</v>
+        <v>1616.244</v>
       </c>
       <c r="D228" t="s">
-        <v>14</v>
-[...1735 lines deleted...]
-        <v>6</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D353"/>
+  <autoFilter ref="A1:D229"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>