--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -7,630 +7,615 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$96</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$93</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Хард диск TOSHIBA P300, 2TB, 5400rpm, 128MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-2000TOS-P300SMR</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
+    <t>Хард диск SEAGATE BarraCuda, 2TB, 256MB, 7200 rpm,  SATA 3, ST2000DM008</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2TB-SEAG-DM008</t>
+  </si>
+  <si>
     <t>Хард диск WD Blue, 1TB, 7200rpm, 64MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-1000WD-BLUE</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE BarraCuda, 2TB, 256MB, 7200 rpm,  SATA 3, ST2000DM008</t>
-[...4 lines deleted...]
-  <si>
     <t>Хард диск WD Blue 2TB, 7200rpm 64MB, SATA3 - WD20EARZ</t>
   </si>
   <si>
     <t>HDD-SATA3-2000WD-BLUE3</t>
   </si>
   <si>
+    <t>Хард диск WD Purple WD10PURZ, 1TB, 5400rpm, 64MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000WD-PURZ</t>
+  </si>
+  <si>
     <t>Хард диск SEAGATE BarraCuda, 1TB, 256MB, 7200 rpm,  SATA 3, ST1000DM014</t>
   </si>
   <si>
     <t>HDD-SATA3-1000SEAG-014</t>
   </si>
   <si>
+    <t>Хард диск TOSHIBA P300, 2TB, 7200rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000TOS-P300-3</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA Surveillance S300, 4TB, 5400/5700rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000TOSH-S300</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk ST1000VX013, 1TB, 64MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000GB-VX013</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Хард диск WD Blue, 2TB, 7200rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-BLUE2</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Хард диск SEAGATE SkyHawk 2TB - ST2000VX017</t>
   </si>
   <si>
     <t>HDD-SATA3-2000-SEAG-VX017</t>
   </si>
   <si>
-    <t>Хард диск TOSHIBA P300, 2TB, 7200rpm, 256MB, SATA 3</t>
-[...20 lines deleted...]
-    <t>HDD-SATA3-4000TOSH-S300</t>
+    <t>Хард диск SEAGATE BarraCuda, 4TB, 256MB, SATA 6.0Gb/s, ST4000DM004</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000-SEAG2</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold, 1TB, 7200rpm, 128MB, SATA 3, WD1005FBYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000WD-SE1</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf 2TB - ST2000VN003</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2TB-SEAG-VN003</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red PLUS NAS, 2TB, 5400rpm, Cache 64MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-RED-PLP</t>
   </si>
   <si>
     <t>Хард диск WD Purple WD23PURZ, 2TB, 5400rpm, 256MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-2000WD-23PURZ</t>
   </si>
   <si>
-    <t>Хард диск WD Blue, 2TB, 7200rpm, 256MB, SATA 3</t>
-[...2 lines deleted...]
-    <t>HDD-SATA3-2000WD-BLUE2</t>
+    <t>Хард диск WD Purple, 3TB, 5400rpm, 256MB, SATA 3, WD33PURZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-3000WD-33PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Pro NAS, 2TB, 7200rpm, 64MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-RED-PRO</t>
   </si>
   <si>
     <t>Хард диск SEAGATE SkyHawk Surveillance 4TB, 256MB Cache, SATA 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-4000-SEAG-VX016</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE BarraCuda, 4TB, 256MB, SATA 6.0Gb/s, ST4000DM004</t>
-[...10 lines deleted...]
-  <si>
     <t>Хард диск TOSHIBA P300, 4TB, 5400rpm, 128MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-4000TB-TOSH-P3</t>
   </si>
   <si>
-    <t>Хард диск WD Gold, 1TB, 7200rpm, 128MB, SATA 3, WD1005FBYZ</t>
-[...8 lines deleted...]
-    <t>HDD-SATA3-2000WD-RED-PLP</t>
+    <t>Хард диск TOSHIBA P300, 6TB, 5400rpm, 128MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000TB-TOSH-P3</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold, 2TB, 7200rpm, 128MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-GOLD</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 4TB NAS, 3.5", 256MB, 5400RPM</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-REDPP</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE BarraCuda, 6TB, 256MB, 5400 rpm, SATA 3, ST6000DM003</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6TB-SEAG-DM003</t>
+  </si>
+  <si>
+    <t>Твърд диск 3.5" 2000GB SATA3 WD (HGST) HUS722T2TALA604 Ultrastar, 128MB ,7200RPM, 1W10002 (for datacenter,NAS)</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-ALA604</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE Exos 7E10, 2TB, 256MB, SATA, 7200rpm, ST2000NM000B</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2TB-NM000B</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3300 NAS 4TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3300-4T</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple, 4TB, 5400rpm, 256MB, SATA 3, WD43PURZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-43PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk Surveillance, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000-SEAG-VX001</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk ST6000VX009, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-ST6000-VX009</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Pro, 4TB NAS, 3.5", 256MB, 7200RPM</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-REDFFBX</t>
+  </si>
+  <si>
+    <t>Твърд диск 4000GB SATA WD 256MB, GOLD Enterprice, HA750, WD4004FRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-GOLD</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA MG08ADA600E, 6TB, 7200rpm, 256MB, SATA 6 Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000-TOSH-ADA</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA N300, 8TB, 7200rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-WG480UZSVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хард диск WD Purple, 6TB, 256MB, SATA 3, WD64PURZ </t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000WD-64PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE BarraCuda, 8TB, 256MB, 5400 rpm,  SATA 3, ST8000DM004</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-DM004</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST6000VN006, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6TB-SEAG-VN006</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE Iron Wolf, ST6000NT001, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6TB-SEAG-NT001</t>
   </si>
   <si>
     <t>Хард диск SEAGATE IronWolf ST4000VN006, 4TB, 256MB Cache, SATA 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-4TB-SEAG-VN006</t>
   </si>
   <si>
-    <t>Хард диск WD Purple, 3TB, 5400rpm, 256MB, SATA 3, WD33PURZ</t>
-[...65 lines deleted...]
-    <t>HDD-SATA3-4000WD-REDFFBX</t>
+    <t>Хард диск SEAGATE SkyHawk Surveillance 8TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-VX010</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 8TB NAS, 3.5", 256MB, 5640RPM, WD80EFPX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000WD-RED-PL</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3300 NAS 6TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3300-6T</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Pro, 6TB NAS, 3.5", 256MB, 7200RPM, WD6005FFBX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6005WD-REDPro</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST8000VN004, 8TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-VN004</t>
+  </si>
+  <si>
+    <t>Хард диск WD Ultrastar DC HC320, 8TB, 7200RPM, SATA 6GB/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-WD-HUS728T8</t>
   </si>
   <si>
     <t>Хард диск WD Red Plus, 6TB NAS, 3.5", 256MB, 5400RPM, WD60EFPX</t>
   </si>
   <si>
     <t>HDD-SATA3-6000WD-RED-EFPX</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE SkyHawk Surveillance, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
-[...32 lines deleted...]
-    <t>SYN-HDD-HAT3300-6T</t>
+    <t>Хард диск Seagate Exos X16, 14TB SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-14000-SEAG</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple, 8TB, 5640rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000WD-85PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf NAS, 10TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-10TB-SEAG-VN000</t>
+  </si>
+  <si>
+    <t>Твърд диск WD Purple Pro 8TB 7200rpm 256MB WD8002PURP</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000-WD8002PURP</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3320 NAS 8TB Plus Series SATA 3.5" - HAT3320-8T</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3320-8T</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE Iron Wolf, ST8000NT001, 8TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-NT001</t>
   </si>
   <si>
     <t>Хард диск TOSHIBA MG08ADA800E, 8TB, 7200rpm, 256MB, SATA 6 Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-8000-TOSH-ADA</t>
   </si>
   <si>
-    <t>Хард диск TOSHIBA MG08ADA600E, 6TB, 7200rpm, 256MB, SATA 6 Gb/s</t>
-[...50 lines deleted...]
-    <t>HDD-SATA3-8TB-WD-HUS728T8</t>
+    <t>Хард диск SEAGATE Exos 7E10, 10TB, 256MB, SATA 6.0Gb/s, 7200rpm, ST10000NM017B</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-10TB-SEA-NM017B</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold Enterprise, 10TB, 512MB Cache, SATA3, WD103KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-WD103KRYZ</t>
   </si>
   <si>
     <t>Хард диск WD Red Pro, 8TB NAS, 3.5", 256MB, 7200RPM, WD8005FFBX</t>
   </si>
   <si>
     <t>HDD-SATA3-8005WD-REDPro</t>
   </si>
   <si>
-    <t>Твърд диск WD Purple Pro 8TB 7200rpm 256MB WD8002PURP</t>
-[...8 lines deleted...]
-    <t>HDD-SATA3-14000-SEAG</t>
+    <t>Твърд диск 8000GB SATA WD, 256MB GOLD Enterprice, HA750, WD8005FRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000WD-GOLD</t>
+  </si>
+  <si>
+    <t>Твърд диск WD Red Plus WD101EFGX 10TB 3.5" 7200 rpm, 256MB, SATA3</t>
+  </si>
+  <si>
+    <t>HDD-SATA-10TB-WD-EFGX</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 10TB, 256MB Cache, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA-10TB-WD-EFBX</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 12TB, 256MB Cache, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA-12TB-WD-EFBX</t>
   </si>
   <si>
     <t>Хард диск SEAGATE Exos 7E10, 8TB, 256MB, SATA 6.0Gb/s, 7200rpm, ST8000NM017B</t>
   </si>
   <si>
     <t>HDD-SATA3-8TB-SEAG-NM017B</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE IronWolf NAS, 10TB, 256MB Cache, SATA 6.0Gb/s</t>
-[...14 lines deleted...]
-    <t>HDD-SATA3-8TB-SEAG-NT001</t>
+    <t>Хард диск Seagate Exos X18, 14TB SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-14000-SEAG-000J</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X18, 16TB SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16000-SEAG-000J</t>
+  </si>
+  <si>
+    <t>Хард диск Western Digital Purple Pro Surveillance 12 TB - WD122PURP</t>
+  </si>
+  <si>
+    <t>HDD-SATA-12TB-WD-PURP-Pro</t>
+  </si>
+  <si>
+    <t>Хард диск WD (HGST) UltraStar DC HC520, 12TB, 256MB Cache, SATA3 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-12TB-WD-ALE600</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf, 12TB, 256MB, 7200 rpm, SATA 6.0Gb/s, ST12000VN0008</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-12TB-SEAG-VN008</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3310 NAS 12TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3310-12T</t>
   </si>
   <si>
     <t>Хард диск WD Purple Pro, 10 TB, 512MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-10000-WD102PURP</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE Enterprise Exos, 8TB, 256MB, SATA 6.0Gb/s, 7200rpm, ST8000NM000A</t>
-[...50 lines deleted...]
-    <t>HDD-SATA-12TB-WD-EFBX</t>
+    <t>Хард диск WD (HGST) UltraStar DC HC550, 16TB, 512MB Cache, SATA3 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16000-WD-USDC</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple Pro Surveillance, 14 TB, 512MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA-14TB-WD-PURP</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3310 NAS 16TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3310-16T</t>
   </si>
   <si>
     <t>Хард диск Toshiba Enterprise MG09 16TB 512MB Cache, SATA3 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-16000-TOSH</t>
   </si>
   <si>
-    <t>Хард диск Seagate Exos X18, 14TB SATA3 6Gb/s</t>
-[...26 lines deleted...]
-    <t>HDD-SATA3-12TB-SEAG-VN008</t>
+    <t>Хард диск WD Red Pro NAS, 16TB, 512MB Cache, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16000WD-RED-PRO</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf PRO ST16000NT001, 16TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16TB-SEAG-NT001</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST18000NT001, 18TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18TB-SEAG-NT001</t>
   </si>
   <si>
     <t>Хард диск Toshiba MG Enterprise, 18TB, 512MB, SATA 6.0Gb/s, 7200rpm, MG09ACA18TE</t>
   </si>
   <si>
     <t>HDD-SATA3-18000-TOSH</t>
   </si>
   <si>
-    <t>Хард диск WD (HGST) UltraStar DC HC520, 12TB, 256MB Cache, SATA3 6.0Gb/s</t>
-[...20 lines deleted...]
-    <t>HDD-SATA3-16000-WD-USDC</t>
+    <t>Твърд диск WD 16Tb Gold Enterprise 3.5"  7200RPM, 512MB, WD161KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16TB-WD161KRYZ</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate SkyHawk AI, 20TB, 7200 RPM, 256MB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20000-SEAG-VE02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хард диск Seagate Exos X18, 18TB, 256MB Cache, SAS </t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18000-SEAG</t>
+  </si>
+  <si>
+    <t>Хард диск Western Digital Red Pro 14TB NAS - WD142KFGX</t>
+  </si>
+  <si>
+    <t>HDD-SATA-14TB-WD-KFGX</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X18, 18TB, 256MB Cache, 7200rpm, Sata3 6 Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18000-SEAG1</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold Enterprise, 20TB, 512MB Cache, SATA3, WD203KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-WD203KRYZ</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X20, 20TB, 256MB Cache, SATA</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20000-SEAG-NM07</t>
+  </si>
+  <si>
+    <t>Хард диск WD Ultrastar DC HC560 3.5" 20 TB SATA, 7200RPM, 512MB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-WD-0F38785</t>
+  </si>
+  <si>
+    <t>Хард диск Western Digital Ultrastar DC HC580, 24TB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-24TB-WD-0F62796</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST20000NT001, 20TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-SEAG-NT001</t>
   </si>
   <si>
     <t>Хард диск Toshiba MG Enterprise, 20TB, 512MB, SATA 6.0Gb/s, 7200rpm, MG10ACA20TE</t>
   </si>
   <si>
     <t>HDD-SATA3-20TB-MG10A</t>
   </si>
   <si>
-    <t>Хард диск WD Purple Pro Surveillance, 14 TB, 512MB, SATA 3</t>
-[...32 lines deleted...]
-    <t>HDD-SATA3-18000-SEAG1</t>
+    <t>Хард диск WD Ultrastar DC HC570, 22TB, 7200RPM, SATA 6GB/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-22TB-WD-0F48155</t>
   </si>
   <si>
     <t>Хард диск WD Gold Enterprise, 18TB, 512MB Cache, SATA3, WD181KRYZ</t>
   </si>
   <si>
     <t>HDD-SATA3-18TB-WD181KRYZ</t>
-  </si>
-[...52 lines deleted...]
-    <t>HDD-SATA3-24TB-WD-0F62796</t>
   </si>
   <si>
     <t>Хард диск Seagate Exos X24, 24TB, 512MB Cache, SATA</t>
   </si>
   <si>
     <t>HDD-SATA3-24000-SEAG-NM02</t>
   </si>
   <si>
     <t>Хард диск SYNOLOGY HAT5310 NAS 20TB Plus Series SATA 3.5"</t>
   </si>
   <si>
     <t>SYN-HDD-HAT5310-20T</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -946,1396 +931,1354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D96"/>
+  <dimension ref="A1:D93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="130.825" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>118.008</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>122.58</v>
+        <v>128.748</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>128.748</v>
+        <v>147.096</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>148.968</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>154.344</v>
+        <v>154.14</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>156.672</v>
+        <v>157.224</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C8">
         <v>158.904</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>162.228</v>
+        <v>173.412</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>168.96</v>
+        <v>189.996</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>173.412</v>
+        <v>190.2</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>181.74</v>
+        <v>194.544</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>190.2</v>
+        <v>196.14</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>195.864</v>
+        <v>205.5</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>196.14</v>
+        <v>205.704</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>198.144</v>
+        <v>217.596</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>200.652</v>
+        <v>254.412</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>205.5</v>
+        <v>259.92</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>210.528</v>
+        <v>260.124</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>225.924</v>
+        <v>268.332</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>235.428</v>
+        <v>272.076</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>260.124</v>
+        <v>287.016</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>262.86</v>
+        <v>319.248</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>278.208</v>
+        <v>319.536</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>286.8</v>
+        <v>321.6</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
-        <v>287.016</v>
+        <v>322.8</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>303.192</v>
+        <v>323.4</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>319.248</v>
+        <v>344.28</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>323.4</v>
+        <v>351.936</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>325.464</v>
+        <v>355.5</v>
       </c>
       <c r="D30" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>327.528</v>
+        <v>371.964</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>346.212</v>
+        <v>374.868</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>355.5</v>
+        <v>379.728</v>
       </c>
       <c r="D33" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>355.536</v>
+        <v>394.932</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>356.04</v>
+        <v>399.552</v>
       </c>
       <c r="D35" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>379.728</v>
+        <v>410.1</v>
       </c>
       <c r="D36" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>392.304</v>
+        <v>418.332</v>
       </c>
       <c r="D37" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>392.856</v>
+        <v>429.072</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>394.932</v>
+        <v>432.0</v>
       </c>
       <c r="D39" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>394.932</v>
+        <v>464.352</v>
       </c>
       <c r="D40" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>399.552</v>
+        <v>465.024</v>
       </c>
       <c r="D41" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>406.8</v>
+        <v>470.508</v>
       </c>
       <c r="D42" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>424.44</v>
+        <v>471.432</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>432.0</v>
+        <v>478.572</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>450.708</v>
+        <v>484.2</v>
       </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>457.068</v>
+        <v>491.88</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>461.592</v>
+        <v>496.908</v>
       </c>
       <c r="D47" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>491.88</v>
+        <v>503.208</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>495.468</v>
+        <v>510.612</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>502.224</v>
+        <v>520.8</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>503.208</v>
+        <v>522.204</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>503.784</v>
+        <v>527.148</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>520.8</v>
+        <v>527.712</v>
       </c>
       <c r="D53" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>527.148</v>
+        <v>530.916</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>57</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>527.712</v>
+        <v>536.064</v>
       </c>
       <c r="D55" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>528.732</v>
+        <v>546.096</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>535.596</v>
+        <v>560.592</v>
       </c>
       <c r="D57" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>536.064</v>
+        <v>577.416</v>
       </c>
       <c r="D58" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>546.096</v>
+        <v>584.1</v>
       </c>
       <c r="D59" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>556.116</v>
+        <v>610.38</v>
       </c>
       <c r="D60" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>558.888</v>
+        <v>620.652</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>584.1</v>
+        <v>623.424</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>590.592</v>
+        <v>634.8</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>610.38</v>
+        <v>658.032</v>
       </c>
       <c r="D64" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>620.652</v>
+        <v>663.444</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>631.944</v>
+        <v>694.344</v>
       </c>
       <c r="D66" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>634.8</v>
+        <v>704.748</v>
       </c>
       <c r="D67" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>658.032</v>
+        <v>710.004</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>663.444</v>
+        <v>716.136</v>
       </c>
       <c r="D69" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>670.8</v>
+        <v>755.304</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>689.964</v>
+        <v>782.868</v>
       </c>
       <c r="D71" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>692.064</v>
+        <v>788.568</v>
       </c>
       <c r="D72" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>694.344</v>
+        <v>850.632</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74">
-        <v>710.004</v>
+        <v>853.08</v>
       </c>
       <c r="D74" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C75">
-        <v>719.856</v>
+        <v>870.576</v>
       </c>
       <c r="D75" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76">
-        <v>755.304</v>
+        <v>880.272</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77">
-        <v>763.824</v>
+        <v>892.548</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78">
-        <v>782.868</v>
+        <v>897.948</v>
       </c>
       <c r="D78" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C79">
-        <v>788.568</v>
+        <v>932.208</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C80">
-        <v>799.212</v>
+        <v>941.088</v>
       </c>
       <c r="D80" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C81">
-        <v>818.1</v>
+        <v>958.548</v>
       </c>
       <c r="D81" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82">
-        <v>818.232</v>
+        <v>989.232</v>
       </c>
       <c r="D82" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83">
-        <v>832.812</v>
+        <v>1000.62</v>
       </c>
       <c r="D83" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C84">
-        <v>834.0</v>
+        <v>1032.816</v>
       </c>
       <c r="D84" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C85">
-        <v>837.408</v>
+        <v>1037.724</v>
       </c>
       <c r="D85" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C86">
-        <v>853.08</v>
+        <v>1064.004</v>
       </c>
       <c r="D86" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C87">
-        <v>880.272</v>
+        <v>1076.796</v>
       </c>
       <c r="D87" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C88">
-        <v>890.04</v>
+        <v>1083.156</v>
       </c>
       <c r="D88" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B89" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C89">
-        <v>926.46</v>
+        <v>1120.404</v>
       </c>
       <c r="D89" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B90" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C90">
-        <v>932.208</v>
+        <v>1246.224</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B91" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C91">
-        <v>1000.62</v>
+        <v>1246.332</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B92" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C92">
-        <v>1000.92</v>
+        <v>1694.28</v>
       </c>
       <c r="D92" t="s">
-        <v>15</v>
-[...40 lines deleted...]
-      <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D96"/>
+  <autoFilter ref="A1:D93"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>