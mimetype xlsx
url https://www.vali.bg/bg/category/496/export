--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -7,615 +7,642 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$93</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$98</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Хард диск TOSHIBA P300, 2TB, 5400rpm, 128MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-2000TOS-P300SMR</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
+    <t>Хард диск WD Blue, 1TB, 7200rpm, 64MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000WD-BLUE</t>
+  </si>
+  <si>
+    <t>Хард диск WD Blue 2TB, 7200rpm 64MB, SATA3 - WD20EARZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-BLUE3</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE BarraCuda, 1TB, 256MB, 7200 rpm,  SATA 3, ST1000DM014</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000SEAG-014</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA P300, 2TB, 7200rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000TOS-P300-3</t>
+  </si>
+  <si>
+    <t>Хард диск WD Blue, 2TB, 7200rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-BLUE2</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk ST1000VX013, 1TB, 64MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000GB-VX013</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE BarraCuda, 4TB, 256MB, SATA 6.0Gb/s, ST4000DM004</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000-SEAG2</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple WD10PURZ, 1TB, 5400rpm, 64MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000WD-PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold, 1TB, 7200rpm, 128MB, SATA 3, WD1005FBYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000WD-SE1</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk 2TB - ST2000VX017</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000-SEAG-VX017</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red PLUS NAS, 2TB, 5400rpm, Cache 64MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-RED-PLP</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple WD23PURZ, 2TB, 5400rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-23PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple, 3TB, 5400rpm, 256MB, SATA 3, WD33PURZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-3000WD-33PURZ</t>
+  </si>
+  <si>
     <t>Хард диск SEAGATE BarraCuda, 2TB, 256MB, 7200 rpm,  SATA 3, ST2000DM008</t>
   </si>
   <si>
     <t>HDD-SATA3-2TB-SEAG-DM008</t>
   </si>
   <si>
-    <t>Хард диск WD Blue, 1TB, 7200rpm, 64MB, SATA 3</t>
-[...26 lines deleted...]
-    <t>HDD-SATA3-2000TOS-P300-3</t>
+    <t>Хард диск SEAGATE IronWolf 2TB - ST2000VN003</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2TB-SEAG-VN003</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA P300, 4TB, 5400rpm, 128MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000TB-TOSH-P3</t>
   </si>
   <si>
     <t>Хард диск TOSHIBA Surveillance S300, 4TB, 5400/5700rpm, 256MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-4000TOSH-S300</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE SkyHawk ST1000VX013, 1TB, 64MB Cache, SATA 6.0Gb/s</t>
-[...56 lines deleted...]
-    <t>HDD-SATA3-3000WD-33PURZ</t>
+    <t>Хард диск SEAGATE SkyHawk Surveillance 4TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000-SEAG-VX016</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA Surveillance S300, 6TB, 5400/5700rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000TOSH-S300</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold, 2TB, 7200rpm, 128MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-GOLD</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE BarraCuda, 6TB, 256MB, 5400 rpm, SATA 3, ST6000DM003</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6TB-SEAG-DM003</t>
+  </si>
+  <si>
+    <t>Твърд диск 3.5" 2000GB SATA3 WD (HGST) HUS722T2TALA604 Ultrastar, 128MB ,7200RPM, 1W10002 (for datacenter,NAS)</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-ALA604</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE Exos 7E10, 2TB, 256MB, SATA, 7200rpm, ST2000NM000B</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2TB-NM000B</t>
+  </si>
+  <si>
+    <t>Хард диск WD Blue 4TB, 5400rpm 256MB, SATA3 - WD40EZZX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-BLUE-ZZX</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST4000VN006, 4TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4TB-SEAG-VN006</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 4TB NAS, 3.5", 128MB, 5400RPM</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-REDZZ</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk Surveillance, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000-SEAG-VX001</t>
   </si>
   <si>
     <t>Хард диск WD Red Pro NAS, 2TB, 7200rpm, 64MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-2000WD-RED-PRO</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE SkyHawk Surveillance 4TB, 256MB Cache, SATA 6.0Gb/s</t>
-[...8 lines deleted...]
-    <t>HDD-SATA3-4000TB-TOSH-P3</t>
+    <t>Хард диск TOSHIBA MG08ADA600E, 6TB, 7200rpm, 256MB, SATA 6 Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000-TOSH-ADA</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA N300, 8TB, 7200rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-WG480UZSVA</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple, 4TB, 5400rpm, 256MB, SATA 3, WD43PURZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-43PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3300 NAS 4TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3300-4T</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Pro, 4TB NAS, 3.5", 256MB, 7200RPM</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-REDFFBX</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE BarraCuda, 8TB, 256MB, 5400 rpm,  SATA 3, ST8000DM004</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-DM004</t>
   </si>
   <si>
     <t>Хард диск TOSHIBA P300, 6TB, 5400rpm, 128MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-6000TB-TOSH-P3</t>
   </si>
   <si>
-    <t>Хард диск WD Gold, 2TB, 7200rpm, 128MB, SATA 3</t>
-[...2 lines deleted...]
-    <t>HDD-SATA3-2000WD-GOLD</t>
+    <t>Хард диск SEAGATE Iron Wolf, ST6000NT001, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6TB-SEAG-NT001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хард диск WD Purple, 6TB, 256MB, SATA 3, WD64PURZ </t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000WD-64PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk ST6000VX009, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-ST6000-VX009</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST6000VN006, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6TB-SEAG-VN006</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Хард диск WD Ultrastar DC HC320, 8TB, 7200RPM, SATA 6GB/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-WD-HUS728T8</t>
   </si>
   <si>
     <t>Хард диск WD Red Plus, 4TB NAS, 3.5", 256MB, 5400RPM</t>
   </si>
   <si>
     <t>HDD-SATA3-4000WD-REDPP</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE BarraCuda, 6TB, 256MB, 5400 rpm, SATA 3, ST6000DM003</t>
-[...47 lines deleted...]
-    <t>HDD-SATA3-4000WD-REDFFBX</t>
+    <t>Хард диск WD Red Plus, 6TB NAS, 3.5", 256MB, 5400RPM, WD60EFPX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000WD-RED-EFPX</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X16, 14TB SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-14000-SEAG</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk Surveillance 8TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-VX010</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple, 8TB, 5640rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000WD-85PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf NAS, 10TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-10TB-SEAG-VN000</t>
   </si>
   <si>
     <t>Твърд диск 4000GB SATA WD 256MB, GOLD Enterprice, HA750, WD4004FRYZ</t>
   </si>
   <si>
     <t>HDD-SATA3-4000WD-GOLD</t>
   </si>
   <si>
-    <t>Хард диск TOSHIBA MG08ADA600E, 6TB, 7200rpm, 256MB, SATA 6 Gb/s</t>
-[...44 lines deleted...]
-    <t>HDD-SATA3-8TB-SEAG-VX010</t>
+    <t>Хард диск SEAGATE Exos 7E10, 10TB, 256MB, SATA 6.0Gb/s, 7200rpm, ST10000NM017B</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-10TB-SEA-NM017B</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3300 NAS 6TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3300-6T</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Pro, 6TB NAS, 3.5", 256MB, 7200RPM, WD6005FFBX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6005WD-REDPro</t>
+  </si>
+  <si>
+    <t>Твърд диск WD Red Plus WD101EFGX 10TB 3.5" 7200 rpm, 256MB, SATA3</t>
+  </si>
+  <si>
+    <t>HDD-SATA-10TB-WD-EFGX</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST8000VN004, 8TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-VN004</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 10TB, 256MB Cache, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA-10TB-WD-EFBX</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 12TB, 256MB Cache, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA-12TB-WD-EFBX</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X18, 14TB SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-14000-SEAG-000J</t>
+  </si>
+  <si>
+    <t>Твърд диск WD Purple Pro 8TB 7200rpm 256MB WD8002PURP</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000-WD8002PURP</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X18, 16TB SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16000-SEAG-000J</t>
   </si>
   <si>
     <t>Хард диск WD Red Plus, 8TB NAS, 3.5", 256MB, 5640RPM, WD80EFPX</t>
   </si>
   <si>
     <t>HDD-SATA3-8000WD-RED-PL</t>
   </si>
   <si>
-    <t>Хард диск SYNOLOGY HAT3300 NAS 6TB Plus Series SATA 3.5"</t>
-[...52 lines deleted...]
-  <si>
     <t>Хард диск SYNOLOGY HAT3320 NAS 8TB Plus Series SATA 3.5" - HAT3320-8T</t>
   </si>
   <si>
     <t>SYN-HDD-HAT3320-8T</t>
   </si>
   <si>
+    <t>Хард диск TOSHIBA MG08ADA800E, 8TB, 7200rpm, 256MB, SATA 6 Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000-TOSH-ADA</t>
+  </si>
+  <si>
+    <t>Хард диск WD (HGST) UltraStar DC HC520, 12TB, 256MB Cache, SATA3 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-12TB-WD-ALE600</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE Exos 7E10, 8TB, 256MB, SATA 6.0Gb/s, 7200rpm, ST8000NM017B</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-NM017B</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple Pro, 10 TB, 512MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-10000-WD102PURP</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf, 12TB, 256MB, 7200 rpm, SATA 6.0Gb/s, ST12000VN0008</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-12TB-SEAG-VN008</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Pro, 8TB NAS, 3.5", 256MB, 7200RPM, WD8005FFBX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8005WD-REDPro</t>
+  </si>
+  <si>
+    <t>Твърд диск 8000GB SATA WD, 256MB GOLD Enterprice, HA750, WD8005FRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000WD-GOLD</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold Enterprise, 10TB, 512MB Cache, SATA3, WD103KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-WD103KRYZ</t>
+  </si>
+  <si>
+    <t>Хард диск WD (HGST) UltraStar DC HC550, 16TB, 512MB Cache, SATA3 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16000-WD-USDC</t>
+  </si>
+  <si>
     <t>Хард диск SEAGATE Iron Wolf, ST8000NT001, 8TB, 256MB Cache, SATA 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-8TB-SEAG-NT001</t>
   </si>
   <si>
-    <t>Хард диск TOSHIBA MG08ADA800E, 8TB, 7200rpm, 256MB, SATA 6 Gb/s</t>
-[...62 lines deleted...]
-    <t>HDD-SATA3-16000-SEAG-000J</t>
+    <t>Хард диск WD Purple Pro Surveillance, 14 TB, 512MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA-14TB-WD-PURP</t>
   </si>
   <si>
     <t>Хард диск Western Digital Purple Pro Surveillance 12 TB - WD122PURP</t>
   </si>
   <si>
     <t>HDD-SATA-12TB-WD-PURP-Pro</t>
   </si>
   <si>
-    <t>Хард диск WD (HGST) UltraStar DC HC520, 12TB, 256MB Cache, SATA3 6.0Gb/s</t>
-[...10 lines deleted...]
-  <si>
     <t>Хард диск SYNOLOGY HAT3310 NAS 12TB Plus Series SATA 3.5"</t>
   </si>
   <si>
     <t>SYN-HDD-HAT3310-12T</t>
   </si>
   <si>
-    <t>Хард диск WD Purple Pro, 10 TB, 512MB, SATA 3</t>
-[...14 lines deleted...]
-    <t>HDD-SATA-14TB-WD-PURP</t>
+    <t>Хард диск SEAGATE IronWolf ST18000NT001, 18TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18TB-SEAG-NT001</t>
+  </si>
+  <si>
+    <t>Твърд диск WD 16Tb Gold Enterprise 3.5"  7200RPM, 512MB, WD161KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16TB-WD161KRYZ</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate SkyHawk AI, 20TB, 7200 RPM, 256MB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20000-SEAG-VE02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хард диск Seagate Exos X18, 18TB, 256MB Cache, SAS </t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18000-SEAG</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 12TB NAS, 3.5", 512MB, 7200RPM</t>
+  </si>
+  <si>
+    <t>HDD-SATA-12TB-WD-EFGX</t>
+  </si>
+  <si>
+    <t>Хард диск Western Digital Red Pro 14TB NAS - WD142KFGX</t>
+  </si>
+  <si>
+    <t>HDD-SATA-14TB-WD-KFGX</t>
+  </si>
+  <si>
+    <t>Твърд диск SYNOLOGY HAT5320 NAS 8 TB SATA 3.5", 7200 RPM</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT5320-8T</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X18, 18TB, 256MB Cache, 7200rpm, Sata3 6 Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18000-SEAG1</t>
+  </si>
+  <si>
+    <t>Хард диск Toshiba MG Enterprise, 18TB, 512MB, SATA 6.0Gb/s, 7200rpm, MG09ACA18TE</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18000-TOSH</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf PRO ST16000NT001, 16TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16TB-SEAG-NT001</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X20, 20TB, 256MB Cache, SATA</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20000-SEAG-NM07</t>
+  </si>
+  <si>
+    <t>Хард диск WD Ultrastar DC HC560 3.5" 20 TB SATA, 7200RPM, 512MB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-WD-0F38785</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST20000NT001, 20TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-SEAG-NT001</t>
   </si>
   <si>
     <t>Хард диск SYNOLOGY HAT3310 NAS 16TB Plus Series SATA 3.5"</t>
   </si>
   <si>
     <t>SYN-HDD-HAT3310-16T</t>
   </si>
   <si>
     <t>Хард диск Toshiba Enterprise MG09 16TB 512MB Cache, SATA3 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-16000-TOSH</t>
   </si>
   <si>
+    <t>Хард диск Western Digital Ultrastar DC HC580, 24TB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-24TB-WD-0F62796</t>
+  </si>
+  <si>
+    <t>Хард диск Toshiba MG Enterprise, 20TB, 512MB, SATA 6.0Gb/s, 7200rpm, MG10ACA20TE</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-MG10A</t>
+  </si>
+  <si>
+    <t>Хард диск WD Ultrastar DC HC570, 22TB, 7200RPM, SATA 6GB/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-22TB-WD-0F48155</t>
+  </si>
+  <si>
     <t>Хард диск WD Red Pro NAS, 16TB, 512MB Cache, SATA3 6Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-16000WD-RED-PRO</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE IronWolf PRO ST16000NT001, 16TB, 256MB Cache, SATA 6.0Gb/s</t>
-[...44 lines deleted...]
-    <t>HDD-SATA3-18000-SEAG1</t>
+    <t>Хард диск WD Gold Enterprise, 18TB, 512MB Cache, SATA3, WD181KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18TB-WD181KRYZ</t>
   </si>
   <si>
     <t>Хард диск WD Gold Enterprise, 20TB, 512MB Cache, SATA3, WD203KRYZ</t>
   </si>
   <si>
     <t>HDD-SATA3-20TB-WD203KRYZ</t>
-  </si>
-[...40 lines deleted...]
-    <t>HDD-SATA3-18TB-WD181KRYZ</t>
   </si>
   <si>
     <t>Хард диск Seagate Exos X24, 24TB, 512MB Cache, SATA</t>
   </si>
   <si>
     <t>HDD-SATA3-24000-SEAG-NM02</t>
   </si>
   <si>
     <t>Хард диск SYNOLOGY HAT5310 NAS 20TB Plus Series SATA 3.5"</t>
   </si>
   <si>
     <t>SYN-HDD-HAT5310-20T</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -931,1354 +958,1424 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D93"/>
+  <dimension ref="A1:D98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="130.825" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>118.008</v>
+        <v>60.336</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>128.748</v>
+        <v>75.216</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>147.096</v>
+        <v>76.164</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>148.968</v>
+        <v>80.388</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>154.14</v>
+        <v>81.252</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>157.224</v>
+        <v>94.068</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>158.904</v>
+        <v>95.58</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
-        <v>173.412</v>
+        <v>100.284</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10">
-        <v>189.996</v>
+        <v>102.108</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>190.2</v>
+        <v>105.072</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>194.544</v>
+        <v>120.396</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>196.14</v>
+        <v>125.304</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>205.5</v>
+        <v>128.388</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>205.704</v>
+        <v>132.888</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>217.596</v>
+        <v>136.2</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>254.412</v>
+        <v>137.88</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>259.92</v>
+        <v>139.116</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>260.124</v>
+        <v>152.376</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>268.332</v>
+        <v>157.248</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>272.076</v>
+        <v>162.588</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>287.016</v>
+        <v>163.236</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>319.248</v>
+        <v>164.424</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>319.536</v>
+        <v>165.048</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>321.6</v>
+        <v>165.36</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>322.8</v>
+        <v>167.628</v>
       </c>
       <c r="D26" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C27">
-        <v>323.4</v>
+        <v>170.4</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C28">
-        <v>344.28</v>
+        <v>181.14</v>
       </c>
       <c r="D28" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C29">
-        <v>351.936</v>
+        <v>181.764</v>
       </c>
       <c r="D29" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C30">
-        <v>355.5</v>
+        <v>200.376</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C31">
-        <v>371.964</v>
+        <v>201.924</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32">
-        <v>374.868</v>
+        <v>204.288</v>
       </c>
       <c r="D32" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C33">
-        <v>379.728</v>
+        <v>205.716</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C34">
-        <v>394.932</v>
+        <v>210.0</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C35">
-        <v>399.552</v>
+        <v>213.216</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B36" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C36">
-        <v>410.1</v>
+        <v>213.888</v>
       </c>
       <c r="D36" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C37">
-        <v>418.332</v>
+        <v>219.324</v>
       </c>
       <c r="D37" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C38">
-        <v>429.072</v>
+        <v>220.884</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C39">
-        <v>432.0</v>
+        <v>238.776</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B40" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C40">
-        <v>464.352</v>
+        <v>239.232</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
+        <v>85</v>
+      </c>
+      <c r="C41">
+        <v>241.56</v>
+      </c>
+      <c r="D41" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>470.508</v>
+        <v>251.496</v>
       </c>
       <c r="D42" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>471.432</v>
+        <v>252.06</v>
       </c>
       <c r="D43" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>478.572</v>
+        <v>254.064</v>
       </c>
       <c r="D44" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>484.2</v>
+        <v>257.28</v>
       </c>
       <c r="D45" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>491.88</v>
+        <v>262.488</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>496.908</v>
+        <v>264.54</v>
       </c>
       <c r="D47" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>503.208</v>
+        <v>266.28</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>510.612</v>
+        <v>272.664</v>
       </c>
       <c r="D49" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>520.8</v>
+        <v>274.08</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>522.204</v>
+        <v>278.4</v>
       </c>
       <c r="D51" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>527.148</v>
+        <v>286.284</v>
       </c>
       <c r="D52" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>527.712</v>
+        <v>298.644</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>530.916</v>
+        <v>303.24</v>
       </c>
       <c r="D54" t="s">
-        <v>57</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>536.064</v>
+        <v>312.084</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>546.096</v>
+        <v>317.34</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>560.592</v>
+        <v>324.564</v>
       </c>
       <c r="D57" t="s">
-        <v>57</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>577.416</v>
+        <v>336.18</v>
       </c>
       <c r="D58" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>584.1</v>
+        <v>336.444</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>610.38</v>
+        <v>346.404</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>620.652</v>
+        <v>346.8</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>86</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>623.424</v>
+        <v>354.432</v>
       </c>
       <c r="D62" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>634.8</v>
+        <v>355.008</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>658.032</v>
+        <v>356.832</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>663.444</v>
+        <v>358.968</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>694.344</v>
+        <v>360.336</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>704.748</v>
+        <v>360.492</v>
       </c>
       <c r="D67" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>710.004</v>
+        <v>370.8</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>86</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>716.136</v>
+        <v>374.712</v>
       </c>
       <c r="D69" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>755.304</v>
+        <v>386.184</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>782.868</v>
+        <v>398.976</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>788.568</v>
+        <v>400.272</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>850.632</v>
+        <v>407.556</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>853.08</v>
+        <v>441.6</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>870.576</v>
+        <v>450.072</v>
       </c>
       <c r="D75" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>880.272</v>
+        <v>459.108</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>892.548</v>
+        <v>476.628</v>
       </c>
       <c r="D77" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>897.948</v>
+        <v>481.176</v>
       </c>
       <c r="D78" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>932.208</v>
+        <v>487.38</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>941.088</v>
+        <v>490.104</v>
       </c>
       <c r="D80" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>958.548</v>
+        <v>490.8</v>
       </c>
       <c r="D81" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>989.232</v>
+        <v>505.788</v>
       </c>
       <c r="D82" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>1000.62</v>
+        <v>513.168</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>1032.816</v>
+        <v>520.98</v>
       </c>
       <c r="D84" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>1037.724</v>
+        <v>528.072</v>
       </c>
       <c r="D85" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>1064.004</v>
+        <v>530.58</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>1076.796</v>
+        <v>537.756</v>
       </c>
       <c r="D87" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>1083.156</v>
+        <v>538.8</v>
       </c>
       <c r="D88" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
         <v>182</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>1120.404</v>
+        <v>541.872</v>
       </c>
       <c r="D89" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
         <v>184</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>1246.224</v>
+        <v>544.008</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
         <v>186</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>1246.332</v>
+        <v>553.812</v>
       </c>
       <c r="D91" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
         <v>188</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92">
+        <v>572.856</v>
+      </c>
+      <c r="D92" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
         <v>189</v>
       </c>
-      <c r="C92">
-[...2 lines deleted...]
-      <c r="D92" t="s">
+      <c r="B93" t="s">
+        <v>190</v>
+      </c>
+      <c r="C93">
+        <v>607.488</v>
+      </c>
+      <c r="D93" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
+        <v>192</v>
+      </c>
+      <c r="C94">
+        <v>637.188</v>
+      </c>
+      <c r="D94" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
+        <v>194</v>
+      </c>
+      <c r="C95">
+        <v>694.728</v>
+      </c>
+      <c r="D95" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" t="s">
+        <v>196</v>
+      </c>
+      <c r="C96">
+        <v>699.504</v>
+      </c>
+      <c r="D96" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" t="s">
+        <v>198</v>
+      </c>
+      <c r="C97">
+        <v>946.8</v>
+      </c>
+      <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D93"/>
+  <autoFilter ref="A1:D98"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>