--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -7,642 +7,672 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$98</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$122</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Хард диск TOSHIBA P300, 2TB, 5400rpm, 128MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-2000TOS-P300SMR</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
+    <t>Хард диск WD Purple WD11PURZ, 1TB, 5400rpm, 64MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000WD-11PURZ</t>
+  </si>
+  <si>
     <t>Хард диск WD Blue, 1TB, 7200rpm, 64MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-1000WD-BLUE</t>
   </si>
   <si>
     <t>Хард диск WD Blue 2TB, 7200rpm 64MB, SATA3 - WD20EARZ</t>
   </si>
   <si>
     <t>HDD-SATA3-2000WD-BLUE3</t>
   </si>
   <si>
+    <t>Хард диск TOSHIBA P300, 2TB, 7200rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000TOS-P300-3</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE BarraCuda, 4TB, 256MB, SATA 6.0Gb/s, ST4000DM004</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000-SEAG2</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple WD10PURZ, 1TB, 5400rpm, 64MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000WD-PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold, 1TB, 7200rpm, 128MB, SATA 3, WD1005FBYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000WD-SE1</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk ST1000VX013, 1TB, 64MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-1000GB-VX013</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Хард диск SEAGATE BarraCuda, 1TB, 256MB, 7200 rpm,  SATA 3, ST1000DM014</t>
   </si>
   <si>
     <t>HDD-SATA3-1000SEAG-014</t>
   </si>
   <si>
-    <t>Хард диск TOSHIBA P300, 2TB, 7200rpm, 256MB, SATA 3</t>
-[...2 lines deleted...]
-    <t>HDD-SATA3-2000TOS-P300-3</t>
+    <t>Хард диск WD Red PLUS NAS, 2TB, 5400rpm, Cache 64MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-RED-PLP</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple WD23PURZ, 2TB, 5400rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-23PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE BarraCuda, 2TB, 256MB, 7200 rpm,  SATA 3, ST2000DM008</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2TB-SEAG-DM008</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple, 3TB, 5400rpm, 256MB, SATA 3, WD33PURZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-3000WD-33PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA P300, 4TB, 5400rpm, 128MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000TB-TOSH-P3</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk 2TB - ST2000VX017</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000-SEAG-VX017</t>
+  </si>
+  <si>
+    <t>Хард диск WD Blue 4TB, 5400rpm 256MB, SATA3 - WD40EZZX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-BLUE-ZZX</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf 2TB - ST2000VN003</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2TB-SEAG-VN003</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA Surveillance S300, 4TB, 5400/5700rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000TOSH-S300</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple, 4TB, 5400rpm, 128MB, SATA 3, WD44PURZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-44PURZ</t>
   </si>
   <si>
     <t>Хард диск WD Blue, 2TB, 7200rpm, 256MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-2000WD-BLUE2</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE SkyHawk ST1000VX013, 1TB, 64MB Cache, SATA 6.0Gb/s</t>
-[...71 lines deleted...]
-    <t>HDD-SATA3-4000TOSH-S300</t>
+    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Хард диск SEAGATE SkyHawk Surveillance 4TB, 256MB Cache, SATA 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-4000-SEAG-VX016</t>
   </si>
   <si>
     <t>Хард диск TOSHIBA Surveillance S300, 6TB, 5400/5700rpm, 256MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-6000TOSH-S300</t>
   </si>
   <si>
     <t>Хард диск WD Gold, 2TB, 7200rpm, 128MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-2000WD-GOLD</t>
   </si>
   <si>
     <t>Хард диск SEAGATE BarraCuda, 6TB, 256MB, 5400 rpm, SATA 3, ST6000DM003</t>
   </si>
   <si>
     <t>HDD-SATA3-6TB-SEAG-DM003</t>
   </si>
   <si>
     <t>Твърд диск 3.5" 2000GB SATA3 WD (HGST) HUS722T2TALA604 Ultrastar, 128MB ,7200RPM, 1W10002 (for datacenter,NAS)</t>
   </si>
   <si>
     <t>HDD-SATA3-2000WD-ALA604</t>
   </si>
   <si>
     <t>Хард диск SEAGATE Exos 7E10, 2TB, 256MB, SATA, 7200rpm, ST2000NM000B</t>
   </si>
   <si>
     <t>HDD-SATA3-2TB-NM000B</t>
   </si>
   <si>
-    <t>Хард диск WD Blue 4TB, 5400rpm 256MB, SATA3 - WD40EZZX</t>
-[...2 lines deleted...]
-    <t>HDD-SATA3-4000WD-BLUE-ZZX</t>
+    <t>Хард диск WD Red Plus, 4TB NAS, 3.5", 128MB, 5400RPM</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-REDZZ</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk Surveillance, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000-SEAG-VX001</t>
   </si>
   <si>
     <t>Хард диск SEAGATE IronWolf ST4000VN006, 4TB, 256MB Cache, SATA 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-4TB-SEAG-VN006</t>
   </si>
   <si>
-    <t>Хард диск WD Red Plus, 4TB NAS, 3.5", 128MB, 5400RPM</t>
-[...10 lines deleted...]
-  <si>
     <t>Хард диск WD Red Pro NAS, 2TB, 7200rpm, 64MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-2000WD-RED-PRO</t>
   </si>
   <si>
     <t>Хард диск TOSHIBA MG08ADA600E, 6TB, 7200rpm, 256MB, SATA 6 Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-6000-TOSH-ADA</t>
   </si>
   <si>
     <t>Хард диск TOSHIBA N300, 8TB, 7200rpm, 256MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-8TB-WG480UZSVA</t>
   </si>
   <si>
+    <t>Хард диск SYNOLOGY HAT3300 NAS 4TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3300-4T</t>
+  </si>
+  <si>
     <t>Хард диск WD Purple, 4TB, 5400rpm, 256MB, SATA 3, WD43PURZ</t>
   </si>
   <si>
     <t>HDD-SATA3-4000WD-43PURZ</t>
   </si>
   <si>
-    <t>Хард диск SYNOLOGY HAT3300 NAS 4TB Plus Series SATA 3.5"</t>
-[...2 lines deleted...]
-    <t>SYN-HDD-HAT3300-4T</t>
+    <t>Хард диск TOSHIBA P300, 6TB, 5400rpm, 128MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000TB-TOSH-P3</t>
   </si>
   <si>
     <t>Хард диск WD Red Pro, 4TB NAS, 3.5", 256MB, 7200RPM</t>
   </si>
   <si>
     <t>HDD-SATA3-4000WD-REDFFBX</t>
   </si>
   <si>
+    <t>Хард диск SEAGATE SkyHawk ST6000VX009, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-ST6000-VX009</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST6000VN006, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6TB-SEAG-VN006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хард диск WD Purple, 6TB, 256MB, SATA 3, WD64PURZ </t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000WD-64PURZ</t>
+  </si>
+  <si>
+    <t>Хард диск WD Ultrastar DC HC320, 8TB, 7200RPM, SATA 6GB/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-WD-HUS728T8</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 4TB NAS, 3.5", 256MB, 5400RPM</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-REDPP</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 6TB NAS, 3.5", 256MB, 5400RPM, WD60EFPX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000WD-RED-EFPX</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X16, 14TB SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-14000-SEAG</t>
+  </si>
+  <si>
     <t>Хард диск SEAGATE BarraCuda, 8TB, 256MB, 5400 rpm,  SATA 3, ST8000DM004</t>
   </si>
   <si>
     <t>HDD-SATA3-8TB-SEAG-DM004</t>
   </si>
   <si>
-    <t>Хард диск TOSHIBA P300, 6TB, 5400rpm, 128MB, SATA 3</t>
-[...2 lines deleted...]
-    <t>HDD-SATA3-6000TB-TOSH-P3</t>
+    <t>Твърд диск 4000GB SATA WD 256MB, GOLD Enterprice, HA750, WD4004FRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-GOLD</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3300 NAS 6TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3300-6T</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Pro, 6TB NAS, 3.5", 256MB, 7200RPM, WD6005FFBX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6005WD-REDPro</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk Surveillance 8TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-VX010</t>
+  </si>
+  <si>
+    <t>Твърд диск WD Red Plus WD101EFGX 10TB 3.5" 7200 rpm, 256MB, SATA3</t>
+  </si>
+  <si>
+    <t>HDD-SATA-10TB-WD-EFGX</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE SkyHawk AI, 8TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-VE001</t>
   </si>
   <si>
     <t>Хард диск SEAGATE Iron Wolf, ST6000NT001, 6TB, 256MB Cache, SATA 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-6TB-SEAG-NT001</t>
   </si>
   <si>
-    <t xml:space="preserve">Хард диск WD Purple, 6TB, 256MB, SATA 3, WD64PURZ </t>
-[...47 lines deleted...]
-    <t>HDD-SATA3-8TB-SEAG-VX010</t>
+    <t>Хард диск WD Red Plus, 10TB, 256MB Cache, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA-10TB-WD-EFBX</t>
   </si>
   <si>
     <t>Хард диск WD Purple, 8TB, 5640rpm, 256MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA3-8000WD-85PURZ</t>
   </si>
   <si>
+    <t>Хард диск WD Red Plus, 12TB, 256MB Cache, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA-12TB-WD-EFBX</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X18, 14TB SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-14000-SEAG-000J</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 8TB NAS, 3.5", 256MB, 5640RPM, WD80EFPX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000WD-RED-PL</t>
+  </si>
+  <si>
+    <t>Твърд диск WD Purple Pro 8TB 7200rpm 256MB WD8002PURP</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000-WD8002PURP</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X18, 16TB SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16000-SEAG-000J</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3320 NAS 8TB Plus Series SATA 3.5" - HAT3320-8T</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3320-8T</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST8000VN004, 8TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-VN004</t>
+  </si>
+  <si>
+    <t>Хард диск TOSHIBA MG08ADA800E, 8TB, 7200rpm, 256MB, SATA 6 Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000-TOSH-ADA</t>
+  </si>
+  <si>
+    <t>Хард диск WD (HGST) UltraStar DC HC520, 12TB, 256MB Cache, SATA3 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-12TB-WD-ALE600</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Pro, 8TB NAS, 3.5", 256MB, 7200RPM, WD8005FFBX</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8005WD-REDPro</t>
+  </si>
+  <si>
+    <t>Хард диск WD Purple Pro, 10 TB, 512MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-10000-WD102PURP</t>
+  </si>
+  <si>
+    <t>Твърд диск 8000GB SATA WD, 256MB GOLD Enterprice, HA750, WD8005FRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8000WD-GOLD</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Plus, 12TB NAS, 3.5", 512MB, 7200RPM</t>
+  </si>
+  <si>
+    <t>HDD-SATA-12TB-WD-EFGX</t>
+  </si>
+  <si>
     <t>Хард диск SEAGATE IronWolf NAS, 10TB, 256MB Cache, SATA 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-10TB-SEAG-VN000</t>
   </si>
   <si>
-    <t>Твърд диск 4000GB SATA WD 256MB, GOLD Enterprice, HA750, WD4004FRYZ</t>
-[...2 lines deleted...]
-    <t>HDD-SATA3-4000WD-GOLD</t>
+    <t>Хард диск SEAGATE Iron Wolf, ST8000NT001, 8TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-8TB-SEAG-NT001</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf, 12TB, 256MB, 7200 rpm, SATA 6.0Gb/s, ST12000VN0008</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-12TB-SEAG-VN008</t>
   </si>
   <si>
     <t>Хард диск SEAGATE Exos 7E10, 10TB, 256MB, SATA 6.0Gb/s, 7200rpm, ST10000NM017B</t>
   </si>
   <si>
     <t>HDD-SATA3-10TB-SEA-NM017B</t>
   </si>
   <si>
-    <t>Хард диск SYNOLOGY HAT3300 NAS 6TB Plus Series SATA 3.5"</t>
-[...74 lines deleted...]
-    <t>HDD-SATA3-12TB-WD-ALE600</t>
+    <t>Хард диск Western Digital Purple Pro Surveillance 12 TB - WD122PURP</t>
+  </si>
+  <si>
+    <t>HDD-SATA-12TB-WD-PURP-Pro</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold Enterprise, 10TB, 512MB Cache, SATA3, WD103KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-WD103KRYZ</t>
   </si>
   <si>
     <t>Хард диск SEAGATE Exos 7E10, 8TB, 256MB, SATA 6.0Gb/s, 7200rpm, ST8000NM017B</t>
   </si>
   <si>
     <t>HDD-SATA3-8TB-SEAG-NM017B</t>
   </si>
   <si>
-    <t>Хард диск WD Purple Pro, 10 TB, 512MB, SATA 3</t>
-[...28 lines deleted...]
-  <si>
     <t>Хард диск WD (HGST) UltraStar DC HC550, 16TB, 512MB Cache, SATA3 6.0Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-16000-WD-USDC</t>
   </si>
   <si>
-    <t>Хард диск SEAGATE Iron Wolf, ST8000NT001, 8TB, 256MB Cache, SATA 6.0Gb/s</t>
-[...2 lines deleted...]
-    <t>HDD-SATA3-8TB-SEAG-NT001</t>
+    <t>Хард диск SYNOLOGY HAT3310 NAS 12TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3310-12T</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST18000NT001, 18TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18TB-SEAG-NT001</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate SkyHawk AI, 20TB, 7200 RPM, 256MB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20000-SEAG-VE02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хард диск Seagate Exos X18, 18TB, 256MB Cache, SAS </t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18000-SEAG</t>
+  </si>
+  <si>
+    <t>Твърд диск SYNOLOGY HAT5320 NAS 8 TB SATA 3.5", 7200 RPM</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT5320-8T</t>
+  </si>
+  <si>
+    <t>Твърд диск WD 16Tb Gold Enterprise 3.5"  7200RPM, 512MB, WD161KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16TB-WD161KRYZ</t>
+  </si>
+  <si>
+    <t>Хард диск Toshiba MG Enterprise, 18TB, 512MB, SATA 6.0Gb/s, 7200rpm, MG09ACA18TE</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18000-TOSH</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf PRO ST16000NT001, 16TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16TB-SEAG-NT001</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos X20, 20TB, 256MB Cache, SATA</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20000-SEAG-NM07</t>
+  </si>
+  <si>
+    <t>Твърд диск Seagate Skyhawk AI ST16000VE005 16TB 3.5", 7200RPM, 512MB, SATA3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16TB-SEAG-VE005</t>
   </si>
   <si>
     <t>Хард диск WD Purple Pro Surveillance, 14 TB, 512MB, SATA 3</t>
   </si>
   <si>
     <t>HDD-SATA-14TB-WD-PURP</t>
   </si>
   <si>
-    <t>Хард диск Western Digital Purple Pro Surveillance 12 TB - WD122PURP</t>
-[...38 lines deleted...]
-    <t>HDD-SATA-12TB-WD-EFGX</t>
+    <t>Хард диск WD Ultrastar DC HC560 3.5" 20 TB SATA, 7200RPM, 512MB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-WD-0F38785</t>
+  </si>
+  <si>
+    <t>Хард диск Toshiba Enterprise MG09 16TB 512MB Cache, SATA3 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16000-TOSH</t>
+  </si>
+  <si>
+    <t>Хард диск Western Digital Ultrastar DC HC580, 24TB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-24TB-WD-0F62796</t>
+  </si>
+  <si>
+    <t>Хард диск SYNOLOGY HAT3310 NAS 16TB Plus Series SATA 3.5"</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT3310-16T</t>
   </si>
   <si>
     <t>Хард диск Western Digital Red Pro 14TB NAS - WD142KFGX</t>
   </si>
   <si>
     <t>HDD-SATA-14TB-WD-KFGX</t>
   </si>
   <si>
-    <t>Твърд диск SYNOLOGY HAT5320 NAS 8 TB SATA 3.5", 7200 RPM</t>
-[...2 lines deleted...]
-    <t>SYN-HDD-HAT5320-8T</t>
+    <t>Хард диск WD Gold Enterprise, 18TB, 512MB Cache, SATA3, WD181KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-18TB-WD181KRYZ</t>
+  </si>
+  <si>
+    <t>Хард диск WD Red Pro NAS, 16TB, 512MB Cache, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16000WD-RED-PRO</t>
+  </si>
+  <si>
+    <t>Хард диск Toshiba MG Enterprise, 22TB, 512MB, SATA 6.0Gb/s, 7200rpm, MG10AFA22TE</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-22TB-MG10AF</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf ST20000NT001, 20TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-SEAG-NT001</t>
+  </si>
+  <si>
+    <t>Хард диск WD Gold Enterprise, 20TB, 512MB Cache, SATA3, WD203KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-WD203KRYZ</t>
+  </si>
+  <si>
+    <t>Хард диск Toshiba MG Enterprise, 20TB, 512MB, SATA 6.0Gb/s, 7200rpm, MG10ACA20TE</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-MG10A</t>
+  </si>
+  <si>
+    <t>Хард диск WD Ultrastar DC HC570, 22TB, 7200RPM, SATA 6GB/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-22TB-WD-0F48155</t>
   </si>
   <si>
     <t>Хард диск Seagate Exos X18, 18TB, 256MB Cache, 7200rpm, Sata3 6 Gb/s</t>
   </si>
   <si>
     <t>HDD-SATA3-18000-SEAG1</t>
-  </si>
-[...76 lines deleted...]
-    <t>HDD-SATA3-20TB-WD203KRYZ</t>
   </si>
   <si>
     <t>Хард диск Seagate Exos X24, 24TB, 512MB Cache, SATA</t>
   </si>
   <si>
     <t>HDD-SATA3-24000-SEAG-NM02</t>
   </si>
   <si>
     <t>Хард диск SYNOLOGY HAT5310 NAS 20TB Plus Series SATA 3.5"</t>
   </si>
   <si>
     <t>SYN-HDD-HAT5310-20T</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -958,1424 +988,1760 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D98"/>
+  <dimension ref="A1:D122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="130.825" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>60.336</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>75.216</v>
+        <v>73.428</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>76.164</v>
+        <v>75.216</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>80.388</v>
+        <v>76.164</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>81.252</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>94.068</v>
+        <v>100.284</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>95.58</v>
+        <v>102.108</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>100.284</v>
+        <v>105.072</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>102.108</v>
+        <v>105.408</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>105.072</v>
+        <v>115.02</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>120.396</v>
+        <v>127.164</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>125.304</v>
+        <v>128.388</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>128.388</v>
+        <v>129.6</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>132.888</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>136.2</v>
+        <v>139.116</v>
       </c>
       <c r="D16" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>137.88</v>
+        <v>141.792</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>139.116</v>
+        <v>148.416</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>152.376</v>
+        <v>151.608</v>
       </c>
       <c r="D19" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>157.248</v>
+        <v>152.376</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>162.588</v>
+        <v>152.448</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>163.236</v>
+        <v>157.008</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>164.424</v>
+        <v>157.248</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>165.048</v>
+        <v>162.588</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>165.36</v>
+        <v>163.236</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
-        <v>167.628</v>
+        <v>164.424</v>
       </c>
       <c r="D26" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
-        <v>170.4</v>
+        <v>165.048</v>
       </c>
       <c r="D27" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
-        <v>181.14</v>
+        <v>165.36</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
-        <v>181.764</v>
+        <v>180.456</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
-        <v>200.376</v>
+        <v>181.764</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
-        <v>201.924</v>
+        <v>197.124</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
-        <v>204.288</v>
+        <v>200.376</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
-        <v>205.716</v>
+        <v>201.924</v>
       </c>
       <c r="D33" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
-        <v>210.0</v>
+        <v>204.288</v>
       </c>
       <c r="D34" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35">
-        <v>213.216</v>
+        <v>214.8</v>
       </c>
       <c r="D35" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36">
-        <v>213.888</v>
+        <v>215.7</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C37">
-        <v>219.324</v>
+        <v>225.924</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C38">
-        <v>220.884</v>
+        <v>228.228</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C39">
-        <v>238.776</v>
+        <v>239.232</v>
       </c>
       <c r="D39" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40">
-        <v>239.232</v>
+        <v>240.432</v>
       </c>
       <c r="D40" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C41">
-        <v>241.56</v>
+        <v>250.02</v>
       </c>
       <c r="D41" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>251.496</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>252.06</v>
       </c>
       <c r="D43" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>254.064</v>
+        <v>255.084</v>
       </c>
       <c r="D44" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>257.28</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>262.488</v>
+        <v>262.212</v>
       </c>
       <c r="D46" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>264.54</v>
+        <v>272.664</v>
       </c>
       <c r="D47" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>266.28</v>
+        <v>278.4</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>272.664</v>
+        <v>281.376</v>
       </c>
       <c r="D49" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>274.08</v>
+        <v>292.404</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>278.4</v>
+        <v>298.644</v>
       </c>
       <c r="D51" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>286.284</v>
+        <v>306.3</v>
       </c>
       <c r="D52" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>298.644</v>
+        <v>311.328</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>303.24</v>
+        <v>312.084</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>312.084</v>
+        <v>312.732</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>317.34</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>324.564</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>336.18</v>
+        <v>335.46</v>
       </c>
       <c r="D58" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>336.444</v>
+        <v>336.18</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>346.404</v>
+        <v>336.444</v>
       </c>
       <c r="D60" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>346.8</v>
       </c>
       <c r="D61" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>354.432</v>
+        <v>348.624</v>
       </c>
       <c r="D62" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>355.008</v>
+        <v>354.432</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>356.832</v>
+        <v>355.008</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>358.968</v>
+        <v>360.492</v>
       </c>
       <c r="D65" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>360.336</v>
+        <v>363.0</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>360.492</v>
+        <v>370.8</v>
       </c>
       <c r="D67" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>370.8</v>
+        <v>373.188</v>
       </c>
       <c r="D68" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>374.712</v>
+        <v>396.156</v>
       </c>
       <c r="D69" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>386.184</v>
+        <v>398.976</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>398.976</v>
+        <v>405.684</v>
       </c>
       <c r="D71" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>400.272</v>
+        <v>405.852</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>407.556</v>
       </c>
       <c r="D73" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>441.6</v>
+        <v>423.12</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>450.072</v>
+        <v>440.1</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>459.108</v>
+        <v>442.044</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>476.628</v>
+        <v>448.8</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>481.176</v>
+        <v>450.072</v>
       </c>
       <c r="D78" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>487.38</v>
+        <v>476.628</v>
       </c>
       <c r="D79" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>490.104</v>
+        <v>481.176</v>
       </c>
       <c r="D80" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>490.8</v>
       </c>
       <c r="D81" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>505.788</v>
+        <v>496.296</v>
       </c>
       <c r="D82" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
         <v>513.168</v>
       </c>
       <c r="D83" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>520.98</v>
+        <v>516.36</v>
       </c>
       <c r="D84" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
         <v>528.072</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>530.58</v>
+        <v>528.156</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>537.756</v>
+        <v>528.948</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>538.8</v>
+        <v>530.58</v>
       </c>
       <c r="D88" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
         <v>541.872</v>
       </c>
       <c r="D89" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
         <v>544.008</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>553.812</v>
+        <v>562.8</v>
       </c>
       <c r="D91" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>572.856</v>
+        <v>566.232</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>607.488</v>
+        <v>614.424</v>
       </c>
       <c r="D93" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>637.188</v>
+        <v>614.976</v>
       </c>
       <c r="D94" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>694.728</v>
+        <v>641.16</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>699.504</v>
+        <v>658.476</v>
       </c>
       <c r="D96" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
+        <v>694.728</v>
+      </c>
+      <c r="D97" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
+        <v>200</v>
+      </c>
+      <c r="C98">
+        <v>704.136</v>
+      </c>
+      <c r="D98" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" t="s">
+        <v>202</v>
+      </c>
+      <c r="C99">
+        <v>722.772</v>
+      </c>
+      <c r="D99" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" t="s">
+        <v>204</v>
+      </c>
+      <c r="C100">
+        <v>789.588</v>
+      </c>
+      <c r="D100" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
+        <v>206</v>
+      </c>
+      <c r="C101">
+        <v>824.052</v>
+      </c>
+      <c r="D101" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>38</v>
+      </c>
+      <c r="B102" t="s">
+        <v>39</v>
+      </c>
+      <c r="C102">
+        <v>148.416</v>
+      </c>
+      <c r="D102" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>44</v>
+      </c>
+      <c r="B103" t="s">
+        <v>45</v>
+      </c>
+      <c r="C103">
+        <v>152.448</v>
+      </c>
+      <c r="D103" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>51</v>
+      </c>
+      <c r="B104" t="s">
+        <v>52</v>
+      </c>
+      <c r="C104">
+        <v>162.588</v>
+      </c>
+      <c r="D104" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>57</v>
+      </c>
+      <c r="B105" t="s">
+        <v>58</v>
+      </c>
+      <c r="C105">
+        <v>165.048</v>
+      </c>
+      <c r="D105" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4">
+      <c r="A106" t="s">
+        <v>61</v>
+      </c>
+      <c r="B106" t="s">
+        <v>62</v>
+      </c>
+      <c r="C106">
+        <v>180.456</v>
+      </c>
+      <c r="D106" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4">
+      <c r="A107" t="s">
+        <v>97</v>
+      </c>
+      <c r="B107" t="s">
+        <v>98</v>
+      </c>
+      <c r="C107">
+        <v>272.664</v>
+      </c>
+      <c r="D107" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>105</v>
+      </c>
+      <c r="B108" t="s">
+        <v>106</v>
+      </c>
+      <c r="C108">
+        <v>298.644</v>
+      </c>
+      <c r="D108" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>121</v>
+      </c>
+      <c r="B109" t="s">
+        <v>122</v>
+      </c>
+      <c r="C109">
+        <v>336.18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>125</v>
+      </c>
+      <c r="B110" t="s">
+        <v>126</v>
+      </c>
+      <c r="C110">
+        <v>346.8</v>
+      </c>
+      <c r="D110" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>137</v>
+      </c>
+      <c r="B111" t="s">
+        <v>138</v>
+      </c>
+      <c r="C111">
+        <v>370.8</v>
+      </c>
+      <c r="D111" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>139</v>
+      </c>
+      <c r="B112" t="s">
+        <v>140</v>
+      </c>
+      <c r="C112">
+        <v>373.188</v>
+      </c>
+      <c r="D112" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>151</v>
+      </c>
+      <c r="B113" t="s">
+        <v>152</v>
+      </c>
+      <c r="C113">
+        <v>423.12</v>
+      </c>
+      <c r="D113" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>165</v>
+      </c>
+      <c r="B114" t="s">
+        <v>166</v>
+      </c>
+      <c r="C114">
+        <v>490.8</v>
+      </c>
+      <c r="D114" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>167</v>
+      </c>
+      <c r="B115" t="s">
+        <v>168</v>
+      </c>
+      <c r="C115">
+        <v>496.296</v>
+      </c>
+      <c r="D115" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>175</v>
+      </c>
+      <c r="B116" t="s">
+        <v>176</v>
+      </c>
+      <c r="C116">
+        <v>528.156</v>
+      </c>
+      <c r="D116" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>177</v>
+      </c>
+      <c r="B117" t="s">
+        <v>178</v>
+      </c>
+      <c r="C117">
+        <v>528.948</v>
+      </c>
+      <c r="D117" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>179</v>
+      </c>
+      <c r="B118" t="s">
+        <v>180</v>
+      </c>
+      <c r="C118">
+        <v>530.58</v>
+      </c>
+      <c r="D118" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>193</v>
+      </c>
+      <c r="B119" t="s">
+        <v>194</v>
+      </c>
+      <c r="C119">
+        <v>641.16</v>
+      </c>
+      <c r="D119" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>197</v>
+      </c>
+      <c r="B120" t="s">
+        <v>198</v>
+      </c>
+      <c r="C120">
+        <v>694.728</v>
+      </c>
+      <c r="D120" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>207</v>
+      </c>
+      <c r="B121" t="s">
+        <v>208</v>
+      </c>
+      <c r="C121">
         <v>946.8</v>
       </c>
-      <c r="D97" t="s">
+      <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D98"/>
+  <autoFilter ref="A1:D122"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>