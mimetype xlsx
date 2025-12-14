--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -14,146 +14,143 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$18</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Хартиени пликчета за CD 50 бр. комплект VALI, Бял</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-50</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кутийки за CD/DVD MAXELL Slim Black 10pk  /цена за 10 бр./</t>
   </si>
   <si>
     <t>ML-DC-CDBOX-SLIMCASE-10PK</t>
   </si>
   <si>
     <t>Хартиени пликчета за CD 100 бр. комплект ESTILLO, бял</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-100</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Кутийка за CD/DVD HAMA Multi-Pack 4, прозрачен/черен</t>
   </si>
   <si>
     <t>HAMA-49415</t>
   </si>
   <si>
     <t>Кутийка за CD/DVD HAMA Jewel Case, прозрачен, 5 бр. в пакет</t>
   </si>
   <si>
     <t>HAMA-44748</t>
   </si>
   <si>
+    <t>Кутийка за CD/DVD HAMA Double Jewel Case, прозрачен, 5 бр. в пакет</t>
+  </si>
+  <si>
+    <t>HAMA-44752</t>
+  </si>
+  <si>
+    <t>Хартиени пликчета 1 бр. CD-та, 50 бр в пакет HAMA, бял</t>
+  </si>
+  <si>
+    <t>HAMA-51173</t>
+  </si>
+  <si>
     <t>Hama Slim CD кутийки за дискове, опаковка от 10 бр, 51275</t>
   </si>
   <si>
     <t>HAMA-51275</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...16 lines deleted...]
-  <si>
     <t>Класьор за 32 CD/DVD/Blu-ray HAMA, Черен</t>
   </si>
   <si>
     <t>HAMA-11615</t>
   </si>
   <si>
+    <t>HAMA Предпазни пликове за CD/DVD, 50 бр, прозрачни</t>
+  </si>
+  <si>
+    <t>HAMA-33809</t>
+  </si>
+  <si>
+    <t>Полиетиленов плик HAMA, За CD/DVD- 40 бр.пакет, Прозрачен</t>
+  </si>
+  <si>
+    <t>HAMA-48444</t>
+  </si>
+  <si>
+    <t>Класьор за 64 CD/DVD/Blu-ray HAMA, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-11616</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...16 lines deleted...]
-    <t>HAMA-11616</t>
   </si>
   <si>
     <t>Класьор за 104 CD/DVD/Blu-ray HAMA, Черен</t>
   </si>
   <si>
     <t>HAMA-11617</t>
   </si>
   <si>
     <t>Slim CD кутийки за дискове Hama, опаковка от 25 бр, 51166</t>
   </si>
   <si>
     <t>HAMA-51166</t>
   </si>
   <si>
     <t>HAMA Предпазни пликове за CD/DVD, 100 бр, цветни</t>
   </si>
   <si>
     <t>HAMA-51068</t>
   </si>
   <si>
     <t>Класьор за 160 CD/DVD/Blu-ray HAMA, Черен</t>
   </si>
   <si>
     <t>HAMA-33834</t>
   </si>
@@ -548,233 +545,233 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>5.88</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>6.0</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>6.216</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>8.016</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>8.28</v>
+        <v>8.256</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>8.436</v>
+        <v>8.52</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>8.52</v>
+        <v>8.652</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>10.536</v>
+        <v>10.596</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C11">
         <v>11.424</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C12">
         <v>11.724</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13">
         <v>15.6</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>18.336</v>
+        <v>17.34</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>22.284</v>
+        <v>23.796</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>24.9</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>30.072</v>
+        <v>30.036</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D18"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>