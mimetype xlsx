--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -14,143 +14,146 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$18</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Хартиени пликчета за CD 50 бр. комплект VALI, Бял</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-50</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кутийки за CD/DVD MAXELL Slim Black 10pk  /цена за 10 бр./</t>
   </si>
   <si>
     <t>ML-DC-CDBOX-SLIMCASE-10PK</t>
   </si>
   <si>
     <t>Хартиени пликчета за CD 100 бр. комплект ESTILLO, бял</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-100</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Кутийка за CD/DVD HAMA Multi-Pack 4, прозрачен/черен</t>
   </si>
   <si>
     <t>HAMA-49415</t>
   </si>
   <si>
     <t>Кутийка за CD/DVD HAMA Jewel Case, прозрачен, 5 бр. в пакет</t>
   </si>
   <si>
     <t>HAMA-44748</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Кутийка за CD/DVD HAMA Double Jewel Case, прозрачен, 5 бр. в пакет</t>
   </si>
   <si>
     <t>HAMA-44752</t>
   </si>
   <si>
     <t>Хартиени пликчета 1 бр. CD-та, 50 бр в пакет HAMA, бял</t>
   </si>
   <si>
     <t>HAMA-51173</t>
   </si>
   <si>
     <t>Hama Slim CD кутийки за дискове, опаковка от 10 бр, 51275</t>
   </si>
   <si>
     <t>HAMA-51275</t>
   </si>
   <si>
     <t>Класьор за 32 CD/DVD/Blu-ray HAMA, Черен</t>
   </si>
   <si>
     <t>HAMA-11615</t>
   </si>
   <si>
     <t>HAMA Предпазни пликове за CD/DVD, 50 бр, прозрачни</t>
   </si>
   <si>
     <t>HAMA-33809</t>
   </si>
   <si>
     <t>Полиетиленов плик HAMA, За CD/DVD- 40 бр.пакет, Прозрачен</t>
   </si>
   <si>
     <t>HAMA-48444</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Класьор за 64 CD/DVD/Blu-ray HAMA, Черен</t>
   </si>
   <si>
     <t>HAMA-11616</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Класьор за 104 CD/DVD/Blu-ray HAMA, Черен</t>
   </si>
   <si>
     <t>HAMA-11617</t>
   </si>
   <si>
     <t>Slim CD кутийки за дискове Hama, опаковка от 25 бр, 51166</t>
   </si>
   <si>
     <t>HAMA-51166</t>
   </si>
   <si>
     <t>HAMA Предпазни пликове за CD/DVD, 100 бр, цветни</t>
   </si>
   <si>
     <t>HAMA-51068</t>
   </si>
   <si>
     <t>Класьор за 160 CD/DVD/Blu-ray HAMA, Черен</t>
   </si>
   <si>
     <t>HAMA-33834</t>
   </si>
@@ -514,261 +517,261 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>5.88</v>
+        <v>3.012</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>6.216</v>
+        <v>3.18</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>8.016</v>
+        <v>4.104</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>8.256</v>
+        <v>4.224</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>8.52</v>
+        <v>4.356</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>8.652</v>
+        <v>4.428</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>10.596</v>
+        <v>5.424</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>11.424</v>
+        <v>5.844</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>11.724</v>
+        <v>6.0</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>15.6</v>
+        <v>7.98</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>17.34</v>
+        <v>8.868</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>23.796</v>
+        <v>12.168</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>24.9</v>
+        <v>12.732</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>30.036</v>
+        <v>15.384</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D18"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>