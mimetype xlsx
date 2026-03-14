--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -14,152 +14,149 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$18</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Хартиени пликчета за CD 50 бр. комплект VALI, Бял</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-50</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кутийки за CD/DVD MAXELL Slim Black 10pk  /цена за 10 бр./</t>
   </si>
   <si>
     <t>ML-DC-CDBOX-SLIMCASE-10PK</t>
   </si>
   <si>
     <t>Хартиени пликчета за CD 100 бр. комплект ESTILLO, бял</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-100</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Кутийка за CD/DVD HAMA Multi-Pack 4, прозрачен/черен</t>
   </si>
   <si>
     <t>HAMA-49415</t>
   </si>
   <si>
     <t>Кутийка за CD/DVD HAMA Jewel Case, прозрачен, 5 бр. в пакет</t>
   </si>
   <si>
     <t>HAMA-44748</t>
   </si>
   <si>
+    <t>Кутийка за CD/DVD HAMA Double Jewel Case, прозрачен, 5 бр. в пакет</t>
+  </si>
+  <si>
+    <t>HAMA-44752</t>
+  </si>
+  <si>
+    <t>Хартиени пликчета 1 бр. CD-та, 50 бр в пакет HAMA, бял</t>
+  </si>
+  <si>
+    <t>HAMA-51173</t>
+  </si>
+  <si>
+    <t>Hama Slim CD кутийки за дискове, опаковка от 10 бр, 51275</t>
+  </si>
+  <si>
+    <t>HAMA-51275</t>
+  </si>
+  <si>
+    <t>Класьор за 32 CD/DVD/Blu-ray HAMA, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-11615</t>
+  </si>
+  <si>
+    <t>HAMA Предпазни пликове за CD/DVD, 50 бр, прозрачни</t>
+  </si>
+  <si>
+    <t>HAMA-33809</t>
+  </si>
+  <si>
+    <t>Полиетиленов плик HAMA, За CD/DVD- 40 бр.пакет, Прозрачен</t>
+  </si>
+  <si>
+    <t>HAMA-48444</t>
+  </si>
+  <si>
+    <t>Класьор за 64 CD/DVD/Blu-ray HAMA, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-11616</t>
+  </si>
+  <si>
+    <t>Класьор за 104 CD/DVD/Blu-ray HAMA, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-11617</t>
+  </si>
+  <si>
     <t>на път</t>
-  </si>
-[...49 lines deleted...]
-    <t>HAMA-11617</t>
   </si>
   <si>
     <t>Slim CD кутийки за дискове Hama, опаковка от 25 бр, 51166</t>
   </si>
   <si>
     <t>HAMA-51166</t>
   </si>
   <si>
     <t>HAMA Предпазни пликове за CD/DVD, 100 бр, цветни</t>
   </si>
   <si>
     <t>HAMA-51068</t>
   </si>
   <si>
     <t>Класьор за 160 CD/DVD/Blu-ray HAMA, Черен</t>
   </si>
   <si>
     <t>HAMA-33834</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -492,51 +489,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>1.536</v>
@@ -573,202 +570,202 @@
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>3.18</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>4.104</v>
+        <v>3.996</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>4.224</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>4.356</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>4.428</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>5.424</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>5.844</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>6.0</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>7.98</v>
+        <v>7.74</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14">
         <v>8.868</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>12.168</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>12.732</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>15.384</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D18"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 