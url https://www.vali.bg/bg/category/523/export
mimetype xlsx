--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -43,146 +43,146 @@
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Суич ZyXEL GS-1200-5, 5 портов, Gigabit, webmanaged</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-5</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Суич ZyXEL GS-1200-8, 8 портов, Gigabit, webmanaged</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-8</t>
   </si>
   <si>
+    <t>Суич Cudy GS1008P 8-портов Gigabit PoE+ Switch,60W, неуправляем</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1008P</t>
+  </si>
+  <si>
+    <t>Суич Cudy GS1006P, 6 x портов 10/100/1000Mbps PoE, 65W</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1006P</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Суич Cudy GS1006P, 6 x портов 10/100/1000Mbps PoE, 65W</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич MikroTik RB260GS CSS106-5G-1SR2, 10/100/1000Mbit, 128 KB, PoE, SwOS</t>
   </si>
   <si>
     <t>MIKROTIK-RB260GS</t>
   </si>
   <si>
-    <t>Суич Cudy GS1008P 8-портов Gigabit PoE+ Switch,60W, неуправляем</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич D-Link DGS-1100-08V2, 8 портов 10/100/1000 Gigabit Smart Switch, управляем</t>
   </si>
   <si>
     <t>D-LINK-DGS-1100-08V2</t>
   </si>
   <si>
+    <t>Суич ZyXEL GS-1200-8HPV2, 8 портов, Gigabit, webmanaged</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-1200-8HPV2</t>
+  </si>
+  <si>
     <t>Суич 5-портов ZyXEL GS-1200-5HPV2, Web Managed, Gigabit, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-5HPV2</t>
   </si>
   <si>
-    <t>Суич ZyXEL GS-1200-8HPV2, 8 портов, Gigabit, webmanaged</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич D-Link DGS-1100-05PDV2, 5 портов 10/100/1000 Gigabit Smart Switch,PoE, управляем</t>
   </si>
   <si>
     <t>D-LINK-DGS-1100-05PDV2</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Суич Cudy IG1008P Индустриален 8-Port 10/100/1000M PoE+ Switch 65W</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-IG1008P</t>
+  </si>
+  <si>
     <t>Суич ZYXEL GS1900, 8 портов управляем, Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-8</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Суич Cudy GS1008PS2, L2, 8 x Gigabit Ethernet PoE ports, 2 x SFP, 128MB RAM</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1008PS2</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-8, 8-портов, Gigabit, Управляем</t>
   </si>
   <si>
     <t>ZYXEL-GS1915-8</t>
   </si>
   <si>
-    <t>Суич Cudy IG1008P Индустриален 8-Port 10/100/1000M PoE+ Switch 65W</t>
-[...2 lines deleted...]
-    <t>CUDY-SWITCH-IG1008P</t>
+    <t>Суич ZYXEL GS1900-24E, 24 портов управляем, Gigabit</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1900-24E</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1100-08PV2/E, 8 портов PoE 10/100/1000 Gigabit Smart Switch, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>D-LINK-DGS-1100-08PV2</t>
   </si>
   <si>
-    <t>Суич ZYXEL GS1900-24E, 24 портов управляем, Gigabit</t>
-[...2 lines deleted...]
-    <t>ZYXEL-GS1900-24E</t>
+    <t>Суич MikroTik CSS610-8G-2S+IN, 8 x Gigabit Ethernet ports, 2 x SFP, PoE in</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CSS610-8G-2S-IN</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-24, 24 портов управляем, Gigabit, Монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-24</t>
   </si>
   <si>
-    <t>Суич MikroTik CSS610-8G-2S+IN, 8 x Gigabit Ethernet ports, 2 x SFP, PoE in</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич ZYXEL GS1900-8HP-V3, 8 портов смарт управляем, PoE, Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-8HP-V3</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-24E, 24-портов, Gigabit, Управляем, Монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1915-24E</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-8EP, 8-портов, Gigabit, Управляем, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS1915-8EP</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-10HP, 8 портов управляем, Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-10HP</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1100-16V2, 16 портов 10/100/1000 Gigabit Smart Switch, управляем</t>
@@ -217,180 +217,180 @@
   <si>
     <t>Суич ZYXEL GS2220-10, 10 портов управляем L2, 8x Gigabit + 2x Gigabit combo (RJ45/SFP)</t>
   </si>
   <si>
     <t>ZYXEL-GS2220-10</t>
   </si>
   <si>
     <t>Суич 8-портов ZyXEL GS1920-8HPV2, Gigabit, управляем, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS1920-8HPV2</t>
   </si>
   <si>
     <t>Суич Mikrotik CRS326-24G-2S+IN, 24xGigabit LAN, 2xSFP+ cages</t>
   </si>
   <si>
     <t>MIKROTIK-CRS326-24G</t>
   </si>
   <si>
     <t>Суич Mikrotik CRS326-24G-2S-RM, 24xGigabit LAN, 2xSFP+ cages</t>
   </si>
   <si>
     <t>MIKROTIK-CRS326-24G-2S-RM</t>
   </si>
   <si>
+    <t>Суич ZyXEL GS1350-12HP, 12-портов, Gigabit, Управляем, PoE 130W</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1350-12HP</t>
+  </si>
+  <si>
     <t>Суич MikroTik -CRS304-4XG-IN, 1 x Gigabit Ethernet ports, 4 x 10G, PoE in:802.3af/at</t>
   </si>
   <si>
     <t>MIKROTIK-CRS304-4XG-IN</t>
   </si>
   <si>
     <t>Суич MikroTik CSS610-8P-2S+IN, 8 x Gigabit Ethernet ports, 2 x SFP</t>
   </si>
   <si>
     <t>MIKROTIK-CSS610-8P-2S-IN</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1210-28, 28-портов 10/100/1000 Gigabit Smart Switch including 4 x 1000Base-T /SFP ports, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>D-LINK-DGS-1210-28</t>
   </si>
   <si>
     <t>Суич ZYXEL XGS1250-12, 12 портов уеб управляем с 3x10G ports + 1xSFP+</t>
   </si>
   <si>
     <t>ZYXEL-XGS1250-12</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1920-24V2, 24 портов Gigabit Smart-Managed,Fanless, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1920-24V2</t>
   </si>
   <si>
     <t>Суич MikroTik CRS112-8P-4S-IN, 8 x Gigabit Ethernet ports, 10/100/1000Mbps, 4 x SFP</t>
   </si>
   <si>
     <t>MIKROTIK-CRS112-8P-4S-IN</t>
   </si>
   <si>
     <t>Суич MikroTik CRS310-8G-2S-IN, 8 x Gigabit Ethernet ports, 2 x SFP</t>
   </si>
   <si>
     <t>MIKROTIK-CRS310-8G-2S-IN</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-24HP, 24 портов управляем PoE, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-24HP</t>
   </si>
   <si>
-    <t>Суич ZyXEL GS1350-12HP, 12-портов, Gigabit, Управляем, PoE 130W</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич MikroTik CRS309-1G-8S+IN, LAN 1 x Gigabit Ethernet ports, 8 x SFP+ 10Gbps, PoE in</t>
   </si>
   <si>
     <t>MIKROTIK-CRS309-1G-8SIN</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-24EP, 24-портов, Gigabit, Управляем, Монтаж в шкаф, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS1915-24EP</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-48, 48 портов управляем, Gigabit, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-48</t>
   </si>
   <si>
     <t>Суич ZYXEL XGS1930-28, 28 портов управляем L3, 24x Gigabit, 4x SFP+ порта</t>
   </si>
   <si>
     <t>ZYXEL-XGS1930-28</t>
   </si>
   <si>
+    <t>ТП Линк /TP-LINK/ Комутатор управляем SG2428LP, 16Gb PoE+ports, 8Gb ports+4xSFP</t>
+  </si>
+  <si>
+    <t>TP-TL-SG2428LP</t>
+  </si>
+  <si>
     <t>Суич ZyXEL GS1350-18HP, 18-портов, Gigabit, Управляем, PoE 250W</t>
   </si>
   <si>
     <t>ZYXEL-GS1350-18HP</t>
   </si>
   <si>
     <t>Суич ZyXEL GS-2220-10HP, 10 портов Layer2+, 8x Gigabit PoE + 2x Gigabit combo (RJ45/SFP), управляем</t>
   </si>
   <si>
     <t>ZYXEL-GS2220-10HP</t>
   </si>
   <si>
     <t>Суич ZyXEL GS-2220-28, 24 портов Layer2+, 24x Gigabit + 4x Gigabit combo (RJ45/SFP), управляем</t>
   </si>
   <si>
     <t>ZYXEL-GS2220-28</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1920-24HPV2, 24 портов Gigabit Smart-Managed PoE, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1920-24HPV2</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1210-52, 48 портов 10/100/1000 Base-T port with 4 x 1000Base-T /SFP ports, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>D-LINK-DGS-1210-52</t>
   </si>
   <si>
+    <t>Суич Ubiquiti Networks UniFi USW-PRO-24, 24-портов Gigabit, Mонтаж в шкаф</t>
+  </si>
+  <si>
+    <t>UBIQUITI-USW-PRO-24</t>
+  </si>
+  <si>
     <t>Суич ZYXEL GS1920-48, 44х GbE порта, 4х Combo порта SFP/RJ-45, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1920-48</t>
   </si>
   <si>
-    <t>Суич Dahua PFS4218-16ET-240, 16 портов, управляем, PoE, Gigabit</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич MikroTik CRS328-4C-20S-4S+RM, 20 x SFP, 4 x SFP+, 4 x Combo порта</t>
   </si>
   <si>
     <t>MIKROTIK-CRS328-4C-20S</t>
-  </si>
-[...4 lines deleted...]
-    <t>UBIQUITI-USW-PRO-24</t>
   </si>
   <si>
     <t>Суич ZyXEL XMG1915-18EP, 16-портов, 2x SFP, Gigabit, Управляем, , PoE</t>
   </si>
   <si>
     <t>ZYXEL-XMG1915-18EP</t>
   </si>
   <si>
     <t>Суич Mikrotik CRS328-24P-4S-RM, 24xGigabit LAN, L2/L3, 4xSFP+ cages</t>
   </si>
   <si>
     <t>MIKROTIK-CRS328-24P-4S-RM</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-48HP, 48 портов управляем, PoE, Gigabit, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-48HP-V2</t>
   </si>
   <si>
     <t>Суич MikroTik CRS320-8P-8B-4S+RM, 16 x Gigabit Ethernet ports, 4 x SFP+</t>
   </si>
   <si>
     <t>MIKROTIK-CRS320-8P</t>
   </si>
@@ -825,933 +825,933 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>35.82</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>52.8</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>78.984</v>
+        <v>74.4</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>78.984</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>88.992</v>
+        <v>82.92</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>94.932</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>101.388</v>
+        <v>98.964</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>104.244</v>
+        <v>101.388</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>126.828</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>132.9</v>
+        <v>132.0</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>136.332</v>
+        <v>132.9</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>143.304</v>
+        <v>136.332</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>168.996</v>
+        <v>143.304</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>181.2</v>
+        <v>220.584</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>220.584</v>
+        <v>223.284</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>237.6</v>
+        <v>232.308</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>244.62</v>
+        <v>252.3</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>257.472</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>260.568</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>261.6</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>274.86</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>276.744</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>307.26</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>309.228</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>318.456</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>338.232</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>371.7</v>
       </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>393.192</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>398.568</v>
       </c>
       <c r="D30" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>400.5</v>
       </c>
       <c r="D31" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>426.156</v>
+        <v>420.0</v>
       </c>
       <c r="D32" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>431.424</v>
+        <v>426.156</v>
       </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>433.584</v>
+        <v>431.424</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>439.356</v>
+        <v>433.584</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>450.588</v>
+        <v>439.356</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>455.388</v>
+        <v>450.588</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>461.544</v>
+        <v>455.388</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>469.2</v>
+        <v>461.544</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>476.904</v>
+        <v>469.2</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>505.116</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>540.744</v>
       </c>
       <c r="D42" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>575.664</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>594.0</v>
       </c>
       <c r="D44" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>674.22</v>
+        <v>594.0</v>
       </c>
       <c r="D45" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>701.892</v>
+        <v>674.22</v>
       </c>
       <c r="D46" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>703.992</v>
+        <v>701.892</v>
       </c>
       <c r="D47" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>708.0</v>
+        <v>703.992</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>730.8</v>
+        <v>708.0</v>
       </c>
       <c r="D49" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>760.548</v>
+        <v>730.8</v>
       </c>
       <c r="D50" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>774.0</v>
+        <v>750.0</v>
       </c>
       <c r="D51" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>784.188</v>
+        <v>760.548</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>874.8</v>
+        <v>784.188</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>922.968</v>
       </c>
       <c r="D54" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>952.944</v>
       </c>
       <c r="D55" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>955.968</v>
       </c>
       <c r="D56" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>1115.388</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>1147.332</v>
       </c>
       <c r="D58" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>1160.244</v>
       </c>
       <c r="D59" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>1207.224</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>1213.5</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>1289.34</v>
       </c>
       <c r="D62" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>1296.456</v>
       </c>
       <c r="D63" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>1762.92</v>
+        <v>1500.0</v>
       </c>
       <c r="D64" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
         <v>2340.54</v>
       </c>
       <c r="D65" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
         <v>8040.0</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D67"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>