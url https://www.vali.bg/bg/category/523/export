--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -7,170 +7,167 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$66</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Суич ZyXEL GS-1200-5, 5 портов, Gigabit, webmanaged</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-5</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Суич ZyXEL GS-1200-8, 8 портов, Gigabit, webmanaged</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-1200-8</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Суич ZyXEL GS-1200-8, 8 портов, Gigabit, webmanaged</t>
-[...10 lines deleted...]
-  <si>
     <t>Суич Cudy GS1006P, 6 x портов 10/100/1000Mbps PoE, 65W</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1006P</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Суич MikroTik RB260GS CSS106-5G-1SR2, 10/100/1000Mbit, 128 KB, PoE, SwOS</t>
   </si>
   <si>
     <t>MIKROTIK-RB260GS</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1100-08V2, 8 портов 10/100/1000 Gigabit Smart Switch, управляем</t>
   </si>
   <si>
     <t>D-LINK-DGS-1100-08V2</t>
   </si>
   <si>
     <t>Суич ZyXEL GS-1200-8HPV2, 8 портов, Gigabit, webmanaged</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-8HPV2</t>
   </si>
   <si>
     <t>Суич 5-портов ZyXEL GS-1200-5HPV2, Web Managed, Gigabit, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-5HPV2</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1100-05PDV2, 5 портов 10/100/1000 Gigabit Smart Switch,PoE, управляем</t>
   </si>
   <si>
     <t>D-LINK-DGS-1100-05PDV2</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>Суич ZYXEL GS1900, 8 портов управляем, Gigabit</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1900-8</t>
+  </si>
+  <si>
+    <t>Суич ZyXEL GS1915-8, 8-портов, Gigabit, Управляем</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1915-8</t>
   </si>
   <si>
     <t>Суич Cudy IG1008P Индустриален 8-Port 10/100/1000M PoE+ Switch 65W</t>
   </si>
   <si>
     <t>CUDY-SWITCH-IG1008P</t>
   </si>
   <si>
-    <t>Суич ZYXEL GS1900, 8 портов управляем, Gigabit</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич Cudy GS1008PS2, L2, 8 x Gigabit Ethernet PoE ports, 2 x SFP, 128MB RAM</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1008PS2</t>
   </si>
   <si>
-    <t>Суич ZyXEL GS1915-8, 8-портов, Gigabit, Управляем</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич ZYXEL GS1900-24E, 24 портов управляем, Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-24E</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1100-08PV2/E, 8 портов PoE 10/100/1000 Gigabit Smart Switch, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>D-LINK-DGS-1100-08PV2</t>
   </si>
   <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
     <t>Суич MikroTik CSS610-8G-2S+IN, 8 x Gigabit Ethernet ports, 2 x SFP, PoE in</t>
   </si>
   <si>
     <t>MIKROTIK-CSS610-8G-2S-IN</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-24, 24 портов управляем, Gigabit, Монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-24</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-8HP-V3, 8 портов смарт управляем, PoE, Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-8HP-V3</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-24E, 24-портов, Gigabit, Управляем, Монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1915-24E</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-8EP, 8-портов, Gigabit, Управляем, PoE</t>
@@ -205,192 +202,192 @@
   <si>
     <t>Суич MikroTik 326-24G-2S+RM 24 x Gigabit Ethernet ports, 10/100/1000Mbps, 2x SFP+ cages, монтаж в шкаф</t>
   </si>
   <si>
     <t>MIKROTIK-CSS326-24G-2S-RM</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1210-16/E, 16-портов 10/100/1000 Gigabit Smart Switch including 4 Combo 1000BaseT/SFP, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>D-LINK-DGS-1210-16-E</t>
   </si>
   <si>
     <t>Суич ZYXEL GS2220-10, 10 портов управляем L2, 8x Gigabit + 2x Gigabit combo (RJ45/SFP)</t>
   </si>
   <si>
     <t>ZYXEL-GS2220-10</t>
   </si>
   <si>
     <t>Суич 8-портов ZyXEL GS1920-8HPV2, Gigabit, управляем, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS1920-8HPV2</t>
   </si>
   <si>
+    <t>Суич MikroTik CRS112-8P-4S-IN, 8 x Gigabit Ethernet ports, 10/100/1000Mbps, 4 x SFP</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CRS112-8P-4S-IN</t>
+  </si>
+  <si>
     <t>Суич Mikrotik CRS326-24G-2S+IN, 24xGigabit LAN, 2xSFP+ cages</t>
   </si>
   <si>
     <t>MIKROTIK-CRS326-24G</t>
   </si>
   <si>
     <t>Суич Mikrotik CRS326-24G-2S-RM, 24xGigabit LAN, 2xSFP+ cages</t>
   </si>
   <si>
     <t>MIKROTIK-CRS326-24G-2S-RM</t>
   </si>
   <si>
+    <t>Суич MikroTik -CRS304-4XG-IN, 1 x Gigabit Ethernet ports, 4 x 10G, PoE in:802.3af/at</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CRS304-4XG-IN</t>
+  </si>
+  <si>
+    <t>Суич MikroTik CSS610-8P-2S+IN, 8 x Gigabit Ethernet ports, 2 x SFP</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CSS610-8P-2S-IN</t>
+  </si>
+  <si>
+    <t>Суич D-Link DGS-1210-28, 28-портов 10/100/1000 Gigabit Smart Switch including 4 x 1000Base-T /SFP ports, управляем, за монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>D-LINK-DGS-1210-28</t>
+  </si>
+  <si>
+    <t>Суич ZYXEL XGS1250-12, 12 портов уеб управляем с 3x10G ports + 1xSFP+</t>
+  </si>
+  <si>
+    <t>ZYXEL-XGS1250-12</t>
+  </si>
+  <si>
+    <t>Суич ZYXEL GS1920-24V2, 24 портов Gigabit Smart-Managed,Fanless, за монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1920-24V2</t>
+  </si>
+  <si>
+    <t>Суич MikroTik CRS310-8G-2S-IN, 8 x Gigabit Ethernet ports, 2 x SFP</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CRS310-8G-2S-IN</t>
+  </si>
+  <si>
     <t>Суич ZyXEL GS1350-12HP, 12-портов, Gigabit, Управляем, PoE 130W</t>
   </si>
   <si>
     <t>ZYXEL-GS1350-12HP</t>
   </si>
   <si>
-    <t>Суич MikroTik -CRS304-4XG-IN, 1 x Gigabit Ethernet ports, 4 x 10G, PoE in:802.3af/at</t>
-[...40 lines deleted...]
-  <si>
     <t>Суич ZYXEL GS1900-24HP, 24 портов управляем PoE, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-24HP</t>
   </si>
   <si>
     <t>Суич MikroTik CRS309-1G-8S+IN, LAN 1 x Gigabit Ethernet ports, 8 x SFP+ 10Gbps, PoE in</t>
   </si>
   <si>
     <t>MIKROTIK-CRS309-1G-8SIN</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-24EP, 24-портов, Gigabit, Управляем, Монтаж в шкаф, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS1915-24EP</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-48, 48 портов управляем, Gigabit, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-48</t>
   </si>
   <si>
     <t>Суич ZYXEL XGS1930-28, 28 портов управляем L3, 24x Gigabit, 4x SFP+ порта</t>
   </si>
   <si>
     <t>ZYXEL-XGS1930-28</t>
   </si>
   <si>
     <t>ТП Линк /TP-LINK/ Комутатор управляем SG2428LP, 16Gb PoE+ports, 8Gb ports+4xSFP</t>
   </si>
   <si>
     <t>TP-TL-SG2428LP</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1350-18HP, 18-портов, Gigabit, Управляем, PoE 250W</t>
   </si>
   <si>
     <t>ZYXEL-GS1350-18HP</t>
   </si>
   <si>
+    <t>Суич ZYXEL GS1920-24HPV2, 24 портов Gigabit Smart-Managed PoE, за монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1920-24HPV2</t>
+  </si>
+  <si>
     <t>Суич ZyXEL GS-2220-10HP, 10 портов Layer2+, 8x Gigabit PoE + 2x Gigabit combo (RJ45/SFP), управляем</t>
   </si>
   <si>
     <t>ZYXEL-GS2220-10HP</t>
   </si>
   <si>
     <t>Суич ZyXEL GS-2220-28, 24 портов Layer2+, 24x Gigabit + 4x Gigabit combo (RJ45/SFP), управляем</t>
   </si>
   <si>
     <t>ZYXEL-GS2220-28</t>
   </si>
   <si>
-    <t>Суич ZYXEL GS1920-24HPV2, 24 портов Gigabit Smart-Managed PoE, за монтаж в шкаф</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич D-Link DGS-1210-52, 48 портов 10/100/1000 Base-T port with 4 x 1000Base-T /SFP ports, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>D-LINK-DGS-1210-52</t>
   </si>
   <si>
+    <t>Суич ZYXEL GS1920-48, 44х GbE порта, 4х Combo порта SFP/RJ-45, управляем, за монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1920-48</t>
+  </si>
+  <si>
+    <t>Суич MikroTik CRS328-4C-20S-4S+RM, 20 x SFP, 4 x SFP+, 4 x Combo порта</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CRS328-4C-20S</t>
+  </si>
+  <si>
     <t>Суич Ubiquiti Networks UniFi USW-PRO-24, 24-портов Gigabit, Mонтаж в шкаф</t>
   </si>
   <si>
     <t>UBIQUITI-USW-PRO-24</t>
-  </si>
-[...10 lines deleted...]
-    <t>MIKROTIK-CRS328-4C-20S</t>
   </si>
   <si>
     <t>Суич ZyXEL XMG1915-18EP, 16-портов, 2x SFP, Gigabit, Управляем, , PoE</t>
   </si>
   <si>
     <t>ZYXEL-XMG1915-18EP</t>
   </si>
   <si>
     <t>Суич Mikrotik CRS328-24P-4S-RM, 24xGigabit LAN, L2/L3, 4xSFP+ cages</t>
   </si>
   <si>
     <t>MIKROTIK-CRS328-24P-4S-RM</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-48HP, 48 портов управляем, PoE, Gigabit, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-48HP-V2</t>
   </si>
   <si>
     <t>Суич MikroTik CRS320-8P-8B-4S+RM, 16 x Gigabit Ethernet ports, 4 x SFP+</t>
   </si>
   <si>
     <t>MIKROTIK-CRS320-8P</t>
   </si>
@@ -772,990 +769,976 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D67"/>
+  <dimension ref="A1:D66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>35.82</v>
+        <v>18.312</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>52.8</v>
+        <v>27.0</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>74.4</v>
+        <v>40.38</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>78.984</v>
+        <v>42.396</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>82.92</v>
+        <v>48.54</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>94.932</v>
+        <v>50.604</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>98.964</v>
+        <v>51.84</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>101.388</v>
+        <v>64.848</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>126.828</v>
+        <v>67.956</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>132.0</v>
+        <v>73.272</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>132.9</v>
+        <v>81.3</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>136.332</v>
+        <v>89.868</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>143.304</v>
+        <v>112.788</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>220.584</v>
+        <v>114.168</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>223.284</v>
+        <v>115.38</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>232.308</v>
+        <v>129.0</v>
       </c>
       <c r="D17" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>252.3</v>
+        <v>131.64</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>257.472</v>
+        <v>133.224</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>260.568</v>
+        <v>133.752</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>261.6</v>
+        <v>140.532</v>
       </c>
       <c r="D21" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>274.86</v>
+        <v>141.492</v>
       </c>
       <c r="D22" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>276.744</v>
+        <v>157.104</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>307.26</v>
+        <v>158.112</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>309.228</v>
+        <v>158.892</v>
       </c>
       <c r="D25" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>318.456</v>
+        <v>172.932</v>
       </c>
       <c r="D26" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>338.232</v>
+        <v>190.056</v>
       </c>
       <c r="D27" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>371.7</v>
+        <v>201.036</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>393.192</v>
+        <v>203.076</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>398.568</v>
+        <v>203.784</v>
       </c>
       <c r="D30" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>400.5</v>
+        <v>204.768</v>
       </c>
       <c r="D31" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>420.0</v>
+        <v>217.884</v>
       </c>
       <c r="D32" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>426.156</v>
+        <v>220.584</v>
       </c>
       <c r="D33" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>431.424</v>
+        <v>221.688</v>
       </c>
       <c r="D34" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>433.584</v>
+        <v>224.64</v>
       </c>
       <c r="D35" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>439.356</v>
+        <v>230.388</v>
       </c>
       <c r="D36" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>450.588</v>
+        <v>235.98</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>455.388</v>
+        <v>243.84</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>461.544</v>
+        <v>257.688</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>469.2</v>
+        <v>258.264</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>505.116</v>
+        <v>276.48</v>
       </c>
       <c r="D41" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>540.744</v>
+        <v>294.336</v>
       </c>
       <c r="D42" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>575.664</v>
+        <v>303.708</v>
       </c>
       <c r="D43" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>594.0</v>
+        <v>303.708</v>
       </c>
       <c r="D44" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>594.0</v>
+        <v>344.724</v>
       </c>
       <c r="D45" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>674.22</v>
+        <v>354.0</v>
       </c>
       <c r="D46" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>701.892</v>
+        <v>358.872</v>
       </c>
       <c r="D47" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>703.992</v>
+        <v>359.94</v>
       </c>
       <c r="D48" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>708.0</v>
+        <v>373.656</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>730.8</v>
+        <v>388.86</v>
       </c>
       <c r="D50" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>750.0</v>
+        <v>400.944</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>760.548</v>
+        <v>447.276</v>
       </c>
       <c r="D52" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>784.188</v>
+        <v>471.9</v>
       </c>
       <c r="D53" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>922.968</v>
+        <v>487.236</v>
       </c>
       <c r="D54" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>952.944</v>
+        <v>488.784</v>
       </c>
       <c r="D55" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>955.968</v>
+        <v>570.288</v>
       </c>
       <c r="D56" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>1115.388</v>
+        <v>586.62</v>
       </c>
       <c r="D57" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>1147.332</v>
+        <v>593.22</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>1160.244</v>
+        <v>617.244</v>
       </c>
       <c r="D59" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>1207.224</v>
+        <v>620.448</v>
       </c>
       <c r="D60" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>1213.5</v>
+        <v>659.232</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>1289.34</v>
+        <v>662.868</v>
       </c>
       <c r="D62" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>1296.456</v>
+        <v>879.384</v>
       </c>
       <c r="D63" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>1500.0</v>
+        <v>1167.516</v>
       </c>
       <c r="D64" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>2340.54</v>
+        <v>4110.792</v>
       </c>
       <c r="D65" t="s">
-        <v>24</v>
-[...13 lines deleted...]
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D67"/>
+  <autoFilter ref="A1:D66"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>