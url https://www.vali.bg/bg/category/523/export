--- v2 (2026-01-28)
+++ v3 (2026-03-15)
@@ -7,417 +7,408 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$65</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Суич ZyXEL GS-1200-5, 5 портов, Gigabit, webmanaged</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-5</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Суич ZyXEL GS-1200-8, 8 портов, Gigabit, webmanaged</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-1200-8</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Суич MikroTik RB260GS CSS106-5G-1SR2, 10/100/1000Mbit, 128 KB, PoE, SwOS</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB260GS</t>
+  </si>
+  <si>
+    <t>Суич D-Link DGS-1100-08V2, 8 портов 10/100/1000 Gigabit Smart Switch, управляем</t>
+  </si>
+  <si>
+    <t>D-LINK-DGS-1100-08V2</t>
+  </si>
+  <si>
+    <t>Суич ZyXEL GS-1200-8HPV2, 8 портов, Gigabit, webmanaged</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-1200-8HPV2</t>
+  </si>
+  <si>
+    <t>Суич Cudy GS1008PS2, L2, 8 x Gigabit Ethernet PoE ports, 2 x SFP, 128MB RAM</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1008PS2</t>
+  </si>
+  <si>
+    <t>Суич 5-портов ZyXEL GS-1200-5HPV2, Web Managed, Gigabit, PoE</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-1200-5HPV2</t>
+  </si>
+  <si>
+    <t>Суич Cudy IG1008P Индустриален 8-Port 10/100/1000M PoE+ Switch 65W</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-IG1008P</t>
+  </si>
+  <si>
+    <t>Суич ZYXEL GS1900, 8 портов управляем, Gigabit</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1900-8</t>
+  </si>
+  <si>
+    <t>Суич ZyXEL GS1915-8, 8-портов, Gigabit, Управляем</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1915-8</t>
+  </si>
+  <si>
+    <t>Суич D-Link DGS-1100-05PDV2, 5 портов 10/100/1000 Gigabit Smart Switch,PoE, управляем</t>
+  </si>
+  <si>
+    <t>D-LINK-DGS-1100-05PDV2</t>
+  </si>
+  <si>
+    <t>Суич ZYXEL GS1900-24E, 24 портов управляем, Gigabit</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1900-24E</t>
+  </si>
+  <si>
+    <t>Суич D-Link DGS-1100-08PV2/E, 8 портов PoE 10/100/1000 Gigabit Smart Switch, управляем, за монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>D-LINK-DGS-1100-08PV2</t>
+  </si>
+  <si>
+    <t>Суич MikroTik CSS610-8G-2S+IN, 8 x Gigabit Ethernet ports, 2 x SFP, PoE in</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CSS610-8G-2S-IN</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Суич ZyXEL GS-1200-8, 8 портов, Gigabit, webmanaged</t>
-[...91 lines deleted...]
-  <si>
     <t>Суич ZYXEL GS1900-24, 24 портов управляем, Gigabit, Монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-24</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-8HP-V3, 8 портов смарт управляем, PoE, Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-8HP-V3</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-24E, 24-портов, Gigabit, Управляем, Монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1915-24E</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-8EP, 8-портов, Gigabit, Управляем, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS1915-8EP</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-10HP, 8 портов управляем, Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-10HP</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1100-16V2, 16 портов 10/100/1000 Gigabit Smart Switch, управляем</t>
   </si>
   <si>
     <t>D-LINK-DGS-1100-16V2</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1350-6HP, 6-портов, Gigabit, Управляем, PoE 60W</t>
   </si>
   <si>
     <t>ZYXEL-GS1350-6HP</t>
   </si>
   <si>
+    <t>Суич MikroTik 326-24G-2S+RM 24 x Gigabit Ethernet ports, 10/100/1000Mbps, 2x SFP+ cages, монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CSS326-24G-2S-RM</t>
+  </si>
+  <si>
     <t>Суич Mikrotik CRS305-1G-4S+IN, 1xGigabit LAN, 4xSFP+ cages</t>
   </si>
   <si>
     <t>MIKROTIK-CRS305-1G</t>
   </si>
   <si>
-    <t>Суич MikroTik 326-24G-2S+RM 24 x Gigabit Ethernet ports, 10/100/1000Mbps, 2x SFP+ cages, монтаж в шкаф</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич D-Link DGS-1210-16/E, 16-портов 10/100/1000 Gigabit Smart Switch including 4 Combo 1000BaseT/SFP, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>D-LINK-DGS-1210-16-E</t>
   </si>
   <si>
     <t>Суич ZYXEL GS2220-10, 10 портов управляем L2, 8x Gigabit + 2x Gigabit combo (RJ45/SFP)</t>
   </si>
   <si>
     <t>ZYXEL-GS2220-10</t>
   </si>
   <si>
     <t>Суич 8-портов ZyXEL GS1920-8HPV2, Gigabit, управляем, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS1920-8HPV2</t>
   </si>
   <si>
+    <t>Суич Mikrotik CRS326-24G-2S+IN, 24xGigabit LAN, 2xSFP+ cages</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CRS326-24G</t>
+  </si>
+  <si>
+    <t>Суич Mikrotik CRS326-24G-2S-RM, 24xGigabit LAN, 2xSFP+ cages</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CRS326-24G-2S-RM</t>
+  </si>
+  <si>
     <t>Суич MikroTik CRS112-8P-4S-IN, 8 x Gigabit Ethernet ports, 10/100/1000Mbps, 4 x SFP</t>
   </si>
   <si>
     <t>MIKROTIK-CRS112-8P-4S-IN</t>
   </si>
   <si>
-    <t>Суич Mikrotik CRS326-24G-2S+IN, 24xGigabit LAN, 2xSFP+ cages</t>
-[...10 lines deleted...]
-  <si>
     <t>Суич MikroTik -CRS304-4XG-IN, 1 x Gigabit Ethernet ports, 4 x 10G, PoE in:802.3af/at</t>
   </si>
   <si>
     <t>MIKROTIK-CRS304-4XG-IN</t>
   </si>
   <si>
     <t>Суич MikroTik CSS610-8P-2S+IN, 8 x Gigabit Ethernet ports, 2 x SFP</t>
   </si>
   <si>
     <t>MIKROTIK-CSS610-8P-2S-IN</t>
   </si>
   <si>
     <t>Суич D-Link DGS-1210-28, 28-портов 10/100/1000 Gigabit Smart Switch including 4 x 1000Base-T /SFP ports, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>D-LINK-DGS-1210-28</t>
   </si>
   <si>
     <t>Суич ZYXEL XGS1250-12, 12 портов уеб управляем с 3x10G ports + 1xSFP+</t>
   </si>
   <si>
     <t>ZYXEL-XGS1250-12</t>
   </si>
   <si>
+    <t>Суич MikroTik CRS310-8G-2S-IN, 8 x Gigabit Ethernet ports, 2 x SFP</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CRS310-8G-2S-IN</t>
+  </si>
+  <si>
     <t>Суич ZYXEL GS1920-24V2, 24 портов Gigabit Smart-Managed,Fanless, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1920-24V2</t>
   </si>
   <si>
-    <t>Суич MikroTik CRS310-8G-2S-IN, 8 x Gigabit Ethernet ports, 2 x SFP</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич ZyXEL GS1350-12HP, 12-портов, Gigabit, Управляем, PoE 130W</t>
   </si>
   <si>
     <t>ZYXEL-GS1350-12HP</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-24HP, 24 портов управляем PoE, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-24HP</t>
   </si>
   <si>
     <t>Суич MikroTik CRS309-1G-8S+IN, LAN 1 x Gigabit Ethernet ports, 8 x SFP+ 10Gbps, PoE in</t>
   </si>
   <si>
     <t>MIKROTIK-CRS309-1G-8SIN</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1915-24EP, 24-портов, Gigabit, Управляем, Монтаж в шкаф, PoE</t>
   </si>
   <si>
     <t>ZYXEL-GS1915-24EP</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1900-48, 48 портов управляем, Gigabit, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1900-48</t>
   </si>
   <si>
     <t>Суич ZYXEL XGS1930-28, 28 портов управляем L3, 24x Gigabit, 4x SFP+ порта</t>
   </si>
   <si>
     <t>ZYXEL-XGS1930-28</t>
   </si>
   <si>
     <t>ТП Линк /TP-LINK/ Комутатор управляем SG2428LP, 16Gb PoE+ports, 8Gb ports+4xSFP</t>
   </si>
   <si>
     <t>TP-TL-SG2428LP</t>
   </si>
   <si>
+    <t>Суич ZYXEL GS1920-24HPV2, 24 портов Gigabit Smart-Managed PoE, за монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1920-24HPV2</t>
+  </si>
+  <si>
     <t>Суич ZyXEL GS1350-18HP, 18-портов, Gigabit, Управляем, PoE 250W</t>
   </si>
   <si>
     <t>ZYXEL-GS1350-18HP</t>
   </si>
   <si>
-    <t>Суич ZYXEL GS1920-24HPV2, 24 портов Gigabit Smart-Managed PoE, за монтаж в шкаф</t>
-[...4 lines deleted...]
-  <si>
     <t>Суич ZyXEL GS-2220-10HP, 10 портов Layer2+, 8x Gigabit PoE + 2x Gigabit combo (RJ45/SFP), управляем</t>
   </si>
   <si>
     <t>ZYXEL-GS2220-10HP</t>
   </si>
   <si>
     <t>Суич ZyXEL GS-2220-28, 24 портов Layer2+, 24x Gigabit + 4x Gigabit combo (RJ45/SFP), управляем</t>
   </si>
   <si>
     <t>ZYXEL-GS2220-28</t>
   </si>
   <si>
+    <t>Суич ZYXEL GS1920-48, 44х GbE порта, 4х Combo порта SFP/RJ-45, управляем, за монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1920-48</t>
+  </si>
+  <si>
+    <t>Суич MikroTik CRS328-4C-20S-4S+RM, 20 x SFP, 4 x SFP+, 4 x Combo порта</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CRS328-4C-20S</t>
+  </si>
+  <si>
+    <t>Суич Ubiquiti Networks UniFi USW-PRO-24, 24-портов Gigabit, Mонтаж в шкаф</t>
+  </si>
+  <si>
+    <t>UBIQUITI-USW-PRO-24</t>
+  </si>
+  <si>
+    <t>Суич ZyXEL XMG1915-18EP, 16-портов, 2x SFP, Gigabit, Управляем, , PoE</t>
+  </si>
+  <si>
+    <t>ZYXEL-XMG1915-18EP</t>
+  </si>
+  <si>
+    <t>Суич ZYXEL GS1900-48HP, 48 портов управляем, PoE, Gigabit, за монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1900-48HP-V2</t>
+  </si>
+  <si>
+    <t>Суич Mikrotik CRS328-24P-4S-RM, 24xGigabit LAN, L2/L3, 4xSFP+ cages</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CRS328-24P-4S-RM</t>
+  </si>
+  <si>
     <t>Суич D-Link DGS-1210-52, 48 портов 10/100/1000 Base-T port with 4 x 1000Base-T /SFP ports, управляем, за монтаж в шкаф</t>
   </si>
   <si>
     <t>D-LINK-DGS-1210-52</t>
   </si>
   <si>
-    <t>Суич ZYXEL GS1920-48, 44х GbE порта, 4х Combo порта SFP/RJ-45, управляем, за монтаж в шкаф</t>
-[...32 lines deleted...]
-    <t>ZYXEL-GS1900-48HP-V2</t>
+    <t>Суич ZYXEL XS1930-10, 8 портов управляем, 10Gb, 2xSFP, за монтаж в шкаф</t>
+  </si>
+  <si>
+    <t>ZYXEL-XS1930-10</t>
   </si>
   <si>
     <t>Суич MikroTik CRS320-8P-8B-4S+RM, 16 x Gigabit Ethernet ports, 4 x SFP+</t>
   </si>
   <si>
     <t>MIKROTIK-CRS320-8P</t>
-  </si>
-[...4 lines deleted...]
-    <t>ZYXEL-XS1930-10</t>
   </si>
   <si>
     <t>Суич ZyXEL XS1930-12F 10-портов 10GbE SFP + 2x10Gb RJ-45 порта смарт управляем</t>
   </si>
   <si>
     <t>ZYXEL-XS1930-12F</t>
   </si>
   <si>
     <t>Суич MikroTik CRS354-48G-4S+2Q+RM, 48 ports, 40 Gbps QSFP+ портове</t>
   </si>
   <si>
     <t>MIKROTIK-CRS354-48G4S2QRM</t>
   </si>
   <si>
     <t>Суич MikroTik CRS326-24S+2Q+RM, 24 x Gigabit Ethernet ports, 2 x SFP</t>
   </si>
   <si>
     <t>MIKROTIK-CRS326-24S-2Q-RM</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1920-48HP, 44х GbE порта, 4х Combo порта SFP/RJ-45, Управляем, Монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1920-48HPV2</t>
   </si>
@@ -769,51 +760,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D66"/>
+  <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -833,912 +824,898 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>27.0</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>40.38</v>
+        <v>42.312</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>42.396</v>
+        <v>48.54</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>48.54</v>
+        <v>50.604</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>50.604</v>
+        <v>51.204</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>51.84</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>64.848</v>
+        <v>64.8</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>67.956</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>73.272</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>81.3</v>
+        <v>77.004</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>89.868</v>
+        <v>112.788</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>112.788</v>
+        <v>114.168</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>114.168</v>
+        <v>115.38</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>115.38</v>
+        <v>129.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>129.0</v>
+        <v>131.64</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>131.64</v>
+        <v>133.224</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>133.224</v>
+        <v>133.752</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>133.752</v>
+        <v>140.532</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>140.532</v>
+        <v>141.492</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>141.492</v>
+        <v>157.104</v>
       </c>
       <c r="D22" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>157.104</v>
+        <v>158.892</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>158.112</v>
+        <v>165.18</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>158.892</v>
+        <v>172.932</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>172.932</v>
+        <v>190.056</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>190.056</v>
+        <v>201.036</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>201.036</v>
+        <v>203.784</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>203.076</v>
+        <v>204.756</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>203.784</v>
+        <v>205.848</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>204.768</v>
+        <v>217.884</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>217.884</v>
+        <v>220.584</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>220.584</v>
+        <v>221.688</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>221.688</v>
+        <v>224.64</v>
       </c>
       <c r="D34" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>224.64</v>
+        <v>226.764</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>230.388</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>235.98</v>
+        <v>243.84</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>243.84</v>
+        <v>257.688</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>257.688</v>
+        <v>258.264</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>258.264</v>
+        <v>276.48</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>276.48</v>
+        <v>294.336</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>294.336</v>
+        <v>303.708</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>303.708</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>303.708</v>
+        <v>330.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C45">
         <v>344.724</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>354.0</v>
+        <v>358.872</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>358.872</v>
+        <v>359.94</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>359.94</v>
+        <v>388.86</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>373.656</v>
+        <v>400.944</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>388.86</v>
+        <v>447.276</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>400.944</v>
+        <v>471.9</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>447.276</v>
+        <v>488.784</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>471.9</v>
+        <v>489.888</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>487.236</v>
+        <v>495.24</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>488.784</v>
+        <v>538.8</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C56">
         <v>570.288</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>586.62</v>
+        <v>593.22</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>593.22</v>
+        <v>617.244</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>617.244</v>
+        <v>620.448</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>620.448</v>
+        <v>659.232</v>
       </c>
       <c r="D60" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>659.232</v>
+        <v>662.868</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>662.868</v>
+        <v>879.384</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>879.384</v>
+        <v>1167.516</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>1167.516</v>
+        <v>4110.792</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
-[...13 lines deleted...]
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D66"/>
+  <autoFilter ref="A1:D65"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>