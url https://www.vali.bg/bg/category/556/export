--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -424,51 +424,51 @@
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>24.996</v>
+        <v>21.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>86.4</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D4"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">