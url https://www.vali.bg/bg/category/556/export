--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -424,65 +424,65 @@
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>21.0</v>
+        <v>12.78</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>86.4</v>
+        <v>44.172</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D4"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>