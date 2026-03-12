--- v0 (2026-01-11)
+++ v1 (2026-03-12)
@@ -61,89 +61,89 @@
   <si>
     <t>Рамка за снимки ClipFix със стъкло, 15 х 21 см, 63008</t>
   </si>
   <si>
     <t>HAMA-63008</t>
   </si>
   <si>
     <t>Рамка за снимки ClipFix със стъкло, 10.5 х 15 см, 63002</t>
   </si>
   <si>
     <t>HAMA-63002</t>
   </si>
   <si>
     <t>Рамка за снимки ClipFix със стъкло, 20 х 30 см</t>
   </si>
   <si>
     <t>HAMA-63018</t>
   </si>
   <si>
     <t>Рамка за снимки Clip-Fix Style, 21 x 29.7cm, A4, плексиглас</t>
   </si>
   <si>
     <t>HAMA-61595</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Рамка за снимки "Sevilla Décor",15 х 20 см, 66398</t>
   </si>
   <si>
     <t>HAMA-66398</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Рамка за снимки Sevilla,15 х 20 см, 66248</t>
   </si>
   <si>
     <t>HAMA-66248</t>
   </si>
   <si>
+    <t>Рамка за снимки Sevilla board,15 х 20 см, 66218</t>
+  </si>
+  <si>
+    <t>HAMA-66218</t>
+  </si>
+  <si>
+    <t>Рамка за снимки ClipFix със стъкло, 30 x 40 cm, 63030</t>
+  </si>
+  <si>
+    <t>HAMA-63030</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Рамка за снимки Sevilla board,15 х 20 см, 66218</t>
-[...2 lines deleted...]
-    <t>HAMA-66218</t>
+    <t>Пластмасова рамка Hama "Sevilla Décor", 20 x 30 cm, 66431</t>
+  </si>
+  <si>
+    <t>HAMA-66431</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Рамка за снимки ClipFix със стъкло, 30 x 40 cm, 63030</t>
-[...10 lines deleted...]
-  <si>
     <t>Рамка за снимки “Chiaro”, 20 x 30 cm, бяла</t>
   </si>
   <si>
     <t>HAMA-193277</t>
   </si>
   <si>
     <t>HAMA Рамка за снимки “Chiaro”, 21 x 29,7 см, DIN A4</t>
   </si>
   <si>
     <t>HAMA-193269</t>
   </si>
   <si>
     <t>Рамка за снимки "Swing" 20х30 см, пластмасова, 193212</t>
   </si>
   <si>
     <t>HAMA-193212</t>
   </si>
   <si>
     <t>Рамка за снимки Clip-Fix, 29.7 x 42 cm, плексиглас</t>
   </si>
   <si>
     <t>HAMA-61596</t>
   </si>
   <si>
     <t>HAMA Рамка за снимки, "Lobby", 20 x 30 см, пластмасова, бронзова</t>
@@ -160,60 +160,60 @@
   <si>
     <t>HAMA Рамка за снимки “Chiaro”, 30 x 40 cm, бяла</t>
   </si>
   <si>
     <t>HAMA-193279</t>
   </si>
   <si>
     <t>HAMA Рамка за снимки, "Lobby", 21 x 29,7 см, пластмасова, златиста</t>
   </si>
   <si>
     <t>HAMA-175805</t>
   </si>
   <si>
     <t>HAMA Рамка за снимки, "Rustic", 20 x 30 см, пластмасова, дъб</t>
   </si>
   <si>
     <t>HAMA-193058</t>
   </si>
   <si>
     <t>HAMA Рамка за снимки “Chiaro”, 30 x 40 см</t>
   </si>
   <si>
     <t>HAMA-193270</t>
   </si>
   <si>
+    <t>Пластмасова рамка Hama "Sevilla Décor", 30 x 40 cm, 66435</t>
+  </si>
+  <si>
+    <t>HAMA-66435</t>
+  </si>
+  <si>
     <t>Пластмасова рамка "Sevilla", 30 х 40см, 66225</t>
   </si>
   <si>
     <t>HAMA-66225</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-66435</t>
   </si>
   <si>
     <t>Пластмасова рамка Hama "Sevilla", 30 x 40 см, 66255</t>
   </si>
   <si>
     <t>HAMA-66255</t>
   </si>
   <si>
     <t>Рамка за снимки ClipFix със стъкло, 40 х 60 см, 63038</t>
   </si>
   <si>
     <t>HAMA-63038</t>
   </si>
   <si>
     <t>HAMA Дървена рамка "Rise", естествена, 20 х 30 см, 193158</t>
   </si>
   <si>
     <t>HAMA-193158</t>
   </si>
   <si>
     <t>HAMA Дървена рамка "Rise", 20 х 30 см, 193164</t>
   </si>
   <si>
     <t>HAMA-193164</t>
   </si>
@@ -660,401 +660,401 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>2.676</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>3.252</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
         <v>3.684</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>3.78</v>
+        <v>3.804</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>4.272</v>
+        <v>4.104</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C10">
         <v>4.728</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11">
         <v>4.788</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
         <v>5.028</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
         <v>5.028</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
         <v>5.22</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>5.784</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
         <v>5.964</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>6.192</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
         <v>6.384</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>6.396</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>6.432</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>6.516</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>6.648</v>
+        <v>6.768</v>
       </c>
       <c r="D22" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>6.768</v>
+        <v>6.804</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>6.828</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>7.572</v>
       </c>
       <c r="D25" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
         <v>8.712</v>
       </c>
       <c r="D26" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
         <v>8.712</v>
       </c>
       <c r="D27" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>9.78</v>
+        <v>9.96</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>10.128</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>12.756</v>
       </c>
       <c r="D30" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>23.88</v>
       </c>
       <c r="D31" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>