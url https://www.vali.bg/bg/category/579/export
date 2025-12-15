--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -7,168 +7,180 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$21</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Кабелни връзки Kolink, 100 бр. 100mm, 2.5mm, Черен</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-285</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Кабелни връзки Kolink Velcro, 10 бр. 150mm, Черен</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUV-287</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Кабелни връзки черни, 4,8 x 200 mm, 221000</t>
+  </si>
+  <si>
+    <t>HAMA-221000</t>
+  </si>
+  <si>
+    <t>Комплект термо шлаухи Delock 86264, 100 броя, Различни цветове</t>
+  </si>
+  <si>
+    <t>DELOCK-86264</t>
+  </si>
+  <si>
+    <t>Шлаух спирала 7,5 - 30 мм, 2,5 м, 220994</t>
+  </si>
+  <si>
+    <t>HAMA-220994</t>
+  </si>
+  <si>
+    <t>Самозалепваша лента черна, universal, 19 x 1000 mm, 221007</t>
+  </si>
+  <si>
+    <t>HAMA-221007</t>
+  </si>
+  <si>
+    <t>Кабелни връзки черни,100 / 150 / 200 mm, 150 броя, 221002</t>
+  </si>
+  <si>
+    <t>HAMA-221002</t>
+  </si>
+  <si>
+    <t>Кабелни връзки Kolink, 100 бр. 200mm, 4.5mm, Черен</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUV-286</t>
+  </si>
+  <si>
+    <t>Комплект за управление на кабели Delock, 5 части</t>
+  </si>
+  <si>
+    <t>DELOCK-18392</t>
+  </si>
+  <si>
+    <t>Магнитен кабелен канал HAMA, 55 cm, Монтиране - крак на маса, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-20681</t>
+  </si>
+  <si>
+    <t>Шлаух с лепка, еластичен, 20 - 40 мм, 220995</t>
+  </si>
+  <si>
+    <t>HAMA-220995</t>
+  </si>
+  <si>
+    <t>Шлаух спирала 25 мм, 2 м, 220998</t>
+  </si>
+  <si>
+    <t>HAMA-220998</t>
+  </si>
+  <si>
+    <t>Шлаух спирала черна Easy Cover 2.5 m x 20 mm, 220996</t>
+  </si>
+  <si>
+    <t>HAMA-220996</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Кабелни връзки черни, 4,8 x 200 mm, 221000</t>
-[...76 lines deleted...]
-  <si>
     <t>Канал PVC за скриване на кабел-100х7х2,1 см, 220894</t>
   </si>
   <si>
     <t>HAMA-220984</t>
   </si>
   <si>
     <t>Магнитен кабелен канал HAMA, 90 cm, Монтиране на стена, Черен</t>
   </si>
   <si>
     <t>HAMA-20680</t>
+  </si>
+  <si>
+    <t>HAMA Магнитен кабелен канал, 55 см, за монтаж на крака на маса, черен</t>
+  </si>
+  <si>
+    <t>HAMA-220993</t>
+  </si>
+  <si>
+    <t>HAMA Магнитен кабелен канал , 90 см, за стенен монтаж, черен</t>
+  </si>
+  <si>
+    <t>HAMA-220992</t>
   </si>
   <si>
     <t>Стойка за стена за STARLINK acc. Mini Wall Mount</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL</t>
   </si>
   <si>
     <t>Стойка за покрив STARLINK acc. Mini Pivot Mount</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -484,318 +496,346 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>4.5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.848</v>
+        <v>7.812</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>8.184</v>
+        <v>7.848</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>9.948</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>10.104</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>10.668</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>11.616</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>12.0</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>17.016</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>17.868</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>20.652</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>20.88</v>
+        <v>21.024</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>21.672</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>22.548</v>
+        <v>22.692</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>29.784</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>198.996</v>
+        <v>33.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
+        <v>42.6</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19">
         <v>198.996</v>
       </c>
-      <c r="D18" t="s">
-        <v>14</v>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20">
+        <v>198.996</v>
+      </c>
+      <c r="D20" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D19"/>
+  <autoFilter ref="A1:D21"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>