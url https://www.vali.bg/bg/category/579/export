--- v1 (2025-12-15)
+++ v2 (2026-01-30)
@@ -7,168 +7,159 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$21</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$19</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Кабелни връзки Kolink, 100 бр. 100mm, 2.5mm, Черен</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-285</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Кабелни връзки Kolink Velcro, 10 бр. 150mm, Черен</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUV-287</t>
+  </si>
+  <si>
+    <t>Кабелни връзки черни, 4,8 x 200 mm, 221000</t>
+  </si>
+  <si>
+    <t>HAMA-221000</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Самозалепваша лента черна, universal, 19 x 1000 mm, 221007</t>
+  </si>
+  <si>
+    <t>HAMA-221007</t>
+  </si>
+  <si>
+    <t>Комплект термо шлаухи Delock 86264, 100 броя, Различни цветове</t>
+  </si>
+  <si>
+    <t>DELOCK-86264</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Кабелни връзки Kolink Velcro, 10 бр. 150mm, Черен</t>
-[...19 lines deleted...]
-  <si>
     <t>Шлаух спирала 7,5 - 30 мм, 2,5 м, 220994</t>
   </si>
   <si>
     <t>HAMA-220994</t>
   </si>
   <si>
-    <t>Самозалепваша лента черна, universal, 19 x 1000 mm, 221007</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабелни връзки черни,100 / 150 / 200 mm, 150 броя, 221002</t>
   </si>
   <si>
     <t>HAMA-221002</t>
   </si>
   <si>
     <t>Кабелни връзки Kolink, 100 бр. 200mm, 4.5mm, Черен</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-286</t>
   </si>
   <si>
     <t>Комплект за управление на кабели Delock, 5 части</t>
   </si>
   <si>
     <t>DELOCK-18392</t>
   </si>
   <si>
-    <t>Магнитен кабелен канал HAMA, 55 cm, Монтиране - крак на маса, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Шлаух с лепка, еластичен, 20 - 40 мм, 220995</t>
   </si>
   <si>
     <t>HAMA-220995</t>
   </si>
   <si>
     <t>Шлаух спирала 25 мм, 2 м, 220998</t>
   </si>
   <si>
     <t>HAMA-220998</t>
   </si>
   <si>
     <t>Шлаух спирала черна Easy Cover 2.5 m x 20 mm, 220996</t>
   </si>
   <si>
     <t>HAMA-220996</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Канал PVC за скриване на кабел-100х7х2,1 см, 220894</t>
   </si>
   <si>
     <t>HAMA-220984</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-20680</t>
   </si>
   <si>
     <t>HAMA Магнитен кабелен канал, 55 см, за монтаж на крака на маса, черен</t>
   </si>
   <si>
     <t>HAMA-220993</t>
   </si>
   <si>
     <t>HAMA Магнитен кабелен канал , 90 см, за стенен монтаж, черен</t>
   </si>
   <si>
     <t>HAMA-220992</t>
   </si>
   <si>
     <t>Стойка за стена за STARLINK acc. Mini Wall Mount</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL</t>
   </si>
   <si>
     <t>Стойка за покрив STARLINK acc. Mini Pivot Mount</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL1</t>
   </si>
@@ -496,346 +487,318 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D21"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.5</v>
+        <v>2.304</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.812</v>
+        <v>3.996</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>4.02</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>9.948</v>
+        <v>4.548</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>10.104</v>
+        <v>5.088</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7">
+        <v>5.172</v>
+      </c>
+      <c r="D7" t="s">
         <v>16</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>11.616</v>
+        <v>5.94</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>12.0</v>
+        <v>6.132</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>17.016</v>
+        <v>8.7</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>17.868</v>
+        <v>10.56</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>20.652</v>
+        <v>10.752</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>21.024</v>
+        <v>11.076</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>21.672</v>
+        <v>11.604</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>22.692</v>
+        <v>16.872</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>29.784</v>
+        <v>21.78</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>33.0</v>
+        <v>101.748</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>42.6</v>
+        <v>101.748</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
-[...27 lines deleted...]
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D21"/>
+  <autoFilter ref="A1:D19"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>