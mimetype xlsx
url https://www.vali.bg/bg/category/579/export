--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -7,177 +7,180 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$20</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Кабелни връзки Kolink, 100 бр. 100mm, 2.5mm, Черен</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-285</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>наличен</t>
   </si>
   <si>
     <t>Кабелни връзки Kolink Velcro, 10 бр. 150mm, Черен</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-287</t>
   </si>
   <si>
     <t>Кабелни връзки черни, 4,8 x 200 mm, 221000</t>
   </si>
   <si>
     <t>HAMA-221000</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>Самозалепваша лента черна, universal, 19 x 1000 mm, 221007</t>
   </si>
   <si>
     <t>HAMA-221007</t>
   </si>
   <si>
     <t>Комплект термо шлаухи Delock 86264, 100 броя, Различни цветове</t>
   </si>
   <si>
     <t>DELOCK-86264</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Шлаух спирала 7,5 - 30 мм, 2,5 м, 220994</t>
   </si>
   <si>
     <t>HAMA-220994</t>
   </si>
   <si>
+    <t>Кабелни връзки Kolink, 100 бр. 200mm, 4.5mm, Черен</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUV-286</t>
+  </si>
+  <si>
+    <t>Комплект за управление на кабели Delock, 5 части</t>
+  </si>
+  <si>
+    <t>DELOCK-18392</t>
+  </si>
+  <si>
     <t>Кабелни връзки черни,100 / 150 / 200 mm, 150 броя, 221002</t>
   </si>
   <si>
     <t>HAMA-221002</t>
   </si>
   <si>
-    <t>Кабелни връзки Kolink, 100 бр. 200mm, 4.5mm, Черен</t>
-[...8 lines deleted...]
-    <t>DELOCK-18392</t>
+    <t>Шлаух спирала 25 мм, 2 м, 220998</t>
+  </si>
+  <si>
+    <t>HAMA-220998</t>
   </si>
   <si>
     <t>Шлаух с лепка, еластичен, 20 - 40 мм, 220995</t>
   </si>
   <si>
     <t>HAMA-220995</t>
   </si>
   <si>
-    <t>Шлаух спирала 25 мм, 2 м, 220998</t>
-[...4 lines deleted...]
-  <si>
     <t>Шлаух спирала черна Easy Cover 2.5 m x 20 mm, 220996</t>
   </si>
   <si>
     <t>HAMA-220996</t>
   </si>
   <si>
+    <t>Канал PVC за скриване на кабел-100х7х2,1 см, 220894</t>
+  </si>
+  <si>
+    <t>HAMA-220984</t>
+  </si>
+  <si>
+    <t>HAMA Магнитен кабелен канал, 55 см, за монтаж на крака на маса, черен</t>
+  </si>
+  <si>
+    <t>HAMA-220993</t>
+  </si>
+  <si>
+    <t>uRage Органайзер за кабели „Spine“, 130 см, черен</t>
+  </si>
+  <si>
+    <t>HAMA-186082</t>
+  </si>
+  <si>
+    <t>HAMA Магнитен кабелен канал , 90 см, за стенен монтаж, черен</t>
+  </si>
+  <si>
+    <t>HAMA-220992</t>
+  </si>
+  <si>
+    <t>Стойка за стена за STARLINK acc. Mini Wall Mount</t>
+  </si>
+  <si>
+    <t>STARLINK-MOUNT-WALL</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...22 lines deleted...]
-    <t>STARLINK-MOUNT-WALL</t>
   </si>
   <si>
     <t>Стойка за покрив STARLINK acc. Mini Pivot Mount</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -487,51 +490,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -554,251 +557,265 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>3.996</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>4.02</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>4.548</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>5.088</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>5.172</v>
+        <v>5.112</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>5.94</v>
+        <v>6.132</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>6.132</v>
+        <v>6.324</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>8.7</v>
+        <v>7.044</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>10.56</v>
+        <v>10.104</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>10.752</v>
+        <v>10.68</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>11.076</v>
+        <v>10.98</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14">
         <v>11.604</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15">
         <v>16.872</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C16">
-        <v>21.78</v>
+        <v>18.0</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C17">
-        <v>101.748</v>
+        <v>21.78</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C18">
         <v>101.748</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>40</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19">
+        <v>101.748</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D19"/>
+  <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>