--- v0 (2025-11-01)
+++ v1 (2026-02-15)
@@ -14,77 +14,80 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$7</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>VESA интерфейс за BalanceBox 400 за монтаж на публични и инт. дисплеи</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Мобилна стойка на колелца за BalanceBox 400 за публични и инт. дисплеи до 86"</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
-  </si>
-[...4 lines deleted...]
-    <t>BALANCE-BOX-400-MOBILE</t>
   </si>
   <si>
     <t>BalanceBox 400-70 Medium, Монтаж на стена на публични и интерактивни дисплеи 55" - 75", Регулиране височината</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
     <t>Моторизирана стойка за дисплей, с ръчно управление, RISE 5200</t>
   </si>
   <si>
     <t>TRIUMPH-STAND-RISE5200</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>BalanceBox Winx Система за монтаж на стена на инт. дисплеи до 75" в комплект с две бели дъски</t>
   </si>
   <si>
     <t>BALANCE-BOX-650-WINX4B-75</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
@@ -448,110 +451,110 @@
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>216.0</v>
+        <v>110.436</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>1140.0</v>
+        <v>582.876</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>1500.0</v>
+        <v>766.932</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>2698.992</v>
+        <v>1379.976</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>0.0</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>