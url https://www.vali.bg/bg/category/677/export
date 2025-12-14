--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$121</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$124</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Видео кабел HAMA, Скарт мъжко - Скарт мъжко, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205081</t>
   </si>
@@ -67,320 +67,320 @@
   <si>
     <t>Кабел HAMA 205001, HDMI мъжко - HDMI мъжко,10.2 Gbit/s, 1080p, 3 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205001</t>
   </si>
   <si>
     <t>HAMA Кабел HDMI-HDMI, 10Gbit/s, 1,5 м, 1080p, Ethernet, позлатен, bulk</t>
   </si>
   <si>
     <t>HAMA-205002</t>
   </si>
   <si>
     <t>Кабел HAMA 205004, HDMI мъжко - HDMI мъжко, 4K, 18Gbit/s, Ethernet, 0.75 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205004</t>
   </si>
   <si>
     <t>Кабел HAMA High Speed, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet , 1.5 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205445</t>
   </si>
   <si>
+    <t>Кабел HAMA 205005, High-Speed, HDMI мъжко - HDMI мъжко, 4K,18Gbit/s, Ethernet, 1.5 м, Екраниран, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205005</t>
+  </si>
+  <si>
+    <t>Кабел Delock High Speed, HDMI мъжко - HDMI A мъжко, 4K, 0.25 m, Ethernet</t>
+  </si>
+  <si>
+    <t>DELOCK-83352</t>
+  </si>
+  <si>
+    <t>Кабел за монитор HAMA 200932, VGA мъжко -VGA мъжко, 1.50м, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-200932</t>
+  </si>
+  <si>
+    <t>Кабел Delock High Speed, HDMI мъжко - HDMI A мъжко, 4K, 1.0 m, Ethernet</t>
+  </si>
+  <si>
+    <t>DELOCK-84752</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Кабел HAMA 205244, HDMI мъжко - HDMI мъжко, 10Gbit/s, 1080p, 5 м, Екраниран</t>
+  </si>
+  <si>
+    <t>HAMA-205244</t>
+  </si>
+  <si>
+    <t>Кабел HAMA 200929, DisplayPort мъжко - DisplayPort мъжко, 1.5м, Сив, Булк</t>
+  </si>
+  <si>
+    <t>HAMA-200929</t>
+  </si>
+  <si>
+    <t>Кабел за монитор HAMA 200707, VGA мъжко - VGA мъжко, 1.50 м, Екраниран, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200707</t>
+  </si>
+  <si>
+    <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 2м, двупосочен, black</t>
+  </si>
+  <si>
+    <t>DELOCK-85584</t>
+  </si>
+  <si>
+    <t>HAMA Превключвател / суич 4K HDMI, 2 x 1 вход/изход</t>
+  </si>
+  <si>
+    <t>HAMA-205323</t>
+  </si>
+  <si>
+    <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 3м, 18Gbit/s, Ethernet, Eкраниран, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205006</t>
+  </si>
+  <si>
+    <t>Кабел за монитор HAMA 200708, VGA мъжко - VGA мъжко, 3.0 м, Екраниран, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200708</t>
+  </si>
+  <si>
+    <t>Кабел HAMA 205018, HDMI мъжко - DVI/D мъжко, 1.5 м, Екраниран, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205018</t>
+  </si>
+  <si>
+    <t>Кабел HAMA High Speed, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet, 1 м, Позл. конектори, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205241</t>
+  </si>
+  <si>
+    <t>Кабел HAMA 200931, DVI мъжко - DVI мъжко, 1.5 м, Сив</t>
+  </si>
+  <si>
+    <t>HAMA-200931</t>
+  </si>
+  <si>
+    <t>Кабел HAMA 200696, DisplayPort мъжко - DisplayPort мъжко, 1.5 m, Ultra-HD 4K, Двойно-екраниран, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200696</t>
+  </si>
+  <si>
+    <t>HAMA Кабел Mini DP - DisplayPort, Ultra-HD 4K, 1.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200710</t>
+  </si>
+  <si>
+    <t>Видео кабел HAMA 205156, Скарт мъжко - 3 Чинч мъжко, 1.5м, Позлатени конектори, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205156</t>
+  </si>
+  <si>
+    <t>Кабел 200715, DVI мъжко- HDMI мъжко, Ultra-HD, 4K, 1.5м, черен</t>
+  </si>
+  <si>
+    <t>HAMA-200715</t>
+  </si>
+  <si>
+    <t>Кабел Delock  HDMI-A мъжко - HDMI-A мъжко, Ethernet, 4K, 0.5 м, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-84786</t>
+  </si>
+  <si>
+    <t>Превключвател 2 в 1 HDMI, 2 x HDMI женско - HDMI мъжко, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205161</t>
+  </si>
+  <si>
+    <t>Кабел HAMA 200697, DisplayPort мъжко - DisplayPort мъжко, 3 m, Ultra-HD 4K, Двойно-екраниран, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200697</t>
+  </si>
+  <si>
+    <t>Кабел HAMA, HDMI мъжко - mini HDMI мъжко, 1.5 м, Позл.конектори, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205015</t>
+  </si>
+  <si>
+    <t>Кабел HAMA 200714, DVI мъжко - VGA мъжко, 1.5 м, Екраниран, 1080p, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200714</t>
+  </si>
+  <si>
+    <t>Кабел Delock High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 3D 4K, 0.5 m, Ethernet</t>
+  </si>
+  <si>
+    <t>DELOCK-85121</t>
+  </si>
+  <si>
+    <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet, 5 м, Позл. конектори, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205007</t>
+  </si>
+  <si>
+    <t>Кабел Hama, HDMI мъжко - HDMI мъжко, 8K, Алуминий, 1.5 м</t>
+  </si>
+  <si>
+    <t>HAMA-205449</t>
+  </si>
+  <si>
+    <t>HAMA Кабел DisplayPort, DP 2.1, Ultra-HD 8K, 40 Gbit/s, 2.00 м</t>
+  </si>
+  <si>
+    <t>HAMA-200795</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Кабел Delock High Speed, HDMI мъжко - HDMI A мъжко, 4K, 0.25 m, Ethernet</t>
-[...157 lines deleted...]
-  <si>
     <t>Кабел HAMA High Speed, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet , 2 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205242</t>
   </si>
   <si>
     <t>Кабел Delock HDMI-A мъжко - HDMI-A мъжко, Ethernet, 3D, 4K, 0.25 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-85117</t>
   </si>
   <si>
     <t>Delock Кабел пасивен mini DisplayPort 1.1 към HDMI, 1 m</t>
   </si>
   <si>
     <t>DELOCK-83698</t>
   </si>
   <si>
+    <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 5м, двупосочен, black</t>
+  </si>
+  <si>
+    <t>DELOCK-85586</t>
+  </si>
+  <si>
     <t>Кабел HAMA 200716, DVI-I Dual Link мъжко - HDMI мъжко, Ultra-HD, 4K, 3м, Черен</t>
   </si>
   <si>
     <t>HAMA-200716</t>
   </si>
   <si>
-    <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 5м, двупосочен, black</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock HDMI удължителен кабел, 48 Gbps, 8K, 60HZ, 1м</t>
   </si>
   <si>
     <t>DELOCK-81997</t>
   </si>
   <si>
     <t>Кабел HAMA 205243, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet , 3 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205243</t>
   </si>
   <si>
+    <t>Кабел HAMA Ultra HD, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Метал, 1 м, Позл. конектори, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205238</t>
+  </si>
+  <si>
     <t>HAMA Превключвател HDMI™, 3x1, 121760</t>
   </si>
   <si>
     <t>HAMA-121760</t>
   </si>
   <si>
     <t>Кабел HAMA, DisplayPort мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205144</t>
   </si>
   <si>
     <t>Кабел HAMA 200712, DisplayPort v.1.2 мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-200712</t>
   </si>
   <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 1 м</t>
   </si>
   <si>
     <t>DELOCK-85727</t>
   </si>
   <si>
     <t>HAMA Кабел "Ultra-Slim" HDMI - HDMI, 4K, 18 Gbit/s, Ethernet, 2.0 м</t>
   </si>
   <si>
     <t>HAMA-205075</t>
   </si>
   <si>
     <t>HAMA Видео кабел, Mini-Display port - HDMI™, Ultra-HD 4K, 200711</t>
   </si>
   <si>
     <t>HAMA-200711</t>
   </si>
   <si>
     <t>Кабел HAMA, USB - D-Sub (RS232) 9-Pin, 1.50 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200622</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - HDMI-A мъжко,18 Gbit/s, 4K, 1 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84771</t>
   </si>
   <si>
-    <t>Кабел HAMA Ultra HD, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Метал, 1 м, Позл. конектори, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел Delock Ultra High Speed,HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Сребрист</t>
   </si>
   <si>
     <t>DELOCK-85367</t>
   </si>
   <si>
-    <t>Кабел HAMA DisplayPort мъжко - DisplayPort мъжко, 2 м, 8K Ultra HD, Алуминий, Позл.конектори, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Keystone модул Delock, HDMI женско 110° - HDMI женско, Черен</t>
   </si>
   <si>
     <t>DELOCK-86853</t>
   </si>
   <si>
     <t>Кабел j5create JDC52, HDMI мъжко - HDMI мъжко, Ethernet, 4K, 2 m</t>
   </si>
   <si>
     <t>J5-JDC52</t>
   </si>
   <si>
     <t>Видео кабел, USB-C мъжко - DisplayPort мъжко, Ultra HD, 4K, 200717</t>
   </si>
   <si>
     <t>HAMA-200717</t>
   </si>
   <si>
     <t>Кабел HAMA 200698, DisplayPort мъжко - DisplayPort мъжко, 5 м, Ultra-HD 4K, Черен</t>
   </si>
   <si>
     <t>HAMA-200698</t>
   </si>
   <si>
     <t>Кабел HAMA Ultra HD, HDMI мъжко - HDMI мъжко, 8K, 48GB/s,метал, 2 м, Позл. конектори, Черен</t>
@@ -397,50 +397,56 @@
   <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Червен</t>
   </si>
   <si>
     <t>DELOCK-85774</t>
   </si>
   <si>
     <t>HAMA Кабел DisplayPort мъжко - DVI мъжко, Ultra-HD 4K, 1.50 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200713</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - Micro HDMI-D мъжко,18 Gbit/s, 4K, 0.5 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84788</t>
   </si>
   <si>
     <t>Delock Преходник (адаптер) от USB 2.0 към serial RS-232 DB9 мъжко, 50 cm FTDI</t>
   </si>
   <si>
     <t>DELOCK-66461</t>
   </si>
   <si>
+    <t>Delock HDMI удължителен кабел 48 Gbps  8K 60HZ, 3m</t>
+  </si>
+  <si>
+    <t>DELOCK-81999</t>
+  </si>
+  <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Сив</t>
   </si>
   <si>
     <t>DELOCK-83996</t>
   </si>
   <si>
     <t>Кабел HAMA 200718, USB-C мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5 м, Черен</t>
   </si>
   <si>
     <t>HAMA-200718</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - HDMI-A мъжко,18 Gbit/s, 4K, 2 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84773</t>
   </si>
   <si>
     <t>Кабел HDMI - micro HDMI Type D, 2.0м, 74259</t>
   </si>
   <si>
     <t>HAMA-74259</t>
   </si>
   <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Син</t>
@@ -457,186 +463,180 @@
   <si>
     <t>Кабел HAMA USB-C мъжко - HDMI мъжко, Ultra-HD, 4K, 3 м, 3 звезди, Черен</t>
   </si>
   <si>
     <t>HAMA-200719</t>
   </si>
   <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 3 м, Сив</t>
   </si>
   <si>
     <t>DELOCK-83997</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - Micro HDMI-D мъжко,18 Gbit/s, 4K, 1.5 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84782</t>
   </si>
   <si>
     <t>Кабел j5create JDC53, HDMI мъжко - HDMI мъжко, 8K, 48 Gbps, 2 m</t>
   </si>
   <si>
     <t>J5-JDC53</t>
   </si>
   <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
     <t>Кабел HDMI-HDMI, сертифициран, 8K, 5,0 м, 205068</t>
   </si>
   <si>
     <t>HAMA-205068</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet, 7.5 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205008</t>
   </si>
   <si>
     <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 10м, двупосочен, black</t>
   </si>
   <si>
     <t>DELOCK-85587</t>
   </si>
   <si>
     <t>Кабел HAMA, DisplayPort мъжко - HDMI мъжко, Ultra-HD, 4K@60 Hz, 1.5м, Алуминий, Позлатени конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-200506</t>
   </si>
   <si>
+    <t>Delock Удължителен кабел DisplayPort 1.2, 4K, 60 Hz, 5 m</t>
+  </si>
+  <si>
+    <t>DELOCK-80004</t>
+  </si>
+  <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet ,10 м, Позл. конектори, 2 филтъра, Черен</t>
   </si>
   <si>
     <t>HAMA-205009</t>
   </si>
   <si>
+    <t>Кабел ATEN 2L-7D10H, HDMI мъжко - HDMI мъжко</t>
+  </si>
+  <si>
+    <t>ATEN-2L-7D10H</t>
+  </si>
+  <si>
     <t>Кабел Delock, HDMI-A мъжко - HDMI-A мъжко, Ethernet, 18 Gbit/s, 4K, 3 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84774</t>
   </si>
   <si>
-    <t>Кабел ATEN 2L-7D10H, HDMI мъжко - HDMI мъжко</t>
-[...7 lines deleted...]
-  <si>
     <t>Кабел USB-C мъжко - HDMI мъжко, Ultra-HD 8K@60Hz, 1.5м</t>
   </si>
   <si>
     <t>HAMA-200509</t>
   </si>
   <si>
+    <t>Оптичен активен кабел HAMA Optical, HDMI мъжко - HDMI мъжко, Ethernet, 8K, 205345</t>
+  </si>
+  <si>
+    <t>HAMA-205345</t>
+  </si>
+  <si>
     <t>HAMA Кабел Ultra High Speed HDMI - HDMI, 8K, 5.0 м, сертифициран</t>
   </si>
   <si>
     <t>HAMA-205067</t>
   </si>
   <si>
-    <t>Оптичен активен кабел HAMA Optical, HDMI мъжко - HDMI мъжко, Ethernet, 8K, 205345</t>
-[...2 lines deleted...]
-    <t>HAMA-205345</t>
+    <t>Кабел HAMA High-speed, HDMI мъжко - HDMI мъжко, 4K, 10.2GB/s, Ethernet, 15 м, Позл. конектори, 2 филтъра, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205010</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 10 m</t>
   </si>
   <si>
     <t>DELOCK-85010</t>
   </si>
   <si>
-    <t>Кабел HAMA High-speed, HDMI мъжко - HDMI мъжко, 4K, 10.2GB/s, Ethernet, 15 м, Позл. конектори, 2 филтъра, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел Delock Ultra High Speed HDMI - HDMI-A мъжко, 48 Gbps, 8K 60 Hz, 5 m</t>
   </si>
   <si>
     <t>DELOCK-85296</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 15 m</t>
   </si>
   <si>
     <t>DELOCK-85012</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 10 m</t>
   </si>
   <si>
     <t>DELOCK-84034</t>
   </si>
   <si>
-    <t>Оптичен активен кабел HAMA Optical, HDMI мъжко - HDMI мъжко, Ethernet, 4K, 10м, Позл.конектори, Черен</t>
-[...2 lines deleted...]
-    <t>HAMA-205274</t>
+    <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 15 m</t>
+  </si>
+  <si>
+    <t>DELOCK-84037</t>
+  </si>
+  <si>
+    <t>Кабел ATEN 2L-7D15H, HDMI мъжко - HDMI мъжко</t>
+  </si>
+  <si>
+    <t>ATEN-2L-7D15H</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 20 m</t>
   </si>
   <si>
     <t>DELOCK-85015</t>
   </si>
   <si>
-    <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 15 m</t>
-[...10 lines deleted...]
-  <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 25 m</t>
   </si>
   <si>
     <t>DELOCK-85016</t>
   </si>
   <si>
-    <t>Оптичен активен кабел HAMA Optical, HDMI мъжко - HDMI мъжко, Ethernet, 18 Gbit/s, 15м, Позл.конектори, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 30 m</t>
   </si>
   <si>
     <t>DELOCK-85049</t>
   </si>
   <si>
-    <t>HAMA Кабел Ultra High Speed HDMI - HDMI, 8K, 10.0 м, сертифициран</t>
+    <t>Оптичен активен кабел HAMA Ultra High Speed HDMI - HDMI, 8K, 10.0 м, сертифициран</t>
   </si>
   <si>
     <t>HAMA-205265</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 25 m</t>
   </si>
   <si>
     <t>DELOCK-84039</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 30 m</t>
   </si>
   <si>
     <t>DELOCK-84040</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 20 m</t>
   </si>
   <si>
     <t>DELOCK-84038</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 50 m</t>
   </si>
@@ -1015,51 +1015,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D121"/>
+  <dimension ref="A1:D124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1121,1640 +1121,1682 @@
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>8.22</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>8.988</v>
+        <v>8.736</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>9.852</v>
+        <v>9.996</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>9.996</v>
+        <v>10.116</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C10">
         <v>10.848</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C11">
         <v>11.292</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>13.2</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>13.32</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>14.328</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>14.412</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>15.0</v>
+        <v>14.88</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>15.48</v>
+        <v>15.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>15.744</v>
+        <v>15.48</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>15.78</v>
+        <v>15.744</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>16.332</v>
+        <v>15.78</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>16.8</v>
+        <v>15.996</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>16.812</v>
+        <v>16.8</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>17.772</v>
+        <v>16.812</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>17.796</v>
+        <v>17.352</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>17.832</v>
+        <v>17.772</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>18.288</v>
+        <v>17.796</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>19.044</v>
+        <v>17.832</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>19.296</v>
+        <v>18.768</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>19.5</v>
+        <v>19.392</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>20.304</v>
+        <v>19.5</v>
       </c>
       <c r="D30" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>20.688</v>
+        <v>20.304</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>21.492</v>
+        <v>20.736</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>21.756</v>
+        <v>21.492</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34">
+        <v>21.756</v>
+      </c>
+      <c r="D34" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>22.2</v>
+        <v>21.792</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>22.296</v>
+        <v>22.2</v>
       </c>
       <c r="D36" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>22.5</v>
+        <v>22.296</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>22.608</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>23.076</v>
+        <v>22.896</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>23.208</v>
+        <v>23.076</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>23.892</v>
+        <v>23.124</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>24.12</v>
+        <v>23.124</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>24.156</v>
+        <v>23.892</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>25.56</v>
+        <v>24.024</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>25.764</v>
+        <v>24.156</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>25.98</v>
+        <v>25.416</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>26.052</v>
+        <v>25.764</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>26.4</v>
+        <v>25.98</v>
       </c>
       <c r="D48" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>26.424</v>
+        <v>26.364</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>26.976</v>
+        <v>26.4</v>
       </c>
       <c r="D50" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>27.06</v>
+        <v>26.976</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>27.228</v>
       </c>
       <c r="D52" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>27.564</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>27.6</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>28.068</v>
+        <v>28.032</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>28.752</v>
+        <v>28.668</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>28.8</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>29.064</v>
       </c>
       <c r="D58" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>29.1</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>29.484</v>
       </c>
       <c r="D60" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>30.576</v>
       </c>
       <c r="D61" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>31.704</v>
+        <v>32.04</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>32.4</v>
+        <v>32.172</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>33.708</v>
+        <v>32.4</v>
       </c>
       <c r="D64" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>33.828</v>
+        <v>33.708</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>35.124</v>
+        <v>33.828</v>
       </c>
       <c r="D66" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>36.0</v>
+        <v>35.124</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>38.868</v>
+        <v>35.928</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>39.036</v>
+        <v>38.604</v>
       </c>
       <c r="D69" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>40.752</v>
+        <v>39.036</v>
       </c>
       <c r="D70" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>41.1</v>
+        <v>40.752</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>43.212</v>
+        <v>41.1</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>149</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>43.92</v>
+        <v>43.212</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74">
-        <v>46.104</v>
+        <v>43.92</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C75">
-        <v>46.332</v>
+        <v>46.104</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76">
-        <v>52.284</v>
+        <v>46.332</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77">
-        <v>55.668</v>
+        <v>50.148</v>
       </c>
       <c r="D77" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78">
-        <v>56.484</v>
+        <v>52.188</v>
       </c>
       <c r="D78" t="s">
-        <v>161</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>61.404</v>
+        <v>54.288</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>67.368</v>
+        <v>55.668</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>78.144</v>
+        <v>61.404</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>90.324</v>
+        <v>66.0</v>
       </c>
       <c r="D82" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>96.828</v>
+        <v>67.368</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>96.852</v>
+        <v>90.468</v>
       </c>
       <c r="D84" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>98.34</v>
+        <v>90.624</v>
       </c>
       <c r="D85" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>101.796</v>
+        <v>96.852</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>109.368</v>
+        <v>98.34</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>109.536</v>
+        <v>101.796</v>
       </c>
       <c r="D88" t="s">
-        <v>161</v>
+        <v>72</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
         <v>109.908</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
         <v>110.544</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>116.844</v>
+        <v>111.756</v>
       </c>
       <c r="D91" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>123.228</v>
+        <v>116.112</v>
       </c>
       <c r="D92" t="s">
-        <v>161</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>129.384</v>
+        <v>131.328</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>134.7</v>
+        <v>134.628</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>136.188</v>
+        <v>135.084</v>
       </c>
       <c r="D95" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
         <v>139.248</v>
       </c>
       <c r="D96" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
         <v>147.192</v>
       </c>
       <c r="D97" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
         <v>158.16</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
         <v>162.408</v>
       </c>
       <c r="D99" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
         <v>178.548</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
         <v>188.736</v>
       </c>
       <c r="D101" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>11</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102">
         <v>8.004</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B103" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C103">
         <v>14.412</v>
       </c>
       <c r="D103" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="B104" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="C104">
-        <v>22.296</v>
+        <v>14.88</v>
       </c>
       <c r="D104" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B105" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C105">
-        <v>22.608</v>
+        <v>22.296</v>
       </c>
       <c r="D105" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B106" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C106">
-        <v>23.076</v>
+        <v>22.608</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="B107" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="C107">
-        <v>25.764</v>
+        <v>23.076</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>125</v>
+        <v>97</v>
       </c>
       <c r="B108" t="s">
-        <v>126</v>
+        <v>98</v>
       </c>
       <c r="C108">
-        <v>30.576</v>
+        <v>25.764</v>
       </c>
       <c r="D108" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="B109" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="C109">
-        <v>39.036</v>
+        <v>30.576</v>
       </c>
       <c r="D109" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>151</v>
+        <v>127</v>
       </c>
       <c r="B110" t="s">
-        <v>152</v>
+        <v>128</v>
       </c>
       <c r="C110">
-        <v>46.104</v>
+        <v>32.04</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>162</v>
+        <v>143</v>
       </c>
       <c r="B111" t="s">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="C111">
-        <v>61.404</v>
+        <v>39.036</v>
       </c>
       <c r="D111" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="B112" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="C112">
-        <v>67.368</v>
+        <v>46.104</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="B113" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="C113">
-        <v>90.324</v>
+        <v>50.148</v>
       </c>
       <c r="D113" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B114" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="C114">
-        <v>96.852</v>
+        <v>61.404</v>
       </c>
       <c r="D114" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>192</v>
+        <v>170</v>
       </c>
       <c r="B115" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="C115">
-        <v>134.7</v>
+        <v>67.368</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>208</v>
+        <v>174</v>
       </c>
       <c r="B116" t="s">
-        <v>209</v>
+        <v>175</v>
       </c>
       <c r="C116">
-        <v>320.46</v>
+        <v>90.624</v>
       </c>
       <c r="D116" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>210</v>
+        <v>176</v>
       </c>
       <c r="B117" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="C117">
-        <v>405.66</v>
+        <v>96.852</v>
       </c>
       <c r="D117" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>212</v>
+        <v>192</v>
       </c>
       <c r="B118" t="s">
-        <v>213</v>
+        <v>193</v>
       </c>
       <c r="C118">
-        <v>473.76</v>
+        <v>134.628</v>
       </c>
       <c r="D118" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B119" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="C119">
-        <v>570.684</v>
+        <v>320.46</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
+        <v>210</v>
+      </c>
+      <c r="B120" t="s">
+        <v>211</v>
+      </c>
+      <c r="C120">
+        <v>405.66</v>
+      </c>
+      <c r="D120" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>212</v>
+      </c>
+      <c r="B121" t="s">
+        <v>213</v>
+      </c>
+      <c r="C121">
+        <v>473.76</v>
+      </c>
+      <c r="D121" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>214</v>
+      </c>
+      <c r="B122" t="s">
+        <v>215</v>
+      </c>
+      <c r="C122">
+        <v>570.684</v>
+      </c>
+      <c r="D122" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
         <v>216</v>
       </c>
-      <c r="B120" t="s">
+      <c r="B123" t="s">
         <v>217</v>
       </c>
-      <c r="C120">
+      <c r="C123">
         <v>1022.856</v>
       </c>
-      <c r="D120" t="s">
-        <v>17</v>
+      <c r="D123" t="s">
+        <v>72</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D121"/>
+  <autoFilter ref="A1:D124"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>