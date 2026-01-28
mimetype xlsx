--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$124</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$165</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Видео кабел HAMA, Скарт мъжко - Скарт мъжко, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205081</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кабел HAMA 205000, HDMI мъжко - HDMI мъжко, 10Gbit/s, 1080p, 1.5 м, Екраниран, Черен</t>
   </si>
   <si>
@@ -100,56 +100,62 @@
   <si>
     <t>DELOCK-83352</t>
   </si>
   <si>
     <t>Кабел за монитор HAMA 200932, VGA мъжко -VGA мъжко, 1.50м, Бял</t>
   </si>
   <si>
     <t>HAMA-200932</t>
   </si>
   <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI A мъжко, 4K, 1.0 m, Ethernet</t>
   </si>
   <si>
     <t>DELOCK-84752</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Кабел HAMA 205244, HDMI мъжко - HDMI мъжко, 10Gbit/s, 1080p, 5 м, Екраниран</t>
   </si>
   <si>
     <t>HAMA-205244</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Кабел HAMA 200929, DisplayPort мъжко - DisplayPort мъжко, 1.5м, Сив, Булк</t>
   </si>
   <si>
     <t>HAMA-200929</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Кабел за монитор HAMA 200707, VGA мъжко - VGA мъжко, 1.50 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-200707</t>
   </si>
   <si>
     <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 2м, двупосочен, black</t>
   </si>
   <si>
     <t>DELOCK-85584</t>
   </si>
   <si>
     <t>HAMA Превключвател / суич 4K HDMI, 2 x 1 вход/изход</t>
   </si>
   <si>
     <t>HAMA-205323</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 3м, 18Gbit/s, Ethernet, Eкраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205006</t>
   </si>
   <si>
     <t>Кабел за монитор HAMA 200708, VGA мъжко - VGA мъжко, 3.0 м, Екраниран, Черен</t>
@@ -232,53 +238,50 @@
   <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 3D 4K, 0.5 m, Ethernet</t>
   </si>
   <si>
     <t>DELOCK-85121</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet, 5 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205007</t>
   </si>
   <si>
     <t>Кабел Hama, HDMI мъжко - HDMI мъжко, 8K, Алуминий, 1.5 м</t>
   </si>
   <si>
     <t>HAMA-205449</t>
   </si>
   <si>
     <t>HAMA Кабел DisplayPort, DP 2.1, Ultra-HD 8K, 40 Gbit/s, 2.00 м</t>
   </si>
   <si>
     <t>HAMA-200795</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Кабел HAMA High Speed, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet , 2 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205242</t>
   </si>
   <si>
     <t>Кабел Delock HDMI-A мъжко - HDMI-A мъжко, Ethernet, 3D, 4K, 0.25 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-85117</t>
   </si>
   <si>
     <t>Delock Кабел пасивен mini DisplayPort 1.1 към HDMI, 1 m</t>
   </si>
   <si>
     <t>DELOCK-83698</t>
   </si>
   <si>
     <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 5м, двупосочен, black</t>
   </si>
   <si>
     <t>DELOCK-85586</t>
   </si>
   <si>
     <t>Кабел HAMA 200716, DVI-I Dual Link мъжко - HDMI мъжко, Ultra-HD, 4K, 3м, Черен</t>
@@ -313,68 +316,74 @@
   <si>
     <t>Кабел HAMA, DisplayPort мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205144</t>
   </si>
   <si>
     <t>Кабел HAMA 200712, DisplayPort v.1.2 мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-200712</t>
   </si>
   <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 1 м</t>
   </si>
   <si>
     <t>DELOCK-85727</t>
   </si>
   <si>
     <t>HAMA Кабел "Ultra-Slim" HDMI - HDMI, 4K, 18 Gbit/s, Ethernet, 2.0 м</t>
   </si>
   <si>
     <t>HAMA-205075</t>
   </si>
   <si>
-    <t>HAMA Видео кабел, Mini-Display port - HDMI™, Ultra-HD 4K, 200711</t>
+    <t>HAMA Видео кабел, Mini DP - HDMI, Ultra-HD 4K, 200711</t>
   </si>
   <si>
     <t>HAMA-200711</t>
   </si>
   <si>
     <t>Кабел HAMA, USB - D-Sub (RS232) 9-Pin, 1.50 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200622</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - HDMI-A мъжко,18 Gbit/s, 4K, 1 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84771</t>
   </si>
   <si>
+    <t>Delock Кабел HDMI, 90°, 48 Gbps 8K 60 Hz, 3 м</t>
+  </si>
+  <si>
+    <t>DELOCK-86993</t>
+  </si>
+  <si>
     <t>Кабел Delock Ultra High Speed,HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Сребрист</t>
   </si>
   <si>
     <t>DELOCK-85367</t>
   </si>
   <si>
     <t>Keystone модул Delock, HDMI женско 110° - HDMI женско, Черен</t>
   </si>
   <si>
     <t>DELOCK-86853</t>
   </si>
   <si>
     <t>Кабел j5create JDC52, HDMI мъжко - HDMI мъжко, Ethernet, 4K, 2 m</t>
   </si>
   <si>
     <t>J5-JDC52</t>
   </si>
   <si>
     <t>Видео кабел, USB-C мъжко - DisplayPort мъжко, Ultra HD, 4K, 200717</t>
   </si>
   <si>
     <t>HAMA-200717</t>
   </si>
   <si>
     <t>Кабел HAMA 200698, DisplayPort мъжко - DisplayPort мъжко, 5 м, Ultra-HD 4K, Черен</t>
@@ -397,185 +406,191 @@
   <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Червен</t>
   </si>
   <si>
     <t>DELOCK-85774</t>
   </si>
   <si>
     <t>HAMA Кабел DisplayPort мъжко - DVI мъжко, Ultra-HD 4K, 1.50 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200713</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - Micro HDMI-D мъжко,18 Gbit/s, 4K, 0.5 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84788</t>
   </si>
   <si>
     <t>Delock Преходник (адаптер) от USB 2.0 към serial RS-232 DB9 мъжко, 50 cm FTDI</t>
   </si>
   <si>
     <t>DELOCK-66461</t>
   </si>
   <si>
+    <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Сив</t>
+  </si>
+  <si>
+    <t>DELOCK-83996</t>
+  </si>
+  <si>
     <t>Delock HDMI удължителен кабел 48 Gbps  8K 60HZ, 3m</t>
   </si>
   <si>
     <t>DELOCK-81999</t>
   </si>
   <si>
-    <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Сив</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел HAMA 200718, USB-C мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5 м, Черен</t>
   </si>
   <si>
     <t>HAMA-200718</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - HDMI-A мъжко,18 Gbit/s, 4K, 2 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84773</t>
   </si>
   <si>
     <t>Кабел HDMI - micro HDMI Type D, 2.0м, 74259</t>
   </si>
   <si>
     <t>HAMA-74259</t>
   </si>
   <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Син</t>
   </si>
   <si>
     <t>DELOCK-85447</t>
   </si>
   <si>
     <t>Кабел HAMA Ultra HD, HDMI мъжко - HDMI мъжко, 8K, 48GB/s,метал, 3 м, Позл. конектори, Ethernet, Черен</t>
   </si>
   <si>
     <t>HAMA-205240</t>
   </si>
   <si>
+    <t>Кабел HDMI-HDMI, сертифициран, 8K, 5,0 м, 205068</t>
+  </si>
+  <si>
+    <t>HAMA-205068</t>
+  </si>
+  <si>
     <t>Кабел HAMA USB-C мъжко - HDMI мъжко, Ultra-HD, 4K, 3 м, 3 звезди, Черен</t>
   </si>
   <si>
     <t>HAMA-200719</t>
   </si>
   <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 3 м, Сив</t>
   </si>
   <si>
     <t>DELOCK-83997</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - Micro HDMI-D мъжко,18 Gbit/s, 4K, 1.5 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84782</t>
   </si>
   <si>
     <t>Кабел j5create JDC53, HDMI мъжко - HDMI мъжко, 8K, 48 Gbps, 2 m</t>
   </si>
   <si>
     <t>J5-JDC53</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
-    <t>Кабел HDMI-HDMI, сертифициран, 8K, 5,0 м, 205068</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet, 7.5 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205008</t>
   </si>
   <si>
     <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 10м, двупосочен, black</t>
   </si>
   <si>
     <t>DELOCK-85587</t>
   </si>
   <si>
     <t>Кабел HAMA, DisplayPort мъжко - HDMI мъжко, Ultra-HD, 4K@60 Hz, 1.5м, Алуминий, Позлатени конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-200506</t>
   </si>
   <si>
     <t>Delock Удължителен кабел DisplayPort 1.2, 4K, 60 Hz, 5 m</t>
   </si>
   <si>
     <t>DELOCK-80004</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet ,10 м, Позл. конектори, 2 филтъра, Черен</t>
   </si>
   <si>
     <t>HAMA-205009</t>
   </si>
   <si>
     <t>Кабел ATEN 2L-7D10H, HDMI мъжко - HDMI мъжко</t>
   </si>
   <si>
     <t>ATEN-2L-7D10H</t>
   </si>
   <si>
     <t>Кабел Delock, HDMI-A мъжко - HDMI-A мъжко, Ethernet, 18 Gbit/s, 4K, 3 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84774</t>
   </si>
   <si>
     <t>Кабел USB-C мъжко - HDMI мъжко, Ultra-HD 8K@60Hz, 1.5м</t>
   </si>
   <si>
     <t>HAMA-200509</t>
   </si>
   <si>
+    <t>HAMA Кабел Ultra High Speed HDMI - HDMI, 8K, 5.0 м, 48Gbit/s, сертифициран</t>
+  </si>
+  <si>
+    <t>HAMA-205067</t>
+  </si>
+  <si>
+    <t>Кабел Delock High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 3D 4K, 4.5 m, Ethernet</t>
+  </si>
+  <si>
+    <t>DELOCK-85139</t>
+  </si>
+  <si>
     <t>Оптичен активен кабел HAMA Optical, HDMI мъжко - HDMI мъжко, Ethernet, 8K, 205345</t>
   </si>
   <si>
     <t>HAMA-205345</t>
   </si>
   <si>
-    <t>HAMA Кабел Ultra High Speed HDMI - HDMI, 8K, 5.0 м, сертифициран</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел HAMA High-speed, HDMI мъжко - HDMI мъжко, 4K, 10.2GB/s, Ethernet, 15 м, Позл. конектори, 2 филтъра, Черен</t>
   </si>
   <si>
     <t>HAMA-205010</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 10 m</t>
   </si>
   <si>
     <t>DELOCK-85010</t>
   </si>
   <si>
     <t>Кабел Delock Ultra High Speed HDMI - HDMI-A мъжко, 48 Gbps, 8K 60 Hz, 5 m</t>
   </si>
   <si>
     <t>DELOCK-85296</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 15 m</t>
   </si>
   <si>
     <t>DELOCK-85012</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 10 m</t>
@@ -586,102 +601,120 @@
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 15 m</t>
   </si>
   <si>
     <t>DELOCK-84037</t>
   </si>
   <si>
     <t>Кабел ATEN 2L-7D15H, HDMI мъжко - HDMI мъжко</t>
   </si>
   <si>
     <t>ATEN-2L-7D15H</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 20 m</t>
   </si>
   <si>
     <t>DELOCK-85015</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 25 m</t>
   </si>
   <si>
     <t>DELOCK-85016</t>
   </si>
   <si>
+    <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 20 m</t>
+  </si>
+  <si>
+    <t>DELOCK-84038</t>
+  </si>
+  <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 30 m</t>
   </si>
   <si>
     <t>DELOCK-85049</t>
   </si>
   <si>
-    <t>Оптичен активен кабел HAMA Ultra High Speed HDMI - HDMI, 8K, 10.0 м, сертифициран</t>
+    <t>Kабел HAMA Ultra High Speed HDMI - HDMI, 8K, 10.0 м,48Gbit/s, сертифициран</t>
   </si>
   <si>
     <t>HAMA-205265</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 25 m</t>
   </si>
   <si>
     <t>DELOCK-84039</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 30 m</t>
   </si>
   <si>
     <t>DELOCK-84040</t>
   </si>
   <si>
-    <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 20 m</t>
-[...4 lines deleted...]
-  <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 50 m</t>
   </si>
   <si>
     <t>DELOCK-84133</t>
   </si>
   <si>
     <t>Кабел ATEN 2L-7D20H, HDMI мъжко - HDMI мъжко</t>
   </si>
   <si>
     <t>ATEN-2L-7D20H</t>
   </si>
   <si>
     <t>Оптичен HDMI Кабел Avinity, ултра високоскоростен, сертифициран, 8K, 20 м</t>
   </si>
   <si>
     <t>HAMA-107639</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60Hz, 48Gbps, 10 m</t>
   </si>
   <si>
     <t>DELOCK-86029</t>
+  </si>
+  <si>
+    <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 70 m</t>
+  </si>
+  <si>
+    <t>DELOCK-84136</t>
+  </si>
+  <si>
+    <t>Кабел Delock Active Optical Cable, HDMI мъжко - HDMI мъжко, 4K 60 Hz, 10 m</t>
+  </si>
+  <si>
+    <t>DELOCK-85880</t>
+  </si>
+  <si>
+    <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 100 m</t>
+  </si>
+  <si>
+    <t>DELOCK-84137</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60Hz, 48Gbps, 20 m</t>
   </si>
   <si>
     <t>DELOCK-86030</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60Hz, 48Gbps, 30 m</t>
   </si>
   <si>
     <t>DELOCK-86031</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, Активен, HDMI-A - HDMI-A мъжко, 4K, 60Hz, 70 m</t>
   </si>
   <si>
     <t>DELOCK-85679</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60Hz, 48Gbps, 50 m</t>
   </si>
   <si>
     <t>DELOCK-86034</t>
   </si>
@@ -1015,1788 +1048,2362 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D124"/>
+  <dimension ref="A1:D165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.384</v>
+        <v>3.264</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.96</v>
+        <v>3.564</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>8.004</v>
+        <v>4.092</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>8.004</v>
+        <v>4.092</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>8.22</v>
+        <v>4.2</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>8.736</v>
+        <v>4.656</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>9.996</v>
+        <v>5.112</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>10.116</v>
+        <v>5.172</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>10.848</v>
+        <v>5.544</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>11.292</v>
+        <v>5.772</v>
       </c>
       <c r="D11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>13.2</v>
+        <v>6.744</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>13.32</v>
+        <v>6.816</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>14.328</v>
+        <v>7.332</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>14.412</v>
+        <v>7.368</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>14.88</v>
+        <v>7.608</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>15.48</v>
+        <v>7.92</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>15.744</v>
+        <v>8.052</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>15.78</v>
+        <v>8.064</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>15.996</v>
+        <v>8.172</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>16.8</v>
+        <v>8.592</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>16.812</v>
+        <v>8.592</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>17.352</v>
+        <v>8.88</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>17.772</v>
+        <v>9.084</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>17.796</v>
+        <v>9.096</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>17.832</v>
+        <v>9.12</v>
       </c>
       <c r="D27" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>18.768</v>
+        <v>9.6</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>19.392</v>
+        <v>9.732</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>19.5</v>
+        <v>9.972</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>20.304</v>
+        <v>10.38</v>
       </c>
       <c r="D31" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>20.736</v>
+        <v>10.44</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>21.492</v>
+        <v>10.992</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>21.756</v>
+        <v>11.124</v>
       </c>
       <c r="D34" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>21.792</v>
+        <v>11.148</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>22.2</v>
+        <v>11.352</v>
       </c>
       <c r="D36" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>22.296</v>
+        <v>11.4</v>
       </c>
       <c r="D37" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>22.608</v>
+        <v>11.556</v>
       </c>
       <c r="D38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>22.896</v>
+        <v>11.712</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>23.076</v>
+        <v>11.796</v>
       </c>
       <c r="D40" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>23.124</v>
+        <v>11.856</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>23.124</v>
+        <v>11.856</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>23.892</v>
+        <v>12.216</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>24.024</v>
+        <v>12.288</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>24.156</v>
+        <v>12.348</v>
       </c>
       <c r="D45" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>25.416</v>
+        <v>12.996</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>25.764</v>
+        <v>13.176</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>25.98</v>
+        <v>13.284</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>26.364</v>
+        <v>13.476</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>26.4</v>
+        <v>13.5</v>
       </c>
       <c r="D50" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>26.976</v>
+        <v>13.632</v>
       </c>
       <c r="D51" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>27.228</v>
+        <v>13.788</v>
       </c>
       <c r="D52" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>27.564</v>
+        <v>13.92</v>
       </c>
       <c r="D53" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>27.6</v>
+        <v>14.088</v>
       </c>
       <c r="D54" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>28.032</v>
+        <v>14.112</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>28.668</v>
+        <v>14.328</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>28.8</v>
+        <v>14.7</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>29.064</v>
+        <v>14.724</v>
       </c>
       <c r="D58" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>29.1</v>
+        <v>14.856</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>29.484</v>
+        <v>14.88</v>
       </c>
       <c r="D60" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>30.576</v>
+        <v>15.072</v>
       </c>
       <c r="D61" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>32.04</v>
+        <v>15.636</v>
       </c>
       <c r="D62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>32.172</v>
+        <v>16.38</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>32.4</v>
+        <v>16.38</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>33.708</v>
+        <v>16.56</v>
       </c>
       <c r="D65" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>33.828</v>
+        <v>17.232</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>35.124</v>
+        <v>17.292</v>
       </c>
       <c r="D67" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>35.928</v>
+        <v>17.952</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>38.604</v>
+        <v>18.408</v>
       </c>
       <c r="D69" t="s">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>39.036</v>
+        <v>19.272</v>
       </c>
       <c r="D70" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>40.752</v>
+        <v>19.74</v>
       </c>
       <c r="D71" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>41.1</v>
+        <v>19.956</v>
       </c>
       <c r="D72" t="s">
-        <v>149</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>43.212</v>
+        <v>20.832</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>43.92</v>
+        <v>21.012</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>154</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B75" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C75">
-        <v>46.104</v>
+        <v>22.452</v>
       </c>
       <c r="D75" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B76" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C76">
-        <v>46.332</v>
+        <v>23.58</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B77" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C77">
-        <v>50.148</v>
+        <v>23.688</v>
       </c>
       <c r="D77" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B78" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C78">
-        <v>52.188</v>
+        <v>25.644</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B79" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C79">
-        <v>54.288</v>
+        <v>26.688</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B80" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C80">
-        <v>55.668</v>
+        <v>27.756</v>
       </c>
       <c r="D80" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B81" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C81">
-        <v>61.404</v>
+        <v>28.464</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B82" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C82">
-        <v>66.0</v>
+        <v>31.392</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B83" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C83">
-        <v>67.368</v>
+        <v>34.44</v>
       </c>
       <c r="D83" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B84" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C84">
-        <v>90.468</v>
+        <v>37.968</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B85" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C85">
-        <v>90.624</v>
+        <v>39.96</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B86" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C86">
-        <v>96.852</v>
+        <v>46.176</v>
       </c>
       <c r="D86" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B87" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C87">
-        <v>98.34</v>
+        <v>46.332</v>
       </c>
       <c r="D87" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B88" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C88">
-        <v>101.796</v>
+        <v>49.524</v>
       </c>
       <c r="D88" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B89" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C89">
-        <v>109.908</v>
+        <v>50.28</v>
       </c>
       <c r="D89" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B90" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C90">
-        <v>110.544</v>
+        <v>51.636</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B91" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C91">
-        <v>111.756</v>
+        <v>56.16</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B92" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C92">
-        <v>116.112</v>
+        <v>56.52</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B93" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C93">
-        <v>131.328</v>
+        <v>57.132</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B94" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C94">
-        <v>134.628</v>
+        <v>59.364</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B95" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C95">
-        <v>135.084</v>
+        <v>61.56</v>
       </c>
       <c r="D95" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B96" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C96">
-        <v>139.248</v>
+        <v>67.152</v>
       </c>
       <c r="D96" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B97" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C97">
-        <v>147.192</v>
+        <v>68.832</v>
       </c>
       <c r="D97" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B98" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C98">
-        <v>158.16</v>
+        <v>69.072</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B99" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C99">
-        <v>162.408</v>
+        <v>71.196</v>
       </c>
       <c r="D99" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B100" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C100">
-        <v>178.548</v>
+        <v>80.868</v>
       </c>
       <c r="D100" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B101" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C101">
-        <v>188.736</v>
+        <v>83.04</v>
       </c>
       <c r="D101" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>11</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102">
-        <v>8.004</v>
+        <v>4.092</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="B103" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="C103">
-        <v>14.412</v>
+        <v>4.656</v>
       </c>
       <c r="D103" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B104" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="C104">
-        <v>14.88</v>
+        <v>5.172</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="B105" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="C105">
-        <v>22.296</v>
+        <v>5.772</v>
       </c>
       <c r="D105" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="B106" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="C106">
-        <v>22.608</v>
+        <v>7.368</v>
       </c>
       <c r="D106" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="B107" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="C107">
-        <v>23.076</v>
+        <v>7.608</v>
       </c>
       <c r="D107" t="s">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="B108" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="C108">
-        <v>25.764</v>
+        <v>8.592</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>125</v>
+        <v>56</v>
       </c>
       <c r="B109" t="s">
-        <v>126</v>
+        <v>57</v>
       </c>
       <c r="C109">
-        <v>30.576</v>
+        <v>9.096</v>
       </c>
       <c r="D109" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>127</v>
+        <v>58</v>
       </c>
       <c r="B110" t="s">
-        <v>128</v>
+        <v>59</v>
       </c>
       <c r="C110">
-        <v>32.04</v>
+        <v>9.12</v>
       </c>
       <c r="D110" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>143</v>
+        <v>66</v>
       </c>
       <c r="B111" t="s">
-        <v>144</v>
+        <v>67</v>
       </c>
       <c r="C111">
-        <v>39.036</v>
+        <v>10.38</v>
       </c>
       <c r="D111" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>154</v>
+        <v>70</v>
       </c>
       <c r="B112" t="s">
-        <v>155</v>
+        <v>71</v>
       </c>
       <c r="C112">
-        <v>46.104</v>
+        <v>10.992</v>
       </c>
       <c r="D112" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>158</v>
+        <v>72</v>
       </c>
       <c r="B113" t="s">
-        <v>159</v>
+        <v>73</v>
       </c>
       <c r="C113">
-        <v>50.148</v>
+        <v>11.124</v>
       </c>
       <c r="D113" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>166</v>
+        <v>76</v>
       </c>
       <c r="B114" t="s">
-        <v>167</v>
+        <v>77</v>
       </c>
       <c r="C114">
-        <v>61.404</v>
+        <v>11.352</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>170</v>
+        <v>78</v>
       </c>
       <c r="B115" t="s">
-        <v>171</v>
+        <v>79</v>
       </c>
       <c r="C115">
-        <v>67.368</v>
+        <v>11.4</v>
       </c>
       <c r="D115" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>174</v>
+        <v>80</v>
       </c>
       <c r="B116" t="s">
-        <v>175</v>
+        <v>81</v>
       </c>
       <c r="C116">
-        <v>90.624</v>
+        <v>11.556</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>176</v>
+        <v>84</v>
       </c>
       <c r="B117" t="s">
-        <v>177</v>
+        <v>85</v>
       </c>
       <c r="C117">
-        <v>96.852</v>
+        <v>11.796</v>
       </c>
       <c r="D117" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>192</v>
+        <v>90</v>
       </c>
       <c r="B118" t="s">
-        <v>193</v>
+        <v>91</v>
       </c>
       <c r="C118">
-        <v>134.628</v>
+        <v>12.216</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>208</v>
+        <v>92</v>
       </c>
       <c r="B119" t="s">
-        <v>209</v>
+        <v>93</v>
       </c>
       <c r="C119">
-        <v>320.46</v>
+        <v>12.288</v>
       </c>
       <c r="D119" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>210</v>
+        <v>96</v>
       </c>
       <c r="B120" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="C120">
-        <v>405.66</v>
+        <v>12.996</v>
       </c>
       <c r="D120" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>212</v>
+        <v>98</v>
       </c>
       <c r="B121" t="s">
-        <v>213</v>
+        <v>99</v>
       </c>
       <c r="C121">
-        <v>473.76</v>
+        <v>13.176</v>
       </c>
       <c r="D121" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>214</v>
+        <v>100</v>
       </c>
       <c r="B122" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="C122">
-        <v>570.684</v>
+        <v>13.284</v>
       </c>
       <c r="D122" t="s">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
+        <v>102</v>
+      </c>
+      <c r="B123" t="s">
+        <v>103</v>
+      </c>
+      <c r="C123">
+        <v>13.476</v>
+      </c>
+      <c r="D123" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>104</v>
+      </c>
+      <c r="B124" t="s">
+        <v>105</v>
+      </c>
+      <c r="C124">
+        <v>13.5</v>
+      </c>
+      <c r="D124" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>106</v>
+      </c>
+      <c r="B125" t="s">
+        <v>107</v>
+      </c>
+      <c r="C125">
+        <v>13.632</v>
+      </c>
+      <c r="D125" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>110</v>
+      </c>
+      <c r="B126" t="s">
+        <v>111</v>
+      </c>
+      <c r="C126">
+        <v>13.92</v>
+      </c>
+      <c r="D126" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>112</v>
+      </c>
+      <c r="B127" t="s">
+        <v>113</v>
+      </c>
+      <c r="C127">
+        <v>14.088</v>
+      </c>
+      <c r="D127" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>124</v>
+      </c>
+      <c r="B128" t="s">
+        <v>125</v>
+      </c>
+      <c r="C128">
+        <v>14.88</v>
+      </c>
+      <c r="D128" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>126</v>
+      </c>
+      <c r="B129" t="s">
+        <v>127</v>
+      </c>
+      <c r="C129">
+        <v>15.072</v>
+      </c>
+      <c r="D129" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>128</v>
+      </c>
+      <c r="B130" t="s">
+        <v>129</v>
+      </c>
+      <c r="C130">
+        <v>15.636</v>
+      </c>
+      <c r="D130" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>132</v>
+      </c>
+      <c r="B131" t="s">
+        <v>133</v>
+      </c>
+      <c r="C131">
+        <v>16.38</v>
+      </c>
+      <c r="D131" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>138</v>
+      </c>
+      <c r="B132" t="s">
+        <v>139</v>
+      </c>
+      <c r="C132">
+        <v>17.292</v>
+      </c>
+      <c r="D132" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>144</v>
+      </c>
+      <c r="B133" t="s">
+        <v>145</v>
+      </c>
+      <c r="C133">
+        <v>19.272</v>
+      </c>
+      <c r="D133" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>148</v>
+      </c>
+      <c r="B134" t="s">
+        <v>149</v>
+      </c>
+      <c r="C134">
+        <v>19.956</v>
+      </c>
+      <c r="D134" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>150</v>
+      </c>
+      <c r="B135" t="s">
+        <v>151</v>
+      </c>
+      <c r="C135">
+        <v>20.832</v>
+      </c>
+      <c r="D135" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>152</v>
+      </c>
+      <c r="B136" t="s">
+        <v>153</v>
+      </c>
+      <c r="C136">
+        <v>21.012</v>
+      </c>
+      <c r="D136" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>157</v>
+      </c>
+      <c r="B137" t="s">
+        <v>158</v>
+      </c>
+      <c r="C137">
+        <v>23.58</v>
+      </c>
+      <c r="D137" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>161</v>
+      </c>
+      <c r="B138" t="s">
+        <v>162</v>
+      </c>
+      <c r="C138">
+        <v>25.644</v>
+      </c>
+      <c r="D138" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>169</v>
+      </c>
+      <c r="B139" t="s">
+        <v>170</v>
+      </c>
+      <c r="C139">
+        <v>31.392</v>
+      </c>
+      <c r="D139" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>171</v>
+      </c>
+      <c r="B140" t="s">
+        <v>172</v>
+      </c>
+      <c r="C140">
+        <v>34.44</v>
+      </c>
+      <c r="D140" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>173</v>
+      </c>
+      <c r="B141" t="s">
+        <v>174</v>
+      </c>
+      <c r="C141">
+        <v>37.968</v>
+      </c>
+      <c r="D141" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>179</v>
+      </c>
+      <c r="B142" t="s">
+        <v>180</v>
+      </c>
+      <c r="C142">
+        <v>46.332</v>
+      </c>
+      <c r="D142" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>181</v>
+      </c>
+      <c r="B143" t="s">
+        <v>182</v>
+      </c>
+      <c r="C143">
+        <v>49.524</v>
+      </c>
+      <c r="D143" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>183</v>
+      </c>
+      <c r="B144" t="s">
+        <v>184</v>
+      </c>
+      <c r="C144">
+        <v>50.28</v>
+      </c>
+      <c r="D144" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>185</v>
+      </c>
+      <c r="B145" t="s">
+        <v>186</v>
+      </c>
+      <c r="C145">
+        <v>51.636</v>
+      </c>
+      <c r="D145" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>187</v>
+      </c>
+      <c r="B146" t="s">
+        <v>188</v>
+      </c>
+      <c r="C146">
+        <v>56.16</v>
+      </c>
+      <c r="D146" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>191</v>
+      </c>
+      <c r="B147" t="s">
+        <v>192</v>
+      </c>
+      <c r="C147">
+        <v>57.132</v>
+      </c>
+      <c r="D147" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>193</v>
+      </c>
+      <c r="B148" t="s">
+        <v>194</v>
+      </c>
+      <c r="C148">
+        <v>59.364</v>
+      </c>
+      <c r="D148" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>195</v>
+      </c>
+      <c r="B149" t="s">
+        <v>196</v>
+      </c>
+      <c r="C149">
+        <v>61.56</v>
+      </c>
+      <c r="D149" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>197</v>
+      </c>
+      <c r="B150" t="s">
+        <v>198</v>
+      </c>
+      <c r="C150">
+        <v>67.152</v>
+      </c>
+      <c r="D150" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>199</v>
+      </c>
+      <c r="B151" t="s">
+        <v>200</v>
+      </c>
+      <c r="C151">
+        <v>68.832</v>
+      </c>
+      <c r="D151" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>201</v>
+      </c>
+      <c r="B152" t="s">
+        <v>202</v>
+      </c>
+      <c r="C152">
+        <v>69.072</v>
+      </c>
+      <c r="D152" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B153" t="s">
+        <v>204</v>
+      </c>
+      <c r="C153">
+        <v>71.196</v>
+      </c>
+      <c r="D153" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>205</v>
+      </c>
+      <c r="B154" t="s">
+        <v>206</v>
+      </c>
+      <c r="C154">
+        <v>80.868</v>
+      </c>
+      <c r="D154" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>209</v>
+      </c>
+      <c r="B155" t="s">
+        <v>210</v>
+      </c>
+      <c r="C155">
+        <v>91.284</v>
+      </c>
+      <c r="D155" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>211</v>
+      </c>
+      <c r="B156" t="s">
+        <v>212</v>
+      </c>
+      <c r="C156">
+        <v>96.492</v>
+      </c>
+      <c r="D156" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>213</v>
+      </c>
+      <c r="B157" t="s">
+        <v>214</v>
+      </c>
+      <c r="C157">
+        <v>125.28</v>
+      </c>
+      <c r="D157" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>215</v>
+      </c>
+      <c r="B158" t="s">
         <v>216</v>
       </c>
-      <c r="B123" t="s">
+      <c r="C158">
+        <v>141.876</v>
+      </c>
+      <c r="D158" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
         <v>217</v>
       </c>
-      <c r="C123">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="B159" t="s">
+        <v>218</v>
+      </c>
+      <c r="C159">
+        <v>162.792</v>
+      </c>
+      <c r="D159" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>219</v>
+      </c>
+      <c r="B160" t="s">
+        <v>220</v>
+      </c>
+      <c r="C160">
+        <v>163.848</v>
+      </c>
+      <c r="D160" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>221</v>
+      </c>
+      <c r="B161" t="s">
+        <v>222</v>
+      </c>
+      <c r="C161">
+        <v>207.408</v>
+      </c>
+      <c r="D161" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>223</v>
+      </c>
+      <c r="B162" t="s">
+        <v>224</v>
+      </c>
+      <c r="C162">
+        <v>242.232</v>
+      </c>
+      <c r="D162" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>225</v>
+      </c>
+      <c r="B163" t="s">
+        <v>226</v>
+      </c>
+      <c r="C163">
+        <v>291.792</v>
+      </c>
+      <c r="D163" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>227</v>
+      </c>
+      <c r="B164" t="s">
+        <v>228</v>
+      </c>
+      <c r="C164">
+        <v>522.972</v>
+      </c>
+      <c r="D164" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D124"/>
+  <autoFilter ref="A1:D165"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>