--- v2 (2026-01-28)
+++ v3 (2026-03-15)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$165</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$132</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Видео кабел HAMA, Скарт мъжко - Скарт мъжко, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205081</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кабел HAMA 205000, HDMI мъжко - HDMI мъжко, 10Gbit/s, 1080p, 1.5 м, Екраниран, Черен</t>
   </si>
   <si>
@@ -67,107 +67,107 @@
   <si>
     <t>Кабел HAMA 205001, HDMI мъжко - HDMI мъжко,10.2 Gbit/s, 1080p, 3 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205001</t>
   </si>
   <si>
     <t>HAMA Кабел HDMI-HDMI, 10Gbit/s, 1,5 м, 1080p, Ethernet, позлатен, bulk</t>
   </si>
   <si>
     <t>HAMA-205002</t>
   </si>
   <si>
     <t>Кабел HAMA 205004, HDMI мъжко - HDMI мъжко, 4K, 18Gbit/s, Ethernet, 0.75 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205004</t>
   </si>
   <si>
     <t>Кабел HAMA High Speed, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet , 1.5 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205445</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Кабел HAMA 205005, High-Speed, HDMI мъжко - HDMI мъжко, 4K,18Gbit/s, Ethernet, 1.5 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205005</t>
   </si>
   <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI A мъжко, 4K, 0.25 m, Ethernet</t>
   </si>
   <si>
     <t>DELOCK-83352</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Кабел за монитор HAMA 200932, VGA мъжко -VGA мъжко, 1.50м, Бял</t>
   </si>
   <si>
     <t>HAMA-200932</t>
   </si>
   <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI A мъжко, 4K, 1.0 m, Ethernet</t>
   </si>
   <si>
     <t>DELOCK-84752</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Кабел HAMA 205244, HDMI мъжко - HDMI мъжко, 10Gbit/s, 1080p, 5 м, Екраниран</t>
   </si>
   <si>
     <t>HAMA-205244</t>
   </si>
   <si>
+    <t>Кабел HAMA 200929, DisplayPort мъжко - DisplayPort мъжко, 1.5м, Сив, Булк</t>
+  </si>
+  <si>
+    <t>HAMA-200929</t>
+  </si>
+  <si>
+    <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 2м, двупосочен, black</t>
+  </si>
+  <si>
+    <t>DELOCK-85584</t>
+  </si>
+  <si>
+    <t>Кабел за монитор HAMA 200707, VGA мъжко - VGA мъжко, 1.50 м, Екраниран, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200707</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Кабел HAMA 200929, DisplayPort мъжко - DisplayPort мъжко, 1.5м, Сив, Булк</t>
-[...19 lines deleted...]
-  <si>
     <t>HAMA Превключвател / суич 4K HDMI, 2 x 1 вход/изход</t>
   </si>
   <si>
     <t>HAMA-205323</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 3м, 18Gbit/s, Ethernet, Eкраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205006</t>
   </si>
   <si>
     <t>Кабел за монитор HAMA 200708, VGA мъжко - VGA мъжко, 3.0 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-200708</t>
   </si>
   <si>
     <t>Кабел HAMA 205018, HDMI мъжко - DVI/D мъжко, 1.5 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205018</t>
   </si>
   <si>
     <t>Кабел HAMA High Speed, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet, 1 м, Позл. конектори, Черен</t>
@@ -178,371 +178,383 @@
   <si>
     <t>Кабел HAMA 200931, DVI мъжко - DVI мъжко, 1.5 м, Сив</t>
   </si>
   <si>
     <t>HAMA-200931</t>
   </si>
   <si>
     <t>Кабел HAMA 200696, DisplayPort мъжко - DisplayPort мъжко, 1.5 m, Ultra-HD 4K, Двойно-екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-200696</t>
   </si>
   <si>
     <t>HAMA Кабел Mini DP - DisplayPort, Ultra-HD 4K, 1.50 m</t>
   </si>
   <si>
     <t>HAMA-200710</t>
   </si>
   <si>
     <t>Видео кабел HAMA 205156, Скарт мъжко - 3 Чинч мъжко, 1.5м, Позлатени конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205156</t>
   </si>
   <si>
+    <t>Кабел Delock  HDMI-A мъжко - HDMI-A мъжко, Ethernet, 4K, 0.5 м, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-84786</t>
+  </si>
+  <si>
+    <t>Кабел uRage Ultra-High-Speed ​​HDMI, сертифициран, 8K, позлатен, 2 м</t>
+  </si>
+  <si>
+    <t>HAMA-115511</t>
+  </si>
+  <si>
+    <t>Превключвател 2 в 1 HDMI, 2 x HDMI женско - HDMI мъжко, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205161</t>
+  </si>
+  <si>
     <t>Кабел 200715, DVI мъжко- HDMI мъжко, Ultra-HD, 4K, 1.5м, черен</t>
   </si>
   <si>
     <t>HAMA-200715</t>
   </si>
   <si>
-    <t>Кабел Delock  HDMI-A мъжко - HDMI-A мъжко, Ethernet, 4K, 0.5 м, Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Кабел HAMA 200697, DisplayPort мъжко - DisplayPort мъжко, 3 m, Ultra-HD 4K, Двойно-екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-200697</t>
   </si>
   <si>
     <t>Кабел HAMA, HDMI мъжко - mini HDMI мъжко, 1.5 м, Позл.конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205015</t>
   </si>
   <si>
     <t>Кабел HAMA 200714, DVI мъжко - VGA мъжко, 1.5 м, Екраниран, 1080p, Черен</t>
   </si>
   <si>
     <t>HAMA-200714</t>
   </si>
   <si>
+    <t>Кабел Hama, HDMI мъжко - HDMI мъжко, 8K, Алуминий, 1.5 м</t>
+  </si>
+  <si>
+    <t>HAMA-205449</t>
+  </si>
+  <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 3D 4K, 0.5 m, Ethernet</t>
   </si>
   <si>
     <t>DELOCK-85121</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet, 5 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205007</t>
   </si>
   <si>
-    <t>Кабел Hama, HDMI мъжко - HDMI мъжко, 8K, Алуминий, 1.5 м</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Кабел DisplayPort, DP 2.1, Ultra-HD 8K, 40 Gbit/s, 2.00 м</t>
   </si>
   <si>
     <t>HAMA-200795</t>
   </si>
   <si>
     <t>Кабел HAMA High Speed, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet , 2 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205242</t>
   </si>
   <si>
+    <t>Delock Кабел пасивен mini DisplayPort 1.1 към HDMI, 1 m</t>
+  </si>
+  <si>
+    <t>DELOCK-83698</t>
+  </si>
+  <si>
     <t>Кабел Delock HDMI-A мъжко - HDMI-A мъжко, Ethernet, 3D, 4K, 0.25 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-85117</t>
   </si>
   <si>
-    <t>Delock Кабел пасивен mini DisplayPort 1.1 към HDMI, 1 m</t>
-[...2 lines deleted...]
-    <t>DELOCK-83698</t>
+    <t>Кабел HAMA 200716, DVI-I Dual Link мъжко - HDMI мъжко, Ultra-HD, 4K, 3м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200716</t>
   </si>
   <si>
     <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 5м, двупосочен, black</t>
   </si>
   <si>
     <t>DELOCK-85586</t>
   </si>
   <si>
-    <t>Кабел HAMA 200716, DVI-I Dual Link мъжко - HDMI мъжко, Ultra-HD, 4K, 3м, Черен</t>
-[...2 lines deleted...]
-    <t>HAMA-200716</t>
+    <t>Кабел HAMA Ultra HD, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Метал, 1 м, Позл. конектори, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205238</t>
+  </si>
+  <si>
+    <t>Кабел HAMA 205243, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet , 3 м, Позл. конектори, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205243</t>
+  </si>
+  <si>
+    <t>HAMA Превключвател HDMI™, 3x1, 121760</t>
+  </si>
+  <si>
+    <t>HAMA-121760</t>
   </si>
   <si>
     <t>Delock HDMI удължителен кабел, 48 Gbps, 8K, 60HZ, 1м</t>
   </si>
   <si>
     <t>DELOCK-81997</t>
   </si>
   <si>
-    <t>Кабел HAMA 205243, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet , 3 м, Позл. конектори, Черен</t>
-[...14 lines deleted...]
-    <t>HAMA-121760</t>
+    <t>Кабел HAMA 200712, DisplayPort v.1.2 мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200712</t>
   </si>
   <si>
     <t>Кабел HAMA, DisplayPort мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205144</t>
   </si>
   <si>
-    <t>Кабел HAMA 200712, DisplayPort v.1.2 мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5м, Черен</t>
-[...2 lines deleted...]
-    <t>HAMA-200712</t>
+    <t>HAMA Кабел "Ultra-Slim" HDMI - HDMI, 4K, 18 Gbit/s, Ethernet, 2.0 м</t>
+  </si>
+  <si>
+    <t>HAMA-205075</t>
+  </si>
+  <si>
+    <t>Кабел HAMA, USB - D-Sub (RS232) 9-Pin, 1.50 m, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200622</t>
+  </si>
+  <si>
+    <t>HAMA Видео кабел, Mini DP - HDMI, Ultra-HD 4K, 200711</t>
+  </si>
+  <si>
+    <t>HAMA-200711</t>
   </si>
   <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 1 м</t>
   </si>
   <si>
     <t>DELOCK-85727</t>
   </si>
   <si>
-    <t>HAMA Кабел "Ultra-Slim" HDMI - HDMI, 4K, 18 Gbit/s, Ethernet, 2.0 м</t>
-[...16 lines deleted...]
-  <si>
     <t>Кабел Delock  HDMI-A мъжко - HDMI-A мъжко,18 Gbit/s, 4K, 1 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84771</t>
   </si>
   <si>
+    <t>Кабел Delock Ultra High Speed,HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Сребрист</t>
+  </si>
+  <si>
+    <t>DELOCK-85367</t>
+  </si>
+  <si>
+    <t>Keystone модул Delock, HDMI женско 110° - HDMI женско, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-86853</t>
+  </si>
+  <si>
+    <t>Кабел j5create JDC52, HDMI мъжко - HDMI мъжко, Ethernet, 4K, 2 m</t>
+  </si>
+  <si>
+    <t>J5-JDC52</t>
+  </si>
+  <si>
     <t>Delock Кабел HDMI, 90°, 48 Gbps 8K 60 Hz, 3 м</t>
   </si>
   <si>
     <t>DELOCK-86993</t>
   </si>
   <si>
-    <t>Кабел Delock Ultra High Speed,HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Сребрист</t>
-[...16 lines deleted...]
-  <si>
     <t>Видео кабел, USB-C мъжко - DisplayPort мъжко, Ultra HD, 4K, 200717</t>
   </si>
   <si>
     <t>HAMA-200717</t>
   </si>
   <si>
     <t>Кабел HAMA 200698, DisplayPort мъжко - DisplayPort мъжко, 5 м, Ultra-HD 4K, Черен</t>
   </si>
   <si>
     <t>HAMA-200698</t>
   </si>
   <si>
     <t>Кабел HAMA Ultra HD, HDMI мъжко - HDMI мъжко, 8K, 48GB/s,метал, 2 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205239</t>
   </si>
   <si>
     <t>Кабел HAMA Premium, HDMI мъжко - HDMI мъжко, 1.5 м, Ферит, Позлатени конектори</t>
   </si>
   <si>
     <t>HAMA-205025</t>
   </si>
   <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Червен</t>
   </si>
   <si>
     <t>DELOCK-85774</t>
   </si>
   <si>
     <t>HAMA Кабел DisplayPort мъжко - DVI мъжко, Ultra-HD 4K, 1.50 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200713</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - Micro HDMI-D мъжко,18 Gbit/s, 4K, 0.5 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84788</t>
   </si>
   <si>
     <t>Delock Преходник (адаптер) от USB 2.0 към serial RS-232 DB9 мъжко, 50 cm FTDI</t>
   </si>
   <si>
     <t>DELOCK-66461</t>
   </si>
   <si>
+    <t>Delock HDMI удължителен кабел 48 Gbps  8K 60HZ, 3m</t>
+  </si>
+  <si>
+    <t>DELOCK-81999</t>
+  </si>
+  <si>
+    <t>Кабел HAMA 200718, USB-C мъжко - HDMI мъжко, Ultra-HD, 4K, 1.5 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200718</t>
+  </si>
+  <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Сив</t>
   </si>
   <si>
     <t>DELOCK-83996</t>
   </si>
   <si>
-    <t>Delock HDMI удължителен кабел 48 Gbps  8K 60HZ, 3m</t>
-[...8 lines deleted...]
-    <t>HAMA-200718</t>
+    <t>Кабел HDMI - micro HDMI Type D, 2.0м, 74259</t>
+  </si>
+  <si>
+    <t>HAMA-74259</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - HDMI-A мъжко,18 Gbit/s, 4K, 2 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84773</t>
   </si>
   <si>
-    <t>Кабел HDMI - micro HDMI Type D, 2.0м, 74259</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 2 м, Син</t>
   </si>
   <si>
     <t>DELOCK-85447</t>
   </si>
   <si>
     <t>Кабел HAMA Ultra HD, HDMI мъжко - HDMI мъжко, 8K, 48GB/s,метал, 3 м, Позл. конектори, Ethernet, Черен</t>
   </si>
   <si>
     <t>HAMA-205240</t>
   </si>
   <si>
     <t>Кабел HDMI-HDMI, сертифициран, 8K, 5,0 м, 205068</t>
   </si>
   <si>
     <t>HAMA-205068</t>
   </si>
   <si>
     <t>Кабел HAMA USB-C мъжко - HDMI мъжко, Ultra-HD, 4K, 3 м, 3 звезди, Черен</t>
   </si>
   <si>
     <t>HAMA-200719</t>
   </si>
   <si>
     <t>Кабел Delock Ultra High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 8K 60 Hz, 3 м, Сив</t>
   </si>
   <si>
     <t>DELOCK-83997</t>
   </si>
   <si>
     <t>Кабел Delock  HDMI-A мъжко - Micro HDMI-D мъжко,18 Gbit/s, 4K, 1.5 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84782</t>
   </si>
   <si>
+    <t>HAMA Кабел DisplayPort, DP 2.1, Ultra-HD 16K, 80 Gbit/s, 2 m</t>
+  </si>
+  <si>
+    <t>HAMA-202032</t>
+  </si>
+  <si>
     <t>Кабел j5create JDC53, HDMI мъжко - HDMI мъжко, 8K, 48 Gbps, 2 m</t>
   </si>
   <si>
     <t>J5-JDC53</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet, 7.5 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205008</t>
   </si>
   <si>
+    <t>Кабел HAMA, DisplayPort мъжко - HDMI мъжко, Ultra-HD, 4K@60 Hz, 1.5м, Алуминий, Позлатени конектори, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200506</t>
+  </si>
+  <si>
     <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 10м, двупосочен, black</t>
   </si>
   <si>
     <t>DELOCK-85587</t>
   </si>
   <si>
-    <t>Кабел HAMA, DisplayPort мъжко - HDMI мъжко, Ultra-HD, 4K@60 Hz, 1.5м, Алуминий, Позлатени конектори, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Удължителен кабел DisplayPort 1.2, 4K, 60 Hz, 5 m</t>
   </si>
   <si>
     <t>DELOCK-80004</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet ,10 м, Позл. конектори, 2 филтъра, Черен</t>
   </si>
   <si>
     <t>HAMA-205009</t>
   </si>
   <si>
     <t>Кабел ATEN 2L-7D10H, HDMI мъжко - HDMI мъжко</t>
   </si>
   <si>
     <t>ATEN-2L-7D10H</t>
   </si>
   <si>
     <t>Кабел Delock, HDMI-A мъжко - HDMI-A мъжко, Ethernet, 18 Gbit/s, 4K, 3 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84774</t>
   </si>
   <si>
     <t>Кабел USB-C мъжко - HDMI мъжко, Ultra-HD 8K@60Hz, 1.5м</t>
@@ -559,156 +571,132 @@
   <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 3D 4K, 4.5 m, Ethernet</t>
   </si>
   <si>
     <t>DELOCK-85139</t>
   </si>
   <si>
     <t>Оптичен активен кабел HAMA Optical, HDMI мъжко - HDMI мъжко, Ethernet, 8K, 205345</t>
   </si>
   <si>
     <t>HAMA-205345</t>
   </si>
   <si>
     <t>Кабел HAMA High-speed, HDMI мъжко - HDMI мъжко, 4K, 10.2GB/s, Ethernet, 15 м, Позл. конектори, 2 филтъра, Черен</t>
   </si>
   <si>
     <t>HAMA-205010</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 10 m</t>
   </si>
   <si>
     <t>DELOCK-85010</t>
   </si>
   <si>
+    <t>Кабел ATEN 2L-7D15H, HDMI мъжко - HDMI мъжко</t>
+  </si>
+  <si>
+    <t>ATEN-2L-7D15H</t>
+  </si>
+  <si>
     <t>Кабел Delock Ultra High Speed HDMI - HDMI-A мъжко, 48 Gbps, 8K 60 Hz, 5 m</t>
   </si>
   <si>
     <t>DELOCK-85296</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 15 m</t>
   </si>
   <si>
     <t>DELOCK-85012</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 10 m</t>
   </si>
   <si>
     <t>DELOCK-84034</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 15 m</t>
   </si>
   <si>
     <t>DELOCK-84037</t>
   </si>
   <si>
-    <t>Кабел ATEN 2L-7D15H, HDMI мъжко - HDMI мъжко</t>
-[...4 lines deleted...]
-  <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 20 m</t>
   </si>
   <si>
     <t>DELOCK-85015</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 25 m</t>
   </si>
   <si>
     <t>DELOCK-85016</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 20 m</t>
   </si>
   <si>
     <t>DELOCK-84038</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 30 m</t>
   </si>
   <si>
     <t>DELOCK-85049</t>
   </si>
   <si>
     <t>Kабел HAMA Ultra High Speed HDMI - HDMI, 8K, 10.0 м,48Gbit/s, сертифициран</t>
   </si>
   <si>
     <t>HAMA-205265</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 25 m</t>
   </si>
   <si>
     <t>DELOCK-84039</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 30 m</t>
   </si>
   <si>
     <t>DELOCK-84040</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 50 m</t>
   </si>
   <si>
     <t>DELOCK-84133</t>
   </si>
   <si>
-    <t>Кабел ATEN 2L-7D20H, HDMI мъжко - HDMI мъжко</t>
-[...10 lines deleted...]
-  <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60Hz, 48Gbps, 10 m</t>
   </si>
   <si>
     <t>DELOCK-86029</t>
-  </si>
-[...10 lines deleted...]
-    <t>DELOCK-85880</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 100 m</t>
   </si>
   <si>
     <t>DELOCK-84137</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60Hz, 48Gbps, 20 m</t>
   </si>
   <si>
     <t>DELOCK-86030</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60Hz, 48Gbps, 30 m</t>
   </si>
   <si>
     <t>DELOCK-86031</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, Активен, HDMI-A - HDMI-A мъжко, 4K, 60Hz, 70 m</t>
   </si>
   <si>
     <t>DELOCK-85679</t>
   </si>
@@ -1048,87 +1036,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D165"/>
+  <dimension ref="A1:D132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>3.264</v>
+        <v>3.324</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>3.564</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
@@ -1157,2253 +1145,1791 @@
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>4.2</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>4.656</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
         <v>5.112</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
-        <v>5.172</v>
+        <v>5.244</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>5.544</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>5.772</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>6.744</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>6.816</v>
+        <v>6.828</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>7.332</v>
+        <v>7.368</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15">
+        <v>7.416</v>
+      </c>
+      <c r="D15" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
         <v>7.608</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>7.668</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>7.92</v>
+        <v>7.86</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>8.052</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>8.064</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>8.172</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>8.592</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>8.592</v>
+        <v>8.724</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>8.88</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>9.084</v>
+        <v>8.904</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>9.096</v>
+        <v>9.0</v>
       </c>
       <c r="D26" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>9.12</v>
+        <v>9.012</v>
       </c>
       <c r="D27" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>9.6</v>
+        <v>9.084</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>9.732</v>
+        <v>9.636</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>9.972</v>
+        <v>9.732</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>10.38</v>
+        <v>10.068</v>
       </c>
       <c r="D31" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>10.44</v>
+        <v>10.104</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>10.992</v>
+        <v>10.38</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>11.124</v>
+        <v>10.632</v>
       </c>
       <c r="D34" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>11.148</v>
+        <v>11.124</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>11.352</v>
+        <v>11.148</v>
       </c>
       <c r="D36" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>11.4</v>
+        <v>11.28</v>
       </c>
       <c r="D37" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>11.556</v>
+        <v>11.352</v>
       </c>
       <c r="D38" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>11.712</v>
+        <v>11.472</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>11.796</v>
+        <v>11.556</v>
       </c>
       <c r="D40" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>11.856</v>
+        <v>11.736</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
         <v>11.856</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>12.216</v>
+        <v>12.18</v>
       </c>
       <c r="D43" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>12.288</v>
+        <v>12.18</v>
       </c>
       <c r="D44" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
         <v>12.348</v>
       </c>
       <c r="D45" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>12.996</v>
+        <v>12.348</v>
       </c>
       <c r="D46" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
         <v>13.176</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>13.284</v>
+        <v>13.272</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>13.476</v>
+        <v>13.284</v>
       </c>
       <c r="D49" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>13.5</v>
+        <v>13.296</v>
       </c>
       <c r="D50" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>13.632</v>
+        <v>13.5</v>
       </c>
       <c r="D51" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
         <v>13.788</v>
       </c>
       <c r="D52" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
         <v>13.92</v>
       </c>
       <c r="D53" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
         <v>14.088</v>
       </c>
       <c r="D54" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>14.112</v>
+        <v>14.1</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>14.328</v>
+        <v>14.112</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>14.7</v>
+        <v>14.328</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>14.724</v>
+        <v>14.7</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>14.856</v>
+        <v>14.724</v>
       </c>
       <c r="D59" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>14.88</v>
+        <v>14.856</v>
       </c>
       <c r="D60" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>15.072</v>
+        <v>14.988</v>
       </c>
       <c r="D61" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>15.636</v>
+        <v>15.072</v>
       </c>
       <c r="D62" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>16.38</v>
+        <v>15.636</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
         <v>16.38</v>
       </c>
       <c r="D64" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
         <v>16.56</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>17.232</v>
+        <v>16.848</v>
       </c>
       <c r="D66" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>17.292</v>
+        <v>17.196</v>
       </c>
       <c r="D67" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>17.952</v>
+        <v>17.232</v>
       </c>
       <c r="D68" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>18.408</v>
+        <v>17.952</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>19.272</v>
+        <v>18.408</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>19.74</v>
+        <v>19.26</v>
       </c>
       <c r="D71" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>19.956</v>
+        <v>19.776</v>
       </c>
       <c r="D72" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>20.832</v>
+        <v>19.956</v>
       </c>
       <c r="D73" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>21.012</v>
+        <v>20.832</v>
       </c>
       <c r="D74" t="s">
-        <v>154</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" t="s">
         <v>155</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>22.452</v>
+        <v>20.964</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" t="s">
         <v>157</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76">
+        <v>21.012</v>
+      </c>
+      <c r="D76" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>159</v>
       </c>
       <c r="B77" t="s">
         <v>160</v>
       </c>
       <c r="C77">
-        <v>23.688</v>
+        <v>22.404</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>161</v>
       </c>
       <c r="B78" t="s">
         <v>162</v>
       </c>
       <c r="C78">
-        <v>25.644</v>
+        <v>23.34</v>
       </c>
       <c r="D78" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>163</v>
       </c>
       <c r="B79" t="s">
         <v>164</v>
       </c>
       <c r="C79">
-        <v>26.688</v>
+        <v>23.58</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>165</v>
       </c>
       <c r="B80" t="s">
         <v>166</v>
       </c>
       <c r="C80">
-        <v>27.756</v>
+        <v>25.644</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>167</v>
       </c>
       <c r="B81" t="s">
         <v>168</v>
       </c>
       <c r="C81">
-        <v>28.464</v>
+        <v>26.748</v>
       </c>
       <c r="D81" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>169</v>
       </c>
       <c r="B82" t="s">
         <v>170</v>
       </c>
       <c r="C82">
-        <v>31.392</v>
+        <v>27.756</v>
       </c>
       <c r="D82" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>171</v>
       </c>
       <c r="B83" t="s">
         <v>172</v>
       </c>
       <c r="C83">
-        <v>34.44</v>
+        <v>28.464</v>
       </c>
       <c r="D83" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>173</v>
       </c>
       <c r="B84" t="s">
         <v>174</v>
       </c>
       <c r="C84">
-        <v>37.968</v>
+        <v>31.392</v>
       </c>
       <c r="D84" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>175</v>
       </c>
       <c r="B85" t="s">
         <v>176</v>
       </c>
       <c r="C85">
-        <v>39.96</v>
+        <v>34.44</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>177</v>
       </c>
       <c r="B86" t="s">
         <v>178</v>
       </c>
       <c r="C86">
-        <v>46.176</v>
+        <v>37.968</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>179</v>
       </c>
       <c r="B87" t="s">
         <v>180</v>
       </c>
       <c r="C87">
-        <v>46.332</v>
+        <v>39.96</v>
       </c>
       <c r="D87" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>181</v>
       </c>
       <c r="B88" t="s">
         <v>182</v>
       </c>
       <c r="C88">
-        <v>49.524</v>
+        <v>46.068</v>
       </c>
       <c r="D88" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>183</v>
       </c>
       <c r="B89" t="s">
         <v>184</v>
       </c>
       <c r="C89">
-        <v>50.28</v>
+        <v>47.124</v>
       </c>
       <c r="D89" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>185</v>
       </c>
       <c r="B90" t="s">
         <v>186</v>
       </c>
       <c r="C90">
-        <v>51.636</v>
+        <v>48.444</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>187</v>
       </c>
       <c r="B91" t="s">
         <v>188</v>
       </c>
       <c r="C91">
-        <v>56.16</v>
+        <v>49.524</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>189</v>
       </c>
       <c r="B92" t="s">
         <v>190</v>
       </c>
       <c r="C92">
-        <v>56.52</v>
+        <v>50.28</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>191</v>
       </c>
       <c r="B93" t="s">
         <v>192</v>
       </c>
       <c r="C93">
-        <v>57.132</v>
+        <v>51.72</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>193</v>
       </c>
       <c r="B94" t="s">
         <v>194</v>
       </c>
       <c r="C94">
-        <v>59.364</v>
+        <v>56.16</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>195</v>
       </c>
       <c r="B95" t="s">
         <v>196</v>
       </c>
       <c r="C95">
-        <v>61.56</v>
+        <v>57.132</v>
       </c>
       <c r="D95" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>197</v>
       </c>
       <c r="B96" t="s">
         <v>198</v>
       </c>
       <c r="C96">
-        <v>67.152</v>
+        <v>59.364</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>199</v>
       </c>
       <c r="B97" t="s">
         <v>200</v>
       </c>
       <c r="C97">
-        <v>68.832</v>
+        <v>59.988</v>
       </c>
       <c r="D97" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>201</v>
       </c>
       <c r="B98" t="s">
         <v>202</v>
       </c>
       <c r="C98">
-        <v>69.072</v>
+        <v>66.228</v>
       </c>
       <c r="D98" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>203</v>
       </c>
       <c r="B99" t="s">
         <v>204</v>
       </c>
       <c r="C99">
-        <v>71.196</v>
+        <v>68.256</v>
       </c>
       <c r="D99" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>205</v>
       </c>
       <c r="B100" t="s">
         <v>206</v>
       </c>
       <c r="C100">
-        <v>80.868</v>
+        <v>70.716</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>207</v>
       </c>
       <c r="B101" t="s">
         <v>208</v>
       </c>
       <c r="C101">
-        <v>83.04</v>
+        <v>71.196</v>
       </c>
       <c r="D101" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>11</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102">
         <v>4.092</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="B103" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="C103">
-        <v>4.656</v>
+        <v>7.368</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="B104" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="C104">
-        <v>5.172</v>
+        <v>7.608</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="B105" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="C105">
-        <v>5.772</v>
+        <v>9.0</v>
       </c>
       <c r="D105" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="B106" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="C106">
-        <v>7.368</v>
+        <v>11.28</v>
       </c>
       <c r="D106" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="B107" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="C107">
-        <v>7.608</v>
+        <v>11.556</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="B108" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="C108">
-        <v>8.592</v>
+        <v>12.18</v>
       </c>
       <c r="D108" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="B109" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C109">
-        <v>9.096</v>
+        <v>13.176</v>
       </c>
       <c r="D109" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>58</v>
+        <v>114</v>
       </c>
       <c r="B110" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
       <c r="C110">
-        <v>9.12</v>
+        <v>14.1</v>
       </c>
       <c r="D110" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>66</v>
+        <v>130</v>
       </c>
       <c r="B111" t="s">
-        <v>67</v>
+        <v>131</v>
       </c>
       <c r="C111">
-        <v>10.38</v>
+        <v>15.636</v>
       </c>
       <c r="D111" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="B112" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="C112">
-        <v>10.992</v>
+        <v>16.38</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>72</v>
+        <v>150</v>
       </c>
       <c r="B113" t="s">
-        <v>73</v>
+        <v>151</v>
       </c>
       <c r="C113">
-        <v>11.124</v>
+        <v>19.956</v>
       </c>
       <c r="D113" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>76</v>
+        <v>154</v>
       </c>
       <c r="B114" t="s">
-        <v>77</v>
+        <v>155</v>
       </c>
       <c r="C114">
-        <v>11.352</v>
+        <v>20.964</v>
       </c>
       <c r="D114" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>78</v>
+        <v>163</v>
       </c>
       <c r="B115" t="s">
-        <v>79</v>
+        <v>164</v>
       </c>
       <c r="C115">
-        <v>11.4</v>
+        <v>23.58</v>
       </c>
       <c r="D115" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>80</v>
+        <v>165</v>
       </c>
       <c r="B116" t="s">
-        <v>81</v>
+        <v>166</v>
       </c>
       <c r="C116">
-        <v>11.556</v>
+        <v>25.644</v>
       </c>
       <c r="D116" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>84</v>
+        <v>173</v>
       </c>
       <c r="B117" t="s">
-        <v>85</v>
+        <v>174</v>
       </c>
       <c r="C117">
-        <v>11.796</v>
+        <v>31.392</v>
       </c>
       <c r="D117" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>90</v>
+        <v>175</v>
       </c>
       <c r="B118" t="s">
-        <v>91</v>
+        <v>176</v>
       </c>
       <c r="C118">
-        <v>12.216</v>
+        <v>34.44</v>
       </c>
       <c r="D118" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>92</v>
+        <v>183</v>
       </c>
       <c r="B119" t="s">
-        <v>93</v>
+        <v>184</v>
       </c>
       <c r="C119">
-        <v>12.288</v>
+        <v>47.124</v>
       </c>
       <c r="D119" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>96</v>
+        <v>187</v>
       </c>
       <c r="B120" t="s">
-        <v>97</v>
+        <v>188</v>
       </c>
       <c r="C120">
-        <v>12.996</v>
+        <v>49.524</v>
       </c>
       <c r="D120" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>98</v>
+        <v>191</v>
       </c>
       <c r="B121" t="s">
-        <v>99</v>
+        <v>192</v>
       </c>
       <c r="C121">
-        <v>13.176</v>
+        <v>51.72</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="B122" t="s">
-        <v>101</v>
+        <v>194</v>
       </c>
       <c r="C122">
-        <v>13.284</v>
+        <v>56.16</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>102</v>
+        <v>203</v>
       </c>
       <c r="B123" t="s">
-        <v>103</v>
+        <v>204</v>
       </c>
       <c r="C123">
-        <v>13.476</v>
+        <v>68.256</v>
       </c>
       <c r="D123" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>104</v>
+        <v>209</v>
       </c>
       <c r="B124" t="s">
-        <v>105</v>
+        <v>210</v>
       </c>
       <c r="C124">
-        <v>13.5</v>
+        <v>80.868</v>
       </c>
       <c r="D124" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>106</v>
+        <v>211</v>
       </c>
       <c r="B125" t="s">
-        <v>107</v>
+        <v>212</v>
       </c>
       <c r="C125">
-        <v>13.632</v>
+        <v>97.08</v>
       </c>
       <c r="D125" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>110</v>
+        <v>213</v>
       </c>
       <c r="B126" t="s">
-        <v>111</v>
+        <v>214</v>
       </c>
       <c r="C126">
-        <v>13.92</v>
+        <v>162.792</v>
       </c>
       <c r="D126" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>112</v>
+        <v>215</v>
       </c>
       <c r="B127" t="s">
-        <v>113</v>
+        <v>216</v>
       </c>
       <c r="C127">
-        <v>14.088</v>
+        <v>163.848</v>
       </c>
       <c r="D127" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>124</v>
+        <v>217</v>
       </c>
       <c r="B128" t="s">
-        <v>125</v>
+        <v>218</v>
       </c>
       <c r="C128">
-        <v>14.88</v>
+        <v>207.408</v>
       </c>
       <c r="D128" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>126</v>
+        <v>219</v>
       </c>
       <c r="B129" t="s">
-        <v>127</v>
+        <v>220</v>
       </c>
       <c r="C129">
-        <v>15.072</v>
+        <v>242.232</v>
       </c>
       <c r="D129" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>128</v>
+        <v>221</v>
       </c>
       <c r="B130" t="s">
-        <v>129</v>
+        <v>222</v>
       </c>
       <c r="C130">
-        <v>15.636</v>
+        <v>249.084</v>
       </c>
       <c r="D130" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>132</v>
+        <v>223</v>
       </c>
       <c r="B131" t="s">
-        <v>133</v>
+        <v>224</v>
       </c>
       <c r="C131">
-        <v>16.38</v>
+        <v>446.448</v>
       </c>
       <c r="D131" t="s">
-        <v>25</v>
-[...461 lines deleted...]
-        <v>31</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D165"/>
+  <autoFilter ref="A1:D132"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>