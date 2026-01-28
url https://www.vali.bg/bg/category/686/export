--- v0 (2025-11-03)
+++ v1 (2026-01-28)
@@ -58,65 +58,65 @@
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Адаптер Alphacool HF, Двоен нипел, G1/4 - G1/4, О-пръстен, Сребрист</t>
   </si>
   <si>
     <t>AC-64209</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Муфа Alphacool, Вътрешна резба G1/4 AG - G1/4 AG, Черен мат</t>
   </si>
   <si>
     <t>AC-64219</t>
   </si>
   <si>
     <t>Муфа Alphacool, Вътрешна резба G1/4 AG - G1/4 AG, Хром</t>
   </si>
   <si>
     <t>AC-64218</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Винт Alphacool Eiszapfen, V.2 G1/4, Сребрист</t>
   </si>
   <si>
     <t>AC-1019274</t>
   </si>
   <si>
     <t>Удължител Alphacool Eiszapfen, G1/4 вънжна към G1/4 вътрешна резба, Сребрист</t>
   </si>
   <si>
     <t>AC-1011184</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Удължител Alphacool Eiszapfen, G1/4 вънжна към G1/4 вътрешна резба, Бял</t>
   </si>
   <si>
     <t>AC-1019295</t>
   </si>
   <si>
     <t>Адаптер Alphacool HF, Двоен нипел, G1/4 - G1/4, Въртящ се, Черен мат</t>
   </si>
   <si>
     <t>AC-64222</t>
   </si>
   <si>
     <t>Удължител Alphacool HF, G1/4 към G1/4, Черен мат</t>
   </si>
   <si>
     <t>AC-1011044</t>
   </si>
   <si>
     <t>Удължител Alphacool HF, G1/4 към G1/4, Сребрист</t>
   </si>
   <si>
     <t>AC-1011043</t>
   </si>
   <si>
     <t>Винт Alphacool Eiszapfen, V.2 G1/4, Черен мат</t>
@@ -346,92 +346,92 @@
   <si>
     <t>Компресионен фитинг Alphacool, 16/10 - G1/4, 90°, Въртящ се, Хром</t>
   </si>
   <si>
     <t>AC-62370</t>
   </si>
   <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 45°, G1/4 външна към G1/4 вътрешна резба, Сребрист</t>
   </si>
   <si>
     <t>AC-1011176</t>
   </si>
   <si>
     <t>Компресионен фитинг Alphacool, 16/10 - G1/4, 45°, Въртящ се, Хром</t>
   </si>
   <si>
     <t>AC-62373</t>
   </si>
   <si>
     <t>Въртящ се L-конектор Alphacool Eiszapfen, G1/4 AG auf G1/4 IG, Бял</t>
   </si>
   <si>
     <t>AC-1019293</t>
   </si>
   <si>
+    <t>Ъглов адаптер Alphacool Eiszapfen, 90°, G1/4 външна към G1/4 вътрешна резба, Черен мат</t>
+  </si>
+  <si>
+    <t>AC-1011189</t>
+  </si>
+  <si>
+    <t>Фитинг Alphacool Eiszapfen, Удължител, 90°, 13/10mm, G1/4, Сребрист</t>
+  </si>
+  <si>
+    <t>AC-1011160</t>
+  </si>
+  <si>
     <t>Фитинг Alphacool Eiszapfen, Удължител, 16/10mm, G1/4, Черен мат</t>
   </si>
   <si>
     <t>AC-1011161</t>
   </si>
   <si>
+    <t>Фитинг Alphacool Eiszapfen, Удължител, 90°, 16/10mm, G1/4, Сребрист</t>
+  </si>
+  <si>
+    <t>AC-1011166</t>
+  </si>
+  <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 45°, G1/4 външна към G1/4 вътрешна резба, Черен мат</t>
   </si>
   <si>
     <t>AC-1011175</t>
   </si>
   <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 45°, G1/4 външна към G1/4 вътрешна резба, Бял</t>
   </si>
   <si>
     <t>AC-1019294</t>
   </si>
   <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 90°, G1/4 външна към G1/4 вътрешна резба, Сребрист</t>
   </si>
   <si>
     <t>AC-1011190</t>
   </si>
   <si>
-    <t>Ъглов адаптер Alphacool Eiszapfen, 90°, G1/4 външна към G1/4 вътрешна резба, Черен мат</t>
-[...16 lines deleted...]
-  <si>
     <t>Фитинг Alphacool Eiszapfen, Удължител, 90°, 13/10mm, G1/4, Черен мат</t>
   </si>
   <si>
     <t>AC-1011159</t>
   </si>
   <si>
     <t>Сферичен кран Alphacool Eiszapfen, Двупосочен, G1/4, Черен мат</t>
   </si>
   <si>
     <t>AC-1011901</t>
   </si>
   <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 2 x 45°, G1/4 външна към G1/4 вътрешна резба, Сребрист</t>
   </si>
   <si>
     <t>AC-1011180</t>
   </si>
   <si>
     <t>Терминал за свързване Alphacool Eiszapfen, G1/4 IT, 5 посочвен, Черен</t>
   </si>
   <si>
     <t>AC-1019901</t>
   </si>
   <si>
     <t>Тръба Alphacool AlphaTube HF, 13/10 (3/8"ID), 3м, Прозрачна, Retailbox</t>
@@ -604,66 +604,66 @@
   <si>
     <t>Фитинг Alphacool Eiszapfen, Удължител, 13/10mm, G1/4, Сребрист, 6 броя</t>
   </si>
   <si>
     <t>AC-1011158</t>
   </si>
   <si>
     <t>Фитинг Alphacool Eiszapfen, Удължител, 13/10mm, G1/4, Черен мат, 6 броя</t>
   </si>
   <si>
     <t>AC-1011157</t>
   </si>
   <si>
     <t>Резервоар Alphacool Eisbecher Helix 250 мм - Зелен</t>
   </si>
   <si>
     <t>AC-1013296</t>
   </si>
   <si>
     <t>Компресионен фитинг Alphacool Eiszapfen PRO 16mm HardTube Fitting G1/4 - Deep Black (6 бр)</t>
   </si>
   <si>
     <t>AC-1017628</t>
   </si>
   <si>
+    <t>Воден блок за процесор Alphacool Eisblock XPX CPU, satin clear version</t>
+  </si>
+  <si>
+    <t>AC-1013722</t>
+  </si>
+  <si>
+    <t>Воден блок за процесор Alphacool Eisblock XPX CPU, polished clear version</t>
+  </si>
+  <si>
+    <t>AC-1013721</t>
+  </si>
+  <si>
     <t>Помпа Alphacool Eispumpe VPP755, Single Edition V.3</t>
   </si>
   <si>
     <t>AC-1012423</t>
-  </si>
-[...10 lines deleted...]
-    <t>AC-1013721</t>
   </si>
   <si>
     <t>Помпа Alphacool Laing DDC310, Single Edition, Silver</t>
   </si>
   <si>
     <t>AC-1011009</t>
   </si>
   <si>
     <t>Помпа Alphacool Laing DDC310, Single Edition, Черна</t>
   </si>
   <si>
     <t>AC-1011010</t>
   </si>
   <si>
     <t>Резервоар с помпа Alphacool Eisball Digital RGB, Acryl (D5/VPP Ready)</t>
   </si>
   <si>
     <t>AC-1016178</t>
   </si>
   <si>
     <t>Резервоар Alphacool Eisbecher Aurora, D5 Acetal/Glas, 150mm</t>
   </si>
   <si>
     <t>AC-1019183</t>
   </si>
@@ -1063,2935 +1063,2935 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>3.792</v>
+        <v>1.944</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>3.912</v>
+        <v>2.004</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>4.584</v>
+        <v>2.34</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>5.508</v>
+        <v>2.808</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>6.396</v>
+        <v>3.264</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>6.396</v>
+        <v>3.264</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>6.396</v>
+        <v>3.264</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>6.612</v>
+        <v>3.384</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>6.996</v>
+        <v>3.576</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>7.212</v>
+        <v>3.684</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>7.584</v>
+        <v>3.876</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>7.74</v>
+        <v>3.96</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>7.98</v>
+        <v>4.08</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>8.76</v>
+        <v>4.476</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>8.82</v>
+        <v>4.512</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>8.82</v>
+        <v>4.512</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>8.88</v>
+        <v>4.536</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>8.88</v>
+        <v>4.536</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>8.88</v>
+        <v>4.536</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>11.412</v>
+        <v>5.832</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>11.424</v>
+        <v>5.844</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>11.664</v>
+        <v>5.964</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>11.928</v>
+        <v>6.096</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>11.928</v>
+        <v>6.096</v>
       </c>
       <c r="D25" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>12.228</v>
+        <v>6.252</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>12.396</v>
+        <v>6.336</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>12.48</v>
+        <v>6.384</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>12.516</v>
+        <v>6.396</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>12.516</v>
+        <v>6.396</v>
       </c>
       <c r="D30" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>12.708</v>
+        <v>6.504</v>
       </c>
       <c r="D31" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>12.984</v>
+        <v>6.636</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>13.26</v>
+        <v>6.78</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>13.632</v>
+        <v>6.972</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>13.764</v>
+        <v>7.044</v>
       </c>
       <c r="D35" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>13.764</v>
+        <v>7.044</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>14.004</v>
+        <v>7.164</v>
       </c>
       <c r="D37" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>14.832</v>
+        <v>7.584</v>
       </c>
       <c r="D38" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>14.988</v>
+        <v>7.668</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>15.024</v>
+        <v>7.68</v>
       </c>
       <c r="D41" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>15.024</v>
+        <v>7.68</v>
       </c>
       <c r="D42" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>15.588</v>
+        <v>7.968</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>15.588</v>
+        <v>7.968</v>
       </c>
       <c r="D44" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>15.612</v>
+        <v>7.98</v>
       </c>
       <c r="D45" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>16.044</v>
+        <v>8.208</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>79</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
-        <v>17.172</v>
+        <v>8.772</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
-        <v>17.52</v>
+        <v>8.964</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
-        <v>18.444</v>
+        <v>9.432</v>
       </c>
       <c r="D49" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
-        <v>18.444</v>
+        <v>9.432</v>
       </c>
       <c r="D50" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>104</v>
       </c>
       <c r="B51" t="s">
         <v>105</v>
       </c>
       <c r="C51">
-        <v>18.744</v>
+        <v>9.588</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>106</v>
       </c>
       <c r="B52" t="s">
         <v>107</v>
       </c>
       <c r="C52">
-        <v>19.26</v>
+        <v>9.852</v>
       </c>
       <c r="D52" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>108</v>
       </c>
       <c r="B53" t="s">
         <v>109</v>
       </c>
       <c r="C53">
-        <v>19.512</v>
+        <v>9.972</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
-        <v>20.832</v>
+        <v>10.644</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D55" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
-        <v>20.844</v>
+        <v>10.656</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
-        <v>20.844</v>
+        <v>10.656</v>
       </c>
       <c r="D60" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
-        <v>24.192</v>
+        <v>12.372</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
-        <v>24.516</v>
+        <v>12.54</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
-        <v>26.052</v>
+        <v>13.32</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
-        <v>26.424</v>
+        <v>13.512</v>
       </c>
       <c r="D64" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>27.348</v>
+        <v>13.98</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>27.9</v>
+        <v>14.268</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>28.86</v>
+        <v>14.76</v>
       </c>
       <c r="D67" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>29.136</v>
+        <v>14.904</v>
       </c>
       <c r="D68" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>29.136</v>
+        <v>14.904</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>29.412</v>
+        <v>15.036</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
-        <v>31.032</v>
+        <v>15.864</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
-        <v>31.26</v>
+        <v>15.984</v>
       </c>
       <c r="D74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>31.26</v>
+        <v>15.984</v>
       </c>
       <c r="D75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
-        <v>31.32</v>
+        <v>16.02</v>
       </c>
       <c r="D76" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
-        <v>31.368</v>
+        <v>16.044</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>31.656</v>
+        <v>16.188</v>
       </c>
       <c r="D78" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
-        <v>36.18</v>
+        <v>18.492</v>
       </c>
       <c r="D79" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
-        <v>38.28</v>
+        <v>19.572</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
-        <v>40.056</v>
+        <v>20.484</v>
       </c>
       <c r="D81" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>40.956</v>
+        <v>20.94</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
-        <v>53.592</v>
+        <v>27.396</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
-        <v>57.468</v>
+        <v>29.388</v>
       </c>
       <c r="D84" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
-        <v>58.176</v>
+        <v>29.748</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
-        <v>58.764</v>
+        <v>30.048</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>78.972</v>
+        <v>40.38</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>82.584</v>
+        <v>42.228</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>82.8</v>
+        <v>42.336</v>
       </c>
       <c r="D90" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>83.436</v>
+        <v>42.66</v>
       </c>
       <c r="D91" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
-        <v>83.436</v>
+        <v>42.66</v>
       </c>
       <c r="D92" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>85.116</v>
+        <v>43.524</v>
       </c>
       <c r="D93" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>86.004</v>
+        <v>43.968</v>
       </c>
       <c r="D94" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>87.156</v>
+        <v>44.568</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>92.712</v>
+        <v>47.4</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>110.916</v>
+        <v>56.712</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>110.928</v>
+        <v>56.712</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
-        <v>110.928</v>
+        <v>56.712</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
-        <v>119.244</v>
+        <v>60.972</v>
       </c>
       <c r="D100" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
-        <v>119.244</v>
+        <v>60.972</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
-        <v>3.792</v>
+        <v>1.944</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>7</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103">
-        <v>3.912</v>
+        <v>2.004</v>
       </c>
       <c r="D103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>10</v>
       </c>
       <c r="B104" t="s">
         <v>11</v>
       </c>
       <c r="C104">
-        <v>4.584</v>
+        <v>2.34</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>12</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105">
-        <v>5.508</v>
+        <v>2.808</v>
       </c>
       <c r="D105" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B106" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C106">
-        <v>6.396</v>
+        <v>3.264</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B107" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C107">
-        <v>6.396</v>
+        <v>3.264</v>
       </c>
       <c r="D107" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>19</v>
       </c>
       <c r="B108" t="s">
         <v>20</v>
       </c>
       <c r="C108">
-        <v>6.396</v>
+        <v>3.264</v>
       </c>
       <c r="D108" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>21</v>
       </c>
       <c r="B109" t="s">
         <v>22</v>
       </c>
       <c r="C109">
-        <v>6.612</v>
+        <v>3.384</v>
       </c>
       <c r="D109" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>23</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110">
-        <v>6.996</v>
+        <v>3.576</v>
       </c>
       <c r="D110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>25</v>
       </c>
       <c r="B111" t="s">
         <v>26</v>
       </c>
       <c r="C111">
-        <v>7.212</v>
+        <v>3.684</v>
       </c>
       <c r="D111" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>27</v>
       </c>
       <c r="B112" t="s">
         <v>28</v>
       </c>
       <c r="C112">
-        <v>7.584</v>
+        <v>3.876</v>
       </c>
       <c r="D112" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>29</v>
       </c>
       <c r="B113" t="s">
         <v>30</v>
       </c>
       <c r="C113">
-        <v>7.74</v>
+        <v>3.96</v>
       </c>
       <c r="D113" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>31</v>
       </c>
       <c r="B114" t="s">
         <v>32</v>
       </c>
       <c r="C114">
-        <v>7.98</v>
+        <v>4.08</v>
       </c>
       <c r="D114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>33</v>
       </c>
       <c r="B115" t="s">
         <v>34</v>
       </c>
       <c r="C115">
-        <v>8.76</v>
+        <v>4.476</v>
       </c>
       <c r="D115" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>35</v>
       </c>
       <c r="B116" t="s">
         <v>36</v>
       </c>
       <c r="C116">
-        <v>8.82</v>
+        <v>4.512</v>
       </c>
       <c r="D116" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>37</v>
       </c>
       <c r="B117" t="s">
         <v>38</v>
       </c>
       <c r="C117">
-        <v>8.82</v>
+        <v>4.512</v>
       </c>
       <c r="D117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>39</v>
       </c>
       <c r="B118" t="s">
         <v>40</v>
       </c>
       <c r="C118">
-        <v>8.88</v>
+        <v>4.536</v>
       </c>
       <c r="D118" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>41</v>
       </c>
       <c r="B119" t="s">
         <v>42</v>
       </c>
       <c r="C119">
-        <v>8.88</v>
+        <v>4.536</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>43</v>
       </c>
       <c r="B120" t="s">
         <v>44</v>
       </c>
       <c r="C120">
-        <v>8.88</v>
+        <v>4.536</v>
       </c>
       <c r="D120" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>45</v>
       </c>
       <c r="B121" t="s">
         <v>46</v>
       </c>
       <c r="C121">
-        <v>11.412</v>
+        <v>5.832</v>
       </c>
       <c r="D121" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>47</v>
       </c>
       <c r="B122" t="s">
         <v>48</v>
       </c>
       <c r="C122">
-        <v>11.424</v>
+        <v>5.844</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>49</v>
       </c>
       <c r="B123" t="s">
         <v>50</v>
       </c>
       <c r="C123">
-        <v>11.664</v>
+        <v>5.964</v>
       </c>
       <c r="D123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>51</v>
       </c>
       <c r="B124" t="s">
         <v>52</v>
       </c>
       <c r="C124">
-        <v>11.928</v>
+        <v>6.096</v>
       </c>
       <c r="D124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>53</v>
       </c>
       <c r="B125" t="s">
         <v>54</v>
       </c>
       <c r="C125">
-        <v>11.928</v>
+        <v>6.096</v>
       </c>
       <c r="D125" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>55</v>
       </c>
       <c r="B126" t="s">
         <v>56</v>
       </c>
       <c r="C126">
-        <v>12.228</v>
+        <v>6.252</v>
       </c>
       <c r="D126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>57</v>
       </c>
       <c r="B127" t="s">
         <v>58</v>
       </c>
       <c r="C127">
-        <v>12.396</v>
+        <v>6.336</v>
       </c>
       <c r="D127" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>59</v>
       </c>
       <c r="B128" t="s">
         <v>60</v>
       </c>
       <c r="C128">
-        <v>12.48</v>
+        <v>6.384</v>
       </c>
       <c r="D128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>61</v>
       </c>
       <c r="B129" t="s">
         <v>62</v>
       </c>
       <c r="C129">
-        <v>12.516</v>
+        <v>6.396</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>63</v>
       </c>
       <c r="B130" t="s">
         <v>64</v>
       </c>
       <c r="C130">
-        <v>12.516</v>
+        <v>6.396</v>
       </c>
       <c r="D130" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>65</v>
       </c>
       <c r="B131" t="s">
         <v>66</v>
       </c>
       <c r="C131">
-        <v>12.708</v>
+        <v>6.504</v>
       </c>
       <c r="D131" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>67</v>
       </c>
       <c r="B132" t="s">
         <v>68</v>
       </c>
       <c r="C132">
-        <v>12.984</v>
+        <v>6.636</v>
       </c>
       <c r="D132" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>69</v>
       </c>
       <c r="B133" t="s">
         <v>70</v>
       </c>
       <c r="C133">
-        <v>13.26</v>
+        <v>6.78</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>71</v>
       </c>
       <c r="B134" t="s">
         <v>72</v>
       </c>
       <c r="C134">
-        <v>13.632</v>
+        <v>6.972</v>
       </c>
       <c r="D134" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>73</v>
       </c>
       <c r="B135" t="s">
         <v>74</v>
       </c>
       <c r="C135">
-        <v>13.764</v>
+        <v>7.044</v>
       </c>
       <c r="D135" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>75</v>
       </c>
       <c r="B136" t="s">
         <v>76</v>
       </c>
       <c r="C136">
-        <v>13.764</v>
+        <v>7.044</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>77</v>
       </c>
       <c r="B137" t="s">
         <v>78</v>
       </c>
       <c r="C137">
-        <v>14.004</v>
+        <v>7.164</v>
       </c>
       <c r="D137" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>79</v>
       </c>
       <c r="B138" t="s">
         <v>80</v>
       </c>
       <c r="C138">
-        <v>14.832</v>
+        <v>7.584</v>
       </c>
       <c r="D138" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>81</v>
       </c>
       <c r="B139" t="s">
         <v>82</v>
       </c>
       <c r="C139">
-        <v>14.988</v>
+        <v>7.668</v>
       </c>
       <c r="D139" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>83</v>
       </c>
       <c r="B140" t="s">
         <v>84</v>
       </c>
       <c r="C140">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>85</v>
       </c>
       <c r="B141" t="s">
         <v>86</v>
       </c>
       <c r="C141">
-        <v>15.024</v>
+        <v>7.68</v>
       </c>
       <c r="D141" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>87</v>
       </c>
       <c r="B142" t="s">
         <v>88</v>
       </c>
       <c r="C142">
-        <v>15.024</v>
+        <v>7.68</v>
       </c>
       <c r="D142" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>89</v>
       </c>
       <c r="B143" t="s">
         <v>90</v>
       </c>
       <c r="C143">
-        <v>15.588</v>
+        <v>7.968</v>
       </c>
       <c r="D143" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>91</v>
       </c>
       <c r="B144" t="s">
         <v>92</v>
       </c>
       <c r="C144">
-        <v>15.588</v>
+        <v>7.968</v>
       </c>
       <c r="D144" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>93</v>
       </c>
       <c r="B145" t="s">
         <v>94</v>
       </c>
       <c r="C145">
-        <v>15.612</v>
+        <v>7.98</v>
       </c>
       <c r="D145" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>95</v>
       </c>
       <c r="B146" t="s">
         <v>96</v>
       </c>
       <c r="C146">
-        <v>16.044</v>
+        <v>8.208</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>79</v>
       </c>
       <c r="B147" t="s">
         <v>97</v>
       </c>
       <c r="C147">
-        <v>17.172</v>
+        <v>8.772</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>98</v>
       </c>
       <c r="B148" t="s">
         <v>99</v>
       </c>
       <c r="C148">
-        <v>17.52</v>
+        <v>8.964</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>100</v>
       </c>
       <c r="B149" t="s">
         <v>101</v>
       </c>
       <c r="C149">
-        <v>18.444</v>
+        <v>9.432</v>
       </c>
       <c r="D149" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>102</v>
       </c>
       <c r="B150" t="s">
         <v>103</v>
       </c>
       <c r="C150">
-        <v>18.444</v>
+        <v>9.432</v>
       </c>
       <c r="D150" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>104</v>
       </c>
       <c r="B151" t="s">
         <v>105</v>
       </c>
       <c r="C151">
-        <v>18.744</v>
+        <v>9.588</v>
       </c>
       <c r="D151" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>106</v>
       </c>
       <c r="B152" t="s">
         <v>107</v>
       </c>
       <c r="C152">
-        <v>19.26</v>
+        <v>9.852</v>
       </c>
       <c r="D152" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>108</v>
       </c>
       <c r="B153" t="s">
         <v>109</v>
       </c>
       <c r="C153">
-        <v>19.512</v>
+        <v>9.972</v>
       </c>
       <c r="D153" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>110</v>
       </c>
       <c r="B154" t="s">
         <v>111</v>
       </c>
       <c r="C154">
-        <v>20.832</v>
+        <v>10.644</v>
       </c>
       <c r="D154" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>112</v>
       </c>
       <c r="B155" t="s">
         <v>113</v>
       </c>
       <c r="C155">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D155" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>114</v>
       </c>
       <c r="B156" t="s">
         <v>115</v>
       </c>
       <c r="C156">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D156" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>116</v>
       </c>
       <c r="B157" t="s">
         <v>117</v>
       </c>
       <c r="C157">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>118</v>
       </c>
       <c r="B158" t="s">
         <v>119</v>
       </c>
       <c r="C158">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>120</v>
       </c>
       <c r="B159" t="s">
         <v>121</v>
       </c>
       <c r="C159">
-        <v>20.844</v>
+        <v>10.656</v>
       </c>
       <c r="D159" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>122</v>
       </c>
       <c r="B160" t="s">
         <v>123</v>
       </c>
       <c r="C160">
-        <v>20.844</v>
+        <v>10.656</v>
       </c>
       <c r="D160" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>124</v>
       </c>
       <c r="B161" t="s">
         <v>125</v>
       </c>
       <c r="C161">
-        <v>24.192</v>
+        <v>12.372</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>126</v>
       </c>
       <c r="B162" t="s">
         <v>127</v>
       </c>
       <c r="C162">
-        <v>24.516</v>
+        <v>12.54</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>128</v>
       </c>
       <c r="B163" t="s">
         <v>129</v>
       </c>
       <c r="C163">
-        <v>26.052</v>
+        <v>13.32</v>
       </c>
       <c r="D163" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>130</v>
       </c>
       <c r="B164" t="s">
         <v>131</v>
       </c>
       <c r="C164">
-        <v>26.424</v>
+        <v>13.512</v>
       </c>
       <c r="D164" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>132</v>
       </c>
       <c r="B165" t="s">
         <v>133</v>
       </c>
       <c r="C165">
-        <v>27.348</v>
+        <v>13.98</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>134</v>
       </c>
       <c r="B166" t="s">
         <v>135</v>
       </c>
       <c r="C166">
-        <v>27.9</v>
+        <v>14.268</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>136</v>
       </c>
       <c r="B167" t="s">
         <v>137</v>
       </c>
       <c r="C167">
-        <v>28.86</v>
+        <v>14.76</v>
       </c>
       <c r="D167" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>138</v>
       </c>
       <c r="B168" t="s">
         <v>139</v>
       </c>
       <c r="C168">
-        <v>29.136</v>
+        <v>14.904</v>
       </c>
       <c r="D168" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>140</v>
       </c>
       <c r="B169" t="s">
         <v>141</v>
       </c>
       <c r="C169">
-        <v>29.136</v>
+        <v>14.904</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>142</v>
       </c>
       <c r="B170" t="s">
         <v>143</v>
       </c>
       <c r="C170">
-        <v>29.412</v>
+        <v>15.036</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>144</v>
       </c>
       <c r="B171" t="s">
         <v>145</v>
       </c>
       <c r="C171">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
         <v>146</v>
       </c>
       <c r="B172" t="s">
         <v>147</v>
       </c>
       <c r="C172">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
         <v>148</v>
       </c>
       <c r="B173" t="s">
         <v>149</v>
       </c>
       <c r="C173">
-        <v>31.032</v>
+        <v>15.864</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
         <v>150</v>
       </c>
       <c r="B174" t="s">
         <v>151</v>
       </c>
       <c r="C174">
-        <v>31.26</v>
+        <v>15.984</v>
       </c>
       <c r="D174" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>152</v>
       </c>
       <c r="B175" t="s">
         <v>153</v>
       </c>
       <c r="C175">
-        <v>31.26</v>
+        <v>15.984</v>
       </c>
       <c r="D175" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>154</v>
       </c>
       <c r="B176" t="s">
         <v>155</v>
       </c>
       <c r="C176">
-        <v>31.32</v>
+        <v>16.02</v>
       </c>
       <c r="D176" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
         <v>156</v>
       </c>
       <c r="B177" t="s">
         <v>157</v>
       </c>
       <c r="C177">
-        <v>31.368</v>
+        <v>16.044</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
         <v>158</v>
       </c>
       <c r="B178" t="s">
         <v>159</v>
       </c>
       <c r="C178">
-        <v>31.656</v>
+        <v>16.188</v>
       </c>
       <c r="D178" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
         <v>160</v>
       </c>
       <c r="B179" t="s">
         <v>161</v>
       </c>
       <c r="C179">
-        <v>36.18</v>
+        <v>18.492</v>
       </c>
       <c r="D179" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
         <v>162</v>
       </c>
       <c r="B180" t="s">
         <v>163</v>
       </c>
       <c r="C180">
-        <v>38.28</v>
+        <v>19.572</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>164</v>
       </c>
       <c r="B181" t="s">
         <v>165</v>
       </c>
       <c r="C181">
-        <v>40.056</v>
+        <v>20.484</v>
       </c>
       <c r="D181" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>166</v>
       </c>
       <c r="B182" t="s">
         <v>167</v>
       </c>
       <c r="C182">
-        <v>40.956</v>
+        <v>20.94</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>168</v>
       </c>
       <c r="B183" t="s">
         <v>169</v>
       </c>
       <c r="C183">
-        <v>53.592</v>
+        <v>27.396</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
         <v>170</v>
       </c>
       <c r="B184" t="s">
         <v>171</v>
       </c>
       <c r="C184">
-        <v>57.468</v>
+        <v>29.388</v>
       </c>
       <c r="D184" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>172</v>
       </c>
       <c r="B185" t="s">
         <v>173</v>
       </c>
       <c r="C185">
-        <v>58.176</v>
+        <v>29.748</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
         <v>176</v>
       </c>
       <c r="B186" t="s">
         <v>177</v>
       </c>
       <c r="C186">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D186" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>180</v>
       </c>
       <c r="B187" t="s">
         <v>181</v>
       </c>
       <c r="C187">
-        <v>82.584</v>
+        <v>42.228</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
         <v>182</v>
       </c>
       <c r="B188" t="s">
         <v>183</v>
       </c>
       <c r="C188">
-        <v>82.8</v>
+        <v>42.336</v>
       </c>
       <c r="D188" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>184</v>
       </c>
       <c r="B189" t="s">
         <v>185</v>
       </c>
       <c r="C189">
-        <v>83.436</v>
+        <v>42.66</v>
       </c>
       <c r="D189" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>186</v>
       </c>
       <c r="B190" t="s">
         <v>187</v>
       </c>
       <c r="C190">
-        <v>83.436</v>
+        <v>42.66</v>
       </c>
       <c r="D190" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>188</v>
       </c>
       <c r="B191" t="s">
         <v>189</v>
       </c>
       <c r="C191">
-        <v>85.116</v>
+        <v>43.524</v>
       </c>
       <c r="D191" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>190</v>
       </c>
       <c r="B192" t="s">
         <v>191</v>
       </c>
       <c r="C192">
-        <v>86.004</v>
+        <v>43.968</v>
       </c>
       <c r="D192" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>192</v>
       </c>
       <c r="B193" t="s">
         <v>193</v>
       </c>
       <c r="C193">
-        <v>87.156</v>
+        <v>44.568</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>194</v>
       </c>
       <c r="B194" t="s">
         <v>195</v>
       </c>
       <c r="C194">
-        <v>92.712</v>
+        <v>47.4</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B195" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C195">
-        <v>110.916</v>
+        <v>56.712</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>206</v>
       </c>
       <c r="B196" t="s">
         <v>207</v>
       </c>
       <c r="C196">
-        <v>148.608</v>
+        <v>75.984</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>208</v>
       </c>
       <c r="B197" t="s">
         <v>209</v>
       </c>
       <c r="C197">
-        <v>190.524</v>
+        <v>97.416</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>210</v>
       </c>
       <c r="B198" t="s">
         <v>211</v>
       </c>
       <c r="C198">
-        <v>202.572</v>
+        <v>103.572</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>212</v>
       </c>
       <c r="B199" t="s">
         <v>213</v>
       </c>
       <c r="C199">
-        <v>216.276</v>
+        <v>110.58</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>214</v>
       </c>
       <c r="B200" t="s">
         <v>215</v>
       </c>
       <c r="C200">
-        <v>218.556</v>
+        <v>111.744</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>216</v>
       </c>
       <c r="B201" t="s">
         <v>217</v>
       </c>
       <c r="C201">
-        <v>247.896</v>
+        <v>126.756</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>162</v>
       </c>
       <c r="B202" t="s">
         <v>163</v>
       </c>
       <c r="C202">
-        <v>38.28</v>
+        <v>19.572</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>170</v>
       </c>
       <c r="B203" t="s">
         <v>171</v>
       </c>
       <c r="C203">
-        <v>57.468</v>
+        <v>29.388</v>
       </c>
       <c r="D203" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>182</v>
       </c>
       <c r="B204" t="s">
         <v>183</v>
       </c>
       <c r="C204">
-        <v>82.8</v>
+        <v>42.336</v>
       </c>
       <c r="D204" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>192</v>
       </c>
       <c r="B205" t="s">
         <v>193</v>
       </c>
       <c r="C205">
-        <v>87.156</v>
+        <v>44.568</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>194</v>
       </c>
       <c r="B206" t="s">
         <v>195</v>
       </c>
       <c r="C206">
-        <v>92.712</v>
+        <v>47.4</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>218</v>
       </c>
       <c r="B207" t="s">
         <v>219</v>
       </c>
       <c r="C207">
-        <v>252.924</v>
+        <v>129.324</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>220</v>
       </c>
       <c r="B208" t="s">
         <v>221</v>
       </c>
       <c r="C208">
-        <v>360.588</v>
+        <v>184.368</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D209"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>