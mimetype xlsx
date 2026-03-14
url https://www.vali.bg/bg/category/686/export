--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -1206,51 +1206,51 @@
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>3.684</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>3.876</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>3.96</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>4.08</v>
@@ -1318,51 +1318,51 @@
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>4.536</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>4.536</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>5.832</v>
       </c>
       <c r="D21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>5.844</v>
@@ -1416,51 +1416,51 @@
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>6.252</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>6.336</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>6.384</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>6.396</v>
@@ -2326,51 +2326,51 @@
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
         <v>42.66</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
         <v>42.66</v>
       </c>
       <c r="D92" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
         <v>43.524</v>
       </c>
       <c r="D93" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
         <v>43.968</v>
@@ -2606,51 +2606,51 @@
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>25</v>
       </c>
       <c r="B111" t="s">
         <v>26</v>
       </c>
       <c r="C111">
         <v>3.684</v>
       </c>
       <c r="D111" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>27</v>
       </c>
       <c r="B112" t="s">
         <v>28</v>
       </c>
       <c r="C112">
         <v>3.876</v>
       </c>
       <c r="D112" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>29</v>
       </c>
       <c r="B113" t="s">
         <v>30</v>
       </c>
       <c r="C113">
         <v>3.96</v>
       </c>
       <c r="D113" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>31</v>
       </c>
       <c r="B114" t="s">
         <v>32</v>
       </c>
       <c r="C114">
         <v>4.08</v>
@@ -2718,51 +2718,51 @@
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>41</v>
       </c>
       <c r="B119" t="s">
         <v>42</v>
       </c>
       <c r="C119">
         <v>4.536</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>43</v>
       </c>
       <c r="B120" t="s">
         <v>44</v>
       </c>
       <c r="C120">
         <v>4.536</v>
       </c>
       <c r="D120" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>45</v>
       </c>
       <c r="B121" t="s">
         <v>46</v>
       </c>
       <c r="C121">
         <v>5.832</v>
       </c>
       <c r="D121" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>47</v>
       </c>
       <c r="B122" t="s">
         <v>48</v>
       </c>
       <c r="C122">
         <v>5.844</v>
@@ -2816,51 +2816,51 @@
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>55</v>
       </c>
       <c r="B126" t="s">
         <v>56</v>
       </c>
       <c r="C126">
         <v>6.252</v>
       </c>
       <c r="D126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>57</v>
       </c>
       <c r="B127" t="s">
         <v>58</v>
       </c>
       <c r="C127">
         <v>6.336</v>
       </c>
       <c r="D127" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>59</v>
       </c>
       <c r="B128" t="s">
         <v>60</v>
       </c>
       <c r="C128">
         <v>6.384</v>
       </c>
       <c r="D128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>61</v>
       </c>
       <c r="B129" t="s">
         <v>62</v>
       </c>
       <c r="C129">
         <v>6.396</v>
@@ -3698,51 +3698,51 @@
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>184</v>
       </c>
       <c r="B189" t="s">
         <v>185</v>
       </c>
       <c r="C189">
         <v>42.66</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>186</v>
       </c>
       <c r="B190" t="s">
         <v>187</v>
       </c>
       <c r="C190">
         <v>42.66</v>
       </c>
       <c r="D190" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>188</v>
       </c>
       <c r="B191" t="s">
         <v>189</v>
       </c>
       <c r="C191">
         <v>43.524</v>
       </c>
       <c r="D191" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>190</v>
       </c>
       <c r="B192" t="s">
         <v>191</v>
       </c>
       <c r="C192">
         <v>43.968</v>