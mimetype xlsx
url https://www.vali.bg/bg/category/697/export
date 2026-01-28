--- v0 (2025-10-29)
+++ v1 (2026-01-28)
@@ -7,345 +7,333 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$46</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$44</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>Стойка за монитор ACT AC8210, За бюро, с чекмедже,до 10 кг, Черна</t>
-[...2 lines deleted...]
-    <t>EWENT-ACT-MON-AC8210</t>
+    <t>Стойка за монитор за бюро HAMA, Регулируема, 13" - 32", 10 кг, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-118489</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ENDORFY - Atlas Single 13"-27" - Черна</t>
+  </si>
+  <si>
+    <t>END-MOUNT-EY8F001</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Стойка за монитор ACT AC8215, За бюро, с 2 чекмеджета, До 10 кг, Черна</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8215</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ARCTIC Z1 Basic, Регулируема, 13"-43", 15 кг, Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00039A</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ENDORFY - Atlas Single 13"-27" - Onyx White</t>
+  </si>
+  <si>
+    <t>END-MOUNT-EY8F002</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ACT AC8301, Регулируема, 10" - 32", 8 кг, Черен</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8301</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро HAMA Регулируема, 13" - 32", 10 кг, Swivel/Tilt, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-118490</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ARCTIC X1, Регулируема, 13"-49", 15 кг, Черна</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00061A</t>
+  </si>
+  <si>
+    <t>Стойка за 2 мониторa ACT AC8302, за бюро, Регулируема, 32", 2x8 кг, Черна</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8302</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ARCTIC Z1 (Gen 3), Регулируема, до 49", 15 кг, hub USB 2.0, Черна</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00052A</t>
+  </si>
+  <si>
+    <t>Стойка за монитор ARCTIC Z2 Basic, За бюро, 13" - 27"</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00040A</t>
+  </si>
+  <si>
+    <t>Стойка за 2 монитора за бюро HAMA Регулируема, 13" - 32", 8 кг, Swivel/Tilt, Черна</t>
+  </si>
+  <si>
+    <t>HAMA-118491</t>
+  </si>
+  <si>
+    <t>Стойка за 2 монитора за бюро ARCTIC Z2 (ген.3), Регулируема, 34", 15 кг, 4 x USB 2.0, Черна</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00053A</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ARCTIC X1-3D, Регулируема, 13"-43", 10 кг, Черна</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00062A</t>
+  </si>
+  <si>
+    <t>Стойка за монитор ARCTIC W1-3D, За стена, 13" - 38"</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00032A</t>
+  </si>
+  <si>
+    <t>Стойка за 2 монитора за бюро HAMA Регулируема, 13" - 35", 15 кг, Swivel/Tilt, Черна</t>
+  </si>
+  <si>
+    <t>HAMA-118494</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро HAMA, Регулируема, 13"-35", 118496</t>
+  </si>
+  <si>
+    <t>HAMA-118496</t>
+  </si>
+  <si>
+    <t>Стойка за 2 монитора за бюро ARCTIC Z2 Pro Gen 3, Регулируема, до 34"/29", 15 кг, 4 x USB3.0, Черна</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00050A</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ACT AC8312, За два монитора, Регулируема, 13" - 32"</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8312</t>
+  </si>
+  <si>
+    <t>Стойка за монитор HAMA, 3 монитора, 13" - 27", 118495</t>
+  </si>
+  <si>
+    <t>HAMA-118495</t>
+  </si>
+  <si>
+    <t>Стойка за 3 мониторa ACT AC8303, За бюро, Регулируема, 27", 21 кг, Черна</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8303</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Стойка за монитор за бюро HAMA, Регулируема, 13" - 32", 10 кг, Черен</t>
-[...151 lines deleted...]
-  <si>
     <t>Стойка за монитор за бюро HAMA, Регулируема, Амортисьор, 13" - 35", 15 кг, Черна</t>
   </si>
   <si>
     <t>HAMA-118497</t>
   </si>
   <si>
     <t>Стойка за монитор Next Level Racing Lite до 55"</t>
   </si>
   <si>
     <t>NEXT-NLR-A020</t>
   </si>
   <si>
+    <t>Удължително рамо стойка Next Level Racing Elite Freestanding Overhead Carbon Grey</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E007</t>
+  </si>
+  <si>
     <t>Стойка за монитор Next Level Racing F-GT Pro Direct Monitor Mount</t>
   </si>
   <si>
     <t>NEXT-NLR-R004</t>
   </si>
   <si>
     <t>Стойка за 2 монитора за бюро HAMA, Регулируема, Амортисьор, 13" - 32", 12 кг, Черна</t>
   </si>
   <si>
     <t>HAMA-118498</t>
   </si>
   <si>
+    <t>Стойка за монитор Next Level Racing Cockpit Racing Simulator F-GT</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-A006</t>
+  </si>
+  <si>
     <t>Стойка за стена Peerless SF650P за интерактивен дисплей RICOH A6510</t>
   </si>
   <si>
     <t>RICOH-ST-95877SCM</t>
   </si>
   <si>
     <t>Стойка за монитор BENQ Ergo Arm BSH01 - Черен</t>
   </si>
   <si>
     <t>BENQ-MOUNT-BSH01</t>
   </si>
   <si>
     <t>Стойка за монитор BENQ Ergo Arm BSH02 - Бяла</t>
   </si>
   <si>
     <t>BENQ-MOUNT-BSH02</t>
   </si>
   <si>
     <t>Стойка за стена Peerless SF660P, За интерактивен дисплей RICOH A7510,75"</t>
   </si>
   <si>
     <t>RICOH-ST-SF660P</t>
   </si>
   <si>
     <t>Стойка за монитор за стрийминг, 4 рамена, HAMA-04663</t>
   </si>
   <si>
     <t>HAMA-04663</t>
   </si>
   <si>
-    <t>Стойка за монитор Next Level Racing Cockpit Racing Simulator F-GT</t>
-[...4 lines deleted...]
-  <si>
     <t>Мобилна стойка за монитор Next Level Racing</t>
   </si>
   <si>
     <t>NEXT-NLR-A011</t>
   </si>
   <si>
+    <t>Удължително рамо за монитор Next Level Racing Elite Freestanding Triple Monitor Carbon Grey</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E006</t>
+  </si>
+  <si>
+    <t>Стойка за монитор Next Level Racing Round Tube Freestanding Single Monitor Stand</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-R010</t>
+  </si>
+  <si>
     <t>Стойка за монитор ASUS ROG ERGO AAS01</t>
   </si>
   <si>
     <t>ASUS-ROG-ARM-AAS01</t>
   </si>
   <si>
-    <t>Удължително рамо за монитор Next Level Racing Elite Freestanding Triple Monitor Carbon Grey</t>
-[...8 lines deleted...]
-    <t>NEXT-NLR-E007</t>
+    <t>Мобилна стойка за три монитора Next Level Racing Round Tube</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-R011</t>
   </si>
   <si>
     <t>Стойка за стена Ricoh SF680P, 60"-98",158 кг, Черна</t>
   </si>
   <si>
     <t>RICOH-ST-SF680P</t>
   </si>
   <si>
     <t>Мобилна стойка за три монитора Next Level Racing</t>
   </si>
   <si>
     <t>NEXT-NLR-A010</t>
   </si>
   <si>
     <t>Стойка за монитор Next Level Racing Elite Freestanding Single Monitor Stand Carbon Grey</t>
   </si>
   <si>
     <t>NEXT-NLR-E005</t>
   </si>
   <si>
+    <t>Стойка за монитор Next Level Racing Elite Freestanding Quad Monitor Stand Carbon Grey</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E008</t>
+  </si>
+  <si>
     <t>Стойка за интерактивен  дисплей Ricoh VFM-F26, Мобилна, 60" - 100", Черна</t>
   </si>
   <si>
     <t>RICOH-ST-9P39929</t>
-  </si>
-[...4 lines deleted...]
-    <t>NEXT-NLR-E008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -649,696 +637,668 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>39.12</v>
+        <v>22.236</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>43.488</v>
+        <v>23.004</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>45.0</v>
+        <v>23.076</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>45.132</v>
+        <v>24.996</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>51.9</v>
+        <v>26.532</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>56.04</v>
+        <v>28.656</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>56.136</v>
+        <v>28.992</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>58.8</v>
+        <v>34.248</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>66.984</v>
+        <v>35.508</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>69.0</v>
+        <v>36.0</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>75.696</v>
+        <v>38.784</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>75.72</v>
+        <v>42.864</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>78.228</v>
+        <v>48.996</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>83.844</v>
+        <v>57.204</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>85.368</v>
+        <v>57.528</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>96.624</v>
+        <v>62.808</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>111.876</v>
+        <v>65.94</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>112.512</v>
+        <v>66.0</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>113.436</v>
+        <v>74.244</v>
       </c>
       <c r="D21" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22">
+        <v>75.0</v>
+      </c>
+      <c r="D22" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>129.084</v>
+        <v>81.888</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>144.9</v>
+        <v>99.0</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>146.688</v>
+        <v>99.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>152.964</v>
+        <v>99.0</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>160.428</v>
+        <v>103.92</v>
       </c>
       <c r="D27" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>198.996</v>
+        <v>129.0</v>
       </c>
       <c r="D28" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>198.996</v>
+        <v>132.0</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>203.076</v>
+        <v>142.656</v>
       </c>
       <c r="D30" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>250.008</v>
+        <v>142.656</v>
       </c>
       <c r="D31" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>279.0</v>
+        <v>150.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>279.0</v>
+        <v>152.868</v>
       </c>
       <c r="D33" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>288.996</v>
+        <v>198.996</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>298.992</v>
+        <v>198.996</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>298.992</v>
+        <v>198.996</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>399.0</v>
+        <v>229.572</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>449.004</v>
+        <v>298.992</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>459.0</v>
+        <v>300.0</v>
       </c>
       <c r="D39" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>459.0</v>
+        <v>399.0</v>
       </c>
       <c r="D40" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>588.0</v>
+        <v>399.0</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>798.996</v>
+        <v>598.992</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>898.992</v>
+        <v>696.0</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
-[...27 lines deleted...]
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D46"/>
+  <autoFilter ref="A1:D44"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>