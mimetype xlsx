--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -7,237 +7,255 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$44</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$47</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Стойка за монитор за бюро HAMA, Регулируема, 13" - 32", 10 кг, Черен</t>
   </si>
   <si>
     <t>HAMA-118489</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Стойка за монитор ACT AC8215, За бюро, с 2 чекмеджета, До 10 кг, Черна</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8215</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ARCTIC Z1 Basic, Регулируема, 13"-43", 15 кг, Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00039A</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ENDORFY - Atlas Single 13"-27" - Черна</t>
+  </si>
+  <si>
+    <t>END-MOUNT-EY8F001</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ENDORFY - Atlas Single 13"-27" - Onyx White</t>
+  </si>
+  <si>
+    <t>END-MOUNT-EY8F002</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ACT AC8301, Регулируема, 10" - 32", 8 кг, Черен</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8301</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро HAMA Регулируема, 13" - 32", 10 кг, Swivel/Tilt, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-118490</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ARCTIC X1, Регулируема, 13"-49", 15 кг, Черна</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00061A</t>
+  </si>
+  <si>
+    <t>Стойка за 2 мониторa ACT AC8302, за бюро, Регулируема, 32", 2x8 кг, Черна</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8302</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Стойка за монитор ARCTIC Z2 Basic, За бюро, 13" - 27"</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00040A</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ARCTIC Z1 (Gen 3), Регулируема, до 49", 15 кг, hub USB 2.0, Черна</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00052A</t>
+  </si>
+  <si>
+    <t>Стойка за 2 монитора за бюро HAMA Регулируема, 13" - 32", 8 кг, Swivel/Tilt, Черна</t>
+  </si>
+  <si>
+    <t>HAMA-118491</t>
+  </si>
+  <si>
+    <t>ACT Стойка за 1 бр монитор до 32" с регулиране на височината</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8321</t>
+  </si>
+  <si>
+    <t>Стойка за монитор за бюро ARCTIC X1-3D, Регулируема, 13"-43", 10 кг, Черна</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00062A</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Стойка за монитор за бюро ENDORFY - Atlas Single 13"-27" - Черна</t>
-[...80 lines deleted...]
-    <t>ARCTIC-MOUNT-AEMNT00062A</t>
+    <t>ACT Стойка за монитор макс. 40" с едно рамо, пружинен механизъм, до 12кг</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8327</t>
+  </si>
+  <si>
+    <t>Стойка за 2 монитора за бюро HAMA Регулируема, 13" - 35", 15 кг, Swivel/Tilt, Черна</t>
+  </si>
+  <si>
+    <t>HAMA-118494</t>
   </si>
   <si>
     <t>Стойка за монитор ARCTIC W1-3D, За стена, 13" - 38"</t>
   </si>
   <si>
     <t>ARCTIC-MOUNT-AEMNT00032A</t>
   </si>
   <si>
-    <t>Стойка за 2 монитора за бюро HAMA Регулируема, 13" - 35", 15 кг, Swivel/Tilt, Черна</t>
-[...4 lines deleted...]
-  <si>
     <t>Стойка за монитор за бюро HAMA, Регулируема, 13"-35", 118496</t>
   </si>
   <si>
     <t>HAMA-118496</t>
   </si>
   <si>
+    <t>Стойка за монитор за бюро ACT AC8312, За два монитора, Регулируема, 13" - 32"</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8312</t>
+  </si>
+  <si>
+    <t>Стойка за монитор HAMA, 3 монитора, 13" - 27", 118495</t>
+  </si>
+  <si>
+    <t>HAMA-118495</t>
+  </si>
+  <si>
+    <t>Стойка за 3 мониторa ACT AC8303, За бюро, Регулируема, 27", 21 кг, Черна</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8303</t>
+  </si>
+  <si>
+    <t>ACT Стойка за 2 бр мониторa 27" с регулиране на височината</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8322</t>
+  </si>
+  <si>
     <t>Стойка за 2 монитора за бюро ARCTIC Z2 Pro Gen 3, Регулируема, до 34"/29", 15 кг, 4 x USB3.0, Черна</t>
   </si>
   <si>
     <t>ARCTIC-MOUNT-AEMNT00050A</t>
   </si>
   <si>
-    <t>Стойка за монитор за бюро ACT AC8312, За два монитора, Регулируема, 13" - 32"</t>
-[...19 lines deleted...]
-  <si>
     <t>Стойка за монитор за бюро HAMA, Регулируема, Амортисьор, 13" - 35", 15 кг, Черна</t>
   </si>
   <si>
     <t>HAMA-118497</t>
   </si>
   <si>
     <t>Стойка за монитор Next Level Racing Lite до 55"</t>
   </si>
   <si>
     <t>NEXT-NLR-A020</t>
   </si>
   <si>
     <t>Удължително рамо стойка Next Level Racing Elite Freestanding Overhead Carbon Grey</t>
   </si>
   <si>
     <t>NEXT-NLR-E007</t>
   </si>
   <si>
     <t>Стойка за монитор Next Level Racing F-GT Pro Direct Monitor Mount</t>
   </si>
   <si>
     <t>NEXT-NLR-R004</t>
   </si>
   <si>
     <t>Стойка за 2 монитора за бюро HAMA, Регулируема, Амортисьор, 13" - 32", 12 кг, Черна</t>
   </si>
   <si>
     <t>HAMA-118498</t>
+  </si>
+  <si>
+    <t>ACT Стойка за монитор макс. 49" с едно рамо, пружинен механизъм, до 20кг</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8340</t>
   </si>
   <si>
     <t>Стойка за монитор Next Level Racing Cockpit Racing Simulator F-GT</t>
   </si>
   <si>
     <t>NEXT-NLR-A006</t>
   </si>
   <si>
     <t>Стойка за стена Peerless SF650P за интерактивен дисплей RICOH A6510</t>
   </si>
   <si>
     <t>RICOH-ST-95877SCM</t>
   </si>
   <si>
     <t>Стойка за монитор BENQ Ergo Arm BSH01 - Черен</t>
   </si>
   <si>
     <t>BENQ-MOUNT-BSH01</t>
   </si>
   <si>
     <t>Стойка за монитор BENQ Ergo Arm BSH02 - Бяла</t>
   </si>
   <si>
     <t>BENQ-MOUNT-BSH02</t>
   </si>
@@ -637,668 +655,710 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>22.236</v>
+        <v>22.356</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>23.004</v>
+        <v>23.076</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>23.076</v>
+        <v>24.996</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C5">
         <v>24.996</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>26.532</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>28.656</v>
+        <v>28.752</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>28.992</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>34.248</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>35.508</v>
+        <v>34.992</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>36.0</v>
+        <v>34.992</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>38.784</v>
+        <v>38.724</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>42.864</v>
+        <v>46.98</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>48.996</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>57.204</v>
+        <v>51.252</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>57.528</v>
+        <v>57.588</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>62.808</v>
+        <v>58.992</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>65.94</v>
+        <v>62.808</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
         <v>66.0</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
         <v>74.244</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
         <v>75.0</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>81.888</v>
+        <v>76.896</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>99.0</v>
+        <v>81.0</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>99.0</v>
+        <v>82.032</v>
       </c>
       <c r="D25" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
         <v>99.0</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>103.92</v>
+        <v>99.0</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>129.0</v>
+        <v>99.0</v>
       </c>
       <c r="D28" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>132.0</v>
+        <v>103.848</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>142.656</v>
+        <v>110.304</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>142.656</v>
+        <v>129.0</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>150.0</v>
+        <v>132.0</v>
       </c>
       <c r="D32" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>152.868</v>
+        <v>142.656</v>
       </c>
       <c r="D33" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>198.996</v>
+        <v>142.656</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>198.996</v>
+        <v>150.0</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>198.996</v>
+        <v>152.868</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>229.572</v>
+        <v>198.996</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>298.992</v>
+        <v>198.996</v>
       </c>
       <c r="D38" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>300.0</v>
+        <v>198.996</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>399.0</v>
+        <v>220.8</v>
       </c>
       <c r="D40" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>399.0</v>
+        <v>298.992</v>
       </c>
       <c r="D41" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>598.992</v>
+        <v>300.0</v>
       </c>
       <c r="D42" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
+        <v>399.0</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" t="s">
+        <v>93</v>
+      </c>
+      <c r="C44">
+        <v>399.0</v>
+      </c>
+      <c r="D44" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" t="s">
+        <v>95</v>
+      </c>
+      <c r="C45">
+        <v>598.992</v>
+      </c>
+      <c r="D45" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" t="s">
+        <v>97</v>
+      </c>
+      <c r="C46">
         <v>696.0</v>
       </c>
-      <c r="D43" t="s">
-        <v>9</v>
+      <c r="D46" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D44"/>
+  <autoFilter ref="A1:D47"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>