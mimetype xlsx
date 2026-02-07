--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Машина за лазерно гравиране Creality CR-Falcon A1 10w</t>
   </si>
   <si>
     <t>CREALITY-FALCON-A1-10W</t>
   </si>
   <si>
-    <t>не е в наличност</t>
+    <t>на път</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -393,76 +393,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>999.0</v>
+        <v>510.78</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D3"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>