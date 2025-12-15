--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -7,810 +7,732 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$217</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$127</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Transport case for AMD TRAY and MPK processors</t>
   </si>
   <si>
     <t>VALI-CPU-AMD-BOX</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>CPU Intel Celeron G5905, 3.5GHz, 4MB, 58W, LGA1200, TRAY</t>
   </si>
   <si>
     <t>INTEL-G5905-TRAY</t>
   </si>
   <si>
+    <t>CPU AMD Ryzen 3 4100, AM4 Socket, 4 Cores, 8 Threads, 3.8GHz(Up to 4.0GHz), 6MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R3-RYZ-4100-BOX</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5500 TRAY, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500-TR</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>CPU AMD Ryzen 3 4100, AM4 Socket, 4 Cores, 8 Threads, 3.8GHz(Up to 4.0GHz), 6MB Cache, 65W, BOX</t>
-[...10 lines deleted...]
-  <si>
     <t>CPU AMD Ryzen 5 5500 MPK, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5500-MPK</t>
   </si>
   <si>
+    <t>CPU AMD RYZEN 3 3200G, 4-Core, 3.6 GHz, 6MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R3-RYZEN-3200G</t>
+  </si>
+  <si>
     <t>CPU AMD Ryzen 5 4500, AM4 Socket, 6 Cores, 3.6GHz, 11MB Cache, 65W</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZ-4500-BOX</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>CPU Intel Celeron G6900, 3.4GHz, 4MB, 46W, LGA1700, TRAY</t>
   </si>
   <si>
     <t>INTEL-G6900-TRAY</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 3 3200G, 4-Core, 3.6 GHz, 6MB, 65W, AM4, BOX</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU AMD Ryzen 5 5500, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5500</t>
   </si>
   <si>
+    <t>CPU Intel Alder Lake Core i3-12100F, 4 Cores, 3.3GHz, 12MB, LGA1700, 58W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-12100F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W - MPK</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600MPK</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i3-13100F, 4 Cores, 3.4GHz, 12MB, LGA1700, 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-13100F-BOX</t>
+  </si>
+  <si>
     <t>CPU Intel Rocket Lake Core i5-11400F, 6 Cores, 2.60Ghz (Up to 4.40Ghz), 12MB, 65W, LGA1200, TRAY</t>
   </si>
   <si>
     <t>INTEL-I5-11400F-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i3-12100F, 4 Cores, 3.3GHz, 12MB, LGA1700, 58W, BOX</t>
-[...2 lines deleted...]
-    <t>INTEL-I3-12100F-BOX</t>
+    <t>CPU Intel Pentium G7400 TRAY - 2 Cores, 3.70 Ghz, 6MB</t>
+  </si>
+  <si>
+    <t>INTEL-G7400-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Comet Lake-S Core I5-10400F, 6 cores, 2.9Ghz, 12MB, 65W, LGA1200, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-10400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 3 4300G, 4 Cores, 8 Threads, 3.8GHz, 6MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM3-AM4-R3-4300G-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600XT TRAY, 6-Core, 3.7 GHz, 35MB, 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600XT-T</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600X MPK, 6-Core 3.7 GHz (4.6 GHz Turbo), 35MB, 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600XMPK</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700 TRAY 8-Cores, 3.7GHz(Up to 4.6GHz), AM4, 16MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-TRAY</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake i3-14100F, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W, BOX</t>
   </si>
   <si>
     <t>INTEL-I3-14100F-BOX</t>
   </si>
   <si>
-    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W - MPK</t>
-[...44 lines deleted...]
-    <t>AMD-AM4-R5-RYZEN-5600XMPK</t>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W, Tray</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600-T</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700 AM4, 8-Cores, 3.7GHz(Up to 4.6GHz), 16MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600X Tray 6-Core 3.7 GHz (4.6 GHz Turbo) 35MB/65W/AM4/Tray</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600X-T</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5500GT, 6-Core, 3.6GHz(Up to 4.4GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500GT</t>
+  </si>
+  <si>
+    <t>Processor Intel Alder Lake Core i5-12400F, 6 Cores, 12 Threads (2.50 GHz Up to 4.40 GHz, 18MB, LGA1700), 65W, Tray</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600T, 6-Core, 3.5 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600T</t>
+  </si>
+  <si>
+    <t>CPU Intel Comet Lake Core i3-10105, 4 Cores, 3.70 GHz, 6MB, 65W, LGA1200, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-10105-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8400F</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-8400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600G, 3.9GHz(Up to 4.4GHz), 65W, AM4, TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600G-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600GT, 3.6GHz(Up to 4.6GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600GT</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 MPK</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500F-MPK</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12400F, 6 Cores, 2.50 GHz, 18MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600XT, 6-Core, 3.7 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600XT</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 8700F TRAY, 8-Core 4.1GHz (Up to 5.0GHz) 24MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-8700F-TRAY</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i3-12100, 4 Cores, 3.3GHz, 12MB, LGA1700), 60W, BOX</t>
   </si>
   <si>
     <t>INTEL-I3-12100-BOX</t>
   </si>
   <si>
-    <t>on route</t>
-[...53 lines deleted...]
-    <t>AMD-AM5-R5-8400F-BOX</t>
+    <t>CPU AMD RYZEN 5 5600X, 6-Core, 3.7 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600X</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8500G TRAY, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8500G-TR</t>
   </si>
   <si>
     <t>CPU Intel Rocket Lake Core i5-11400, 6 Cores, 2.60Ghz (Up to 4.40Ghz), 12MB, 65W, LGA1200, TRAY</t>
   </si>
   <si>
     <t>INTEL-I5-11400-TRAY</t>
   </si>
   <si>
+    <t>CPU Intel Raptor Lake Core i3-13100, 4 Cores, 3.4GHz, 12MB, LGA1700, 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-13100-BOX</t>
+  </si>
+  <si>
     <t>CPU Intel Raptor Lake Core i5-14400F, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-14400F-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 MPK</t>
-[...26 lines deleted...]
-    <t>AMD-AM5-R7-8700F-TRAY</t>
+    <t>CPU AMD RYZEN 5 8500G, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8500G</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 5700G, 3.8GHz (Up to 4.6GHz) 20MB Cache, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5700G</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600 MPK</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600-MPK</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 5800X, 8-Core, 3.8 GHz, 36MB, 105W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R7-RYZEN-5800X</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 5700G, 3.8GHz (Up to 4.6GHz) 20MB Cache, 65W, AM4, BOX</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU Intel Comet Lake-S Core I5-10400, 6 cores, 2.9Ghz, 12MB, 65W, LGA1200, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-10400-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 8500G, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5, BOX</t>
-[...8 lines deleted...]
-    <t>INTEL-I3-13100-BOX</t>
+    <t>CPU Intel Alder Lake Core i5-12600KF, 10 Cores, 3.7GHz, 20MB, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12600KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-13400F, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600, 6-Core, 3.8 GHz, 32MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9500 TRAY, 6-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9500F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600 TRAY, 6-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600X TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700X, AM4 Socket, 8 Cores, 3.4GHz, 36MB Cache, 65W, Box</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700X-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8600G, 4.3GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8600G</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600X MPK, 6-Core, 3.9 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600X-MPK</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i5-12400, 6 Cores, 12 Threads (2.5GHz Up to 4.4Ghz, 18MB, LGA1700), 65W, Intel UHD Graphics 730, TRAY</t>
   </si>
   <si>
     <t>INTEL-I5-12400-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i5-12600KF, 10 Cores, 3.7GHz, 20MB, LGA1700, BOX</t>
-[...50 lines deleted...]
-    <t>AMD-AM5-R5-9600-TRAY</t>
+    <t>CPU Intel Raptor Lake i5-13600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, Tray, No Graphics</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13600KF-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 5 245KF, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-245KF-BOX</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i5-12600K, 10 Cores, 3.7GHz, 20MB, LGA1700, 125W, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-12600K-BOX</t>
   </si>
   <si>
+    <t>CPU Intel Raptor Lake i3-14100, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-14100-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600X, 6-Core, 4.7 GHz, 32MB, 105W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X-BOX</t>
+  </si>
+  <si>
     <t>CPU AMD RYZEN 7 5800XT 8-Core 3.8 GHz, 36MB, 105W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R7-RYZEN-5800XT</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 9600X MPK, 6-Core, 3.9 GHz, 32MB, 65W, AM5</t>
-[...2 lines deleted...]
-    <t>AMD-AM5-R5-9600X-MPK</t>
+    <t>CPU AMD RYZEN 7 7700 TRAY 8-Core 3.8 GHz (5.3 GHz Turbo) 32MB/65W/AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 8700F</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-8700F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600X, 6-Core, 3.9 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600X-BOX</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i5-12500, 6 Cores, 3.00 GHz, 18MB, LGA1700, 65W, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-12500-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i5-13600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, Tray, No Graphics</t>
-[...20 lines deleted...]
-    <t>AMD-AM5-R5-7600X-BOX</t>
+    <t>CPU Intel Alder Lake Core i7-12700KF, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700KF-BOX</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake i5-14600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-14600KF-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i7-12700KF, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W, BOX</t>
-[...2 lines deleted...]
-    <t>INTEL-I7-12700KF-BOX</t>
+    <t>CPU Intel Raptor Lake Core i5-13500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13500-TRAY</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake i5-14600K, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-14600K-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 7700 TRAY 8-Core 3.8 GHz (5.3 GHz Turbo) 32MB/65W/AM5</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU Intel Raptor Lake i5-13600K TRAY, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-13600K-TRAY</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 8700F</t>
-[...20 lines deleted...]
-    <t>INTEL-I5-14500-BOX</t>
+    <t>CPU AMD RYZEN 7 8700G, 8-Core 4.2GHz (Up to 5.1GHz) 24MB Cache, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-RYZEN-8700G</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 9700X TRAY, 8-Core, 3.8 GHz, 32MB, 65W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R7-9700X-TRAY</t>
   </si>
   <si>
+    <t>CPU Intel Core Ultra 5 235 14-Core (6P+8E) 3.4 GHz, 26MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-235-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-14400, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14400-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700K, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700K-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7500X3D 6-Core, 4.5 GHz, 96MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500X3D-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700F, 12 Cores, 3.60 GHz, 25MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700F-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i7-13700F, 8P+8E, Cores 2.10,30MB, 65W, LGA1700, BOX, No Graphics</t>
+  </si>
+  <si>
+    <t>INTEL-I7-13700F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7700X, 8-Core, 4.5 GHz, 32MB, 105W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700X-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7800X3D 8-Core 4.2 GHz, AM5, TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7800X3D-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 5 245K, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-245K-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-14500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14500-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700, 12 Cores, 3.60 GHz, 25MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700-BOX</t>
+  </si>
+  <si>
     <t>CPU AMD RYZEN 9 5950X, 16-Core, 3.4 GHz, 72MB, 105W, AM4, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R9-RYZEN-5950X</t>
   </si>
   <si>
-    <t>CPU Intel Core Ultra 5 235 14-Core (6P+8E) 3.4 GHz, 26MB, LGA1851, BOX</t>
-[...26 lines deleted...]
-    <t>INTEL-I5-14400-BOX</t>
+    <t>CPU Intel Raptor Lake i5-14600K TRAY, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600K-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600 TRAY, 14 Cores, 2.7 GHz, 24MB, 65W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600X3D TRAY, 6-Core, 4.1 GHz, 96MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X3D-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 7 265KF, 20 Cores 3.3 GHz, 30MB, 125W, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-7-265KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 PRO 9645 MPK, 6-Core 3.9 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9645-PRO</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 9 5900XT 16-Core, 3.3 GHz, 72MB, 105W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R9-RYZEN-5900XT</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 7700 8-Core 3.8 GHz, 32MB/65W/AM5/BOX</t>
   </si>
   <si>
     <t>AMD-AM5-R7-7700-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i7-12700F, 12 Cores, 3.60 GHz, 25MB, LGA1700, 65W, BOX</t>
-[...44 lines deleted...]
-    <t>AMD-AM5-R5-7600X3D-TRAY</t>
+    <t>CPU AMD RYZEN 7 9700X, 8-Core, 3.8 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9700X-BOX</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i9-12900KF, 16 Cores, 3.20 GHz, 30MB, LGA1700, 125W, BOX</t>
   </si>
   <si>
     <t>INTEL-I9-12900KF-BOX</t>
   </si>
   <si>
+    <t>CPU Intel Raptor Lake i7-13700, 8P+8E Cores, 2.10 GHz, 30MB, 65W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-13700-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i7-14700F, 20 Cores 2.1 GHz, 33MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-14700F-BOX</t>
+  </si>
+  <si>
     <t>CPU AMD RYZEN 9 7900, 12-Core, 3.7 GHz, 64MB, 65W, AM5, BOX</t>
   </si>
   <si>
     <t>AMD-AM5-R9-7900-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Core Ultra 5 245KF, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
-[...22 lines deleted...]
-  <si>
     <t>CPU Intel Core Ultra 7 265K, 20 Cores 3.3 GHz, 36MB, 125W, LGA1851, BOX</t>
   </si>
   <si>
     <t>INTEL-ULTRA-7-265K-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 9700X, 8-Core, 3.8 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU Intel Core Ultra 7 265F, 20 Cores 2.4 GHz, 30MB, 65W, LGA1851, BOX</t>
   </si>
   <si>
     <t>INTEL-ULTRA-7-265F</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i7-14700, 20 Cores 2.1 GHz, 33MB, 125W, LGA1700, BOX</t>
-[...22 lines deleted...]
-  <si>
     <t>CPU Intel Raptor Lake i7-13700KF TRAY , 16 Cores, 3.5 GHz, 125W, LGA1700</t>
   </si>
   <si>
     <t>INTEL-I7-13700KF-NC-TR</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i9-12900K, 16 Cores, 3.20 GHz, 30MB, LGA1700, 125W, BOX</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU Intel Raptor Lake i9-13900F TRAY, 24 Cores, 4.2 GHz, 36MB, 125W, LGA1700, No Graphics</t>
   </si>
   <si>
     <t>INTEL-I9-13900F-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i7-14700K, 20 Cores 3.4 GHz, 33MB, 125W, LGA1700, BOX</t>
-[...74 lines deleted...]
-    <t>INTEL-I9-14900F-BOX</t>
+    <t>CPU AMD Ryzen 7 PRO 9745 MPK, 8-Core 3.8 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9745-PRO</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 9 9900X3D, 12-Core, 4.4 GHz, 128MB, 120W, AM5, BOX, No Cooler</t>
   </si>
   <si>
     <t>AMD-AM5-R9-9900X3D-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i9-14900, 24 Cores, 2.0 GHz, 36MB, 65W</t>
-[...8 lines deleted...]
-    <t>INTEL-I9-14900KS-TRAY</t>
+    <t>CPU AMD RYZEN 9 9950X3D TRAY - 16-Core, 4.3 GHz, 128MB, 170W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R9-9950X3D-TRAY</t>
   </si>
   <si>
     <t>CPU AMD RYZEN Threadripper 9960X, 24-Core, 4.2 GHz (5.4GHz Boost), 128MB, sTR5, BOX</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-9960X-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN Threadripper 9970X, 32-Core, 4.0 GHz (5.4GHz Boost), 128MB, sTR5, BOX</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-9970X-BOX</t>
   </si>
   <si>
     <t>CPU AMD Ryzen Threadripper 7980X 64-Cores 3.2GHz (up to 5.1Ghz), Socket sTR5</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-7980X-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN Threadripper 9980X, 64-Core, 3.2 GHz (5.4GHz Boost), 256MB, sTR5, BOX</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-9980X-BOX</t>
-  </si>
-[...1 lines deleted...]
-    <t>call</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1114,3090 +1036,1830 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D217"/>
+  <dimension ref="A1:D127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>7.2</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>94.8</v>
+        <v>93.6</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>97.344</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>118.992</v>
+        <v>113.46</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>129.096</v>
+        <v>115.32</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>130.8</v>
+        <v>125.46</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>131.46</v>
+        <v>130.8</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>143.4</v>
+        <v>150.3</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>148.464</v>
+        <v>156.876</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>164.016</v>
+        <v>176.976</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>176.976</v>
+        <v>196.74</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>183.54</v>
+        <v>197.352</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>196.74</v>
+        <v>199.728</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>197.352</v>
+        <v>200.196</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>206.484</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>207.864</v>
+        <v>210.78</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>210.78</v>
+        <v>216.228</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>222.624</v>
+        <v>224.448</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>224.28</v>
+        <v>228.744</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>228.744</v>
+        <v>229.776</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>240.528</v>
+        <v>231.624</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>249.54</v>
+        <v>242.748</v>
       </c>
       <c r="D23" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>254.484</v>
+        <v>269.532</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>259.656</v>
+        <v>270.156</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>271.032</v>
+        <v>271.86</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>271.596</v>
+        <v>280.992</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>272.904</v>
+        <v>285.156</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>284.304</v>
+        <v>286.884</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>286.884</v>
+        <v>290.016</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>288.144</v>
+        <v>295.212</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>291.996</v>
+        <v>300.0</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>293.388</v>
+        <v>304.452</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>298.932</v>
+        <v>307.5</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>303.084</v>
+        <v>308.724</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>308.16</v>
+        <v>310.152</v>
       </c>
       <c r="D36" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>310.152</v>
+        <v>311.004</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>311.172</v>
+        <v>339.516</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>321.348</v>
+        <v>340.752</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>322.2</v>
+        <v>341.784</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>322.572</v>
+        <v>344.64</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>323.808</v>
+        <v>346.272</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>346.272</v>
+        <v>370.8</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>354.0</v>
+        <v>375.876</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>354.336</v>
+        <v>377.208</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>375.12</v>
+        <v>382.548</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>380.184</v>
+        <v>388.332</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>382.548</v>
+        <v>391.608</v>
       </c>
       <c r="D48" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>398.388</v>
+        <v>392.004</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>399.264</v>
+        <v>396.552</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>404.232</v>
+        <v>402.852</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>407.82</v>
+        <v>404.232</v>
       </c>
       <c r="D52" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>415.2</v>
+        <v>407.352</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>415.848</v>
+        <v>411.348</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>416.46</v>
+        <v>412.872</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>421.128</v>
+        <v>414.636</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>434.364</v>
+        <v>433.272</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>440.748</v>
+        <v>442.8</v>
       </c>
       <c r="D58" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>444.156</v>
+        <v>445.668</v>
       </c>
       <c r="D59" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>449.184</v>
+        <v>446.616</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>456.276</v>
+        <v>451.26</v>
       </c>
       <c r="D61" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>465.096</v>
+        <v>452.472</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>476.928</v>
+        <v>456.276</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>482.22</v>
+        <v>458.952</v>
       </c>
       <c r="D64" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>485.016</v>
+        <v>481.14</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>492.468</v>
+        <v>500.424</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>500.424</v>
+        <v>502.62</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>502.68</v>
+        <v>505.92</v>
       </c>
       <c r="D68" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>532.74</v>
+        <v>507.624</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>553.92</v>
+        <v>509.796</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>576.312</v>
+        <v>532.74</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>583.884</v>
+        <v>537.648</v>
       </c>
       <c r="D72" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>584.736</v>
+        <v>551.568</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>585.144</v>
+        <v>552.972</v>
       </c>
       <c r="D74" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>589.26</v>
+        <v>587.676</v>
       </c>
       <c r="D75" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>595.668</v>
+        <v>589.932</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>598.8</v>
+        <v>601.656</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>598.92</v>
+        <v>602.232</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>604.956</v>
+        <v>604.704</v>
       </c>
       <c r="D79" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>623.784</v>
+        <v>604.956</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>630.252</v>
+        <v>627.816</v>
       </c>
       <c r="D81" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>632.22</v>
+        <v>629.64</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>632.904</v>
+        <v>630.252</v>
       </c>
       <c r="D83" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>636.288</v>
+        <v>630.36</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>640.476</v>
+        <v>634.608</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>649.536</v>
+        <v>640.476</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>658.44</v>
+        <v>640.944</v>
       </c>
       <c r="D87" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>687.888</v>
+        <v>646.848</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
         <v>182</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>693.372</v>
+        <v>646.848</v>
       </c>
       <c r="D89" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
         <v>184</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>696.852</v>
+        <v>649.536</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
         <v>186</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>702.72</v>
+        <v>651.288</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
         <v>188</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>706.992</v>
+        <v>661.152</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>189</v>
+      </c>
+      <c r="B93" t="s">
         <v>190</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>709.152</v>
+        <v>663.996</v>
       </c>
       <c r="D93" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
         <v>192</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>714.564</v>
+        <v>665.04</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
         <v>194</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>729.96</v>
+        <v>683.976</v>
       </c>
       <c r="D95" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" t="s">
         <v>196</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>748.824</v>
+        <v>689.46</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" t="s">
         <v>198</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>761.772</v>
+        <v>696.852</v>
       </c>
       <c r="D97" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
         <v>200</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>765.348</v>
+        <v>707.532</v>
       </c>
       <c r="D98" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" t="s">
         <v>202</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>766.8</v>
+        <v>715.128</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" t="s">
         <v>204</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>783.276</v>
+        <v>727.032</v>
       </c>
       <c r="D100" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
         <v>206</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>789.144</v>
+        <v>734.484</v>
       </c>
       <c r="D101" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C102">
-        <v>7.2</v>
+        <v>113.46</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="B103" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="C103">
-        <v>103.092</v>
+        <v>224.448</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="B104" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="C104">
-        <v>118.992</v>
+        <v>229.776</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="B105" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="C105">
-        <v>129.096</v>
+        <v>280.992</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
       <c r="B106" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="C106">
-        <v>130.8</v>
+        <v>341.784</v>
       </c>
       <c r="D106" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="B107" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
       <c r="C107">
-        <v>131.46</v>
+        <v>404.232</v>
       </c>
       <c r="D107" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="B108" t="s">
-        <v>24</v>
+        <v>110</v>
       </c>
       <c r="C108">
-        <v>148.464</v>
+        <v>407.352</v>
       </c>
       <c r="D108" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>27</v>
+        <v>117</v>
       </c>
       <c r="B109" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="C109">
-        <v>176.976</v>
+        <v>433.272</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>29</v>
+        <v>133</v>
       </c>
       <c r="B110" t="s">
-        <v>30</v>
+        <v>134</v>
       </c>
       <c r="C110">
-        <v>183.54</v>
+        <v>481.14</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>31</v>
+        <v>145</v>
       </c>
       <c r="B111" t="s">
-        <v>32</v>
+        <v>146</v>
       </c>
       <c r="C111">
-        <v>196.74</v>
+        <v>532.74</v>
       </c>
       <c r="D111" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>33</v>
+        <v>153</v>
       </c>
       <c r="B112" t="s">
-        <v>34</v>
+        <v>154</v>
       </c>
       <c r="C112">
-        <v>197.352</v>
+        <v>587.676</v>
       </c>
       <c r="D112" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>37</v>
+        <v>161</v>
       </c>
       <c r="B113" t="s">
-        <v>38</v>
+        <v>162</v>
       </c>
       <c r="C113">
-        <v>207.864</v>
+        <v>604.704</v>
       </c>
       <c r="D113" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>39</v>
+        <v>173</v>
       </c>
       <c r="B114" t="s">
-        <v>40</v>
+        <v>174</v>
       </c>
       <c r="C114">
-        <v>210.78</v>
+        <v>634.608</v>
       </c>
       <c r="D114" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>41</v>
+        <v>179</v>
       </c>
       <c r="B115" t="s">
-        <v>42</v>
+        <v>180</v>
       </c>
       <c r="C115">
-        <v>222.624</v>
+        <v>646.848</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>43</v>
+        <v>181</v>
       </c>
       <c r="B116" t="s">
-        <v>44</v>
+        <v>182</v>
       </c>
       <c r="C116">
-        <v>224.28</v>
+        <v>646.848</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>47</v>
+        <v>187</v>
       </c>
       <c r="B117" t="s">
-        <v>48</v>
+        <v>188</v>
       </c>
       <c r="C117">
-        <v>240.528</v>
+        <v>661.152</v>
       </c>
       <c r="D117" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>50</v>
+        <v>207</v>
       </c>
       <c r="B118" t="s">
-        <v>51</v>
+        <v>208</v>
       </c>
       <c r="C118">
-        <v>249.54</v>
+        <v>783.276</v>
       </c>
       <c r="D118" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>52</v>
+        <v>209</v>
       </c>
       <c r="B119" t="s">
-        <v>53</v>
+        <v>210</v>
       </c>
       <c r="C119">
-        <v>254.484</v>
+        <v>798.0</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>54</v>
+        <v>211</v>
       </c>
       <c r="B120" t="s">
-        <v>55</v>
+        <v>212</v>
       </c>
       <c r="C120">
-        <v>259.656</v>
+        <v>866.256</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>56</v>
+        <v>213</v>
       </c>
       <c r="B121" t="s">
-        <v>57</v>
+        <v>214</v>
       </c>
       <c r="C121">
-        <v>271.032</v>
+        <v>1326.912</v>
       </c>
       <c r="D121" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>58</v>
+        <v>215</v>
       </c>
       <c r="B122" t="s">
-        <v>59</v>
+        <v>216</v>
       </c>
       <c r="C122">
-        <v>271.596</v>
+        <v>1431.024</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>60</v>
+        <v>217</v>
       </c>
       <c r="B123" t="s">
-        <v>61</v>
+        <v>218</v>
       </c>
       <c r="C123">
-        <v>272.904</v>
+        <v>3298.992</v>
       </c>
       <c r="D123" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="B124" t="s">
-        <v>67</v>
+        <v>220</v>
       </c>
       <c r="C124">
-        <v>288.144</v>
+        <v>5199.0</v>
       </c>
       <c r="D124" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>70</v>
+        <v>221</v>
       </c>
       <c r="B125" t="s">
-        <v>71</v>
+        <v>222</v>
       </c>
       <c r="C125">
-        <v>293.388</v>
+        <v>8998.992</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>72</v>
+        <v>223</v>
       </c>
       <c r="B126" t="s">
-        <v>73</v>
+        <v>224</v>
       </c>
       <c r="C126">
-        <v>298.932</v>
+        <v>10599.0</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
-[...1259 lines deleted...]
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D217"/>
+  <autoFilter ref="A1:D127"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>