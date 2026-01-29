--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -7,708 +7,849 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$127</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$258</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Transport case for AMD TRAY and MPK processors</t>
   </si>
   <si>
     <t>VALI-CPU-AMD-BOX</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>CPU Intel Celeron G5905, 3.5GHz, 4MB, 58W, LGA1200, TRAY</t>
   </si>
   <si>
     <t>INTEL-G5905-TRAY</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5500 MPK, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500-MPK</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>CPU AMD Ryzen 3 4100, AM4 Socket, 4 Cores, 8 Threads, 3.8GHz(Up to 4.0GHz), 6MB Cache, 65W, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R3-RYZ-4100-BOX</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>CPU AMD RYZEN 3 3200G, 4-Core, 3.6 GHz, 6MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R3-RYZEN-3200G</t>
   </si>
   <si>
     <t>CPU AMD Ryzen 5 5500 TRAY, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5500-TR</t>
   </si>
   <si>
-    <t>not available</t>
-[...11 lines deleted...]
-    <t>AMD-AM4-R3-RYZEN-3200G</t>
+    <t>CPU Intel Pentium G6400, 4.0 GHz, 4M Cache, 58W,  FCLGA1200,  Intel UHD Graphics 610, Comet Lake, Box</t>
+  </si>
+  <si>
+    <t>INTEL-G6400-BOX</t>
   </si>
   <si>
     <t>CPU AMD Ryzen 5 4500, AM4 Socket, 6 Cores, 3.6GHz, 11MB Cache, 65W</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZ-4500-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Celeron G6900, 3.4GHz, 4MB, 46W, LGA1700, TRAY</t>
-[...2 lines deleted...]
-    <t>INTEL-G6900-TRAY</t>
+    <t>CPU Intel Alder Lake Core i3-12100F, 4 Cores, 3.3GHz, 12MB, LGA1700, 58W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-12100F-BOX</t>
   </si>
   <si>
     <t>CPU AMD Ryzen 5 5500, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5500</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i3-12100F, 4 Cores, 3.3GHz, 12MB, LGA1700, 58W, BOX</t>
-[...2 lines deleted...]
-    <t>INTEL-I3-12100F-BOX</t>
+    <t>CPU Intel Raptor Lake i3-13100F, 4 Cores, 3.4GHz, 12MB, LGA1700, 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-13100F-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Rocket Lake Core i5-11400F, 6 Cores, 2.60Ghz (Up to 4.40Ghz), 12MB, 65W, LGA1200, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I5-11400F-TRAY</t>
   </si>
   <si>
     <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W - MPK</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5600MPK</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i3-13100F, 4 Cores, 3.4GHz, 12MB, LGA1700, 60W, BOX</t>
-[...20 lines deleted...]
-    <t>INTEL-I5-10400F-BOX</t>
+    <t>CPU AMD RYZEN 5 8500G TRAY, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8500G-TR</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600XT TRAY, 6-Core, 3.7 GHz, 35MB, 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600XT-T</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i3-14100F, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-14100F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600X MPK, 6-Core 3.7 GHz (4.6 GHz Turbo), 35MB, 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600XMPK</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700 TRAY 8-Cores, 3.7GHz(Up to 4.6GHz), AM4, 16MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W, Tray</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600-T</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8400F</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-8400F-BOX</t>
+  </si>
+  <si>
+    <t>Processor Intel Alder Lake Core i5-12400F, 6 Cores, 12 Threads (2.50 GHz Up to 4.40 GHz, 18MB, LGA1700), 65W, Tray</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Comet Lake Core i3-10105, 4 Cores, 3.70 GHz, 6MB, 65W, LGA1200, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-10105-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600G, 3.9GHz(Up to 4.4GHz), 65W, AM4, TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600G-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600GT, 3.6GHz(Up to 4.6GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600GT</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 MPK</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500F-MPK</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 8700F TRAY, 8-Core 4.1GHz (Up to 5.0GHz) 24MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-8700F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12400F, 6 Cores, 2.50 GHz, 18MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600X Tray 6-Core 3.7 GHz (4.6 GHz Turbo) 35MB/65W/AM4/Tray</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600X-T</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i3-12100, 4 Cores, 8 Threads (3.3GHz Up to 4.3GHz, 12MB, LGA1700), 60W, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I3-12100-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-13400F TRAY, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13400F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700 AM4, 8-Cores, 3.7GHz(Up to 4.6GHz), 16MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-BOX</t>
   </si>
   <si>
     <t>CPU AMD Ryzen 3 4300G, 4 Cores, 8 Threads, 3.8GHz, 6MB Cache, 65W, BOX</t>
   </si>
   <si>
     <t>AMD-AM3-AM4-R3-4300G-BOX</t>
   </si>
   <si>
-    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W, BOX</t>
-[...46 lines deleted...]
-  <si>
     <t>CPU AMD Ryzen 5 5500GT, 6-Core, 3.6GHz(Up to 4.4GHz), 65W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5500GT</t>
   </si>
   <si>
-    <t>Processor Intel Alder Lake Core i5-12400F, 6 Cores, 12 Threads (2.50 GHz Up to 4.40 GHz, 18MB, LGA1700), 65W, Tray</t>
-[...2 lines deleted...]
-    <t>INTEL-I5-12400F-TRAY</t>
+    <t>CPU AMD RYZEN 5 5600XT, 6-Core, 3.7 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600XT</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700X TRAY, AM4 Socket, 8 Cores, 3.4GHz, 36MB Cache, 65W, Box</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5700X-TR</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600GT TRAY, 3.6GHz(Up to 4.6GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600GT-T</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i3-12100, 4 Cores, 3.3GHz, 12MB, LGA1700), 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-12100-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600X, 6-Core, 3.7 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600X</t>
+  </si>
+  <si>
+    <t>CPU Intel Rocket Lake Core i5-11400, 6 Cores, 2.60Ghz (Up to 4.40Ghz), 12MB, 65W, LGA1200, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I5-11400-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-14400F, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-14400F TRAY, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14400F-TRAY</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 5 5600T, 6-Core, 3.5 GHz, 35MB, 65W, AM4, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5600T</t>
   </si>
   <si>
-    <t>CPU Intel Comet Lake Core i3-10105, 4 Cores, 3.70 GHz, 6MB, 65W, LGA1200, BOX</t>
-[...86 lines deleted...]
-    <t>INTEL-I5-14400F-BOX</t>
+    <t>CPU AMD Ryzen 5 5600G, 3.9GHz(Up to 4.4GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600G</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 5 8500G, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5, BOX</t>
   </si>
   <si>
     <t>AMD-AM5-R5-RYZEN-8500G</t>
   </si>
   <si>
+    <t>CPU AMD RYZEN 5 7600 MPK</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600-MPK</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12600KF, 10 Cores, 3.7GHz, 20MB, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12600KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700X, AM4 Socket, 8 Cores, 3.4GHz, 36MB Cache, 65W, Box</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700X-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600, 6-Core, 3.8 GHz, 32MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600 TRAY, 6-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600X TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Comet Lake-S Core I5-10400, 6 cores, 2.9Ghz, 12MB, 65W, LGA1200, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-10400-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 5800X, 8-Core, 3.8 GHz, 36MB, 105W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5800X</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9500 TRAY, 6-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9500F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7700 TRAY 8-Core 3.8 GHz (5.3 GHz Turbo) 32MB/65W/AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8600G, 4.3GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8600G</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600X, 6-Core, 4.7 GHz, 32MB, 105W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i3-13100 TRAY, 4 Cores, 3.4GHz, 12MB, LGA1700, 60W</t>
+  </si>
+  <si>
+    <t>INTEL-I3-13100-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600X MPK, 6-Core, 3.9 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600X-MPK</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-13600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, Tray, No Graphics</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13600KF-TRAY</t>
+  </si>
+  <si>
     <t>CPU AMD RYZEN 7 5700G, 3.8GHz (Up to 4.6GHz) 20MB Cache, 65W, AM4, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R7-RYZEN-5700G</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 7600 MPK</t>
-[...80 lines deleted...]
-    <t>INTEL-I5-13600KF-TRAY</t>
+    <t>CPU Intel Alder Lake Core i5-12400, 6 Cores, 2.5GHz, 18MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i3-14100, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-14100-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12600K, 10 Cores, 3.7GHz, 20MB, LGA1700, 125W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12600K-BOX</t>
   </si>
   <si>
     <t>CPU Intel Core Ultra 5 245KF, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
   </si>
   <si>
     <t>INTEL-ULTRA-5-245KF-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i5-12600K, 10 Cores, 3.7GHz, 20MB, LGA1700, 125W, BOX</t>
-[...14 lines deleted...]
-    <t>AMD-AM5-R5-7600X-BOX</t>
+    <t>CPU Intel Alder Lake Core i5-12500, 6 Cores, 3.00 GHz, 18MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12500-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 5800XT 8-Core 3.8 GHz, 36MB, 105W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R7-RYZEN-5800XT</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 7700 TRAY 8-Core 3.8 GHz (5.3 GHz Turbo) 32MB/65W/AM5</t>
-[...2 lines deleted...]
-    <t>AMD-AM5-R7-7700-TRAY</t>
+    <t>CPU Intel Core Ultra 5 245K, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-245K-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600KF TRAY, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600KF-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600X, 6-Core, 3.9 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600X-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 8700F</t>
   </si>
   <si>
     <t>AMD-AM5-R7-8700F-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 9600X, 6-Core, 3.9 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
-[...10 lines deleted...]
-  <si>
     <t>CPU Intel Alder Lake Core i7-12700KF, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W, BOX</t>
   </si>
   <si>
     <t>INTEL-I7-12700KF-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i5-14600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
-[...2 lines deleted...]
-    <t>INTEL-I5-14600KF-BOX</t>
+    <t>CPU Intel Alder Lake Core i7-12700F, 12 Cores, 20 Threads(3.60 GHz Up to 4.90 GHz, 25MB, LGA1700), 65W, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7700X, 8-Core, 4.5 GHz, 32MB, 105W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700X-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-13600K TRAY, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13600K-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 9700X TRAY, 8-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9700X-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600K, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600K-BOX</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake Core i5-13500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
   </si>
   <si>
     <t>INTEL-I5-13500-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i5-14600K, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
-[...8 lines deleted...]
-    <t>INTEL-I5-13600K-TRAY</t>
+    <t>CPU Intel Alder Lake Core i7-12700K, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700K-BOX</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700F, 12 Cores, 3.60 GHz, 25MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7500X3D 6-Core, 4.5 GHz, 96MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500X3D-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-14400 TRAY , 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14400-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i7-13700F, 8P+8E, Cores 2.10,30MB, 65W, LGA1700, BOX, No Graphics</t>
+  </si>
+  <si>
+    <t>INTEL-I7-13700F-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 8700G, 8-Core 4.2GHz (Up to 5.1GHz) 24MB Cache, 65W, AM5, BOX</t>
   </si>
   <si>
     <t>AMD-AM5-R7-RYZEN-8700G</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 9700X TRAY, 8-Core, 3.8 GHz, 32MB, 65W, AM5</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU Intel Core Ultra 5 235 14-Core (6P+8E) 3.4 GHz, 26MB, LGA1851, BOX</t>
   </si>
   <si>
     <t>INTEL-ULTRA-5-235-BOX</t>
   </si>
   <si>
+    <t>Processor Intel Raptor Lake Core i5-13400 TRAY, 6P+4E Cores, 16 Threads (2.50 GHz Up to 4.60 GHz, 20MB, LGA1700), 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13400-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600 TRAY, 14 Cores, 2.7 GHz, 24MB, 65W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-14500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14500-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700, 12 Cores, 3.60 GHz, 25MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700-BOX</t>
+  </si>
+  <si>
     <t>CPU Intel Raptor Lake Core i5-14400, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-14400-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i7-12700K, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W</t>
-[...26 lines deleted...]
-    <t>AMD-AM5-R7-7700X-BOX</t>
+    <t>CPU Intel Core Ultra 7 265KF, 20 Cores 3.3 GHz, 30MB, 125W, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-7-265KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 9 5900XT 16-Core, 3.3 GHz, 72MB, 105W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R9-RYZEN-5900XT</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 PRO 9645 MPK, 6-Core 3.9 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9645-PRO</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 7800X3D 8-Core 4.2 GHz, AM5, TRAY</t>
   </si>
   <si>
     <t>AMD-AM5-R7-7800X3D-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Core Ultra 5 245K, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
-[...14 lines deleted...]
-    <t>INTEL-I7-12700-BOX</t>
+    <t>CPU AMD RYZEN 5 7600X3D TRAY, 6-Core, 4.1 GHz, 96MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X3D-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 9700X, 8-Core, 3.8 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9700X-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 9 5950X, 16-Core, 3.4 GHz, 72MB, 105W, AM4, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R9-RYZEN-5950X</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i5-14600K TRAY, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700</t>
-[...32 lines deleted...]
-    <t>AMD-AM4-R9-RYZEN-5900XT</t>
+    <t>CPU Intel Alder Lake Core i9-12900KF, 16 Cores, 3.20 GHz, 30MB, LGA1700, 125W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I9-12900KF-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 7700 8-Core 3.8 GHz, 32MB/65W/AM5/BOX</t>
   </si>
   <si>
     <t>AMD-AM5-R7-7700-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 9700X, 8-Core, 3.8 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
-[...10 lines deleted...]
-  <si>
     <t>CPU Intel Raptor Lake i7-13700, 8P+8E Cores, 2.10 GHz, 30MB, 65W, LGA1700, BOX</t>
   </si>
   <si>
     <t>INTEL-I7-13700-BOX</t>
   </si>
   <si>
+    <t>CPU AMD RYZEN 9 7900, 12-Core, 3.7 GHz, 64MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R9-7900-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 7 265F, 20 Cores 2.4 GHz, 30MB, 65W, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-7-265F</t>
+  </si>
+  <si>
     <t>CPU Intel Raptor Lake i7-14700F, 20 Cores 2.1 GHz, 33MB, 125W, LGA1700, BOX</t>
   </si>
   <si>
     <t>INTEL-I7-14700F-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 9 7900, 12-Core, 3.7 GHz, 64MB, 65W, AM5, BOX</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU Intel Core Ultra 7 265K, 20 Cores 3.3 GHz, 36MB, 125W, LGA1851, BOX</t>
   </si>
   <si>
     <t>INTEL-ULTRA-7-265K-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Core Ultra 7 265F, 20 Cores 2.4 GHz, 30MB, 65W, LGA1851, BOX</t>
-[...2 lines deleted...]
-    <t>INTEL-ULTRA-7-265F</t>
+    <t>CPU Intel Core Ultra 7 265, 20 Cores 2.4 GHz, 30MB, 65W, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-7-265</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 9 7900X, 12-Core, 4.7 GHz, 64MB, 170W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R9-7900X-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i7-13700K 16 Cores 3.5 GHz, 30MB, 125W, LGA1700, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I7-13700K-TR</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i7-14700KF, 20 Cores 3.4 GHz, 33MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-14700KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i9-13900F TRAY, 24 Cores, 4.2 GHz, 36MB, 125W, LGA1700, No Graphics</t>
+  </si>
+  <si>
+    <t>INTEL-I9-13900F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i7-14700K, 20 Cores 3.4 GHz, 33MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-14700K-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7800X3D 8-Core 4.2 GHz, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7800X3D-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 PRO 9745 MPK, 8-Core 3.8 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9745-PRO</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake i7-13700KF TRAY , 16 Cores, 3.5 GHz, 125W, LGA1700</t>
   </si>
   <si>
     <t>INTEL-I7-13700KF-NC-TR</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i9-13900F TRAY, 24 Cores, 4.2 GHz, 36MB, 125W, LGA1700, No Graphics</t>
-[...8 lines deleted...]
-    <t>AMD-AM5-R7-9745-PRO</t>
+    <t>CPU Intel Raptor Lake i9-13900KF, 24 Cores, 4.3 GHz, 36MB, 125W, LGA1700, BOX, No Graphics</t>
+  </si>
+  <si>
+    <t>INTEL-I9-13900KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i7-14700, 20 Cores 2.1 GHz, 33MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-14700-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 9 9900X, 12-Core, 4.4 GHz, 64MB, 120W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R9-9900X-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 9800X3D TRAY, 8-Core, 4.7 GHz, 96MB, 120W, AM5, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9800X3D-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i9-13900K, 24 Cores, 4.3 GHz, 36MB, 125W, LGA1700, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I9-13900K-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 9800X3D, 8-Core, 4.7 GHz, 96MB, 120W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9800X3D-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 9850X3D TRAY, 8-Core, 4.7 GHz, 96MB, 120W, AM5, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9850X3D-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 9 285K, 24-Core (8P+16E) 3.2 GHz, 40MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-9-285K-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 9 285 TRAY, 24-Core (8P+16E) 3.2 GHz, 40MB, LGA1851</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-9-285-TRAY</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 9 9900X3D, 12-Core, 4.4 GHz, 128MB, 120W, AM5, BOX, No Cooler</t>
   </si>
   <si>
     <t>AMD-AM5-R9-9900X3D-BOX</t>
   </si>
   <si>
+    <t>CPU AMD RYZEN 9 9950X, 16-Core, 4.3 GHz, 64MB, 170W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R9-9950X-BOX</t>
+  </si>
+  <si>
     <t>CPU AMD RYZEN 9 9950X3D TRAY - 16-Core, 4.3 GHz, 128MB, 170W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R9-9950X3D-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 9 9950X3D, 16-Core, 4.3 GHz, 128MB, 170W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R9-9950X3D-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN Threadripper 9960X, 24-Core, 4.2 GHz (5.4GHz Boost), 128MB, sTR5, BOX</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-9960X-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN Threadripper 9970X, 32-Core, 4.0 GHz (5.4GHz Boost), 128MB, sTR5, BOX</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-9970X-BOX</t>
   </si>
   <si>
     <t>CPU AMD Ryzen Threadripper 7980X 64-Cores 3.2GHz (up to 5.1Ghz), Socket sTR5</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-7980X-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN Threadripper 9980X, 64-Core, 3.2 GHz (5.4GHz Boost), 256MB, sTR5, BOX</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-9980X-BOX</t>
   </si>
@@ -1036,1830 +1177,3664 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D127"/>
+  <dimension ref="A1:D258"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>93.6</v>
+        <v>47.856</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>97.344</v>
+        <v>59.496</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>113.46</v>
+        <v>61.308</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>115.32</v>
+        <v>66.132</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>125.46</v>
+        <v>74.22</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>130.8</v>
+        <v>77.556</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>150.3</v>
+        <v>83.448</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>156.876</v>
+        <v>95.604</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>176.976</v>
+        <v>96.156</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>196.74</v>
+        <v>100.068</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>197.352</v>
+        <v>100.668</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>199.728</v>
+        <v>103.92</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>200.196</v>
+        <v>104.772</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>206.484</v>
+        <v>110.772</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>210.78</v>
+        <v>118.428</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>216.228</v>
+        <v>120.624</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>224.448</v>
+        <v>121.08</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>228.744</v>
+        <v>122.244</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>229.776</v>
+        <v>130.116</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>231.624</v>
+        <v>143.172</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>242.748</v>
+        <v>143.664</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>269.532</v>
+        <v>146.688</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>270.156</v>
+        <v>148.668</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>271.86</v>
+        <v>151.08</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>280.992</v>
+        <v>153.324</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>285.156</v>
+        <v>153.588</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>286.884</v>
+        <v>154.068</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>290.016</v>
+        <v>154.392</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>295.212</v>
+        <v>156.576</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>300.0</v>
+        <v>158.616</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>304.452</v>
+        <v>160.152</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>307.5</v>
+        <v>162.444</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>308.724</v>
+        <v>162.648</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>310.152</v>
+        <v>163.716</v>
       </c>
       <c r="D36" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>311.004</v>
+        <v>163.836</v>
       </c>
       <c r="D37" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>339.516</v>
+        <v>164.88</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>340.752</v>
+        <v>170.448</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>341.784</v>
+        <v>173.592</v>
       </c>
       <c r="D40" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>344.64</v>
+        <v>173.712</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>346.272</v>
+        <v>176.208</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>370.8</v>
+        <v>188.256</v>
       </c>
       <c r="D43" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>375.876</v>
+        <v>188.256</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>377.208</v>
+        <v>189.576</v>
       </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>382.548</v>
+        <v>194.868</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>388.332</v>
+        <v>196.224</v>
       </c>
       <c r="D47" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>391.608</v>
+        <v>197.388</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>392.004</v>
+        <v>200.436</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>396.552</v>
+        <v>200.448</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>402.852</v>
+        <v>202.416</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>404.232</v>
+        <v>205.884</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>407.352</v>
+        <v>208.284</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>411.348</v>
+        <v>209.724</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>412.872</v>
+        <v>209.952</v>
       </c>
       <c r="D55" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>414.636</v>
+        <v>211.02</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>433.272</v>
+        <v>213.084</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>442.8</v>
+        <v>213.864</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>445.668</v>
+        <v>215.1</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>446.616</v>
+        <v>217.092</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>451.26</v>
+        <v>218.988</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>452.472</v>
+        <v>222.66</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>456.276</v>
+        <v>222.684</v>
       </c>
       <c r="D63" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>458.952</v>
+        <v>226.824</v>
       </c>
       <c r="D64" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>481.14</v>
+        <v>231.348</v>
       </c>
       <c r="D65" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>500.424</v>
+        <v>234.552</v>
       </c>
       <c r="D66" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>502.62</v>
+        <v>234.612</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>505.92</v>
+        <v>235.956</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>507.624</v>
+        <v>250.452</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>509.796</v>
+        <v>253.536</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>532.74</v>
+        <v>255.624</v>
       </c>
       <c r="D71" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>537.648</v>
+        <v>261.648</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>551.568</v>
+        <v>262.392</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>552.972</v>
+        <v>267.276</v>
       </c>
       <c r="D74" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>587.676</v>
+        <v>270.276</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>589.932</v>
+        <v>272.388</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>601.656</v>
+        <v>275.016</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>602.232</v>
+        <v>282.012</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>604.704</v>
+        <v>297.564</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>604.956</v>
+        <v>298.02</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>627.816</v>
+        <v>305.04</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>629.64</v>
+        <v>307.92</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>169</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83">
-        <v>630.252</v>
+        <v>309.312</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C84">
-        <v>630.36</v>
+        <v>312.012</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C85">
-        <v>634.608</v>
+        <v>313.536</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C86">
-        <v>640.476</v>
+        <v>315.504</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C87">
-        <v>640.944</v>
+        <v>316.5</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C88">
-        <v>646.848</v>
+        <v>318.12</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B89" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C89">
-        <v>646.848</v>
+        <v>320.052</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B90" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C90">
-        <v>649.536</v>
+        <v>324.348</v>
       </c>
       <c r="D90" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B91" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C91">
-        <v>651.288</v>
+        <v>324.468</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B92" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C92">
-        <v>661.152</v>
+        <v>327.468</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B93" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C93">
-        <v>663.996</v>
+        <v>327.864</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>169</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B94" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C94">
-        <v>665.04</v>
+        <v>333.0</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B95" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C95">
-        <v>683.976</v>
+        <v>334.404</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B96" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C96">
-        <v>689.46</v>
+        <v>341.136</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B97" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C97">
-        <v>696.852</v>
+        <v>342.756</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C98">
-        <v>707.532</v>
+        <v>343.02</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B99" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C99">
-        <v>715.128</v>
+        <v>344.748</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B100" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C100">
-        <v>727.032</v>
+        <v>350.892</v>
       </c>
       <c r="D100" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B101" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C101">
-        <v>734.484</v>
+        <v>352.512</v>
       </c>
       <c r="D101" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C102">
-        <v>113.46</v>
+        <v>3.684</v>
       </c>
       <c r="D102" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="B103" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="C103">
-        <v>224.448</v>
+        <v>59.496</v>
       </c>
       <c r="D103" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="B104" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="C104">
-        <v>229.776</v>
+        <v>61.308</v>
       </c>
       <c r="D104" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="B105" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="C105">
-        <v>280.992</v>
+        <v>74.22</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="B106" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="C106">
-        <v>341.784</v>
+        <v>83.448</v>
       </c>
       <c r="D106" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="B107" t="s">
-        <v>108</v>
+        <v>24</v>
       </c>
       <c r="C107">
-        <v>404.232</v>
+        <v>95.604</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="B108" t="s">
-        <v>110</v>
+        <v>26</v>
       </c>
       <c r="C108">
-        <v>407.352</v>
+        <v>96.156</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>117</v>
+        <v>27</v>
       </c>
       <c r="B109" t="s">
-        <v>118</v>
+        <v>28</v>
       </c>
       <c r="C109">
-        <v>433.272</v>
+        <v>100.068</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>133</v>
+        <v>31</v>
       </c>
       <c r="B110" t="s">
-        <v>134</v>
+        <v>32</v>
       </c>
       <c r="C110">
-        <v>481.14</v>
+        <v>103.92</v>
       </c>
       <c r="D110" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>145</v>
+        <v>33</v>
       </c>
       <c r="B111" t="s">
-        <v>146</v>
+        <v>34</v>
       </c>
       <c r="C111">
-        <v>532.74</v>
+        <v>104.772</v>
       </c>
       <c r="D111" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>153</v>
+        <v>35</v>
       </c>
       <c r="B112" t="s">
-        <v>154</v>
+        <v>36</v>
       </c>
       <c r="C112">
-        <v>587.676</v>
+        <v>110.772</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>161</v>
+        <v>37</v>
       </c>
       <c r="B113" t="s">
-        <v>162</v>
+        <v>38</v>
       </c>
       <c r="C113">
-        <v>604.704</v>
+        <v>118.428</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>173</v>
+        <v>41</v>
       </c>
       <c r="B114" t="s">
-        <v>174</v>
+        <v>42</v>
       </c>
       <c r="C114">
-        <v>634.608</v>
+        <v>121.08</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>179</v>
+        <v>43</v>
       </c>
       <c r="B115" t="s">
-        <v>180</v>
+        <v>44</v>
       </c>
       <c r="C115">
-        <v>646.848</v>
+        <v>122.244</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>181</v>
+        <v>45</v>
       </c>
       <c r="B116" t="s">
-        <v>182</v>
+        <v>46</v>
       </c>
       <c r="C116">
-        <v>646.848</v>
+        <v>130.116</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>187</v>
+        <v>47</v>
       </c>
       <c r="B117" t="s">
-        <v>188</v>
+        <v>48</v>
       </c>
       <c r="C117">
-        <v>661.152</v>
+        <v>143.172</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>207</v>
+        <v>49</v>
       </c>
       <c r="B118" t="s">
-        <v>208</v>
+        <v>50</v>
       </c>
       <c r="C118">
-        <v>783.276</v>
+        <v>143.664</v>
       </c>
       <c r="D118" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>209</v>
+        <v>53</v>
       </c>
       <c r="B119" t="s">
-        <v>210</v>
+        <v>54</v>
       </c>
       <c r="C119">
-        <v>798.0</v>
+        <v>148.668</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>211</v>
+        <v>55</v>
       </c>
       <c r="B120" t="s">
-        <v>212</v>
+        <v>56</v>
       </c>
       <c r="C120">
-        <v>866.256</v>
+        <v>151.08</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>213</v>
+        <v>57</v>
       </c>
       <c r="B121" t="s">
-        <v>214</v>
+        <v>58</v>
       </c>
       <c r="C121">
-        <v>1326.912</v>
+        <v>153.324</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>215</v>
+        <v>59</v>
       </c>
       <c r="B122" t="s">
-        <v>216</v>
+        <v>60</v>
       </c>
       <c r="C122">
-        <v>1431.024</v>
+        <v>153.588</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>217</v>
+        <v>61</v>
       </c>
       <c r="B123" t="s">
-        <v>218</v>
+        <v>62</v>
       </c>
       <c r="C123">
-        <v>3298.992</v>
+        <v>154.068</v>
       </c>
       <c r="D123" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>219</v>
+        <v>65</v>
       </c>
       <c r="B124" t="s">
-        <v>220</v>
+        <v>66</v>
       </c>
       <c r="C124">
-        <v>5199.0</v>
+        <v>156.576</v>
       </c>
       <c r="D124" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>221</v>
+        <v>67</v>
       </c>
       <c r="B125" t="s">
-        <v>222</v>
+        <v>68</v>
       </c>
       <c r="C125">
-        <v>8998.992</v>
+        <v>158.616</v>
       </c>
       <c r="D125" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
+        <v>69</v>
+      </c>
+      <c r="B126" t="s">
+        <v>70</v>
+      </c>
+      <c r="C126">
+        <v>160.152</v>
+      </c>
+      <c r="D126" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>71</v>
+      </c>
+      <c r="B127" t="s">
+        <v>72</v>
+      </c>
+      <c r="C127">
+        <v>162.444</v>
+      </c>
+      <c r="D127" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>73</v>
+      </c>
+      <c r="B128" t="s">
+        <v>74</v>
+      </c>
+      <c r="C128">
+        <v>162.648</v>
+      </c>
+      <c r="D128" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>75</v>
+      </c>
+      <c r="B129" t="s">
+        <v>76</v>
+      </c>
+      <c r="C129">
+        <v>163.716</v>
+      </c>
+      <c r="D129" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>77</v>
+      </c>
+      <c r="B130" t="s">
+        <v>78</v>
+      </c>
+      <c r="C130">
+        <v>163.836</v>
+      </c>
+      <c r="D130" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>79</v>
+      </c>
+      <c r="B131" t="s">
+        <v>80</v>
+      </c>
+      <c r="C131">
+        <v>164.88</v>
+      </c>
+      <c r="D131" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>81</v>
+      </c>
+      <c r="B132" t="s">
+        <v>82</v>
+      </c>
+      <c r="C132">
+        <v>170.448</v>
+      </c>
+      <c r="D132" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>83</v>
+      </c>
+      <c r="B133" t="s">
+        <v>84</v>
+      </c>
+      <c r="C133">
+        <v>173.592</v>
+      </c>
+      <c r="D133" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>89</v>
+      </c>
+      <c r="B134" t="s">
+        <v>90</v>
+      </c>
+      <c r="C134">
+        <v>188.256</v>
+      </c>
+      <c r="D134" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>91</v>
+      </c>
+      <c r="B135" t="s">
+        <v>92</v>
+      </c>
+      <c r="C135">
+        <v>188.256</v>
+      </c>
+      <c r="D135" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>93</v>
+      </c>
+      <c r="B136" t="s">
+        <v>94</v>
+      </c>
+      <c r="C136">
+        <v>189.576</v>
+      </c>
+      <c r="D136" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>97</v>
+      </c>
+      <c r="B137" t="s">
+        <v>98</v>
+      </c>
+      <c r="C137">
+        <v>196.224</v>
+      </c>
+      <c r="D137" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>99</v>
+      </c>
+      <c r="B138" t="s">
+        <v>100</v>
+      </c>
+      <c r="C138">
+        <v>197.388</v>
+      </c>
+      <c r="D138" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>101</v>
+      </c>
+      <c r="B139" t="s">
+        <v>102</v>
+      </c>
+      <c r="C139">
+        <v>200.436</v>
+      </c>
+      <c r="D139" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>103</v>
+      </c>
+      <c r="B140" t="s">
+        <v>104</v>
+      </c>
+      <c r="C140">
+        <v>200.448</v>
+      </c>
+      <c r="D140" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>105</v>
+      </c>
+      <c r="B141" t="s">
+        <v>106</v>
+      </c>
+      <c r="C141">
+        <v>202.416</v>
+      </c>
+      <c r="D141" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>107</v>
+      </c>
+      <c r="B142" t="s">
+        <v>108</v>
+      </c>
+      <c r="C142">
+        <v>205.884</v>
+      </c>
+      <c r="D142" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>109</v>
+      </c>
+      <c r="B143" t="s">
+        <v>110</v>
+      </c>
+      <c r="C143">
+        <v>208.284</v>
+      </c>
+      <c r="D143" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>115</v>
+      </c>
+      <c r="B144" t="s">
+        <v>116</v>
+      </c>
+      <c r="C144">
+        <v>211.02</v>
+      </c>
+      <c r="D144" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>117</v>
+      </c>
+      <c r="B145" t="s">
+        <v>118</v>
+      </c>
+      <c r="C145">
+        <v>213.084</v>
+      </c>
+      <c r="D145" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>119</v>
+      </c>
+      <c r="B146" t="s">
+        <v>120</v>
+      </c>
+      <c r="C146">
+        <v>213.864</v>
+      </c>
+      <c r="D146" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>121</v>
+      </c>
+      <c r="B147" t="s">
+        <v>122</v>
+      </c>
+      <c r="C147">
+        <v>215.1</v>
+      </c>
+      <c r="D147" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>123</v>
+      </c>
+      <c r="B148" t="s">
+        <v>124</v>
+      </c>
+      <c r="C148">
+        <v>217.092</v>
+      </c>
+      <c r="D148" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>125</v>
+      </c>
+      <c r="B149" t="s">
+        <v>126</v>
+      </c>
+      <c r="C149">
+        <v>218.988</v>
+      </c>
+      <c r="D149" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>127</v>
+      </c>
+      <c r="B150" t="s">
+        <v>128</v>
+      </c>
+      <c r="C150">
+        <v>222.66</v>
+      </c>
+      <c r="D150" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>131</v>
+      </c>
+      <c r="B151" t="s">
+        <v>132</v>
+      </c>
+      <c r="C151">
+        <v>226.824</v>
+      </c>
+      <c r="D151" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>133</v>
+      </c>
+      <c r="B152" t="s">
+        <v>134</v>
+      </c>
+      <c r="C152">
+        <v>231.348</v>
+      </c>
+      <c r="D152" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>137</v>
+      </c>
+      <c r="B153" t="s">
+        <v>138</v>
+      </c>
+      <c r="C153">
+        <v>234.612</v>
+      </c>
+      <c r="D153" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>139</v>
+      </c>
+      <c r="B154" t="s">
+        <v>140</v>
+      </c>
+      <c r="C154">
+        <v>235.956</v>
+      </c>
+      <c r="D154" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>141</v>
+      </c>
+      <c r="B155" t="s">
+        <v>142</v>
+      </c>
+      <c r="C155">
+        <v>250.452</v>
+      </c>
+      <c r="D155" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>143</v>
+      </c>
+      <c r="B156" t="s">
+        <v>144</v>
+      </c>
+      <c r="C156">
+        <v>253.536</v>
+      </c>
+      <c r="D156" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>145</v>
+      </c>
+      <c r="B157" t="s">
+        <v>146</v>
+      </c>
+      <c r="C157">
+        <v>255.624</v>
+      </c>
+      <c r="D157" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>147</v>
+      </c>
+      <c r="B158" t="s">
+        <v>148</v>
+      </c>
+      <c r="C158">
+        <v>261.648</v>
+      </c>
+      <c r="D158" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>149</v>
+      </c>
+      <c r="B159" t="s">
+        <v>150</v>
+      </c>
+      <c r="C159">
+        <v>262.392</v>
+      </c>
+      <c r="D159" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>151</v>
+      </c>
+      <c r="B160" t="s">
+        <v>152</v>
+      </c>
+      <c r="C160">
+        <v>267.276</v>
+      </c>
+      <c r="D160" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>155</v>
+      </c>
+      <c r="B161" t="s">
+        <v>156</v>
+      </c>
+      <c r="C161">
+        <v>272.388</v>
+      </c>
+      <c r="D161" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>157</v>
+      </c>
+      <c r="B162" t="s">
+        <v>158</v>
+      </c>
+      <c r="C162">
+        <v>275.016</v>
+      </c>
+      <c r="D162" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>159</v>
+      </c>
+      <c r="B163" t="s">
+        <v>160</v>
+      </c>
+      <c r="C163">
+        <v>282.012</v>
+      </c>
+      <c r="D163" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>161</v>
+      </c>
+      <c r="B164" t="s">
+        <v>162</v>
+      </c>
+      <c r="C164">
+        <v>297.564</v>
+      </c>
+      <c r="D164" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>163</v>
+      </c>
+      <c r="B165" t="s">
+        <v>164</v>
+      </c>
+      <c r="C165">
+        <v>298.02</v>
+      </c>
+      <c r="D165" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" t="s">
+        <v>165</v>
+      </c>
+      <c r="B166" t="s">
+        <v>166</v>
+      </c>
+      <c r="C166">
+        <v>305.04</v>
+      </c>
+      <c r="D166" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4">
+      <c r="A167" t="s">
+        <v>170</v>
+      </c>
+      <c r="B167" t="s">
+        <v>171</v>
+      </c>
+      <c r="C167">
+        <v>309.312</v>
+      </c>
+      <c r="D167" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" t="s">
+        <v>172</v>
+      </c>
+      <c r="B168" t="s">
+        <v>173</v>
+      </c>
+      <c r="C168">
+        <v>312.012</v>
+      </c>
+      <c r="D168" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4">
+      <c r="A169" t="s">
+        <v>174</v>
+      </c>
+      <c r="B169" t="s">
+        <v>175</v>
+      </c>
+      <c r="C169">
+        <v>313.536</v>
+      </c>
+      <c r="D169" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4">
+      <c r="A170" t="s">
+        <v>176</v>
+      </c>
+      <c r="B170" t="s">
+        <v>177</v>
+      </c>
+      <c r="C170">
+        <v>315.504</v>
+      </c>
+      <c r="D170" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4">
+      <c r="A171" t="s">
+        <v>178</v>
+      </c>
+      <c r="B171" t="s">
+        <v>179</v>
+      </c>
+      <c r="C171">
+        <v>316.5</v>
+      </c>
+      <c r="D171" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>180</v>
+      </c>
+      <c r="B172" t="s">
+        <v>181</v>
+      </c>
+      <c r="C172">
+        <v>318.12</v>
+      </c>
+      <c r="D172" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4">
+      <c r="A173" t="s">
+        <v>182</v>
+      </c>
+      <c r="B173" t="s">
+        <v>183</v>
+      </c>
+      <c r="C173">
+        <v>320.052</v>
+      </c>
+      <c r="D173" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4">
+      <c r="A174" t="s">
+        <v>184</v>
+      </c>
+      <c r="B174" t="s">
+        <v>185</v>
+      </c>
+      <c r="C174">
+        <v>324.348</v>
+      </c>
+      <c r="D174" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4">
+      <c r="A175" t="s">
+        <v>186</v>
+      </c>
+      <c r="B175" t="s">
+        <v>187</v>
+      </c>
+      <c r="C175">
+        <v>324.468</v>
+      </c>
+      <c r="D175" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4">
+      <c r="A176" t="s">
+        <v>188</v>
+      </c>
+      <c r="B176" t="s">
+        <v>189</v>
+      </c>
+      <c r="C176">
+        <v>327.468</v>
+      </c>
+      <c r="D176" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4">
+      <c r="A177" t="s">
+        <v>190</v>
+      </c>
+      <c r="B177" t="s">
+        <v>191</v>
+      </c>
+      <c r="C177">
+        <v>327.864</v>
+      </c>
+      <c r="D177" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4">
+      <c r="A178" t="s">
+        <v>192</v>
+      </c>
+      <c r="B178" t="s">
+        <v>193</v>
+      </c>
+      <c r="C178">
+        <v>333.0</v>
+      </c>
+      <c r="D178" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4">
+      <c r="A179" t="s">
+        <v>194</v>
+      </c>
+      <c r="B179" t="s">
+        <v>195</v>
+      </c>
+      <c r="C179">
+        <v>334.404</v>
+      </c>
+      <c r="D179" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" t="s">
+        <v>196</v>
+      </c>
+      <c r="B180" t="s">
+        <v>197</v>
+      </c>
+      <c r="C180">
+        <v>341.136</v>
+      </c>
+      <c r="D180" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" t="s">
+        <v>198</v>
+      </c>
+      <c r="B181" t="s">
+        <v>199</v>
+      </c>
+      <c r="C181">
+        <v>342.756</v>
+      </c>
+      <c r="D181" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" t="s">
+        <v>200</v>
+      </c>
+      <c r="B182" t="s">
+        <v>201</v>
+      </c>
+      <c r="C182">
+        <v>343.02</v>
+      </c>
+      <c r="D182" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>202</v>
+      </c>
+      <c r="B183" t="s">
+        <v>203</v>
+      </c>
+      <c r="C183">
+        <v>344.748</v>
+      </c>
+      <c r="D183" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>208</v>
+      </c>
+      <c r="B184" t="s">
+        <v>209</v>
+      </c>
+      <c r="C184">
+        <v>355.26</v>
+      </c>
+      <c r="D184" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>210</v>
+      </c>
+      <c r="B185" t="s">
+        <v>211</v>
+      </c>
+      <c r="C185">
+        <v>356.292</v>
+      </c>
+      <c r="D185" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>212</v>
+      </c>
+      <c r="B186" t="s">
+        <v>213</v>
+      </c>
+      <c r="C186">
+        <v>362.58</v>
+      </c>
+      <c r="D186" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>214</v>
+      </c>
+      <c r="B187" t="s">
+        <v>215</v>
+      </c>
+      <c r="C187">
+        <v>363.684</v>
+      </c>
+      <c r="D187" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
+        <v>216</v>
+      </c>
+      <c r="B188" t="s">
+        <v>217</v>
+      </c>
+      <c r="C188">
+        <v>370.74</v>
+      </c>
+      <c r="D188" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>218</v>
+      </c>
+      <c r="B189" t="s">
+        <v>219</v>
+      </c>
+      <c r="C189">
+        <v>370.992</v>
+      </c>
+      <c r="D189" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>220</v>
+      </c>
+      <c r="B190" t="s">
+        <v>221</v>
+      </c>
+      <c r="C190">
+        <v>388.044</v>
+      </c>
+      <c r="D190" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>222</v>
+      </c>
+      <c r="B191" t="s">
         <v>223</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C191">
+        <v>393.204</v>
+      </c>
+      <c r="D191" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
         <v>224</v>
       </c>
-      <c r="C126">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="B192" t="s">
+        <v>225</v>
+      </c>
+      <c r="C192">
+        <v>398.388</v>
+      </c>
+      <c r="D192" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>226</v>
+      </c>
+      <c r="B193" t="s">
+        <v>227</v>
+      </c>
+      <c r="C193">
+        <v>399.408</v>
+      </c>
+      <c r="D193" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>228</v>
+      </c>
+      <c r="B194" t="s">
+        <v>229</v>
+      </c>
+      <c r="C194">
+        <v>408.012</v>
+      </c>
+      <c r="D194" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
+        <v>230</v>
+      </c>
+      <c r="B195" t="s">
+        <v>231</v>
+      </c>
+      <c r="C195">
+        <v>414.552</v>
+      </c>
+      <c r="D195" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>232</v>
+      </c>
+      <c r="B196" t="s">
+        <v>233</v>
+      </c>
+      <c r="C196">
+        <v>437.952</v>
+      </c>
+      <c r="D196" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>234</v>
+      </c>
+      <c r="B197" t="s">
+        <v>235</v>
+      </c>
+      <c r="C197">
+        <v>446.964</v>
+      </c>
+      <c r="D197" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" t="s">
+        <v>236</v>
+      </c>
+      <c r="B198" t="s">
+        <v>237</v>
+      </c>
+      <c r="C198">
+        <v>448.848</v>
+      </c>
+      <c r="D198" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" t="s">
+        <v>238</v>
+      </c>
+      <c r="B199" t="s">
+        <v>239</v>
+      </c>
+      <c r="C199">
+        <v>463.236</v>
+      </c>
+      <c r="D199" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" t="s">
+        <v>240</v>
+      </c>
+      <c r="B200" t="s">
+        <v>241</v>
+      </c>
+      <c r="C200">
+        <v>481.896</v>
+      </c>
+      <c r="D200" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" t="s">
+        <v>242</v>
+      </c>
+      <c r="B201" t="s">
+        <v>243</v>
+      </c>
+      <c r="C201">
+        <v>486.228</v>
+      </c>
+      <c r="D201" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>4</v>
+      </c>
+      <c r="B202" t="s">
+        <v>5</v>
+      </c>
+      <c r="C202">
+        <v>3.684</v>
+      </c>
+      <c r="D202" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>10</v>
+      </c>
+      <c r="B203" t="s">
+        <v>11</v>
+      </c>
+      <c r="C203">
+        <v>59.496</v>
+      </c>
+      <c r="D203" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" t="s">
+        <v>17</v>
+      </c>
+      <c r="B204" t="s">
+        <v>18</v>
+      </c>
+      <c r="C204">
+        <v>74.22</v>
+      </c>
+      <c r="D204" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" t="s">
+        <v>31</v>
+      </c>
+      <c r="B205" t="s">
+        <v>32</v>
+      </c>
+      <c r="C205">
+        <v>103.92</v>
+      </c>
+      <c r="D205" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" t="s">
+        <v>33</v>
+      </c>
+      <c r="B206" t="s">
+        <v>34</v>
+      </c>
+      <c r="C206">
+        <v>104.772</v>
+      </c>
+      <c r="D206" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" t="s">
+        <v>35</v>
+      </c>
+      <c r="B207" t="s">
+        <v>36</v>
+      </c>
+      <c r="C207">
+        <v>110.772</v>
+      </c>
+      <c r="D207" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" t="s">
+        <v>41</v>
+      </c>
+      <c r="B208" t="s">
+        <v>42</v>
+      </c>
+      <c r="C208">
+        <v>121.08</v>
+      </c>
+      <c r="D208" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>49</v>
+      </c>
+      <c r="B209" t="s">
+        <v>50</v>
+      </c>
+      <c r="C209">
+        <v>143.664</v>
+      </c>
+      <c r="D209" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>59</v>
+      </c>
+      <c r="B210" t="s">
+        <v>60</v>
+      </c>
+      <c r="C210">
+        <v>153.588</v>
+      </c>
+      <c r="D210" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>69</v>
+      </c>
+      <c r="B211" t="s">
+        <v>70</v>
+      </c>
+      <c r="C211">
+        <v>160.152</v>
+      </c>
+      <c r="D211" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>77</v>
+      </c>
+      <c r="B212" t="s">
+        <v>78</v>
+      </c>
+      <c r="C212">
+        <v>163.836</v>
+      </c>
+      <c r="D212" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" t="s">
+        <v>79</v>
+      </c>
+      <c r="B213" t="s">
+        <v>80</v>
+      </c>
+      <c r="C213">
+        <v>164.88</v>
+      </c>
+      <c r="D213" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" t="s">
+        <v>81</v>
+      </c>
+      <c r="B214" t="s">
+        <v>82</v>
+      </c>
+      <c r="C214">
+        <v>170.448</v>
+      </c>
+      <c r="D214" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" t="s">
+        <v>91</v>
+      </c>
+      <c r="B215" t="s">
+        <v>92</v>
+      </c>
+      <c r="C215">
+        <v>188.256</v>
+      </c>
+      <c r="D215" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" t="s">
+        <v>93</v>
+      </c>
+      <c r="B216" t="s">
+        <v>94</v>
+      </c>
+      <c r="C216">
+        <v>189.576</v>
+      </c>
+      <c r="D216" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" t="s">
+        <v>107</v>
+      </c>
+      <c r="B217" t="s">
+        <v>108</v>
+      </c>
+      <c r="C217">
+        <v>205.884</v>
+      </c>
+      <c r="D217" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" t="s">
+        <v>115</v>
+      </c>
+      <c r="B218" t="s">
+        <v>116</v>
+      </c>
+      <c r="C218">
+        <v>211.02</v>
+      </c>
+      <c r="D218" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" t="s">
+        <v>117</v>
+      </c>
+      <c r="B219" t="s">
+        <v>118</v>
+      </c>
+      <c r="C219">
+        <v>213.084</v>
+      </c>
+      <c r="D219" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" t="s">
+        <v>123</v>
+      </c>
+      <c r="B220" t="s">
+        <v>124</v>
+      </c>
+      <c r="C220">
+        <v>217.092</v>
+      </c>
+      <c r="D220" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" t="s">
+        <v>125</v>
+      </c>
+      <c r="B221" t="s">
+        <v>126</v>
+      </c>
+      <c r="C221">
+        <v>218.988</v>
+      </c>
+      <c r="D221" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" t="s">
+        <v>127</v>
+      </c>
+      <c r="B222" t="s">
+        <v>128</v>
+      </c>
+      <c r="C222">
+        <v>222.66</v>
+      </c>
+      <c r="D222" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" t="s">
+        <v>137</v>
+      </c>
+      <c r="B223" t="s">
+        <v>138</v>
+      </c>
+      <c r="C223">
+        <v>234.612</v>
+      </c>
+      <c r="D223" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" t="s">
+        <v>143</v>
+      </c>
+      <c r="B224" t="s">
+        <v>144</v>
+      </c>
+      <c r="C224">
+        <v>253.536</v>
+      </c>
+      <c r="D224" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" t="s">
+        <v>147</v>
+      </c>
+      <c r="B225" t="s">
+        <v>148</v>
+      </c>
+      <c r="C225">
+        <v>261.648</v>
+      </c>
+      <c r="D225" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" t="s">
+        <v>159</v>
+      </c>
+      <c r="B226" t="s">
+        <v>160</v>
+      </c>
+      <c r="C226">
+        <v>282.012</v>
+      </c>
+      <c r="D226" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" t="s">
+        <v>161</v>
+      </c>
+      <c r="B227" t="s">
+        <v>162</v>
+      </c>
+      <c r="C227">
+        <v>297.564</v>
+      </c>
+      <c r="D227" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" t="s">
+        <v>165</v>
+      </c>
+      <c r="B228" t="s">
+        <v>166</v>
+      </c>
+      <c r="C228">
+        <v>305.04</v>
+      </c>
+      <c r="D228" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" t="s">
+        <v>172</v>
+      </c>
+      <c r="B229" t="s">
+        <v>173</v>
+      </c>
+      <c r="C229">
+        <v>312.012</v>
+      </c>
+      <c r="D229" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" t="s">
+        <v>174</v>
+      </c>
+      <c r="B230" t="s">
+        <v>175</v>
+      </c>
+      <c r="C230">
+        <v>313.536</v>
+      </c>
+      <c r="D230" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" t="s">
+        <v>180</v>
+      </c>
+      <c r="B231" t="s">
+        <v>181</v>
+      </c>
+      <c r="C231">
+        <v>318.12</v>
+      </c>
+      <c r="D231" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" t="s">
+        <v>182</v>
+      </c>
+      <c r="B232" t="s">
+        <v>183</v>
+      </c>
+      <c r="C232">
+        <v>320.052</v>
+      </c>
+      <c r="D232" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" t="s">
+        <v>184</v>
+      </c>
+      <c r="B233" t="s">
+        <v>185</v>
+      </c>
+      <c r="C233">
+        <v>324.348</v>
+      </c>
+      <c r="D233" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" t="s">
+        <v>186</v>
+      </c>
+      <c r="B234" t="s">
+        <v>187</v>
+      </c>
+      <c r="C234">
+        <v>324.468</v>
+      </c>
+      <c r="D234" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>192</v>
+      </c>
+      <c r="B235" t="s">
+        <v>193</v>
+      </c>
+      <c r="C235">
+        <v>333.0</v>
+      </c>
+      <c r="D235" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>196</v>
+      </c>
+      <c r="B236" t="s">
+        <v>197</v>
+      </c>
+      <c r="C236">
+        <v>341.136</v>
+      </c>
+      <c r="D236" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" t="s">
+        <v>200</v>
+      </c>
+      <c r="B237" t="s">
+        <v>201</v>
+      </c>
+      <c r="C237">
+        <v>343.02</v>
+      </c>
+      <c r="D237" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" t="s">
+        <v>214</v>
+      </c>
+      <c r="B238" t="s">
+        <v>215</v>
+      </c>
+      <c r="C238">
+        <v>363.684</v>
+      </c>
+      <c r="D238" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" t="s">
+        <v>218</v>
+      </c>
+      <c r="B239" t="s">
+        <v>219</v>
+      </c>
+      <c r="C239">
+        <v>370.992</v>
+      </c>
+      <c r="D239" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" t="s">
+        <v>220</v>
+      </c>
+      <c r="B240" t="s">
+        <v>221</v>
+      </c>
+      <c r="C240">
+        <v>388.044</v>
+      </c>
+      <c r="D240" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>228</v>
+      </c>
+      <c r="B241" t="s">
+        <v>229</v>
+      </c>
+      <c r="C241">
+        <v>408.012</v>
+      </c>
+      <c r="D241" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>234</v>
+      </c>
+      <c r="B242" t="s">
+        <v>235</v>
+      </c>
+      <c r="C242">
+        <v>446.964</v>
+      </c>
+      <c r="D242" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>236</v>
+      </c>
+      <c r="B243" t="s">
+        <v>237</v>
+      </c>
+      <c r="C243">
+        <v>448.848</v>
+      </c>
+      <c r="D243" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>244</v>
+      </c>
+      <c r="B244" t="s">
+        <v>245</v>
+      </c>
+      <c r="C244">
+        <v>497.436</v>
+      </c>
+      <c r="D244" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>246</v>
+      </c>
+      <c r="B245" t="s">
+        <v>247</v>
+      </c>
+      <c r="C245">
+        <v>498.36</v>
+      </c>
+      <c r="D245" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>248</v>
+      </c>
+      <c r="B246" t="s">
+        <v>249</v>
+      </c>
+      <c r="C246">
+        <v>534.324</v>
+      </c>
+      <c r="D246" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>250</v>
+      </c>
+      <c r="B247" t="s">
+        <v>251</v>
+      </c>
+      <c r="C247">
+        <v>536.532</v>
+      </c>
+      <c r="D247" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>252</v>
+      </c>
+      <c r="B248" t="s">
+        <v>253</v>
+      </c>
+      <c r="C248">
+        <v>593.784</v>
+      </c>
+      <c r="D248" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>254</v>
+      </c>
+      <c r="B249" t="s">
+        <v>255</v>
+      </c>
+      <c r="C249">
+        <v>667.512</v>
+      </c>
+      <c r="D249" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>256</v>
+      </c>
+      <c r="B250" t="s">
+        <v>257</v>
+      </c>
+      <c r="C250">
+        <v>668.808</v>
+      </c>
+      <c r="D250" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>258</v>
+      </c>
+      <c r="B251" t="s">
+        <v>259</v>
+      </c>
+      <c r="C251">
+        <v>691.2</v>
+      </c>
+      <c r="D251" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>260</v>
+      </c>
+      <c r="B252" t="s">
+        <v>261</v>
+      </c>
+      <c r="C252">
+        <v>727.968</v>
+      </c>
+      <c r="D252" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>262</v>
+      </c>
+      <c r="B253" t="s">
+        <v>263</v>
+      </c>
+      <c r="C253">
+        <v>781.944</v>
+      </c>
+      <c r="D253" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>264</v>
+      </c>
+      <c r="B254" t="s">
+        <v>265</v>
+      </c>
+      <c r="C254">
+        <v>1686.744</v>
+      </c>
+      <c r="D254" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>266</v>
+      </c>
+      <c r="B255" t="s">
+        <v>267</v>
+      </c>
+      <c r="C255">
+        <v>2658.204</v>
+      </c>
+      <c r="D255" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>268</v>
+      </c>
+      <c r="B256" t="s">
+        <v>269</v>
+      </c>
+      <c r="C256">
+        <v>4601.112</v>
+      </c>
+      <c r="D256" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>270</v>
+      </c>
+      <c r="B257" t="s">
+        <v>271</v>
+      </c>
+      <c r="C257">
+        <v>5419.188</v>
+      </c>
+      <c r="D257" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D127"/>
+  <autoFilter ref="A1:D258"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>