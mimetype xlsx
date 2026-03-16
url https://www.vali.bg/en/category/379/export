--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -7,873 +7,714 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$258</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$121</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Transport case for AMD TRAY and MPK processors</t>
   </si>
   <si>
     <t>VALI-CPU-AMD-BOX</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>CPU AMD RYZEN 3 3200G 4-Core 3.6 GHz (4.0 GHz Turbo) 6MB/65W/AM4/TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R3-RYZEN-3200G-TR</t>
+  </si>
+  <si>
     <t>CPU Intel Celeron G5905, 3.5GHz, 4MB, 58W, LGA1200, TRAY</t>
   </si>
   <si>
     <t>INTEL-G5905-TRAY</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
+    <t>CPU AMD Ryzen 3 4100, AM4 Socket, 4 Cores, 8 Threads, 3.8GHz(Up to 4.0GHz), 6MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R3-RYZ-4100-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 3 3200G, 4-Core, 3.6 GHz, 6MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R3-RYZEN-3200G</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5500 TRAY, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500-TR</t>
+  </si>
+  <si>
+    <t>CPU Intel Pentium G6400, 4.0 GHz, 4M Cache, 58W,  FCLGA1200,  Intel UHD Graphics 610, Comet Lake, Box</t>
+  </si>
+  <si>
+    <t>INTEL-G6400-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 4500, AM4 Socket, 6 Cores, 3.6GHz, 11MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-4500-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i3-12100F, 4 Cores, 8 Threads (3.3GHz Up to 4.3Ghz, 12MB, LGA1700), 58W, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I3-12100F-TRAY</t>
+  </si>
+  <si>
     <t>CPU AMD Ryzen 5 5500 MPK, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5500-MPK</t>
   </si>
   <si>
-    <t>not available</t>
-[...29 lines deleted...]
-    <t>AMD-AM4-R5-RYZ-4500-BOX</t>
+    <t>CPU Intel Raptor Lake Core i3-14100F TRAY, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W</t>
+  </si>
+  <si>
+    <t>INTEL-I3-14100F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5500, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i3-12100F, 4 Cores, 3.3GHz, 12MB, LGA1700, 58W, BOX</t>
   </si>
   <si>
     <t>INTEL-I3-12100F-BOX</t>
   </si>
   <si>
-    <t>CPU AMD Ryzen 5 5500, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W, BOX</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU Intel Raptor Lake i3-13100F, 4 Cores, 3.4GHz, 12MB, LGA1700, 60W, BOX</t>
   </si>
   <si>
     <t>INTEL-I3-13100F-BOX</t>
   </si>
   <si>
     <t>CPU Intel Rocket Lake Core i5-11400F, 6 Cores, 2.60Ghz (Up to 4.40Ghz), 12MB, 65W, LGA1200, TRAY</t>
   </si>
   <si>
     <t>INTEL-I5-11400F-TRAY</t>
   </si>
   <si>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W, Tray</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600-T</t>
+  </si>
+  <si>
+    <t>CPU Intel Comet Lake Core i3-10105, 4 Cores, 3.70 GHz (Up to 4.40Ghz), 6MB, 65W, LGA1200, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I3-10105-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i3-14100F, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-14100F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700 TRAY 8-Cores, 3.7GHz(Up to 4.6GHz), AM4, 16MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600XT TRAY, 6-Core, 3.7 GHz, 35MB, 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600XT-T</t>
+  </si>
+  <si>
     <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W - MPK</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5600MPK</t>
   </si>
   <si>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i3-12100, 4 Cores, 8 Threads (3.3GHz Up to 4.3GHz, 12MB, LGA1700), 60W, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I3-12100-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8400F</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-8400F-BOX</t>
+  </si>
+  <si>
+    <t>Processor Intel Alder Lake Core i5-12400F, 6 Cores, 12 Threads (2.50 GHz Up to 4.40 GHz, 18MB, LGA1700), 65W, Tray</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400F-TRAY</t>
+  </si>
+  <si>
     <t>CPU AMD RYZEN 5 8500G TRAY, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R5-RYZEN-8500G-TR</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 5600XT TRAY, 6-Core, 3.7 GHz, 35MB, 65W, AM4</t>
-[...52 lines deleted...]
-  <si>
     <t>CPU AMD Ryzen 5 5600G, 3.9GHz(Up to 4.4GHz), 65W, AM4, TRAY</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZ-5600G-TRAY</t>
   </si>
   <si>
     <t>CPU AMD Ryzen 5 5600GT, 3.6GHz(Up to 4.6GHz), 65W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5600GT</t>
   </si>
   <si>
+    <t>CPU AMD Ryzen 5 5600GT MPK, 3.6GHz(Up to 4.6GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600GT-MPK</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600GT TRAY, 3.6GHz(Up to 4.6GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600GT-T</t>
+  </si>
+  <si>
     <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 MPK</t>
   </si>
   <si>
     <t>AMD-AM5-R5-7500F-MPK</t>
   </si>
   <si>
+    <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700X TRAY, AM4 Socket, 8 Cores, 3.4GHz, 36MB Cache, 65W, Box</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5700X-TR</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600X Tray 6-Core 3.7 GHz (4.6 GHz Turbo) 35MB/65W/AM4/Tray</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600X-T</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12400F, 6 Cores, 2.50 GHz, 18MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8500G MPK, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZ-8500G-MPK</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-13400F TRAY, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13400F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700 AM4, 8-Cores, 3.7GHz(Up to 4.6GHz), 16MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5500GT, 6-Core, 3.6GHz(Up to 4.4GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500GT</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600XT, 6-Core, 3.7 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600XT</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5500GT TRAY, 6-Core, 3.6GHz(Up to 4.4GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500GT-T</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i3-12100, 4 Cores, 3.3GHz, 12MB, LGA1700), 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-12100-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 3 4300G, 4 Cores, 8 Threads, 3.8GHz, 6MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM3-AM4-R3-4300G-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600X, 6-Core, 3.7 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600X</t>
+  </si>
+  <si>
+    <t>CPU Intel Rocket Lake Core i5-11400, 6 Cores, 2.60Ghz (Up to 4.40Ghz), 12MB, 65W, LGA1200, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I5-11400-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-14400F TRAY, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14400F-TRAY</t>
+  </si>
+  <si>
     <t>CPU AMD RYZEN 7 8700F TRAY, 8-Core 4.1GHz (Up to 5.0GHz) 24MB Cache, 65W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R7-8700F-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i5-12400F, 6 Cores, 2.50 GHz, 18MB, LGA1700, 65W, BOX</t>
-[...80 lines deleted...]
-    <t>INTEL-I5-11400-TRAY</t>
+    <t>CPU AMD RYZEN 5 5600T, 6-Core, 3.5 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600T</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake Core i5-14400F, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-14400F-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake Core i5-14400F TRAY, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W</t>
-[...10 lines deleted...]
-  <si>
     <t>CPU AMD Ryzen 5 5600G, 3.9GHz(Up to 4.4GHz), 65W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5600G</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 5 8500G, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5, BOX</t>
   </si>
   <si>
     <t>AMD-AM5-R5-RYZEN-8500G</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 5 7600 MPK</t>
   </si>
   <si>
     <t>AMD-AM5-R5-7600-MPK</t>
   </si>
   <si>
+    <t>CPU AMD RYZEN 5 7600, 6-Core, 3.8 GHz, 32MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600-BOX</t>
+  </si>
+  <si>
     <t>CPU Intel Alder Lake Core i5-12600KF, 10 Cores, 3.7GHz, 20MB, LGA1700, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-12600KF-BOX</t>
   </si>
   <si>
+    <t>CPU AMD RYZEN 5 9600 TRAY, 6-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 5800X, 8-Core, 3.8 GHz, 36MB, 105W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5800X</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7700 TRAY 8-Core 3.8 GHz (5.3 GHz Turbo) 32MB/65W/AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9500 TRAY, 6-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9500F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600X TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8600G, 4.3GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8600G</t>
+  </si>
+  <si>
+    <t>CPU Intel Comet Lake-S Core I5-10400, 6 cores, 2.9Ghz, 12MB, 65W, LGA1200, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-10400-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 5700G, 3.8GHz (Up to 4.6GHz) 20MB Cache, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5700G</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7700 MPK SR1 8-Core 3.8 GHz (5.3 GHz Turbo) 32MB/65W/AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700-MPK-SR1</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600X, 6-Core, 4.7 GHz, 32MB, 105W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i3-13100 TRAY, 4 Cores, 3.4GHz, 12MB, LGA1700, 60W</t>
+  </si>
+  <si>
+    <t>INTEL-I3-13100-TRAY</t>
+  </si>
+  <si>
     <t>CPU AMD Ryzen 7 5700X, AM4 Socket, 8 Cores, 3.4GHz, 36MB Cache, 65W, Box</t>
   </si>
   <si>
     <t>AMD-AM4-R7-RYZ-5700X-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 7600, 6-Core, 3.8 GHz, 32MB, 65W, AM5, BOX</t>
-[...56 lines deleted...]
-    <t>INTEL-I3-13100-TRAY</t>
+    <t>CPU Intel Raptor Lake i5-13600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, Tray, No Graphics</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13600KF-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12400, 6 Cores, 2.5GHz, 18MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i3-14100, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-14100-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12600K, 10 Cores, 3.7GHz, 20MB, LGA1700, 125W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12600K-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 5 245KF, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-245KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7700 MPK</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700-MPK</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 5 9600X MPK, 6-Core, 3.9 GHz, 32MB, 65W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R5-9600X-MPK</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i5-13600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, Tray, No Graphics</t>
-[...32 lines deleted...]
-    <t>INTEL-ULTRA-5-245KF-BOX</t>
+    <t>CPU Intel Raptor Lake i5-13600K TRAY, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13600K-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 5800XT 8-Core 3.8 GHz, 36MB, 105W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5800XT</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 5 245K, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-245K-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600X, 6-Core, 3.9 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600X-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600KF TRAY, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600KF-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 8700F</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-8700F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7700X, 8-Core, 4.5 GHz, 32MB, 105W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700X-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700KF, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700F, 12 Cores, 20 Threads(3.60 GHz Up to 4.90 GHz, 25MB, LGA1700), 65W, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700KF, 12 Cores, 20 Threads (3.6GHz Up to 5.0GHz, 25MB, LGA1700), 125W, No Graphics, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700KF-TRAY</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i5-12500, 6 Cores, 3.00 GHz, 18MB, LGA1700, 65W, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-12500-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 5800XT 8-Core 3.8 GHz, 36MB, 105W, AM4</t>
-[...56 lines deleted...]
-    <t>INTEL-I5-13600K-TRAY</t>
+    <t>CPU AMD RYZEN 7 8700G, 8-Core 4.2GHz (Up to 5.1GHz) 24MB Cache, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-RYZEN-8700G</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-14400 TRAY , 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14400-TRAY</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 9700X TRAY, 8-Core, 3.8 GHz, 32MB, 65W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R7-9700X-TRAY</t>
   </si>
   <si>
+    <t>CPU Intel Raptor Lake Core i5-13500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13500-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7500X3D 6-Core, 4.5 GHz, 96MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500X3D-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700F, 12 Cores, 3.60 GHz, 25MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700F-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600 TRAY, 14 Cores, 2.7 GHz, 24MB, 65W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i7-12700K, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700K-BOX</t>
+  </si>
+  <si>
     <t>CPU Intel Raptor Lake i5-14600K, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-14600K-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake Core i5-13500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
-[...29 lines deleted...]
-    <t>INTEL-I5-14400-TRAY</t>
+    <t>CPU AMD RYZEN 7 7800X3D 8-Core 4.2 GHz, AM5, TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7800X3D-TRAY</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake i7-13700F, 8P+8E, Cores 2.10,30MB, 65W, LGA1700, BOX, No Graphics</t>
   </si>
   <si>
     <t>INTEL-I7-13700F-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 8700G, 8-Core 4.2GHz (Up to 5.1GHz) 24MB Cache, 65W, AM5, BOX</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU Intel Core Ultra 5 235 14-Core (6P+8E) 3.4 GHz, 26MB, LGA1851, BOX</t>
   </si>
   <si>
     <t>INTEL-ULTRA-5-235-BOX</t>
   </si>
   <si>
     <t>Processor Intel Raptor Lake Core i5-13400 TRAY, 6P+4E Cores, 16 Threads (2.50 GHz Up to 4.60 GHz, 20MB, LGA1700), 65W</t>
   </si>
   <si>
     <t>INTEL-I5-13400-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i5-14600 TRAY, 14 Cores, 2.7 GHz, 24MB, 65W, LGA1700</t>
-[...2 lines deleted...]
-    <t>INTEL-I5-14600-TRAY</t>
+    <t>CPU Intel Raptor Lake Core i5-14400, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14400-BOX</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake Core i5-14500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
   </si>
   <si>
     <t>INTEL-I5-14500-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i7-12700, 12 Cores, 3.60 GHz, 25MB, LGA1700, 65W, BOX</t>
-[...22 lines deleted...]
-  <si>
     <t>CPU AMD Ryzen 5 PRO 9645 MPK, 6-Core 3.9 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R5-9645-PRO</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 7800X3D 8-Core 4.2 GHz, AM5, TRAY</t>
-[...94 lines deleted...]
-  <si>
     <t>CPU Intel Raptor Lake i7-14700K, 20 Cores 3.4 GHz, 33MB, 125W, LGA1700, BOX</t>
   </si>
   <si>
-    <t>INTEL-I7-14700K-BOX</t>
-[...5 lines deleted...]
-    <t>AMD-AM5-R7-7800X3D-BOX</t>
+    <t>INTEL-I7-14700K-TRAY</t>
   </si>
   <si>
     <t>CPU AMD Ryzen 7 PRO 9745 MPK, 8-Core 3.8 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R7-9745-PRO</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i7-13700KF TRAY , 16 Cores, 3.5 GHz, 125W, LGA1700</t>
-[...40 lines deleted...]
-  <si>
     <t>CPU AMD RYZEN 7 9850X3D TRAY, 8-Core, 4.7 GHz, 96MB, 120W, AM5, No Cooler</t>
   </si>
   <si>
     <t>AMD-AM5-R7-9850X3D-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Core Ultra 9 285K, 24-Core (8P+16E) 3.2 GHz, 40MB, LGA1851, BOX</t>
-[...2 lines deleted...]
-    <t>INTEL-ULTRA-9-285K-BOX</t>
+    <t>CPU AMD RYZEN 7 9850X3D, 8-Core, 4.7 GHz, 96MB, 120W, AM5, No Cooler, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9850X3D-BOX</t>
+  </si>
+  <si>
+    <t>Processor Intel Core Ulta 9 285K 24-Core (8P+16E) 3.2GHz(Turbo Boost 5.7) LGA1851 40MB Cache - TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-9-285K-TRAY</t>
   </si>
   <si>
     <t>CPU Intel Core Ultra 9 285 TRAY, 24-Core (8P+16E) 3.2 GHz, 40MB, LGA1851</t>
   </si>
   <si>
     <t>INTEL-ULTRA-9-285-TRAY</t>
-  </si>
-[...46 lines deleted...]
-    <t>AMD-TRP-RYZEN-9980X-BOX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1177,3664 +1018,1746 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D258"/>
+  <dimension ref="A1:D121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>3.684</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>47.856</v>
+        <v>46.872</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>47.856</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>61.308</v>
+        <v>61.584</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>67.14</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>74.22</v>
+        <v>72.696</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>77.556</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>83.448</v>
+        <v>81.732</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>95.604</v>
+        <v>82.32</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>96.156</v>
+        <v>83.52</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>100.068</v>
+        <v>92.952</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>100.668</v>
+        <v>94.176</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>103.92</v>
+        <v>95.604</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>104.772</v>
+        <v>96.804</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>110.772</v>
+        <v>105.9</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>118.428</v>
+        <v>115.152</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>120.624</v>
+        <v>117.756</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>121.08</v>
+        <v>118.428</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>122.244</v>
+        <v>118.584</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>130.116</v>
+        <v>118.8</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>143.172</v>
+        <v>120.216</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>143.664</v>
+        <v>132.864</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>146.688</v>
+        <v>142.656</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>148.668</v>
+        <v>142.8</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>151.08</v>
+        <v>143.664</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>153.324</v>
+        <v>143.988</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>153.588</v>
+        <v>145.608</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>154.068</v>
+        <v>146.004</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>154.392</v>
+        <v>146.232</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>156.576</v>
+        <v>148.248</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>158.616</v>
+        <v>150.168</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>160.152</v>
+        <v>150.228</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>162.444</v>
+        <v>150.636</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>162.648</v>
+        <v>151.212</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>163.716</v>
+        <v>154.068</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>163.836</v>
+        <v>154.476</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>164.88</v>
+        <v>158.304</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>170.448</v>
+        <v>159.108</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>173.592</v>
+        <v>160.344</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>173.712</v>
+        <v>160.464</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>176.208</v>
+        <v>160.668</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>188.256</v>
+        <v>161.136</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>188.256</v>
+        <v>162.648</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>189.576</v>
+        <v>169.572</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>194.868</v>
+        <v>176.064</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>196.224</v>
+        <v>177.708</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>197.388</v>
+        <v>185.556</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>200.436</v>
+        <v>185.676</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>200.448</v>
+        <v>188.256</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>202.416</v>
+        <v>190.86</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>205.884</v>
+        <v>192.18</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>208.284</v>
+        <v>197.34</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>209.724</v>
+        <v>198.252</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>209.952</v>
+        <v>200.436</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>211.02</v>
+        <v>202.8</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>213.084</v>
+        <v>205.62</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>213.864</v>
+        <v>206.4</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>215.1</v>
+        <v>206.676</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>217.092</v>
+        <v>208.8</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>218.988</v>
+        <v>209.46</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>222.66</v>
+        <v>209.724</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>222.684</v>
+        <v>211.224</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>226.824</v>
+        <v>212.688</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>231.348</v>
+        <v>216.06</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>234.552</v>
+        <v>217.092</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>234.612</v>
+        <v>217.152</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>235.956</v>
+        <v>221.484</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>250.452</v>
+        <v>228.66</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>253.536</v>
+        <v>231.348</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>255.624</v>
+        <v>234.552</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>261.648</v>
+        <v>234.612</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>262.392</v>
+        <v>234.624</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>267.276</v>
+        <v>236.364</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>270.276</v>
+        <v>237.576</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>272.388</v>
+        <v>248.772</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>275.016</v>
+        <v>253.536</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>282.012</v>
+        <v>256.98</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>297.564</v>
+        <v>261.648</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>298.02</v>
+        <v>268.476</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>305.04</v>
+        <v>269.364</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>307.92</v>
+        <v>270.276</v>
       </c>
       <c r="D82" t="s">
-        <v>169</v>
+        <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>309.312</v>
+        <v>272.388</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>312.012</v>
+        <v>279.756</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>313.536</v>
+        <v>280.068</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>315.504</v>
+        <v>282.168</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>316.5</v>
+        <v>295.092</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>318.12</v>
+        <v>298.8</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
         <v>182</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>320.052</v>
+        <v>305.04</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
         <v>184</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>324.348</v>
+        <v>305.58</v>
       </c>
       <c r="D90" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
         <v>186</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>324.468</v>
+        <v>309.312</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
         <v>188</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>327.468</v>
+        <v>312.984</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>189</v>
+      </c>
+      <c r="B93" t="s">
         <v>190</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>327.864</v>
+        <v>313.176</v>
       </c>
       <c r="D93" t="s">
-        <v>169</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
         <v>192</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>333.0</v>
+        <v>314.208</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
         <v>194</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>334.404</v>
+        <v>314.844</v>
       </c>
       <c r="D95" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" t="s">
         <v>196</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>341.136</v>
+        <v>315.504</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" t="s">
         <v>198</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>342.756</v>
+        <v>318.12</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
         <v>200</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>343.02</v>
+        <v>320.052</v>
       </c>
       <c r="D98" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" t="s">
         <v>202</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>344.748</v>
+        <v>323.52</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" t="s">
         <v>204</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>350.892</v>
+        <v>324.468</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
         <v>206</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>352.512</v>
+        <v>326.52</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C102">
-        <v>3.684</v>
+        <v>92.952</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="B103" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="C103">
-        <v>59.496</v>
+        <v>118.8</v>
       </c>
       <c r="D103" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="B104" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="C104">
-        <v>61.308</v>
+        <v>146.232</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="B105" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="C105">
-        <v>74.22</v>
+        <v>148.248</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="B106" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="C106">
-        <v>83.448</v>
+        <v>150.636</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="B107" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="C107">
-        <v>95.604</v>
+        <v>154.476</v>
       </c>
       <c r="D107" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="B108" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="C108">
-        <v>96.156</v>
+        <v>160.668</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="B109" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="C109">
-        <v>100.068</v>
+        <v>177.708</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>31</v>
+        <v>131</v>
       </c>
       <c r="B110" t="s">
-        <v>32</v>
+        <v>132</v>
       </c>
       <c r="C110">
-        <v>103.92</v>
+        <v>212.688</v>
       </c>
       <c r="D110" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="B111" t="s">
-        <v>34</v>
+        <v>136</v>
       </c>
       <c r="C111">
-        <v>104.772</v>
+        <v>217.092</v>
       </c>
       <c r="D111" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>35</v>
+        <v>161</v>
       </c>
       <c r="B112" t="s">
-        <v>36</v>
+        <v>162</v>
       </c>
       <c r="C112">
-        <v>110.772</v>
+        <v>261.648</v>
       </c>
       <c r="D112" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>37</v>
+        <v>199</v>
       </c>
       <c r="B113" t="s">
-        <v>38</v>
+        <v>200</v>
       </c>
       <c r="C113">
-        <v>118.428</v>
+        <v>320.052</v>
       </c>
       <c r="D113" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>41</v>
+        <v>203</v>
       </c>
       <c r="B114" t="s">
-        <v>42</v>
+        <v>204</v>
       </c>
       <c r="C114">
-        <v>121.08</v>
+        <v>324.468</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>43</v>
+        <v>207</v>
       </c>
       <c r="B115" t="s">
-        <v>44</v>
+        <v>208</v>
       </c>
       <c r="C115">
-        <v>122.244</v>
+        <v>420.72</v>
       </c>
       <c r="D115" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>45</v>
+        <v>209</v>
       </c>
       <c r="B116" t="s">
-        <v>46</v>
+        <v>210</v>
       </c>
       <c r="C116">
-        <v>130.116</v>
+        <v>427.812</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>47</v>
+        <v>211</v>
       </c>
       <c r="B117" t="s">
-        <v>48</v>
+        <v>212</v>
       </c>
       <c r="C117">
-        <v>143.172</v>
+        <v>520.728</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>49</v>
+        <v>213</v>
       </c>
       <c r="B118" t="s">
-        <v>50</v>
+        <v>214</v>
       </c>
       <c r="C118">
-        <v>143.664</v>
+        <v>563.544</v>
       </c>
       <c r="D118" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>53</v>
+        <v>215</v>
       </c>
       <c r="B119" t="s">
-        <v>54</v>
+        <v>216</v>
       </c>
       <c r="C119">
-        <v>148.668</v>
+        <v>627.348</v>
       </c>
       <c r="D119" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>55</v>
+        <v>217</v>
       </c>
       <c r="B120" t="s">
-        <v>56</v>
+        <v>218</v>
       </c>
       <c r="C120">
-        <v>151.08</v>
+        <v>632.844</v>
       </c>
       <c r="D120" t="s">
-        <v>12</v>
-[...1917 lines deleted...]
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D258"/>
+  <autoFilter ref="A1:D121"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>