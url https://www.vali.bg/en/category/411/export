--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -7,134 +7,140 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$29</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$30</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Basic" USB 2.0 OTG Cardreader</t>
   </si>
   <si>
     <t>HAMA-181056</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Hama USB card reader, USB 2.0, 200132</t>
+  </si>
+  <si>
+    <t>HAMA-200132</t>
+  </si>
+  <si>
+    <t>AC card reader NITROX CI-02 3.5" internal USB2.0</t>
+  </si>
+  <si>
+    <t>INTER-TECH-READER</t>
+  </si>
+  <si>
+    <t>Card Reader Silicon Power C200 MicroSD - USB Type C</t>
+  </si>
+  <si>
+    <t>SLP-SD-MREDC2000K</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Card Reader HAMA 91092, 8 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-91092</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Hama USB card reader, USB 2.0, 200132</t>
-[...17 lines deleted...]
-    <t>HAMA-91092</t>
+    <t>Hama "All in One" USB Card Reader, 200129</t>
+  </si>
+  <si>
+    <t>HAMA-200129</t>
   </si>
   <si>
     <t>Hama USB Card Reader, USB-C</t>
   </si>
   <si>
     <t>HAMA-200131</t>
   </si>
   <si>
-    <t>Hama "All in One" USB Card Reader, 200129</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama USB 3.0 Card Reader, 123900</t>
   </si>
   <si>
     <t>HAMA-123900</t>
   </si>
   <si>
+    <t>Card Reader Kingston MobileLite Plus SD</t>
+  </si>
+  <si>
+    <t>KIN-READ-MLP</t>
+  </si>
+  <si>
     <t>Card Reader Kingston MobileLite Plus microSD</t>
   </si>
   <si>
     <t>KIN-READ-MLPM</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...7 lines deleted...]
-  <si>
     <t>Hama USB 3.0 Multi Card Reader, 124022</t>
   </si>
   <si>
     <t>HAMA-124022</t>
   </si>
   <si>
     <t>Hama "35in1" USB 2.0 Multi Card Reader</t>
   </si>
   <si>
     <t>HAMA-55348</t>
   </si>
   <si>
     <t>Hama USB 3.0 Multi-Card Reader</t>
   </si>
   <si>
     <t>HAMA-181018</t>
   </si>
   <si>
     <t>ACT USB 2.0 Smart Card ID reader</t>
   </si>
   <si>
     <t>EWENT-ACT-READER-AC6015</t>
   </si>
   <si>
     <t>Hama "All in One" USB Card Reader, 200128</t>
@@ -181,66 +187,66 @@
   <si>
     <t xml:space="preserve"> Extreme PRO SD Card USB-C Reader, USB-C, SD-SDDR-409-G46</t>
   </si>
   <si>
     <t>SD-SDDR-409-G46</t>
   </si>
   <si>
     <t>Card reader Kingston Workflow SD Reader</t>
   </si>
   <si>
     <t>KIN-READ-WFS-SD</t>
   </si>
   <si>
     <t>Delock USB Type-C™ Card Reader for CFast 2.0 memory cards</t>
   </si>
   <si>
     <t>DELOCK-91745</t>
   </si>
   <si>
     <t>Cherry USB Smart Card Reader ST-1144</t>
   </si>
   <si>
     <t>CHERRY-ST-1144UB</t>
   </si>
   <si>
+    <t>Delock SuperSpeed USB 5 Gbps Card Reader for CFast memory cards</t>
+  </si>
+  <si>
+    <t>DELOCK-91686</t>
+  </si>
+  <si>
+    <t>Dock for card readers Kingston Workflow Station</t>
+  </si>
+  <si>
+    <t>KIN-READ-WFS-U</t>
+  </si>
+  <si>
     <t>SANDISK ImageMate PRO USB-C Reader/Writer</t>
   </si>
   <si>
     <t>SD-SDDR-A631-GNGNN</t>
-  </si>
-[...10 lines deleted...]
-    <t>KIN-READ-WFS-U</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -544,458 +550,472 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>8.796</v>
+        <v>9.564</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>11.568</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>13.212</v>
+        <v>13.116</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>13.368</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>18.168</v>
+        <v>14.964</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>18.18</v>
+        <v>16.2</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>18.948</v>
+        <v>18.168</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>20.868</v>
+        <v>18.792</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>21.252</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>22.368</v>
+        <v>21.288</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>23.076</v>
+        <v>22.368</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>23.928</v>
+        <v>23.076</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>25.152</v>
+        <v>23.928</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>26.064</v>
+        <v>25.152</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>31.02</v>
+        <v>30.42</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>33.396</v>
+        <v>31.02</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>33.84</v>
+        <v>33.396</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>35.244</v>
+        <v>33.84</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>49.512</v>
+        <v>35.244</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>49.584</v>
+        <v>49.512</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>51.384</v>
+        <v>49.584</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>69.0</v>
+        <v>51.384</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>78.204</v>
+        <v>69.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>88.428</v>
+        <v>78.204</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>89.844</v>
+        <v>88.428</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>94.056</v>
+        <v>94.644</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>118.8</v>
+        <v>96.18</v>
       </c>
       <c r="D28" t="s">
-        <v>22</v>
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29">
+        <v>100.2</v>
+      </c>
+      <c r="D29" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D29"/>
+  <autoFilter ref="A1:D30"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>