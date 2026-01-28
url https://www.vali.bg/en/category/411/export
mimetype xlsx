--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -14,161 +14,164 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$30</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Basic" USB 2.0 OTG Cardreader</t>
   </si>
   <si>
     <t>HAMA-181056</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama USB card reader, USB 2.0, 200132</t>
   </si>
   <si>
     <t>HAMA-200132</t>
   </si>
   <si>
+    <t>Card Reader Silicon Power C200 MicroSD - USB Type C</t>
+  </si>
+  <si>
+    <t>SLP-SD-MREDC2000K</t>
+  </si>
+  <si>
     <t>AC card reader NITROX CI-02 3.5" internal USB2.0</t>
   </si>
   <si>
     <t>INTER-TECH-READER</t>
   </si>
   <si>
-    <t>Card Reader Silicon Power C200 MicroSD - USB Type C</t>
-[...2 lines deleted...]
-    <t>SLP-SD-MREDC2000K</t>
+    <t>Card Reader HAMA 91092, 8 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-91092</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama USB Card Reader, USB-C</t>
+  </si>
+  <si>
+    <t>HAMA-200131</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Card Reader HAMA 91092, 8 in 1</t>
-[...2 lines deleted...]
-    <t>HAMA-91092</t>
+    <t>Hama "All in One" USB Card Reader, 200129</t>
+  </si>
+  <si>
+    <t>HAMA-200129</t>
+  </si>
+  <si>
+    <t>Hama USB 3.0 Card Reader, 123900</t>
+  </si>
+  <si>
+    <t>HAMA-123900</t>
+  </si>
+  <si>
+    <t>Hama USB 3.0 Multi Card Reader, 124022</t>
+  </si>
+  <si>
+    <t>HAMA-124022</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Hama "All in One" USB Card Reader, 200129</t>
-[...16 lines deleted...]
-  <si>
     <t>Card Reader Kingston MobileLite Plus SD</t>
   </si>
   <si>
     <t>KIN-READ-MLP</t>
   </si>
   <si>
+    <t>Hama "35in1" USB 2.0 Multi Card Reader</t>
+  </si>
+  <si>
+    <t>HAMA-55348</t>
+  </si>
+  <si>
+    <t>Hama USB 3.0 Multi-Card Reader</t>
+  </si>
+  <si>
+    <t>HAMA-181018</t>
+  </si>
+  <si>
+    <t>ACT USB 2.0 Smart Card ID reader</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-READER-AC6015</t>
+  </si>
+  <si>
+    <t>Hama "All in One" USB Card Reader, 200128</t>
+  </si>
+  <si>
+    <t>HAMA-200128</t>
+  </si>
+  <si>
     <t>Card Reader Kingston MobileLite Plus microSD</t>
   </si>
   <si>
     <t>KIN-READ-MLPM</t>
-  </si>
-[...28 lines deleted...]
-    <t>HAMA-200128</t>
   </si>
   <si>
     <t>ACT USB-C card reader for SD and micro SD, SD 4.0 UHS-II</t>
   </si>
   <si>
     <t>EWENT-ACT-AC7056</t>
   </si>
   <si>
     <t>External USB-C Smartcard eID Card Reader</t>
   </si>
   <si>
     <t>EWENT-ACT-READER-AC6020</t>
   </si>
   <si>
     <t>Silicon Power "All-in-One" card reader</t>
   </si>
   <si>
     <t>SLP-SD-READER-14</t>
   </si>
   <si>
     <t>Extreme PRO SD Card USB-C Reader, USB-C, SD-SDDR-B731-GN6NN, QuickFlow™ microSD™ UHS-I Card USB-A Reader</t>
   </si>
   <si>
     <t>SD-SDDR-B731-GN6NN</t>
   </si>
@@ -586,429 +589,429 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>9.564</v>
+        <v>4.896</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>11.568</v>
+        <v>5.916</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>13.116</v>
+        <v>6.696</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>13.368</v>
+        <v>6.708</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>7.656</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7">
+        <v>9.156</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>18.168</v>
+        <v>9.288</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>18.792</v>
+        <v>9.612</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>21.252</v>
+        <v>11.436</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>21.288</v>
+        <v>11.508</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>22.368</v>
+        <v>11.796</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>23.076</v>
+        <v>12.228</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>23.928</v>
+        <v>12.864</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>25.152</v>
+        <v>15.3</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>30.42</v>
+        <v>15.768</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>31.02</v>
+        <v>15.864</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>33.396</v>
+        <v>17.076</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>33.84</v>
+        <v>17.208</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>35.244</v>
+        <v>18.024</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>49.512</v>
+        <v>24.768</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>49.584</v>
+        <v>25.356</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>51.384</v>
+        <v>28.932</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>78.204</v>
+        <v>39.984</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>88.428</v>
+        <v>45.216</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>94.644</v>
+        <v>48.396</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>96.18</v>
+        <v>49.176</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>100.2</v>
+        <v>51.228</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D30"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>