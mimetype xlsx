--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -14,224 +14,221 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$30</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Basic" USB 2.0 OTG Cardreader</t>
   </si>
   <si>
     <t>HAMA-181056</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama USB card reader, USB 2.0, 200132</t>
   </si>
   <si>
     <t>HAMA-200132</t>
   </si>
   <si>
     <t>Card Reader Silicon Power C200 MicroSD - USB Type C</t>
   </si>
   <si>
     <t>SLP-SD-MREDC2000K</t>
   </si>
   <si>
     <t>AC card reader NITROX CI-02 3.5" internal USB2.0</t>
   </si>
   <si>
     <t>INTER-TECH-READER</t>
   </si>
   <si>
     <t>Card Reader HAMA 91092, 8 in 1</t>
   </si>
   <si>
     <t>HAMA-91092</t>
   </si>
   <si>
-    <t>on route</t>
+    <t>Hama "All in One" USB Card Reader, 200129</t>
+  </si>
+  <si>
+    <t>HAMA-200129</t>
   </si>
   <si>
     <t>Hama USB Card Reader, USB-C</t>
   </si>
   <si>
     <t>HAMA-200131</t>
   </si>
   <si>
+    <t>Hama USB 3.0 Card Reader, 123900</t>
+  </si>
+  <si>
+    <t>HAMA-123900</t>
+  </si>
+  <si>
+    <t>Hama USB 3.0 Multi Card Reader, 124022</t>
+  </si>
+  <si>
+    <t>HAMA-124022</t>
+  </si>
+  <si>
+    <t>Card Reader Kingston MobileLite Plus microSD</t>
+  </si>
+  <si>
+    <t>KIN-READ-MLPM</t>
+  </si>
+  <si>
+    <t>Hama "35in1" USB 2.0 Multi Card Reader</t>
+  </si>
+  <si>
+    <t>HAMA-55348</t>
+  </si>
+  <si>
+    <t>Card Reader Kingston MobileLite Plus SD</t>
+  </si>
+  <si>
+    <t>KIN-READ-MLP</t>
+  </si>
+  <si>
+    <t>Hama USB 3.0 Multi-Card Reader</t>
+  </si>
+  <si>
+    <t>HAMA-181018</t>
+  </si>
+  <si>
+    <t>ACT USB 2.0 Smart Card ID reader</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-READER-AC6015</t>
+  </si>
+  <si>
+    <t>Hama "All in One" USB Card Reader, 200128</t>
+  </si>
+  <si>
+    <t>HAMA-200128</t>
+  </si>
+  <si>
+    <t>ACT USB-C card reader for SD and micro SD, SD 4.0 UHS-II</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC7056</t>
+  </si>
+  <si>
+    <t>Silicon Power "All-in-One" card reader</t>
+  </si>
+  <si>
+    <t>SLP-SD-READER-14</t>
+  </si>
+  <si>
+    <t>External USB-C Smartcard eID Card Reader</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-READER-AC6020</t>
+  </si>
+  <si>
+    <t>Extreme PRO SD Card USB-C Reader, USB-C, SD-SDDR-B731-GN6NN, QuickFlow™ microSD™ UHS-I Card USB-A Reader</t>
+  </si>
+  <si>
+    <t>SD-SDDR-B731-GN6NN</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Rapoo 3-in-1 USB-C Card Reader UCR-3001</t>
+  </si>
+  <si>
+    <t>RAPOO-11415</t>
+  </si>
+  <si>
+    <t>Extreme PRO SD Card USB-C Reader, USB-A, SD-SDDR-C731-GN6NN, QuickFlow™ SD UHS-I Card USB-A Reader</t>
+  </si>
+  <si>
+    <t>SD-SDDR-C731-GN6NN</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Extreme PRO SD Card USB-C Reader, USB-C, SD-SDDR-409-G46</t>
+  </si>
+  <si>
+    <t>SD-SDDR-409-G46</t>
+  </si>
+  <si>
+    <t>Card reader Kingston Workflow SD Reader</t>
+  </si>
+  <si>
+    <t>KIN-READ-WFS-SD</t>
+  </si>
+  <si>
+    <t>Delock USB Type-C™ Card Reader for CFast 2.0 memory cards</t>
+  </si>
+  <si>
+    <t>DELOCK-91745</t>
+  </si>
+  <si>
+    <t>Cherry USB Smart Card Reader ST-1144</t>
+  </si>
+  <si>
+    <t>CHERRY-ST-1144UB</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...115 lines deleted...]
-    <t>CHERRY-ST-1144UB</t>
   </si>
   <si>
     <t>Delock SuperSpeed USB 5 Gbps Card Reader for CFast memory cards</t>
   </si>
   <si>
     <t>DELOCK-91686</t>
   </si>
   <si>
     <t>Dock for card readers Kingston Workflow Station</t>
   </si>
   <si>
     <t>KIN-READ-WFS-U</t>
   </si>
   <si>
     <t>SANDISK ImageMate PRO USB-C Reader/Writer</t>
   </si>
   <si>
     <t>SD-SDDR-A631-GNGNN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -617,404 +614,404 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>5.916</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>6.696</v>
+        <v>6.684</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>6.708</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>7.656</v>
+        <v>7.488</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>9.156</v>
+        <v>9.288</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8">
-        <v>9.288</v>
+        <v>9.336</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C9">
         <v>9.612</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C10">
-        <v>11.436</v>
+        <v>11.22</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C11">
-        <v>11.508</v>
+        <v>11.352</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C12">
-        <v>11.796</v>
+        <v>11.748</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C13">
-        <v>12.228</v>
+        <v>12.024</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C14">
-        <v>12.864</v>
+        <v>12.276</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C15">
-        <v>15.3</v>
+        <v>12.864</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C16">
-        <v>15.768</v>
+        <v>15.36</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C17">
         <v>15.864</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C18">
-        <v>17.076</v>
+        <v>16.512</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C19">
-        <v>17.208</v>
+        <v>17.076</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C20">
         <v>18.024</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C21">
         <v>24.768</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C22">
         <v>25.356</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23">
-        <v>28.932</v>
+        <v>29.772</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24">
         <v>35.28</v>
       </c>
       <c r="D24" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C25">
         <v>39.984</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
+        <v>55</v>
+      </c>
+      <c r="C26">
+        <v>43.212</v>
+      </c>
+      <c r="D26" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C27">
         <v>48.396</v>
       </c>
       <c r="D27" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28">
         <v>49.176</v>
       </c>
       <c r="D28" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>51.228</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D30"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>