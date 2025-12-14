--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -7,225 +7,243 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$39</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy PE10, PCIe, 1 x 10/100/1000 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-PE10</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Ethernet Adapter ESTILLO 10/100 PCI Realtek 8139D PCI</t>
   </si>
   <si>
     <t>EST-NET-10-100</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Ethernet Adapter ESTILLO 10/100/100 PCI-ex Realtek</t>
   </si>
   <si>
     <t>EST-NET-10-100-1000</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>Ethernet Adapter Cudy PE10, PCIe, 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-PE25</t>
+  </si>
+  <si>
     <t>Ethernet Adapter Tp-Link UE200 USB 2.0 - LAN 10/100</t>
   </si>
   <si>
     <t>TP-TL-UE200</t>
   </si>
   <si>
-    <t>Ethernet Adapter Cudy PE10, PCIe, 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
-[...4 lines deleted...]
-  <si>
     <t>Ethernet Adapter TP-LINK TG-3468, PCI-ex, V4, low</t>
   </si>
   <si>
     <t>TP-TG-3468</t>
   </si>
   <si>
     <t>USB-C to LAN Adapter, Type C to RJ45 Ethernet Network 10/100 Mbps</t>
   </si>
   <si>
     <t>EST-USBC-10-100LAN</t>
   </si>
   <si>
     <t>Ethernet Adapter Tp-Link UE300 USB 2.0 - LAN 1000 Mbps</t>
   </si>
   <si>
     <t>TP-TL-UE300</t>
   </si>
   <si>
     <t>Ethernet Adapter EDIMAX EU-4208, USB 2.0, 10/100 Mbps</t>
   </si>
   <si>
     <t>EDIM-EU-4208</t>
   </si>
   <si>
     <t>Fast Ethernet PCI-ex Adapter EDIMAX EN-9260TX-E, 10/100/1000 Gigabit Ethernet, low profile</t>
   </si>
   <si>
     <t>EDIM-EN-9260TX-E</t>
   </si>
   <si>
     <t>Ethernet Adapter Tp-Link UE306 USB 3.0 to Gigabit Ethernet</t>
   </si>
   <si>
     <t>TP-TL-UE306</t>
   </si>
   <si>
+    <t>Hama Network Adapter, USB Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>HAMA-200325</t>
+  </si>
+  <si>
     <t>Ethernet Adapter Edimax EU-4306,USB 3.0,Gigabit Ethernet</t>
   </si>
   <si>
     <t>EDIM-EU-4306</t>
   </si>
   <si>
+    <t>USB 3.1 Type C USB-C To RJ45 Lan Network Gigabit Ethernet Adapter 10/100/1000Mbps</t>
+  </si>
+  <si>
+    <t>EST-USBC-10-100-1000LAN</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Intel Wi-Fi 6E AX211 Gig+2230 2x2 AX R2 6GHz+ AX211.NGWG</t>
+  </si>
+  <si>
+    <t>INTEL-LAN-WIFI6E-AX211</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ESTILLO USB 3.0 - LAN 10/100/1000</t>
+  </si>
+  <si>
+    <t>EST-USB-10-100-1000LAN</t>
+  </si>
+  <si>
+    <t>J5 Create JUE130 USB 3.0 Gigabit Ethernet Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUE130</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter j5Create JCE131, Type-C USB-C 3.1 Gen1, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>J5-JCE133G</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy WE3000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE3000</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter TP-LINK TX201 PCIe 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
+  </si>
+  <si>
+    <t>TP-TL-TX201</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Delock 66039 USB-A &gt; RJ45, USB 3.2 Gen 1 AX88179A, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>DELOCK-66039</t>
+  </si>
+  <si>
     <t>Ethernet Adapter D-Link USB 3.0 Gigabit Adapter</t>
   </si>
   <si>
     <t>D-LINK-DUB-1312</t>
   </si>
   <si>
-    <t>USB 3.1 Type C USB-C To RJ45 Lan Network Gigabit Ethernet Adapter 10/100/1000Mbps</t>
-[...49 lines deleted...]
-  <si>
     <t>Delock USB Type-C™ Adapter to 5 Gigabit LAN</t>
   </si>
   <si>
     <t>DELOCK-81570</t>
   </si>
   <si>
     <t>Ethernet Adapter Delock 61026 USB-C - RJ45, USB 3.2 Gen 1 RTL8153B, Gigabit Ethernet, PD 3.0</t>
   </si>
   <si>
     <t>DELOCK-61026</t>
   </si>
   <si>
+    <t>Ethernet Adapter Cudy WE4000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE4000</t>
+  </si>
+  <si>
     <t>USB Type-C to 2.5G Gigabit Ethernet Adapter</t>
   </si>
   <si>
     <t>EDIM-EU-4307</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ASUS USB-C2500 V2 USB-Type C, RJ45 2.5G/1G/100Mbps</t>
+  </si>
+  <si>
+    <t>ASUS-ADP-USB-C2500-V2</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy WE3000S, PCIe, Tri Band, 2.4/5/6 GHz, 574 - 2400 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-WE3000S</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy WE9300, PCIe, Tri Band, 5.7 Gbps, 2.8 Gbps, 688 Mbps, WiFi 7, Bluetooth 5.4</t>
   </si>
   <si>
     <t>CUDY-PCI-WE9300</t>
   </si>
   <si>
     <t>Fast Ethernet PCI Adapter Intel EXPI9301CTBLK, PCIe v1.1 (2.5 GT/s) to 1x RJ45 10/100/1000Mbps</t>
   </si>
   <si>
     <t>INTEL-LAN-EXPI9301CTBLK</t>
   </si>
   <si>
     <t>Ethernet Adapter Ricoh DDST Unit Type M16, MP 2014D, MP 2014AD</t>
   </si>
   <si>
     <t>RICOH-LAN-MP2014</t>
   </si>
@@ -586,51 +604,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -664,110 +682,110 @@
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>18.0</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5">
-        <v>21.6</v>
+        <v>20.172</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>21.816</v>
+        <v>21.6</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>22.2</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>23.604</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>25.212</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>26.904</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>28.296</v>
@@ -776,366 +794,408 @@
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>28.992</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>36.804</v>
+        <v>32.424</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>37.02</v>
+        <v>36.804</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>37.368</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>41.412</v>
+        <v>41.364</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>41.928</v>
+        <v>41.412</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18">
+        <v>41.928</v>
+      </c>
+      <c r="D18" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>43.848</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>48.0</v>
+        <v>44.148</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>48.996</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>58.344</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>68.736</v>
+        <v>60.144</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>70.596</v>
+        <v>68.736</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>75.0</v>
+        <v>70.596</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>79.2</v>
+        <v>71.916</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>118.992</v>
+        <v>75.0</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>150.0</v>
+        <v>78.996</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>165.612</v>
+        <v>79.2</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>169.92</v>
+        <v>94.8</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>180.72</v>
+        <v>150.0</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>189.0</v>
+        <v>165.612</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>223.056</v>
+        <v>169.92</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>236.46</v>
+        <v>180.72</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
+        <v>189.0</v>
+      </c>
+      <c r="D35" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
+        <v>77</v>
+      </c>
+      <c r="C36">
+        <v>223.056</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
+        <v>79</v>
+      </c>
+      <c r="C37">
+        <v>236.46</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
+        <v>80</v>
+      </c>
+      <c r="C38">
         <v>357.6</v>
       </c>
-      <c r="D35" t="s">
+      <c r="D38" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D36"/>
+  <autoFilter ref="A1:D39"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>