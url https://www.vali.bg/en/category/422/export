--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -7,255 +7,243 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$39</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy PE10, PCIe, 1 x 10/100/1000 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-PE10</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Ethernet Adapter ESTILLO 10/100 PCI Realtek 8139D PCI</t>
-[...2 lines deleted...]
-    <t>EST-NET-10-100</t>
+    <t>Ethernet Adapter ESTILLO 10/100/100 PCI-ex Realtek</t>
+  </si>
+  <si>
+    <t>EST-NET-10-100-1000</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Tp-Link UE200 USB 2.0 - LAN 10/100</t>
+  </si>
+  <si>
+    <t>TP-TL-UE200</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter TP-LINK TG-3468, PCI-ex, V4, low</t>
+  </si>
+  <si>
+    <t>TP-TG-3468</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Tp-Link UE300 USB 2.0 - LAN 1000 Mbps</t>
+  </si>
+  <si>
+    <t>TP-TL-UE300</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy PE10, PCIe, 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-PE25</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Tp-Link UE306 USB 3.0 to Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>TP-TL-UE306</t>
+  </si>
+  <si>
+    <t>Hama Network Adapter, USB Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>HAMA-200325</t>
+  </si>
+  <si>
+    <t>Fast Ethernet PCI-ex Adapter EDIMAX EN-9260TX-E, 10/100/1000 Gigabit Ethernet, low profile</t>
+  </si>
+  <si>
+    <t>EDIM-EN-9260TX-E</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter EDIMAX EU-4208, USB 2.0, 10/100 Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-EU-4208</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Intel Wi-Fi 6E AX211 Gig+2230 2x2 AX R2 6GHz+ AX211.NGWG</t>
+  </si>
+  <si>
+    <t>INTEL-LAN-WIFI6E-AX211</t>
+  </si>
+  <si>
+    <t>J5 Create JUE130 USB 3.0 Gigabit Ethernet Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUE130</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter j5Create JCE131, Type-C USB-C 3.1 Gen1, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>J5-JCE133G</t>
+  </si>
+  <si>
+    <t>USB 3.1 Type C USB-C To RJ45 Lan Network Gigabit Ethernet Adapter 10/100/1000Mbps</t>
+  </si>
+  <si>
+    <t>EST-USBC-10-100-1000LAN</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Ethernet Adapter ESTILLO 10/100/100 PCI-ex Realtek</t>
-[...59 lines deleted...]
-    <t>HAMA-200325</t>
+    <t>Ethernet Adapter Cudy WE3000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE3000</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter TP-LINK TX201 PCIe 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
+  </si>
+  <si>
+    <t>TP-TL-TX201</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ESTILLO USB 3.0 - LAN 10/100/1000</t>
+  </si>
+  <si>
+    <t>EST-USB-10-100-1000LAN</t>
   </si>
   <si>
     <t>Ethernet Adapter Edimax EU-4306,USB 3.0,Gigabit Ethernet</t>
   </si>
   <si>
     <t>EDIM-EU-4306</t>
   </si>
   <si>
-    <t>USB 3.1 Type C USB-C To RJ45 Lan Network Gigabit Ethernet Adapter 10/100/1000Mbps</t>
-[...43 lines deleted...]
-  <si>
     <t>Ethernet Adapter Delock 66039 USB-A &gt; RJ45, USB 3.2 Gen 1 AX88179A, Gigabit Ethernet</t>
   </si>
   <si>
     <t>DELOCK-66039</t>
   </si>
   <si>
     <t>Ethernet Adapter D-Link USB 3.0 Gigabit Adapter</t>
   </si>
   <si>
     <t>D-LINK-DUB-1312</t>
   </si>
   <si>
+    <t>Ethernet Adapter Cudy WE3000S, PCIe, Tri Band, 2.4/5/6 GHz, 574 - 2400 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE3000S</t>
+  </si>
+  <si>
     <t>Delock USB Type-C™ Adapter to 5 Gigabit LAN</t>
   </si>
   <si>
     <t>DELOCK-81570</t>
   </si>
   <si>
     <t>Ethernet Adapter Delock 61026 USB-C - RJ45, USB 3.2 Gen 1 RTL8153B, Gigabit Ethernet, PD 3.0</t>
   </si>
   <si>
     <t>DELOCK-61026</t>
   </si>
   <si>
+    <t>Ethernet Adapter ASUS USB-C2500 V2 USB-Type C, RJ45 2.5G/1G/100Mbps</t>
+  </si>
+  <si>
+    <t>ASUS-ADP-USB-C2500-V2</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy WE9300, PCIe, Tri Band, 5.7 Gbps, 2.8 Gbps, 688 Mbps, WiFi 7, Bluetooth 5.4</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE9300</t>
+  </si>
+  <si>
+    <t>USB Type-C to 2.5G Gigabit Ethernet Adapter</t>
+  </si>
+  <si>
+    <t>EDIM-EU-4307</t>
+  </si>
+  <si>
     <t>Ethernet Adapter Cudy WE4000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-WE4000</t>
-  </si>
-[...22 lines deleted...]
-    <t>CUDY-PCI-WE9300</t>
   </si>
   <si>
     <t>Fast Ethernet PCI Adapter Intel EXPI9301CTBLK, PCIe v1.1 (2.5 GT/s) to 1x RJ45 10/100/1000Mbps</t>
   </si>
   <si>
     <t>INTEL-LAN-EXPI9301CTBLK</t>
   </si>
   <si>
     <t>Ethernet Adapter Ricoh DDST Unit Type M16, MP 2014D, MP 2014AD</t>
   </si>
   <si>
     <t>RICOH-LAN-MP2014</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card to 2 x USB Type-C™ + 3 x USB Type-A - SuperSpeed USB 10 Gbps</t>
   </si>
   <si>
     <t>DELOCK-89064</t>
   </si>
   <si>
     <t>Delock PCI Express x1 Network Card Gigabit LAN 1 x SFP i210</t>
   </si>
   <si>
     <t>DELOCK-88318</t>
   </si>
@@ -604,598 +592,570 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>11.352</v>
+        <v>7.692</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>12.588</v>
+        <v>9.204</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>18.0</v>
+        <v>9.9</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>20.172</v>
+        <v>11.352</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>21.6</v>
+        <v>12.9</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>22.2</v>
+        <v>14.076</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>23.604</v>
+        <v>14.82</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>25.212</v>
+        <v>16.572</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>26.904</v>
+        <v>17.16</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>28.296</v>
+        <v>18.912</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>28.992</v>
+        <v>21.12</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13">
+        <v>21.444</v>
+      </c>
+      <c r="D13" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>36.804</v>
+        <v>22.416</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>37.368</v>
+        <v>24.636</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>41.364</v>
+        <v>24.9</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>41.412</v>
+        <v>25.056</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>41.928</v>
+        <v>25.224</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>43.848</v>
+        <v>25.872</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>44.148</v>
+        <v>29.832</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>48.996</v>
+        <v>30.756</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>58.344</v>
+        <v>34.8</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>60.144</v>
+        <v>35.148</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>68.736</v>
+        <v>36.096</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>70.596</v>
+        <v>40.392</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>71.916</v>
+        <v>44.88</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>75.0</v>
+        <v>44.952</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>78.996</v>
+        <v>50.208</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>79.2</v>
+        <v>76.692</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>94.8</v>
+        <v>84.684</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>150.0</v>
+        <v>86.88</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>165.612</v>
+        <v>92.4</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>169.92</v>
+        <v>96.636</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>180.72</v>
+        <v>114.048</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>189.0</v>
+        <v>120.9</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>223.056</v>
+        <v>182.844</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
-[...27 lines deleted...]
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D39"/>
+  <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>