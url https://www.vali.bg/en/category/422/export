--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -34,246 +34,246 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy PE10, PCIe, 1 x 10/100/1000 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-PE10</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ESTILLO 10/100/100 PCI-ex Realtek</t>
+  </si>
+  <si>
+    <t>EST-NET-10-100-1000</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Tp-Link UE200 USB 2.0 - LAN 10/100</t>
+  </si>
+  <si>
+    <t>TP-TL-UE200</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter TP-LINK TG-3468, PCI-ex, V4, low</t>
+  </si>
+  <si>
+    <t>TP-TG-3468</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Tp-Link UE300 USB 2.0 - LAN 1000 Mbps</t>
+  </si>
+  <si>
+    <t>TP-TL-UE300</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Ethernet Adapter ESTILLO 10/100/100 PCI-ex Realtek</t>
-[...25 lines deleted...]
-  <si>
     <t>Ethernet Adapter Cudy PE10, PCIe, 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
   </si>
   <si>
     <t>CUDY-PCI-PE25</t>
   </si>
   <si>
     <t>Ethernet Adapter Tp-Link UE306 USB 3.0 to Gigabit Ethernet</t>
   </si>
   <si>
     <t>TP-TL-UE306</t>
   </si>
   <si>
+    <t>Ethernet Adapter EDIMAX EU-4208, USB 2.0, 10/100 Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-EU-4208</t>
+  </si>
+  <si>
+    <t>Fast Ethernet PCI-ex Adapter EDIMAX EN-9260TX-E, 10/100/1000 Gigabit Ethernet, low profile</t>
+  </si>
+  <si>
+    <t>EDIM-EN-9260TX-E</t>
+  </si>
+  <si>
     <t>Hama Network Adapter, USB Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
   </si>
   <si>
     <t>HAMA-200325</t>
   </si>
   <si>
-    <t>Fast Ethernet PCI-ex Adapter EDIMAX EN-9260TX-E, 10/100/1000 Gigabit Ethernet, low profile</t>
-[...8 lines deleted...]
-    <t>EDIM-EU-4208</t>
+    <t>Ethernet Adapter Intel® Wi-Fi 6E AX211 (Gig+), 2230, 2x2 AX R2 (6GHz)+BT, No vPro</t>
+  </si>
+  <si>
+    <t>INTEL-LAN-WIFI6E-AX211-NV</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Edimax EU-4306,USB 3.0,Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>EDIM-EU-4306</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Ethernet Adapter Intel Wi-Fi 6E AX211 Gig+2230 2x2 AX R2 6GHz+ AX211.NGWG</t>
   </si>
   <si>
     <t>INTEL-LAN-WIFI6E-AX211</t>
   </si>
   <si>
     <t>J5 Create JUE130 USB 3.0 Gigabit Ethernet Adapter</t>
   </si>
   <si>
     <t>J5-JUE130</t>
   </si>
   <si>
-    <t>call</t>
+    <t>on route</t>
   </si>
   <si>
     <t>Ethernet Adapter j5Create JCE131, Type-C USB-C 3.1 Gen1, Gigabit Ethernet</t>
   </si>
   <si>
     <t>J5-JCE133G</t>
   </si>
   <si>
-    <t>USB 3.1 Type C USB-C To RJ45 Lan Network Gigabit Ethernet Adapter 10/100/1000Mbps</t>
-[...7 lines deleted...]
-  <si>
     <t>Ethernet Adapter Cudy WE3000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-WE3000</t>
   </si>
   <si>
     <t>Ethernet Adapter TP-LINK TX201 PCIe 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
   </si>
   <si>
     <t>TP-TL-TX201</t>
   </si>
   <si>
     <t>Ethernet Adapter ESTILLO USB 3.0 - LAN 10/100/1000</t>
   </si>
   <si>
     <t>EST-USB-10-100-1000LAN</t>
   </si>
   <si>
-    <t>Ethernet Adapter Edimax EU-4306,USB 3.0,Gigabit Ethernet</t>
-[...4 lines deleted...]
-  <si>
     <t>Ethernet Adapter Delock 66039 USB-A &gt; RJ45, USB 3.2 Gen 1 AX88179A, Gigabit Ethernet</t>
   </si>
   <si>
     <t>DELOCK-66039</t>
   </si>
   <si>
     <t>Ethernet Adapter D-Link USB 3.0 Gigabit Adapter</t>
   </si>
   <si>
     <t>D-LINK-DUB-1312</t>
   </si>
   <si>
+    <t>Ethernet Adapter Cudy WE4000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE4000</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ASUS USB-C2500 V2 USB-Type C, RJ45 2.5G/1G/100Mbps</t>
+  </si>
+  <si>
+    <t>ASUS-ADP-USB-C2500-V2</t>
+  </si>
+  <si>
     <t>Ethernet Adapter Cudy WE3000S, PCIe, Tri Band, 2.4/5/6 GHz, 574 - 2400 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-WE3000S</t>
   </si>
   <si>
     <t>Delock USB Type-C™ Adapter to 5 Gigabit LAN</t>
   </si>
   <si>
     <t>DELOCK-81570</t>
   </si>
   <si>
+    <t>USB Type-C to 2.5G Gigabit Ethernet Adapter</t>
+  </si>
+  <si>
+    <t>EDIM-EU-4307</t>
+  </si>
+  <si>
     <t>Ethernet Adapter Delock 61026 USB-C - RJ45, USB 3.2 Gen 1 RTL8153B, Gigabit Ethernet, PD 3.0</t>
   </si>
   <si>
     <t>DELOCK-61026</t>
   </si>
   <si>
-    <t>Ethernet Adapter ASUS USB-C2500 V2 USB-Type C, RJ45 2.5G/1G/100Mbps</t>
-[...4 lines deleted...]
-  <si>
     <t>Ethernet Adapter Cudy WE9300, PCIe, Tri Band, 5.7 Gbps, 2.8 Gbps, 688 Mbps, WiFi 7, Bluetooth 5.4</t>
   </si>
   <si>
     <t>CUDY-PCI-WE9300</t>
   </si>
   <si>
-    <t>USB Type-C to 2.5G Gigabit Ethernet Adapter</t>
-[...10 lines deleted...]
-  <si>
     <t>Fast Ethernet PCI Adapter Intel EXPI9301CTBLK, PCIe v1.1 (2.5 GT/s) to 1x RJ45 10/100/1000Mbps</t>
   </si>
   <si>
     <t>INTEL-LAN-EXPI9301CTBLK</t>
   </si>
   <si>
     <t>Ethernet Adapter Ricoh DDST Unit Type M16, MP 2014D, MP 2014AD</t>
   </si>
   <si>
     <t>RICOH-LAN-MP2014</t>
   </si>
   <si>
+    <t>Ethernet Adapter ASUS XG-C100C V3 PCI-E - 10Gbps Port</t>
+  </si>
+  <si>
+    <t>ASUS-PCIE-XG-C100C-V3</t>
+  </si>
+  <si>
     <t>Delock PCI Express x4 Card to 2 x USB Type-C™ + 3 x USB Type-A - SuperSpeed USB 10 Gbps</t>
   </si>
   <si>
     <t>DELOCK-89064</t>
   </si>
   <si>
     <t>Delock PCI Express x1 Network Card Gigabit LAN 1 x SFP i210</t>
   </si>
   <si>
     <t>DELOCK-88318</t>
-  </si>
-[...4 lines deleted...]
-    <t>ASUS-PCIE-XG-C100C-V3</t>
   </si>
   <si>
     <t>Ethernet Adapter ZYXEL XGN100C, 10 Gigabit Ethernet</t>
   </si>
   <si>
     <t>ZYXEL-XGN100C</t>
   </si>
   <si>
     <t>Fast Ethernet PCI Adapter Intel I350-T2V2, Dual Gigabit Server Adapter PCI-Ex 10/100/1000, 2xRJ45</t>
   </si>
   <si>
     <t>INTEL-LAN-I350T2V2</t>
   </si>
   <si>
     <t>INTEL-LAN-I350T4V2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -601,557 +601,557 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>7.692</v>
+        <v>7.2</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>9.204</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>9.9</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>11.352</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>12.9</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>14.076</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>14.82</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>16.572</v>
+        <v>15.0</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>17.16</v>
+        <v>15.6</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>18.912</v>
+        <v>16.572</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>21.12</v>
+        <v>17.7</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>21.444</v>
+        <v>19.2</v>
       </c>
       <c r="D13" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>22.416</v>
+        <v>21.12</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>24.636</v>
+        <v>21.444</v>
       </c>
       <c r="D15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>24.9</v>
+        <v>22.416</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>25.056</v>
+        <v>24.9</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>25.224</v>
+        <v>25.056</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>25.872</v>
+        <v>25.224</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>29.832</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>30.756</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>34.8</v>
+        <v>31.2</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>35.148</v>
+        <v>33.6</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>36.096</v>
+        <v>34.8</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>40.392</v>
+        <v>35.148</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>44.88</v>
+        <v>36.0</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>44.952</v>
+        <v>36.096</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>50.208</v>
+        <v>39.6</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>76.692</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>84.684</v>
       </c>
       <c r="D30" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>86.88</v>
+        <v>84.996</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>92.4</v>
+        <v>86.88</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>96.636</v>
+        <v>92.4</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
         <v>114.048</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
         <v>120.9</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>182.844</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>