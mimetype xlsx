--- v0 (2025-10-29)
+++ v1 (2026-01-28)
@@ -727,191 +727,191 @@
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
         <v>0.0</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>141.324</v>
+        <v>72.288</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>155.64</v>
+        <v>79.644</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>174.0</v>
+        <v>88.968</v>
       </c>
       <c r="D16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>180.0</v>
+        <v>92.028</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>183.804</v>
+        <v>94.044</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>198.12</v>
+        <v>101.364</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>300.0</v>
+        <v>153.384</v>
       </c>
       <c r="D20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>300.0</v>
+        <v>153.384</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>498.996</v>
+        <v>255.132</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>549.0</v>
+        <v>280.704</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>798.996</v>
+        <v>408.516</v>
       </c>
       <c r="D24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>0.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D26"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">