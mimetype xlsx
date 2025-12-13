--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -7,426 +7,417 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$92</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$91</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Bluetooth Headphones ear buds MAXELL B13-EB2  BASS 13  black</t>
+  </si>
+  <si>
+    <t>ML-AH-B13-EB2</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Bluetooth Headset Maxell Bass 13, True Wireless, Bluetooth 5.0</t>
   </si>
   <si>
     <t>ML-AH-B13-TWB</t>
   </si>
   <si>
-    <t>available</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama “Action One” Bluetooth® Headphones, True Wireless, Earbuds, black</t>
   </si>
   <si>
     <t>HAMA-221773</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama "MyVoice Essential" Mono Bluetooth® Headset, Multi-p., Voice Control, blk</t>
   </si>
   <si>
     <t>HAMA-184184</t>
   </si>
   <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, wht</t>
+  </si>
+  <si>
+    <t>HAMA-221759</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, purple</t>
+  </si>
+  <si>
+    <t>HAMA-221760</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, pink</t>
+  </si>
+  <si>
+    <t>HAMA-221761</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Green</t>
+  </si>
+  <si>
+    <t>HAMA-221762</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Orange</t>
+  </si>
+  <si>
+    <t>HAMA-221763</t>
+  </si>
+  <si>
     <t>Hama “MyVoice1500” Mono-Bluetooth Headset, HAMA-184147</t>
   </si>
   <si>
     <t>HAMA-184147</t>
   </si>
   <si>
     <t>Hama "MyVoice Advanced" Mono Bluetooth® Headset, Multi-p., Volume Control, blk</t>
   </si>
   <si>
     <t>HAMA-184185</t>
   </si>
   <si>
+    <t>Hama "Teens Guard II" Bluetooth® Children's Headphones, 184183</t>
+  </si>
+  <si>
+    <t>HAMA-184183</t>
+  </si>
+  <si>
     <t>Hama "MyVoice Station" Mono Bluetooth® Headset, Multi-point, Volume Reg., blk</t>
   </si>
   <si>
     <t>HAMA-184186</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Maxell KIDZ WIRELESS HEADPHONES HP-BT350</t>
   </si>
   <si>
     <t>ML-AH-BT350-KIDZ-PUR</t>
   </si>
   <si>
     <t>ML-AH-BT350-KIDZ-TURQ</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Bluetooth Headphones MAXELL B13-HD1 BASS 13 black</t>
   </si>
   <si>
     <t>ML-AH-B13-HD1</t>
   </si>
   <si>
+    <t>Bluetooth Headset MAXELL Dynamic, BLUE</t>
+  </si>
+  <si>
+    <t>ML-AH-TWS-DYNAMIC-BLUE</t>
+  </si>
+  <si>
     <t>"Freedom Buddy" Bluetooth® Headphones, HAMA-184165</t>
   </si>
   <si>
     <t>HAMA-184165</t>
   </si>
   <si>
-    <t>"Freedom Buddy" Bluetooth® Headphones, HAMA-184166</t>
-[...7 lines deleted...]
-  <si>
     <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, blk</t>
   </si>
   <si>
     <t>HAMA-221752</t>
   </si>
   <si>
     <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, wht</t>
   </si>
   <si>
     <t>HAMA-221753</t>
   </si>
   <si>
     <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Blue</t>
   </si>
   <si>
     <t>HAMA-221754</t>
   </si>
   <si>
     <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, pink</t>
   </si>
   <si>
     <t>HAMA-221755</t>
   </si>
   <si>
     <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Orange</t>
   </si>
   <si>
     <t>HAMA-221757</t>
   </si>
   <si>
     <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Green</t>
   </si>
   <si>
     <t>HAMA-221756</t>
   </si>
   <si>
     <t>Hama "Freedom Athletics III" Bluetooth® Headphones, In-Ear, Microphone, black</t>
   </si>
   <si>
     <t>HAMA-221775</t>
   </si>
   <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, blk</t>
   </si>
   <si>
     <t>HAMA-221758</t>
   </si>
   <si>
-    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, wht</t>
-[...26 lines deleted...]
-    <t>HAMA-221763</t>
+    <t>Hama "Freedom Athletics III" Bluetooth® Headphones, In-Ear</t>
+  </si>
+  <si>
+    <t>HAMA-221776</t>
   </si>
   <si>
     <t>Wireless Bluetooth Headphones ear buds MAXELL BT100 SOLID, Black</t>
   </si>
   <si>
     <t>ML-AH-SOLID-BT100-BK</t>
   </si>
   <si>
-    <t>Hama "Teens Guard" Bluetooth® Children's Headphones, On-Ear, Volume Limiter, GN</t>
-[...4 lines deleted...]
-  <si>
     <t>MAXELL Bluetooth EB-BT MINI DUO</t>
   </si>
   <si>
     <t>ML-AH-BT-MINIDUO</t>
   </si>
   <si>
-    <t>Hama "Teens Guard II" Bluetooth® Children's Headphones, 184183</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Freedom Lit II" Bluetooth® Headphones, 184199</t>
   </si>
   <si>
     <t>HAMA-184199</t>
   </si>
   <si>
+    <t>Hama "Freedom Lit III" Bluetooth® Headphones, On-Ear, Foldable, with Microphone, rose</t>
+  </si>
+  <si>
+    <t>HAMA-221768</t>
+  </si>
+  <si>
     <t>Hama "Freedom Lit II" Bluetooth® Headphones, 184197</t>
   </si>
   <si>
     <t>HAMA-184197</t>
   </si>
   <si>
+    <t>A4tech B20 2Drumtek True Wireless Earphone, Mint Green</t>
+  </si>
+  <si>
+    <t>A4-HEAD-B20-MINTGREEN</t>
+  </si>
+  <si>
+    <t>A4tech B27 2Drumtek True Wireless Earphone, Pink</t>
+  </si>
+  <si>
+    <t>A4-HEAD-B27-PINK</t>
+  </si>
+  <si>
     <t>Bluetooth Headset MAXELL Dynamic, Black</t>
   </si>
   <si>
     <t>ML-AH-TWS-DYNAMIC-BK</t>
   </si>
   <si>
     <t>Bluetooth Headset MAXELL Dynamic, white</t>
   </si>
   <si>
     <t>ML-AH-TWS-DYNAMIC-WH</t>
   </si>
   <si>
     <t>Hama “Spirit Chop II” Bluetooth® Headphones, TWS, In-Ear, Equaliser, black</t>
   </si>
   <si>
     <t>HAMA-184172</t>
   </si>
   <si>
     <t>Hama “Spirit Chop II” Bluetooth® Headphones, TWS, In-Ear, Equaliser, white</t>
   </si>
   <si>
     <t>HAMA-184173</t>
   </si>
   <si>
     <t>A4tech BH220 Wireless Headset, Beige</t>
   </si>
   <si>
     <t>A4-HEAD-BH220-BEIGE</t>
   </si>
   <si>
-    <t>A4tech BH220 Wireless Headset, Blue</t>
-[...4 lines deleted...]
-  <si>
     <t>Bluetooth headphones MAXELL BTB52, White</t>
   </si>
   <si>
     <t>ML-AH-BTB52-WHITE</t>
   </si>
   <si>
     <t>Bluetooth headphones MAXELL BTB52, Black</t>
   </si>
   <si>
     <t>ML-AH-BTB52-BLACK</t>
   </si>
   <si>
+    <t>Hama "Spirit Chop" Bluetooth® Headphones, 184126</t>
+  </si>
+  <si>
+    <t>HAMA-184126</t>
+  </si>
+  <si>
+    <t>Hama "Spirit Unchained" Bluetooth® Headphones, 184168</t>
+  </si>
+  <si>
+    <t>HAMA-184168</t>
+  </si>
+  <si>
+    <t>Hama "Spirit Unchained" Bluetooth® Headphones, 184169</t>
+  </si>
+  <si>
+    <t>HAMA-184169</t>
+  </si>
+  <si>
     <t>Hama "Spirit Unchained" Bluetooth® Headphones, True Wireless Earbuds, ENC, FC, black</t>
   </si>
   <si>
     <t>HAMA-184174</t>
   </si>
   <si>
     <t>Hama "Spirit Calypso II" Bluetooth® Headphones, 184176</t>
   </si>
   <si>
     <t>HAMA-184176</t>
   </si>
   <si>
     <t>Hama "Spirit Calypso II" Bluetooth® Headphones, 184177</t>
   </si>
   <si>
     <t>HAMA-184177</t>
   </si>
   <si>
-    <t>Hama "Spirit Chop" Bluetooth® Headphones, True Wireless, In-Ear, black</t>
-[...14 lines deleted...]
-    <t>A4-HEAD-B27-PINK</t>
+    <t>Hama "Spirit Calypso III" Bluetooth® Headphones, Over-Ear, Bass Boost, Fold, blk</t>
+  </si>
+  <si>
+    <t>HAMA-221779</t>
   </si>
   <si>
     <t>Hama "Spirit Unchained" Bluetooth® Headphones, 184167</t>
   </si>
   <si>
     <t>HAMA-184167</t>
   </si>
   <si>
-    <t>Hama "Spirit Unchained" Bluetooth® Headphones, 184168</t>
-[...14 lines deleted...]
-    <t>HAMA-184126</t>
+    <t>Hama "Spirit Focused" Bluetooth® Headphones, 184160</t>
+  </si>
+  <si>
+    <t>HAMA-184160</t>
   </si>
   <si>
     <t>Headphones CREATIVE Sound Blaster Jam V2 Bluetooth, Black</t>
   </si>
   <si>
     <t>CREAT-HEAD-JAM-V2</t>
   </si>
   <si>
-    <t>Hama "Spirit Pocket" Bluetooth® Headphones, True Wireless, In-Ear, white</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama "Spirit Athletics" Bluetooth® Headphones, 184115</t>
   </si>
   <si>
     <t>HAMA-184115</t>
   </si>
   <si>
-    <t>Hama "Spirit Focused" Bluetooth® Headphones, 184160</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Spirit Athletics" Bluetooth® Headphones, 184113</t>
   </si>
   <si>
     <t>HAMA-184113</t>
   </si>
   <si>
     <t>Wireless Over-ear Headphones Creative Zen Hybrid (Gen 2) - Black</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-HB-G2-BK</t>
   </si>
   <si>
     <t>HyperX Cirro Buds Pro Blue True Wireless</t>
   </si>
   <si>
     <t>HX-HEAD-CIRRO-BLUE</t>
   </si>
   <si>
+    <t>HyperX Cirro Buds Pro Tan True Wireless</t>
+  </si>
+  <si>
+    <t>HX-HEAD-CIRRO-TAN</t>
+  </si>
+  <si>
     <t>True Wireless Ear Buds Creative Zen Air Pro - White</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-AIR-PRO-W</t>
-  </si>
-[...4 lines deleted...]
-    <t>HX-HEAD-CIRRO-TAN</t>
   </si>
   <si>
     <t>Wireless Over-ear Headphones Creative Zen Hybrid 2 - Cream</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-HC</t>
   </si>
   <si>
     <t>Wireless Over-ear Headphones Creative Zen Hybrid 2 - Black</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-HB</t>
   </si>
   <si>
     <t>Wireless Bone Conduction Headphones Creative Outliner Free</t>
   </si>
   <si>
     <t>CREAT-HEAD-OUTLIER-FREE</t>
   </si>
   <si>
     <t>Headphones on-ear JBL Tune 670NC, Black</t>
   </si>
   <si>
     <t>JBL-T670BT-BK</t>
   </si>
@@ -922,1340 +913,1326 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D92"/>
+  <dimension ref="A1:D91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>20.4</v>
+        <v>15.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>21.372</v>
+        <v>18.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>25.38</v>
+        <v>21.108</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>30.06</v>
+        <v>25.044</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>30.528</v>
+        <v>30.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>33.588</v>
+        <v>30.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>34.8</v>
+        <v>30.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>34.8</v>
+        <v>30.0</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>34.8</v>
+        <v>30.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>34.992</v>
+        <v>30.06</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
         <v>26</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>34.992</v>
+        <v>30.672</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C13">
-        <v>34.992</v>
+        <v>32.4</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14">
+        <v>33.588</v>
+      </c>
+      <c r="D14" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>34.992</v>
+        <v>34.8</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C16">
-        <v>34.992</v>
+        <v>34.8</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>34.992</v>
+        <v>34.8</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>34.992</v>
+        <v>34.8</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>34.992</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20">
         <v>34.992</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C21">
         <v>34.992</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>34.992</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C23">
         <v>34.992</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C24">
         <v>34.992</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C25">
         <v>34.992</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>36.0</v>
+        <v>34.992</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>38.028</v>
+        <v>34.992</v>
       </c>
       <c r="D27" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>38.4</v>
+        <v>34.992</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>38.628</v>
+        <v>36.0</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>39.0</v>
+        <v>38.4</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>39.996</v>
+        <v>39.0</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>48.0</v>
+        <v>39.0</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>48.0</v>
+        <v>39.996</v>
       </c>
       <c r="D33" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>48.9</v>
+        <v>46.8</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>48.9</v>
+        <v>46.8</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>49.98</v>
+        <v>48.0</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>49.98</v>
+        <v>48.0</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>50.4</v>
+        <v>48.9</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>50.4</v>
+        <v>48.9</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>54.432</v>
+        <v>49.98</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>54.996</v>
+        <v>50.4</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>54.996</v>
+        <v>50.4</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
         <v>89</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>56.232</v>
+        <v>53.208</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>58.992</v>
+        <v>54.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>58.992</v>
+        <v>54.0</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>60.828</v>
+        <v>54.432</v>
       </c>
       <c r="D46" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" t="s">
         <v>97</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>60.828</v>
+        <v>54.996</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>60.828</v>
+        <v>54.996</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>62.592</v>
+        <v>54.996</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>66.504</v>
+        <v>60.828</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>72.0</v>
+        <v>66.468</v>
       </c>
       <c r="D51" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>72.0</v>
+        <v>66.504</v>
       </c>
       <c r="D52" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C53">
         <v>73.212</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>78.204</v>
+        <v>86.676</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
         <v>113</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>86.676</v>
+        <v>90.0</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" t="s">
         <v>115</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>108.996</v>
+        <v>100.8</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" t="s">
         <v>117</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>118.992</v>
+        <v>100.8</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" t="s">
         <v>119</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>138.996</v>
+        <v>114.0</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" t="s">
         <v>121</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>159.6</v>
+        <v>168.996</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C60">
         <v>168.996</v>
       </c>
       <c r="D60" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>168.996</v>
+        <v>178.992</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>178.992</v>
+        <v>198.996</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C63">
         <v>198.996</v>
       </c>
       <c r="D63" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C64">
         <v>198.996</v>
       </c>
       <c r="D64" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C65">
         <v>198.996</v>
       </c>
       <c r="D65" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C66">
         <v>198.996</v>
       </c>
       <c r="D66" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C67">
         <v>198.996</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C68">
         <v>198.996</v>
       </c>
       <c r="D68" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>198.996</v>
+        <v>242.016</v>
       </c>
       <c r="D69" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>242.016</v>
+        <v>249.0</v>
       </c>
       <c r="D70" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C71">
         <v>249.0</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C72">
         <v>249.0</v>
       </c>
       <c r="D72" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>249.0</v>
+        <v>268.992</v>
       </c>
       <c r="D73" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>268.992</v>
+        <v>298.992</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C75">
         <v>298.992</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C76">
         <v>298.992</v>
       </c>
       <c r="D76" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C77">
         <v>298.992</v>
       </c>
       <c r="D77" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C78">
         <v>298.992</v>
       </c>
       <c r="D78" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="C79">
         <v>298.992</v>
       </c>
       <c r="D79" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C80">
         <v>298.992</v>
       </c>
       <c r="D80" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="C81">
         <v>298.992</v>
       </c>
       <c r="D81" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C82">
         <v>298.992</v>
       </c>
       <c r="D82" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="C83">
         <v>298.992</v>
       </c>
       <c r="D83" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C84">
         <v>298.992</v>
       </c>
       <c r="D84" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C85">
         <v>298.992</v>
       </c>
       <c r="D85" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>298.992</v>
+        <v>304.86</v>
       </c>
       <c r="D86" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>304.86</v>
+        <v>358.992</v>
       </c>
       <c r="D87" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C88">
         <v>358.992</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>358.992</v>
+        <v>462.0</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
         <v>183</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>462.0</v>
+        <v>648.996</v>
       </c>
       <c r="D90" t="s">
-        <v>28</v>
-[...13 lines deleted...]
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D92"/>
+  <autoFilter ref="A1:D91"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>