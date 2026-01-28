--- v1 (2025-12-13)
+++ v2 (2026-01-28)
@@ -7,453 +7,450 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$91</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$90</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Bluetooth Headphones ear buds MAXELL B13-EB2  BASS 13  black</t>
   </si>
   <si>
     <t>ML-AH-B13-EB2</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Bluetooth Headset Maxell Bass 13, True Wireless, Bluetooth 5.0</t>
   </si>
   <si>
     <t>ML-AH-B13-TWB</t>
   </si>
   <si>
     <t>Hama “Action One” Bluetooth® Headphones, True Wireless, Earbuds, black</t>
   </si>
   <si>
     <t>HAMA-221773</t>
   </si>
   <si>
     <t>Hama "MyVoice Essential" Mono Bluetooth® Headset, Multi-p., Voice Control, blk</t>
   </si>
   <si>
     <t>HAMA-184184</t>
   </si>
   <si>
+    <t>Hama "MyVoice Advanced" Mono Bluetooth® Headset, Multi-p., Volume Control, blk</t>
+  </si>
+  <si>
+    <t>HAMA-184185</t>
+  </si>
+  <si>
+    <t>Hama "MyVoice Station" Mono Bluetooth® Headset, Multi-point, Volume Reg., blk</t>
+  </si>
+  <si>
+    <t>HAMA-184186</t>
+  </si>
+  <si>
+    <t>Maxell KIDZ WIRELESS HEADPHONES HP-BT350</t>
+  </si>
+  <si>
+    <t>ML-AH-BT350-KIDZ-PUR</t>
+  </si>
+  <si>
+    <t>ML-AH-BT350-KIDZ-TURQ</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Bluetooth Headphones MAXELL B13-HD1 BASS 13 black</t>
+  </si>
+  <si>
+    <t>ML-AH-B13-HD1</t>
+  </si>
+  <si>
+    <t>Bluetooth Headset MAXELL Dynamic, BLUE</t>
+  </si>
+  <si>
+    <t>ML-AH-TWS-DYNAMIC-BLUE</t>
+  </si>
+  <si>
+    <t>"Freedom Buddy" Bluetooth® Headphones, HAMA-184165</t>
+  </si>
+  <si>
+    <t>HAMA-184165</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, blk</t>
+  </si>
+  <si>
+    <t>HAMA-221752</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, wht</t>
+  </si>
+  <si>
+    <t>HAMA-221753</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Blue</t>
+  </si>
+  <si>
+    <t>HAMA-221754</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, pink</t>
+  </si>
+  <si>
+    <t>HAMA-221755</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Orange</t>
+  </si>
+  <si>
+    <t>HAMA-221757</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Green</t>
+  </si>
+  <si>
+    <t>HAMA-221756</t>
+  </si>
+  <si>
+    <t>Hama "Freedom Athletics III" Bluetooth® Headphones, In-Ear, Microphone, black</t>
+  </si>
+  <si>
+    <t>HAMA-221775</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, blk</t>
+  </si>
+  <si>
+    <t>HAMA-221758</t>
+  </si>
+  <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, wht</t>
   </si>
   <si>
     <t>HAMA-221759</t>
   </si>
   <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, purple</t>
   </si>
   <si>
     <t>HAMA-221760</t>
   </si>
   <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, pink</t>
   </si>
   <si>
     <t>HAMA-221761</t>
   </si>
   <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Green</t>
   </si>
   <si>
     <t>HAMA-221762</t>
   </si>
   <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Orange</t>
   </si>
   <si>
     <t>HAMA-221763</t>
   </si>
   <si>
-    <t>Hama “MyVoice1500” Mono-Bluetooth Headset, HAMA-184147</t>
-[...8 lines deleted...]
-    <t>HAMA-184185</t>
+    <t>Hama "Freedom Athletics III" Bluetooth® Headphones, In-Ear</t>
+  </si>
+  <si>
+    <t>HAMA-221776</t>
+  </si>
+  <si>
+    <t>Wireless Bluetooth Headphones ear buds MAXELL BT100 SOLID, Black</t>
+  </si>
+  <si>
+    <t>ML-AH-SOLID-BT100-BK</t>
+  </si>
+  <si>
+    <t>MAXELL Bluetooth EB-BT MINI DUO</t>
+  </si>
+  <si>
+    <t>ML-AH-BT-MINIDUO</t>
+  </si>
+  <si>
+    <t>Hama "Freedom Lit II" Bluetooth® Headphones, 184199</t>
+  </si>
+  <si>
+    <t>HAMA-184199</t>
+  </si>
+  <si>
+    <t>Hama "Freedom Lit III" Bluetooth® Headphones, On-Ear, Foldable, with Microphone, rose</t>
+  </si>
+  <si>
+    <t>HAMA-221768</t>
+  </si>
+  <si>
+    <t>Hama "Freedom Lit II" Bluetooth® Headphones, 184197</t>
+  </si>
+  <si>
+    <t>HAMA-184197</t>
   </si>
   <si>
     <t>Hama "Teens Guard II" Bluetooth® Children's Headphones, 184183</t>
   </si>
   <si>
     <t>HAMA-184183</t>
   </si>
   <si>
-    <t>Hama "MyVoice Station" Mono Bluetooth® Headset, Multi-point, Volume Reg., blk</t>
-[...2 lines deleted...]
-    <t>HAMA-184186</t>
+    <t>Hama "Spirit Chop" Bluetooth® Headphones, 184126</t>
+  </si>
+  <si>
+    <t>HAMA-184126</t>
+  </si>
+  <si>
+    <t>A4tech BH220 Wireless Headset, Beige</t>
+  </si>
+  <si>
+    <t>A4-HEAD-BH220-BEIGE</t>
+  </si>
+  <si>
+    <t>A4tech BH220 Wireless Headset, Black</t>
+  </si>
+  <si>
+    <t>A4-HEAD-BH220-BL</t>
+  </si>
+  <si>
+    <t>A4tech BH220 Wireless Headset, Blue</t>
+  </si>
+  <si>
+    <t>A4-HEAD-BH220-BLUE</t>
+  </si>
+  <si>
+    <t>Bluetooth Headset MAXELL Dynamic, Black</t>
+  </si>
+  <si>
+    <t>ML-AH-TWS-DYNAMIC-BK</t>
+  </si>
+  <si>
+    <t>Bluetooth Headset MAXELL Dynamic, white</t>
+  </si>
+  <si>
+    <t>ML-AH-TWS-DYNAMIC-WH</t>
+  </si>
+  <si>
+    <t>Hama “Spirit Chop II” Bluetooth® Headphones, TWS, In-Ear, Equaliser, black</t>
+  </si>
+  <si>
+    <t>HAMA-184172</t>
+  </si>
+  <si>
+    <t>Hama “Spirit Chop II” Bluetooth® Headphones, TWS, In-Ear, Equaliser, white</t>
+  </si>
+  <si>
+    <t>HAMA-184173</t>
+  </si>
+  <si>
+    <t>Bluetooth headphones MAXELL BTB52, White</t>
+  </si>
+  <si>
+    <t>ML-AH-BTB52-WHITE</t>
+  </si>
+  <si>
+    <t>Bluetooth headphones MAXELL BTB52, Black</t>
+  </si>
+  <si>
+    <t>ML-AH-BTB52-BLACK</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Maxell KIDZ WIRELESS HEADPHONES HP-BT350</t>
-[...110 lines deleted...]
-    <t>HAMA-184197</t>
+    <t>Hama "Spirit Calypso II" Bluetooth® Headphones, 184177</t>
+  </si>
+  <si>
+    <t>HAMA-184177</t>
+  </si>
+  <si>
+    <t>Hama "Spirit Calypso III" Bluetooth® Headphones, Over-Ear, Bass Boost, Fold, blk</t>
+  </si>
+  <si>
+    <t>HAMA-221779</t>
+  </si>
+  <si>
+    <t>A4tech B27 2Drumtek True Wireless Earphone, Pink</t>
+  </si>
+  <si>
+    <t>A4-HEAD-B27-PINK</t>
+  </si>
+  <si>
+    <t>Hama "Spirit Unchained" Bluetooth® Headphones, True Wireless Earbuds, ENC, FC, black</t>
+  </si>
+  <si>
+    <t>HAMA-184174</t>
+  </si>
+  <si>
+    <t>Hama "Spirit Unchained" Bluetooth® Headphones, 184167</t>
+  </si>
+  <si>
+    <t>HAMA-184167</t>
+  </si>
+  <si>
+    <t>Hama "Spirit Unchained" Bluetooth® Headphones, 184168</t>
+  </si>
+  <si>
+    <t>HAMA-184168</t>
+  </si>
+  <si>
+    <t>Hama "Spirit Unchained" Bluetooth® Headphones, 184169</t>
+  </si>
+  <si>
+    <t>HAMA-184169</t>
+  </si>
+  <si>
+    <t>Headphones CREATIVE Sound Blaster Jam V2 Bluetooth, Black</t>
+  </si>
+  <si>
+    <t>CREAT-HEAD-JAM-V2</t>
   </si>
   <si>
     <t>A4tech B20 2Drumtek True Wireless Earphone, Mint Green</t>
   </si>
   <si>
     <t>A4-HEAD-B20-MINTGREEN</t>
   </si>
   <si>
-    <t>A4tech B27 2Drumtek True Wireless Earphone, Pink</t>
-[...92 lines deleted...]
-    <t>HAMA-184167</t>
+    <t>Hama "Spirit Athletics" Bluetooth® Headphones, 184115</t>
+  </si>
+  <si>
+    <t>HAMA-184115</t>
   </si>
   <si>
     <t>Hama "Spirit Focused" Bluetooth® Headphones, 184160</t>
   </si>
   <si>
     <t>HAMA-184160</t>
   </si>
   <si>
-    <t>Headphones CREATIVE Sound Blaster Jam V2 Bluetooth, Black</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama "Spirit Athletics" Bluetooth® Headphones, 184113</t>
   </si>
   <si>
     <t>HAMA-184113</t>
   </si>
   <si>
     <t>Wireless Over-ear Headphones Creative Zen Hybrid (Gen 2) - Black</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-HB-G2-BK</t>
   </si>
   <si>
     <t>HyperX Cirro Buds Pro Blue True Wireless</t>
   </si>
   <si>
     <t>HX-HEAD-CIRRO-BLUE</t>
   </si>
   <si>
+    <t>True Wireless Ear Buds Creative Zen Air Pro - White</t>
+  </si>
+  <si>
+    <t>CREAT-HEAD-ZEN-AIR-PRO-W</t>
+  </si>
+  <si>
     <t>HyperX Cirro Buds Pro Tan True Wireless</t>
   </si>
   <si>
     <t>HX-HEAD-CIRRO-TAN</t>
   </si>
   <si>
-    <t>True Wireless Ear Buds Creative Zen Air Pro - White</t>
-[...2 lines deleted...]
-    <t>CREAT-HEAD-ZEN-AIR-PRO-W</t>
+    <t>Headphones on-ear JBL Tune 670NC, White</t>
+  </si>
+  <si>
+    <t>JBL-T670BT-WH</t>
   </si>
   <si>
     <t>Wireless Over-ear Headphones Creative Zen Hybrid 2 - Cream</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-HC</t>
   </si>
   <si>
     <t>Wireless Over-ear Headphones Creative Zen Hybrid 2 - Black</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-HB</t>
   </si>
   <si>
     <t>Wireless Bone Conduction Headphones Creative Outliner Free</t>
   </si>
   <si>
     <t>CREAT-HEAD-OUTLIER-FREE</t>
   </si>
   <si>
     <t>Headphones on-ear JBL Tune 670NC, Black</t>
   </si>
   <si>
     <t>JBL-T670BT-BK</t>
-  </si>
-[...10 lines deleted...]
-    <t>JBL-T670BT-PUR</t>
   </si>
   <si>
     <t>Wireless Over-ear Headphones Creative Zen Hybrid Pro</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-HP</t>
   </si>
   <si>
     <t>True Wireless Ear Buds Creative Zen Air SXFI</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-SXFI</t>
   </si>
   <si>
     <t>Wireless Over-ear Headphones Creative Zen Hybrid SXFI - Black</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-HBB</t>
   </si>
   <si>
     <t>Wireless Over-ear Headphones Creative Zen Hybrid SXFI - Light Gray</t>
   </si>
   <si>
     <t>CREAT-HEAD-ZEN-HG</t>
   </si>
@@ -913,1326 +910,1312 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D91"/>
+  <dimension ref="A1:D90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>18.0</v>
+        <v>10.428</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>21.108</v>
+        <v>10.8</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>25.044</v>
+        <v>12.804</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>30.0</v>
+        <v>15.396</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>30.0</v>
+        <v>17.016</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>30.0</v>
+        <v>17.796</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
         <v>19</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9">
+        <v>17.796</v>
+      </c>
+      <c r="D9" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>30.0</v>
+        <v>17.796</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>30.06</v>
+        <v>17.796</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
-        <v>30.672</v>
+        <v>17.892</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
-        <v>32.4</v>
+        <v>17.892</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>33.588</v>
+        <v>17.892</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" t="s">
         <v>32</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
         <v>38</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" t="s">
         <v>40</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19">
+        <v>17.892</v>
+      </c>
+      <c r="D19" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D26" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>34.992</v>
+        <v>18.408</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>34.992</v>
+        <v>19.632</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>36.0</v>
+        <v>19.944</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
-        <v>38.4</v>
+        <v>19.944</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
-        <v>39.0</v>
+        <v>20.544</v>
       </c>
       <c r="D31" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
-        <v>39.0</v>
+        <v>21.816</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
-        <v>39.996</v>
+        <v>22.308</v>
       </c>
       <c r="D33" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
-        <v>46.8</v>
+        <v>23.028</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
-        <v>46.8</v>
+        <v>23.028</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
-        <v>48.0</v>
+        <v>23.028</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
-        <v>48.0</v>
+        <v>24.54</v>
       </c>
       <c r="D37" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
-        <v>48.9</v>
+        <v>24.54</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
-        <v>48.9</v>
+        <v>24.996</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
-        <v>49.98</v>
+        <v>24.996</v>
       </c>
       <c r="D40" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
-        <v>50.4</v>
+        <v>25.764</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
-        <v>50.4</v>
+        <v>25.764</v>
       </c>
       <c r="D42" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C43">
-        <v>53.208</v>
+        <v>28.116</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C44">
-        <v>54.0</v>
+        <v>28.116</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45">
-        <v>54.0</v>
+        <v>30.168</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C46">
-        <v>54.432</v>
+        <v>30.756</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C47">
-        <v>54.996</v>
+        <v>31.104</v>
       </c>
       <c r="D47" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48">
-        <v>54.996</v>
+        <v>31.104</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49">
-        <v>54.996</v>
+        <v>31.104</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50">
-        <v>60.828</v>
+        <v>33.996</v>
       </c>
       <c r="D50" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51">
-        <v>66.468</v>
+        <v>34.308</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52">
-        <v>66.504</v>
+        <v>37.428</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53">
-        <v>73.212</v>
+        <v>39.984</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54">
-        <v>86.676</v>
+        <v>44.316</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C55">
-        <v>90.0</v>
+        <v>55.728</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C56">
-        <v>100.8</v>
+        <v>60.84</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C57">
-        <v>100.8</v>
+        <v>71.064</v>
       </c>
       <c r="D57" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C58">
-        <v>114.0</v>
+        <v>81.6</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59">
-        <v>168.996</v>
+        <v>86.412</v>
       </c>
       <c r="D59" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60">
-        <v>168.996</v>
+        <v>86.412</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61">
-        <v>178.992</v>
+        <v>86.412</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62">
-        <v>198.996</v>
+        <v>91.512</v>
       </c>
       <c r="D62" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C63">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D63" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D64" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D65" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C66">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>88</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C67">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D67" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C68">
-        <v>198.996</v>
+        <v>123.744</v>
       </c>
       <c r="D68" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C69">
-        <v>242.016</v>
+        <v>127.308</v>
       </c>
       <c r="D69" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C70">
-        <v>249.0</v>
+        <v>127.308</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>88</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C71">
-        <v>249.0</v>
+        <v>127.308</v>
       </c>
       <c r="D71" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C72">
-        <v>249.0</v>
+        <v>137.532</v>
       </c>
       <c r="D72" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C73">
-        <v>268.992</v>
+        <v>152.868</v>
       </c>
       <c r="D73" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C74">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C75">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D75" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D76" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D77" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C78">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D78" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C79">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D79" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C80">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D80" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C81">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D81" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C82">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D82" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D83" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D84" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85">
-        <v>298.992</v>
+        <v>155.868</v>
       </c>
       <c r="D85" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86">
-        <v>304.86</v>
+        <v>183.552</v>
       </c>
       <c r="D86" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87">
-        <v>358.992</v>
+        <v>183.552</v>
       </c>
       <c r="D87" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88">
-        <v>358.992</v>
+        <v>236.22</v>
       </c>
       <c r="D88" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89">
-        <v>462.0</v>
+        <v>331.824</v>
       </c>
       <c r="D89" t="s">
-        <v>31</v>
-[...13 lines deleted...]
-        <v>31</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D91"/>
+  <autoFilter ref="A1:D90"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>