--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -7,324 +7,342 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$90</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$93</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Bluetooth Headphones ear buds MAXELL B13-EB2  BASS 13  black</t>
   </si>
   <si>
     <t>ML-AH-B13-EB2</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>Bluetooth Headset Maxell Bass 13, True Wireless, Bluetooth 5.0</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama “Action One” Bluetooth® Headphones, True Wireless, Earbuds, black</t>
   </si>
   <si>
     <t>HAMA-221773</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama “Action One” Bluetooth® Headphones, True Wireless, Earbuds, white</t>
+  </si>
+  <si>
+    <t>HAMA-221774</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Hama "MyVoice Essential" Mono Bluetooth® Headset, Multi-p., Voice Control, blk</t>
   </si>
   <si>
     <t>HAMA-184184</t>
   </si>
   <si>
     <t>Hama "MyVoice Advanced" Mono Bluetooth® Headset, Multi-p., Volume Control, blk</t>
   </si>
   <si>
     <t>HAMA-184185</t>
   </si>
   <si>
+    <t>Maxell KIDZ WIRELESS HEADPHONES HP-BT350</t>
+  </si>
+  <si>
+    <t>ML-AH-BT350-KIDZ-PUR</t>
+  </si>
+  <si>
+    <t>ML-AH-BT350-KIDZ-TURQ</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Bluetooth Headphones MAXELL B13-HD1 BASS 13 black</t>
+  </si>
+  <si>
+    <t>ML-AH-B13-HD1</t>
+  </si>
+  <si>
+    <t>Bluetooth Headset MAXELL Dynamic, BLUE</t>
+  </si>
+  <si>
+    <t>ML-AH-TWS-DYNAMIC-BLUE</t>
+  </si>
+  <si>
+    <t>"Freedom Buddy" Bluetooth® Headphones, HAMA-184165</t>
+  </si>
+  <si>
+    <t>HAMA-184165</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, blk</t>
+  </si>
+  <si>
+    <t>HAMA-221752</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, wht</t>
+  </si>
+  <si>
+    <t>HAMA-221753</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Blue</t>
+  </si>
+  <si>
+    <t>HAMA-221754</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, pink</t>
+  </si>
+  <si>
+    <t>HAMA-221755</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Orange</t>
+  </si>
+  <si>
+    <t>HAMA-221757</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Light II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Green</t>
+  </si>
+  <si>
+    <t>HAMA-221756</t>
+  </si>
+  <si>
+    <t>Hama "Freedom Athletics III" Bluetooth® Headphones, In-Ear, Microphone, black</t>
+  </si>
+  <si>
+    <t>HAMA-221775</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, blk</t>
+  </si>
+  <si>
+    <t>HAMA-221758</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, wht</t>
+  </si>
+  <si>
+    <t>HAMA-221759</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, purple</t>
+  </si>
+  <si>
+    <t>HAMA-221760</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, pink</t>
+  </si>
+  <si>
+    <t>HAMA-221761</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Green</t>
+  </si>
+  <si>
+    <t>HAMA-221762</t>
+  </si>
+  <si>
+    <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Orange</t>
+  </si>
+  <si>
+    <t>HAMA-221763</t>
+  </si>
+  <si>
+    <t>Hama "Freedom Athletics III" Bluetooth® Headphones, In-Ear</t>
+  </si>
+  <si>
+    <t>HAMA-221776</t>
+  </si>
+  <si>
+    <t>Hama "Freedom Neck III" Bluetooth® Headphones, In-Ear, Microphone, Ear Hook, bla</t>
+  </si>
+  <si>
+    <t>HAMA-221778</t>
+  </si>
+  <si>
     <t>Hama "MyVoice Station" Mono Bluetooth® Headset, Multi-point, Volume Reg., blk</t>
   </si>
   <si>
     <t>HAMA-184186</t>
   </si>
   <si>
-    <t>Maxell KIDZ WIRELESS HEADPHONES HP-BT350</t>
-[...121 lines deleted...]
-  <si>
     <t>MAXELL Bluetooth EB-BT MINI DUO</t>
   </si>
   <si>
     <t>ML-AH-BT-MINIDUO</t>
   </si>
   <si>
     <t>Hama "Freedom Lit II" Bluetooth® Headphones, 184199</t>
   </si>
   <si>
     <t>HAMA-184199</t>
   </si>
   <si>
     <t>Hama "Freedom Lit III" Bluetooth® Headphones, On-Ear, Foldable, with Microphone, rose</t>
   </si>
   <si>
     <t>HAMA-221768</t>
   </si>
   <si>
     <t>Hama "Freedom Lit II" Bluetooth® Headphones, 184197</t>
   </si>
   <si>
     <t>HAMA-184197</t>
   </si>
   <si>
     <t>Hama "Teens Guard II" Bluetooth® Children's Headphones, 184183</t>
   </si>
   <si>
     <t>HAMA-184183</t>
   </si>
   <si>
-    <t>Hama "Spirit Chop" Bluetooth® Headphones, 184126</t>
-[...4 lines deleted...]
-  <si>
     <t>A4tech BH220 Wireless Headset, Beige</t>
   </si>
   <si>
     <t>A4-HEAD-BH220-BEIGE</t>
   </si>
   <si>
     <t>A4tech BH220 Wireless Headset, Black</t>
   </si>
   <si>
     <t>A4-HEAD-BH220-BL</t>
   </si>
   <si>
     <t>A4tech BH220 Wireless Headset, Blue</t>
   </si>
   <si>
     <t>A4-HEAD-BH220-BLUE</t>
   </si>
   <si>
     <t>Bluetooth Headset MAXELL Dynamic, Black</t>
   </si>
   <si>
     <t>ML-AH-TWS-DYNAMIC-BK</t>
   </si>
   <si>
     <t>Bluetooth Headset MAXELL Dynamic, white</t>
   </si>
   <si>
     <t>ML-AH-TWS-DYNAMIC-WH</t>
   </si>
   <si>
+    <t>Hama Mono-Bluetooth® Headset “MyVoice2100”, Multipoint, Voice Control, black</t>
+  </si>
+  <si>
+    <t>HAMA-184110</t>
+  </si>
+  <si>
     <t>Hama “Spirit Chop II” Bluetooth® Headphones, TWS, In-Ear, Equaliser, black</t>
   </si>
   <si>
     <t>HAMA-184172</t>
   </si>
   <si>
     <t>Hama “Spirit Chop II” Bluetooth® Headphones, TWS, In-Ear, Equaliser, white</t>
   </si>
   <si>
     <t>HAMA-184173</t>
   </si>
   <si>
     <t>Bluetooth headphones MAXELL BTB52, White</t>
   </si>
   <si>
     <t>ML-AH-BTB52-WHITE</t>
   </si>
   <si>
     <t>Bluetooth headphones MAXELL BTB52, Black</t>
   </si>
   <si>
     <t>ML-AH-BTB52-BLACK</t>
   </si>
   <si>
-    <t>not available</t>
+    <t>Hama “Spirit Open” Bluetooth® Headphones, OWS Open Ears, True Wireless, App, blk</t>
+  </si>
+  <si>
+    <t>HAMA-184091</t>
+  </si>
+  <si>
+    <t>Hama “Spirit Open” Bluetooth® Headph., OWS Open Ears, True Wireless, App, sand</t>
+  </si>
+  <si>
+    <t>HAMA-221818</t>
+  </si>
+  <si>
+    <t>Hama "Spirit Calypso III" Bluetooth® Headphones, Over-Ear, Bass Boost, Fold, wht</t>
+  </si>
+  <si>
+    <t>HAMA-221780</t>
   </si>
   <si>
     <t>Hama "Spirit Calypso II" Bluetooth® Headphones, 184177</t>
   </si>
   <si>
     <t>HAMA-184177</t>
   </si>
   <si>
     <t>Hama "Spirit Calypso III" Bluetooth® Headphones, Over-Ear, Bass Boost, Fold, blk</t>
   </si>
   <si>
     <t>HAMA-221779</t>
   </si>
   <si>
     <t>A4tech B27 2Drumtek True Wireless Earphone, Pink</t>
   </si>
   <si>
     <t>A4-HEAD-B27-PINK</t>
   </si>
   <si>
     <t>Hama "Spirit Unchained" Bluetooth® Headphones, True Wireless Earbuds, ENC, FC, black</t>
   </si>
   <si>
     <t>HAMA-184174</t>
   </si>
@@ -910,1312 +928,1354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D90"/>
+  <dimension ref="A1:D93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>7.668</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>10.428</v>
+        <v>10.8</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>10.8</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5">
         <v>12.804</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>15.396</v>
+        <v>16.944</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>17.016</v>
+        <v>17.796</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
         <v>17.796</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>17.796</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>17.796</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>17.796</v>
+        <v>17.892</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>17.892</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>17.892</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>17.892</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>17.892</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>17.892</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>17.892</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>17.892</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>17.892</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>17.892</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>17.892</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
         <v>17.892</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>17.892</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
         <v>17.892</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>17.892</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>17.892</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
-        <v>18.408</v>
+        <v>18.564</v>
       </c>
       <c r="D27" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
         <v>19.632</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
         <v>19.944</v>
       </c>
       <c r="D29" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
         <v>19.944</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
         <v>20.544</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
         <v>21.816</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
-        <v>22.308</v>
+        <v>23.784</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
-        <v>23.028</v>
+        <v>23.784</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35">
-        <v>23.028</v>
+        <v>23.784</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36">
-        <v>23.028</v>
+        <v>24.54</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C37">
         <v>24.54</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C38">
-        <v>24.54</v>
+        <v>24.96</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C39">
         <v>24.996</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40">
         <v>24.996</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C41">
         <v>25.764</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C42">
         <v>25.764</v>
       </c>
       <c r="D42" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>28.116</v>
+        <v>26.28</v>
       </c>
       <c r="D43" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>28.116</v>
+        <v>26.28</v>
       </c>
       <c r="D44" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>30.168</v>
+        <v>26.352</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>30.756</v>
+        <v>28.116</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>31.104</v>
+        <v>28.116</v>
       </c>
       <c r="D47" t="s">
-        <v>88</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>31.104</v>
+        <v>30.168</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>31.104</v>
+        <v>30.756</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>33.996</v>
+        <v>31.104</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>34.308</v>
+        <v>31.104</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>37.428</v>
+        <v>31.104</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>39.984</v>
+        <v>33.996</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>44.316</v>
+        <v>34.308</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>55.728</v>
+        <v>37.428</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>60.84</v>
+        <v>39.984</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>71.064</v>
+        <v>44.316</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>81.6</v>
+        <v>55.728</v>
       </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>86.412</v>
+        <v>60.84</v>
       </c>
       <c r="D59" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>86.412</v>
+        <v>71.064</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>86.412</v>
+        <v>81.6</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>91.512</v>
+        <v>86.412</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>101.748</v>
+        <v>86.412</v>
       </c>
       <c r="D63" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>101.748</v>
+        <v>86.412</v>
       </c>
       <c r="D64" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>101.748</v>
+        <v>91.512</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
         <v>101.748</v>
       </c>
       <c r="D66" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>101.748</v>
       </c>
       <c r="D67" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>123.744</v>
+        <v>101.748</v>
       </c>
       <c r="D68" t="s">
-        <v>88</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>127.308</v>
+        <v>101.748</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>127.308</v>
+        <v>101.748</v>
       </c>
       <c r="D70" t="s">
-        <v>88</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>127.308</v>
+        <v>123.744</v>
       </c>
       <c r="D71" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>137.532</v>
+        <v>127.308</v>
       </c>
       <c r="D72" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>152.868</v>
+        <v>127.308</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>152.868</v>
+        <v>127.308</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>152.868</v>
+        <v>137.532</v>
       </c>
       <c r="D75" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>152.868</v>
       </c>
       <c r="D76" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>152.868</v>
       </c>
       <c r="D77" t="s">
-        <v>88</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>152.868</v>
       </c>
       <c r="D78" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
         <v>152.868</v>
       </c>
       <c r="D79" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
         <v>152.868</v>
       </c>
       <c r="D80" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>152.868</v>
       </c>
       <c r="D81" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>152.868</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
         <v>152.868</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>152.868</v>
       </c>
       <c r="D84" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>155.868</v>
+        <v>152.868</v>
       </c>
       <c r="D85" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>183.552</v>
+        <v>152.868</v>
       </c>
       <c r="D86" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>183.552</v>
+        <v>152.868</v>
       </c>
       <c r="D87" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>236.22</v>
+        <v>155.868</v>
       </c>
       <c r="D88" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
+        <v>178.992</v>
+      </c>
+      <c r="D89" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
+        <v>184</v>
+      </c>
+      <c r="C90">
+        <v>178.992</v>
+      </c>
+      <c r="D90" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
+        <v>186</v>
+      </c>
+      <c r="C91">
+        <v>236.22</v>
+      </c>
+      <c r="D91" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
+        <v>188</v>
+      </c>
+      <c r="C92">
         <v>331.824</v>
       </c>
-      <c r="D89" t="s">
-        <v>88</v>
+      <c r="D92" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D90"/>
+  <autoFilter ref="A1:D93"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>