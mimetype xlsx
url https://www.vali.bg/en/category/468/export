--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -14,185 +14,188 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Replacement Metal Plates for Mobile phone Holder, HAMA-201501</t>
   </si>
   <si>
     <t>HAMA-201501</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>Hama Magnet Car Mobile Phone Holder for Grating, 360-degree Rotation, Universal</t>
+  </si>
+  <si>
+    <t>HAMA-201517</t>
+  </si>
+  <si>
+    <t>Universal smartphone holder, HAMA-201520</t>
+  </si>
+  <si>
+    <t>HAMA-201520</t>
+  </si>
+  <si>
     <t>Hama Smartphone Holder, 8.2 cm, 1/4", Black</t>
   </si>
   <si>
     <t>HAMA-04637</t>
   </si>
   <si>
-    <t>Hama Magnet Car Mobile Phone Holder for Grating, 360-degree Rotation, Universal</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama "Pro II" Smartphone Holder, 9.5 cm, 1/4", 04648</t>
   </si>
   <si>
     <t>HAMA-04648</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Hama Headrest Holder for Tablets from 7 - 12.9", 125120</t>
   </si>
   <si>
     <t>HAMA-125120</t>
   </si>
   <si>
     <t>Hama "Flipper" Car Mobile Phone Holder for Grating, 360-degree Rotation, Univers</t>
   </si>
   <si>
     <t>HAMA-201515</t>
   </si>
   <si>
     <t>Hama "Magnet Alu" Car Mobile Phone Holder, 201516</t>
   </si>
   <si>
     <t>HAMA-201516</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama "Magnet" Car Mobile Phone Holder for Grating, 360-degree Rotation, Universal, Alu</t>
+  </si>
+  <si>
+    <t>HAMA-201972</t>
+  </si>
+  <si>
+    <t>Hama "Magnet" Car Mobile Phone Holder for Dashboard, 201518</t>
+  </si>
+  <si>
+    <t>HAMA-201518</t>
+  </si>
+  <si>
+    <t>"Multi" 2in1 Car Mobile Phone Holder, HAMA-201521</t>
+  </si>
+  <si>
+    <t>HAMA-201521</t>
+  </si>
+  <si>
+    <t>"Easy Snap" Car Mobile Phone Holder, HAMA-201510</t>
+  </si>
+  <si>
+    <t>HAMA-201510</t>
+  </si>
+  <si>
+    <t>Hama "Move" Car Mobile Phone Holder with Suction Cup, 201513</t>
+  </si>
+  <si>
+    <t>HAMA-201513</t>
+  </si>
+  <si>
+    <t>"Gravity Pro" Car Mobile Phone Holder, HAMA-201511</t>
+  </si>
+  <si>
+    <t>HAMA-201511</t>
+  </si>
+  <si>
+    <t>Hama "Magnet" Car Mobile Phone Holder with Suction Cup, 201512</t>
+  </si>
+  <si>
+    <t>HAMA-201512</t>
+  </si>
+  <si>
+    <t>Hama "Lock" Car Mobile Phone Holder, Magnetic, for Vent</t>
+  </si>
+  <si>
+    <t>HAMA-210105</t>
+  </si>
+  <si>
+    <t>Delock Smartphone Stand Holder adjustable for MagSafe aluminium</t>
+  </si>
+  <si>
+    <t>DELOCK-18426</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>"Multi" 2in1 Car Mobile Phone Holder, HAMA-201521</t>
-[...49 lines deleted...]
-  <si>
     <t>Hama "MagLock" Car Mobile Phone Holder, Magnetic Mobile Phone Holder with Suctio</t>
   </si>
   <si>
     <t>HAMA-210106</t>
   </si>
   <si>
     <t>Hama "Puck" Tripod Mobile Phone Holder, Magnetic, 04655</t>
   </si>
   <si>
     <t>HAMA-04655</t>
-  </si>
-[...4 lines deleted...]
-    <t>RD-10042</t>
   </si>
   <si>
     <t>Phone/Tablet Stand Rain Design mStand mobile, Silver</t>
   </si>
   <si>
     <t>RD-10059</t>
   </si>
   <si>
     <t>Phone/Tablet Stand Rain Design mStand mobile, Black</t>
   </si>
   <si>
     <t>RD-10065</t>
   </si>
   <si>
     <t>Phone/Tablet Stand Rain Design mStand mobile, Gold</t>
   </si>
   <si>
     <t>RD-10060</t>
   </si>
   <si>
     <t>Phone/Tablet Stand Rain Design mStand mobile, Space Gray</t>
   </si>
   <si>
     <t>RD-10061</t>
   </si>
@@ -603,555 +606,555 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>8.568</v>
+        <v>4.248</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>10.2</v>
+        <v>5.892</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>11.772</v>
+        <v>7.728</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>15.42</v>
+        <v>8.244</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>16.296</v>
+        <v>8.328</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>22.008</v>
+        <v>11.256</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>23.544</v>
+        <v>12.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
-        <v>23.652</v>
+        <v>12.096</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>24.36</v>
+        <v>12.276</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>24.66</v>
+        <v>12.612</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>29.412</v>
+        <v>12.72</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>29.604</v>
+        <v>15.036</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>29.904</v>
+        <v>15.132</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>29.904</v>
+        <v>15.288</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>37.212</v>
+        <v>15.288</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>37.908</v>
+        <v>19.02</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>38.484</v>
+        <v>19.38</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>41.772</v>
+        <v>19.68</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>48.0</v>
+        <v>21.36</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>52.8</v>
+        <v>27.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>52.8</v>
+        <v>27.0</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>52.8</v>
+        <v>27.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>52.8</v>
+        <v>27.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>66.504</v>
+        <v>33.6</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>67.2</v>
+        <v>34.356</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>67.2</v>
+        <v>34.356</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>73.956</v>
+        <v>37.812</v>
       </c>
       <c r="D30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31">
-        <v>78.996</v>
+        <v>40.392</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32">
-        <v>81.6</v>
+        <v>41.724</v>
       </c>
       <c r="D32" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33">
-        <v>98.4</v>
+        <v>50.316</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34">
-        <v>108.996</v>
+        <v>63.972</v>
       </c>
       <c r="D34" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35">
-        <v>130.8</v>
+        <v>66.876</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36">
-        <v>130.8</v>
+        <v>66.876</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>