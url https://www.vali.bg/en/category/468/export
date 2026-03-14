--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -14,275 +14,272 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Replacement Metal Plates for Mobile phone Holder, HAMA-201501</t>
   </si>
   <si>
     <t>HAMA-201501</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama Magnet Car Mobile Phone Holder for Grating, 360-degree Rotation, Universal</t>
   </si>
   <si>
     <t>HAMA-201517</t>
   </si>
   <si>
     <t>Universal smartphone holder, HAMA-201520</t>
   </si>
   <si>
     <t>HAMA-201520</t>
   </si>
   <si>
     <t>Hama Smartphone Holder, 8.2 cm, 1/4", Black</t>
   </si>
   <si>
     <t>HAMA-04637</t>
   </si>
   <si>
     <t>Hama "Pro II" Smartphone Holder, 9.5 cm, 1/4", 04648</t>
   </si>
   <si>
     <t>HAMA-04648</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Hama Headrest Holder for Tablets from 7 - 12.9", 125120</t>
+  </si>
+  <si>
+    <t>HAMA-125120</t>
+  </si>
+  <si>
+    <t>Hama "Flipper" Car Mobile Phone Holder for Grating, 360-degree Rotation, Univers</t>
+  </si>
+  <si>
+    <t>HAMA-201515</t>
+  </si>
+  <si>
+    <t>Hama "Magnet Alu" Car Mobile Phone Holder, 201516</t>
+  </si>
+  <si>
+    <t>HAMA-201516</t>
+  </si>
+  <si>
+    <t>Hama "Magnet" Car Mobile Phone Holder for Grating, 360-degree Rotation, Universal, Alu</t>
+  </si>
+  <si>
+    <t>HAMA-201972</t>
+  </si>
+  <si>
+    <t>Hama "Magnet" Car Mobile Phone Holder for Dashboard, 201518</t>
+  </si>
+  <si>
+    <t>HAMA-201518</t>
+  </si>
+  <si>
+    <t>"Multi" 2in1 Car Mobile Phone Holder, HAMA-201521</t>
+  </si>
+  <si>
+    <t>HAMA-201521</t>
+  </si>
+  <si>
+    <t>"Easy Snap" Car Mobile Phone Holder, HAMA-201510</t>
+  </si>
+  <si>
+    <t>HAMA-201510</t>
+  </si>
+  <si>
+    <t>Hama "Move" Car Mobile Phone Holder with Suction Cup, 201513</t>
+  </si>
+  <si>
+    <t>HAMA-201513</t>
+  </si>
+  <si>
+    <t>"Gravity Pro" Car Mobile Phone Holder, HAMA-201511</t>
+  </si>
+  <si>
+    <t>HAMA-201511</t>
+  </si>
+  <si>
+    <t>Hama "Magnet" Car Mobile Phone Holder with Suction Cup, 201512</t>
+  </si>
+  <si>
+    <t>HAMA-201512</t>
+  </si>
+  <si>
+    <t>Hama "Strong" Bicycle Mobile Phone Holder, 360-degree Rotation, Univers. for Sma</t>
+  </si>
+  <si>
+    <t>HAMA-201514</t>
+  </si>
+  <si>
+    <t>Hama "Lock" Car Mobile Phone Holder, Magnetic, for Vent</t>
+  </si>
+  <si>
+    <t>HAMA-210105</t>
+  </si>
+  <si>
+    <t>Delock Smartphone Stand Holder adjustable for MagSafe aluminium</t>
+  </si>
+  <si>
+    <t>DELOCK-18426</t>
+  </si>
+  <si>
+    <t>Hama "MagLock" Car Mobile Phone Holder, Magnetic Mobile Phone Holder with Suctio</t>
+  </si>
+  <si>
+    <t>HAMA-210106</t>
+  </si>
+  <si>
+    <t>Hama "Puck" Tripod Mobile Phone Holder, Magnetic, 04655</t>
+  </si>
+  <si>
+    <t>HAMA-04655</t>
+  </si>
+  <si>
+    <t>Phone/Tablet Stand Rain Design mStand mobile, Silver</t>
+  </si>
+  <si>
+    <t>RD-10059</t>
+  </si>
+  <si>
+    <t>Phone/Tablet Stand Rain Design mStand mobile, Black</t>
+  </si>
+  <si>
+    <t>RD-10065</t>
+  </si>
+  <si>
+    <t>Phone/Tablet Stand Rain Design mStand mobile, Gold</t>
+  </si>
+  <si>
+    <t>RD-10060</t>
+  </si>
+  <si>
+    <t>Phone/Tablet Stand Rain Design mStand mobile, Space Gray</t>
+  </si>
+  <si>
+    <t>RD-10061</t>
+  </si>
+  <si>
+    <t>Тablet Stand Rain Design mStand tablet, Gold</t>
+  </si>
+  <si>
+    <t>RD-10051</t>
+  </si>
+  <si>
+    <t>Тablet Stand Rain Design mStand tablet, Space Gray</t>
+  </si>
+  <si>
+    <t>RD-10052</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama Headrest Holder for Tablets from 7 - 12.9", 125120</t>
-[...124 lines deleted...]
-  <si>
     <t>Hama "FC10 Motion" Wireless Car Charger, black</t>
   </si>
   <si>
     <t>HAMA-201678</t>
   </si>
   <si>
     <t>Тablet Stand Rain Design mStand tablet plus, Silver</t>
   </si>
   <si>
     <t>RD-10053</t>
   </si>
   <si>
     <t>Тablet Stand Rain Design mStand tablet plus, Gold</t>
   </si>
   <si>
     <t>RD-10054</t>
   </si>
   <si>
+    <t>Тablet Stand Rain Design mStand tablet plus, Space Gray</t>
+  </si>
+  <si>
+    <t>RD-10055</t>
+  </si>
+  <si>
     <t>Тablet Stand Rain Design mStand tablet pro for iPad Pro/Air 12.9", Silver</t>
   </si>
   <si>
     <t>RD-10062</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
-    <t>Тablet Stand Rain Design mStand tablet plus, Space Gray</t>
-[...4 lines deleted...]
-  <si>
     <t>Тablet Stand Rain Design mStand tablet pro for iPad Pro/Air 12.9", Space Gray</t>
   </si>
   <si>
     <t>RD-10064</t>
   </si>
   <si>
     <t>Phone/Tablet Stand Rain Design iSlider, Silver</t>
   </si>
   <si>
     <t>RD-10040</t>
-  </si>
-[...4 lines deleted...]
-    <t>ELGATO-10AAD9901</t>
   </si>
   <si>
     <t>Тablet Stand Rain Design mStand tablet pro for iPad Pro/Air 9.7", Silver</t>
   </si>
   <si>
     <t>RD-10056</t>
   </si>
   <si>
     <t>Тablet Stand Rain Design mStand tablet pro for iPad Pro/Air 9.7", Space Gray</t>
   </si>
   <si>
     <t>RD-10058</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -607,51 +604,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -676,51 +673,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>7.728</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>8.244</v>
+        <v>8.112</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>8.328</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
@@ -732,429 +729,429 @@
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>12.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>12.096</v>
+        <v>12.06</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>12.276</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>12.612</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>12.72</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>15.036</v>
+        <v>15.012</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>15.132</v>
+        <v>15.012</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>15.288</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>15.288</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>19.02</v>
+        <v>16.776</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>19.38</v>
+        <v>19.02</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C19">
-        <v>19.68</v>
+        <v>19.38</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C20">
-        <v>21.36</v>
+        <v>19.68</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C21">
-        <v>27.0</v>
+        <v>21.36</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C22">
         <v>27.0</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23">
         <v>27.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24">
         <v>27.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C25">
-        <v>30.168</v>
+        <v>27.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C26">
         <v>30.168</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
+        <v>57</v>
+      </c>
+      <c r="C27">
+        <v>30.168</v>
+      </c>
+      <c r="D27" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>34.356</v>
+        <v>33.6</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>34.356</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>37.812</v>
+        <v>34.356</v>
       </c>
       <c r="D30" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C31">
-        <v>40.392</v>
+        <v>34.8</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32">
+        <v>37.812</v>
+      </c>
+      <c r="D32" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
         <v>71</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>50.316</v>
+        <v>41.724</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
         <v>73</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>63.972</v>
+        <v>45.6</v>
       </c>
       <c r="D34" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
         <v>75</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>66.876</v>
+        <v>62.4</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
         <v>77</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>66.876</v>
+        <v>62.4</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>