--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -7,305 +7,314 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$183</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$234</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="357">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="386">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN-2320 / TN2320 BROTHER, 2600k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2320</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN1050/TN1030/TN1070, BROTHER HL-1110/1112/ DCP-1510/1512/MFC-1810, 1000k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN1050</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK TN1050/TN1030/TN1070, BROTHER HL-1110/1112/ DCP-1510/1512/MFC-1810, 1000k, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge ORINK CE278A / CRG728, HP / Canon, Black</t>
   </si>
   <si>
     <t>ORINK-TON-CAS-CE278</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Toner Cartridge ORINK MLT-D116L, SAMSUNG M2625/2825 / M2675/2875 ,3000 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D116L</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>Toner Cartridge KYOCERA TK1125, за FS-1061DN/ FS-1325MFP, 2100 k. ORINK</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1125</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF402X, HP LJ PRO MFP M252/277, 2300 k., Yellow</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF402X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN3480/3430 BROTHER, 8000k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN3480</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG SCX4300, (MLT-D1092S) 2000 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D1092S</t>
+  </si>
+  <si>
+    <t>Toner cartridge ORINK CF280A, HP LJ Pro 400/ M401/M425, 2700k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF280A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toner Cartridge ORINK, CF401X, HP LJ PRO MFP M252/277, 2300 k., Cyan </t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF401X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF403X, HP LJ PRO MFP M252/277, 2300 k., Magenta</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF403X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge, HP LJ Pro M15/M15a/M15w/MFP M28/M28a/M28w, 1000 k., Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF244A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG MLT-D101S, CSX-3400/3405/ML-2160/2162/2165, 1500 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D101S</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CB435A/CB436A/CE285A/CE285A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK HP Q2612A / Can LBP2900/ Q2612A, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-Q2612-FX10</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CB435A/CB436A/CE285A/CE278A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF400X black, HP LJ PRO MFP M252/277, 2800 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF400X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF217X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG MLT-D111L, M2020/M2022/M2070/M2026, 1800 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D111L</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1170</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TN1050/1000, BROTHER, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN1050-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF283X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT Q2612A/EP703, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-Q2612A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK CE278A/EP726, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CE278A-G</t>
+  </si>
+  <si>
+    <t>Toner cartridge ORINK CF283A, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 1500k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF283A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF230X, HP LJ Pro M203/M227, 3500 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF230X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF226X,  HP LJ Pro M402/MFP M426 series,  Canon LBP212DW, 9000 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF226X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TN-2320/TN2320, BROTHER, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN2320-UP</t>
+  </si>
+  <si>
+    <t>UPRINT Toner Cartridge HP CE311A / EP729, 1000, Cyan</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CE311A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF283A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF283A-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TN2220/TN2210/TN2010, BROTHER,  Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN2220-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TK-1140, KYOCERA, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1140</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-35-36-78-85</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF280A, HP, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF280A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CE285A/EP725, CANON/HP, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-CAS-EP725-HP285-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF230X, HP LJ Pro M203/M227, 3500 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF230X-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK KYOCERA TK-160- FS1120D/ P2035D, 2500, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK160</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN2220/2210/2010, BROTHER HL2240 /2250/ 2270/2130/DCP-7060/7065/7070/MFC-7360/7460, 2600k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2220</t>
   </si>
   <si>
-    <t>Toner Cartridge KYOCERA TK1125, за FS-1061DN/ FS-1325MFP, 2100 k. ORINK</t>
-[...190 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT MLT-D101S/ELS, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D101S-UP</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Toner Cartridge UPRINT CF217A, HP LJ Pro M102/M130, 1600 k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF217A-UP</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TK-1160, KYOCERA, Black  7200k.</t>
   </si>
   <si>
     <t>ORINK-TON-KYO-CAS-TK1160</t>
   </si>
   <si>
     <t>Toner artridge UPRINT CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF283X-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TK-1150, KYOCERA M2135dn/ M2635dn/ M2735dw/P2235, 3000k, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK1150</t>
   </si>
   <si>
     <t>Toner Cartridge MLT-D111L, SAMSUNG M2020/M2022/М2070/M2026, 1800 k, Black</t>
@@ -358,56 +367,50 @@
   <si>
     <t>Toner Cartridge CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF217X-UP</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK CF217A, HP LJ Pro M102/M130, 1600 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF217A</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CE321, HP, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CE321A-G</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CE323, HP, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CE323A-G</t>
   </si>
   <si>
-    <t>Toner cartridge ORINK CF283A, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 1500k, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT TN350/TN2000/2005/TN2025, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2000</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TN3380/3330/3390, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN3380-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HL200AC, HP/CANON, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF211A-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HL200AY, HP/CANON, Yellow</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF212A-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HL200AM, HP/CANON, Magenta</t>
@@ -418,56 +421,50 @@
   <si>
     <t>Toner Cartridge BROTHER TN3480 Uprint</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN3480-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK KYOCERA TK-1170, Ecosys M2040DN/2540DN/2640DN, 7200k., Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK1170</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK TK-1160, KYOCERA P2040dn/dw, 7200 k, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK1160</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CE320, HP, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CE320A-G</t>
   </si>
   <si>
-    <t>Toner Cartridge GENERINK, Ricoh SP230SFNW, 3000 копия, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT CF210X/731, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF210X-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK, Ricoh SP230SFNW, 3000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP230SFNW-G</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT MLT-D1042S, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D1042S-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CF410X, HP LJ PRO MFP M452/477, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF410X-G</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK TN2421, BROTHER,  Black</t>
@@ -538,50 +535,56 @@
   <si>
     <t>Toner Cartridge UPRINT MLT-D1082S, 1500 pages, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D1082S-UP</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN2421, BROTHER, 3000 k. Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2421</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT SCX-D4200A, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-SCX4200-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TK-160-170, KYOCERA TK-130/TK-140/TK-160/ TK-170, 2500p, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK160-170</t>
   </si>
   <si>
+    <t>Toner cartridge compatible BLACK HP W1410A, HP 142A, LJ M110, MFP M140, Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W1420A</t>
+  </si>
+  <si>
     <t>Toner Cartridge GENERINK CE410X, HP, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CE410X-G</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT MLT-D1092S, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D1092S-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CE310A/EP729, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CE310A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CE313A/EP729, HP/CANON, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CE313A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CE312A/EP729, HP/CANON, Yellow</t>
@@ -616,176 +619,218 @@
   <si>
     <t>Toner Cartridge UPRINT HP W2070A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 1000k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2070A</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK RICOH SP330SN - SP330SN/330SFN/P310/M320/M320FB, 7000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP330SN-G</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT Q5949X/EP708, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-Q5949X-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CLT-M4072S, SAMSUNG, Magenta</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-M4072S-G</t>
   </si>
   <si>
-    <t>Toner Cartridge GENERINK SP 277HE, RICOH, Black, 2600 pages</t>
-[...2 lines deleted...]
-    <t>LF-TON-RICOH-SP277HE</t>
+    <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2072A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP51K, Black, ineo+ 3110, A0X54D5, 5000 k.</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP51K</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Orink SP 201LE, RICOH, Black, 2600 pages, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP201LE</t>
+  </si>
+  <si>
+    <t>Brother DR2401 Drum Unit, 12000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR2401</t>
+  </si>
+  <si>
+    <t>Brother DR1090 Drum Unit, 12000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR1090</t>
+  </si>
+  <si>
+    <t>SAMSUNG MLT-R116 Drum Unit, 9000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-SAM-MLT-R116</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP301</t>
   </si>
   <si>
-    <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
-[...22 lines deleted...]
-  <si>
     <t>Toner Cartridge SAMSUNG MLT-D205L, ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833, 5000k, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-MLT-D205L</t>
   </si>
   <si>
-    <t>Toner cartridge compatible BLACK HP W1410A, HP 142A, LJ M110, MFP M140, Uprint</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge GENERINK SP 311XE, RICOH, Black, 6400 pages</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP311UHY</t>
   </si>
   <si>
+    <t>Toner Cartridge UPRINT HP W2071A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Cyan</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2071A</t>
+  </si>
+  <si>
     <t>Toner Cartridge UPRINT HP W2073A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2073A</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP305, 9000 p, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP305</t>
   </si>
   <si>
     <t>Toner Cartridge Generink Ricoh SP 3710X, 7000 копия, 408285, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP3710X-G</t>
   </si>
   <si>
     <t>Generink RICOH SP230 Photo Conductor Unit 12000 к</t>
   </si>
   <si>
     <t>LF-DRUM-RICOH-SP230-G</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TNP49K, ineo+ 3351, +3851, 13000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP49K</t>
+  </si>
+  <si>
     <t>Toner Cartridge BROTHER TN2590XL, HL-L2402/L2442/L2460/ L2600/ L2640 /MFC- L2802/ L2862/ L2922, 3000k.</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2590XL</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TNP81K, ineo +3300i, +4000i, 13 000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81K</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP401, 401, 402, 401 SPF, 4520, 4520 DN, 11900 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP401</t>
+  </si>
+  <si>
     <t>Toner Cartridge Ricoh MP3353, Type 2220D, 11000, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP3353</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM460, 9000 pages, IM 370/370F, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IM460</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 3000 k. Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-BK</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Cyan</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-C</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Magenta</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-M</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Yellow</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-Y</t>
   </si>
   <si>
     <t>Toner cartridge compatible LEXMARK MS510/MS610/MX310/MX410/MX415/MX510/MX610 - 10000k, 50F2X00</t>
   </si>
   <si>
     <t>LF-TON-LEX-CAS-50F2X00</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TNP81M, ineo +3300i, +4000i, 9000 k., Magenta</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81M</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP81C, ineo +3300i, +4000i, 9000 k., Cyan</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP81Y, ineo +3300i, +4000i, 9000 k., Yellow</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81Y</t>
+  </si>
+  <si>
     <t>Toner cartridge RICOH Print Cartridge Black IM C320F for 11700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-BL</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510-Y</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C2010/2510/3510, 5500 копия, Magenta</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510-M</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510-C</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Black MP C305H, 12000 pages - MP C305, C305 SP, C305 SPF</t>
@@ -817,318 +862,360 @@
   <si>
     <t>Toner Cartridge DEVELOP TN-328K, ineo + 251i, + 301i, + 361i, 28000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328K</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Yellow MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842080</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-Y</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Magenta MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842081</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-M</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Cyan MP C305, 4000 pages - MP C305, C305 SP, C305 SPF</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-C</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TNP49C, ineo+ 3351, +3851, 12000 k., Cyan</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP49C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP49M, ineo+ 3351, +3851, 12000 k., Magenta</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP49M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toner Cartridge DEVELOP TNP49Y, ineo+ 3351, +3851, 12000 k., Yellow </t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP49Y</t>
+  </si>
+  <si>
     <t>Toner Cartridge UPRINT W2210X, HP 207X, HP Color Pro M255/ Pro MFP M282/ 283, 3150k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2210X</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh SPC360HE, 7000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-SPC360HE-BL</t>
+  </si>
+  <si>
     <t>Toner Cartridge UPRINT W2211X, HP 207X, HP Color Pro M255/ Pro MFP M282/ 283, 2450k, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2211X</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT W2211X, HP 207X, HP Color Pro M255/ Pro MFP M282/ 283, 2450k, Yellow</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2212X</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT W2213X, HP 207X, HP Color Pro M255/ Pro MFP M282/ 283, 2450k, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2213X</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TNP51C, ineo+3110, 5000 k., A0X53D5, Cyan</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP51C</t>
+  </si>
+  <si>
     <t>Toner cartridge compatible MAGENTA HP W2193X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2193X</t>
   </si>
   <si>
     <t>Toner cartridge compatible YELLOW HP W2192X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2192X</t>
   </si>
   <si>
     <t>Toner cartridge compatible CYAN HP W2191X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2191X</t>
   </si>
   <si>
     <t>Toner cartridge compatible BLACK HP W2190X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 3150k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2190X</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh MP3554, 24000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP3554</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh RICT301, 33000 p, MP3500, 4000, 4001, 4500, 5000, 5002, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP3500</t>
+  </si>
+  <si>
     <t>Toner Cartridge KYOCERA TK1248 - PA2001, MA2001</t>
   </si>
   <si>
     <t>KYO-TON-TK1248</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh SP300/SP300DN, 1500 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-SP300</t>
+  </si>
+  <si>
+    <t>Тонер касета DEVELOP TN 330 - ineo / bizhub 300i, 360i, 25 000 копия., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN330</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh SP8200E, 36000 копия, AFICIO SP8200DN, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-SP8200E</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP C3502, 28000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC3502</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP92K, +3120, 6000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP92K</t>
+  </si>
+  <si>
     <t>Toner cartridge RICOH Print Cartridge Cyan IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-C</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-M</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Yellow IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-Y</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TN323, ineo 227/287, 23000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN323</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh MP C3503/C3003, 29500 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC3503</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP C4503, C5503, 33000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP-C6003</t>
+  </si>
+  <si>
     <t>Toner Cartridge Ricoh IM C2010/2510, 30000 копия, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510H-BL</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TNP92M, +3120, 4000 k., Magenta</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP92M</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP92C, +3120, 4000 k., Cyan</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP92C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP92Y, +3120, 4000 k., Yellow</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP92Y</t>
+  </si>
+  <si>
+    <t>Toner Cartridge C3000/C350, 31000 pages, IM C3500, IM C3000, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC3500-BL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh IM C6000, 33000 копия, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC6000-BL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP6054, 37000 копия, IM 5000, IM 6000, MP 4055/5055/6055, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP6054</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh SPC360HE, 5000 p, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-SPC360HE-CYAN</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh SPC360HE, 5000 p, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-SPC360HE-MAG</t>
+  </si>
+  <si>
     <t>Toner Cartridge RICOH IM C530FB, 20500 p, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC530-BL</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh SPC360HE, 5000 p, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-TON-SPC360HE-YEL</t>
+  </si>
+  <si>
     <t>Toner Cartridge Ricoh IM C3010/IMC3010A,IM C3510, 40000 копия, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC3510-BL</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 7600 k,  For M C320FW, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HBL</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP -TN321K,  ineo +224, +224e, +284, +284e, +364, +364e, 27 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN321K</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP77, ineo 5000i / 5020i, 20000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP77</t>
+  </si>
+  <si>
     <t>Toner Cartridge DEVELOP TN-328C, ineo + 251i, + 301i, + 361i, 28000 k., Cyan</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328C</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TN-328Y, ineo + 251i, + 301i, + 361i, 28000 k., Yellow</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328Y</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TN-328M, ineo + 251i, + 301i, + 361i, 28000 k., Magenta</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328M</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HC</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Magenta</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HM</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HY</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Black P C375, 10500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-BL</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh IM C2010/2510, 18000 копия, Cyan</t>
-[...64 lines deleted...]
-  <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta P C375H, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-M</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Yellow P C375H, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-Y</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Cyan P 375, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-C</t>
-  </si>
-[...40 lines deleted...]
-    <t>DEV-IUP-IU214M</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1432,51 +1519,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D183"/>
+  <dimension ref="A1:D234"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1485,2561 +1572,3275 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>12.612</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>13.764</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>15.372</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5">
         <v>16.8</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>17.136</v>
+        <v>17.364</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>17.364</v>
+        <v>17.628</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>17.628</v>
+        <v>17.796</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>17.796</v>
+        <v>18.384</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>18.384</v>
+        <v>18.912</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>18.912</v>
+        <v>19.344</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>19.344</v>
+        <v>19.392</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>19.392</v>
+        <v>19.608</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>19.608</v>
+        <v>19.716</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>19.716</v>
+        <v>20.424</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>20.424</v>
+        <v>20.892</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>20.892</v>
+        <v>21.6</v>
       </c>
       <c r="D17" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>21.6</v>
+        <v>21.636</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>21.636</v>
+        <v>21.768</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>21.768</v>
+        <v>22.176</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>22.176</v>
+        <v>22.668</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>22.668</v>
+        <v>22.8</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>22.8</v>
+        <v>23.76</v>
       </c>
       <c r="D23" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>23.76</v>
+        <v>24.0</v>
       </c>
       <c r="D24" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>24.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>24.0</v>
+        <v>24.504</v>
       </c>
       <c r="D26" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>24.996</v>
       </c>
       <c r="D27" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>25.212</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>26.4</v>
       </c>
       <c r="D29" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>26.4</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>26.4</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>26.4</v>
       </c>
       <c r="D32" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>26.4</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
         <v>27.6</v>
       </c>
       <c r="D34" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
         <v>28.62</v>
       </c>
       <c r="D35" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
         <v>28.8</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
         <v>28.8</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
         <v>28.8</v>
       </c>
       <c r="D38" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
-        <v>30.0</v>
+        <v>28.8</v>
       </c>
       <c r="D39" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
         <v>30.0</v>
       </c>
       <c r="D40" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C41">
         <v>30.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C42">
         <v>30.0</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C43">
         <v>30.0</v>
       </c>
       <c r="D43" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C44">
         <v>30.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45">
         <v>30.0</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C46">
         <v>30.0</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C47">
-        <v>30.144</v>
+        <v>30.0</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48">
-        <v>31.2</v>
+        <v>30.144</v>
       </c>
       <c r="D48" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49">
-        <v>32.076</v>
+        <v>31.2</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50">
-        <v>32.4</v>
+        <v>32.076</v>
       </c>
       <c r="D50" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51">
         <v>32.4</v>
       </c>
       <c r="D51" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52">
         <v>32.4</v>
       </c>
       <c r="D52" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53">
-        <v>33.036</v>
+        <v>32.4</v>
       </c>
       <c r="D53" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54">
-        <v>33.24</v>
+        <v>33.036</v>
       </c>
       <c r="D54" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C55">
         <v>33.24</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C56">
-        <v>33.36</v>
+        <v>33.24</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C57">
         <v>33.6</v>
       </c>
       <c r="D57" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C58">
         <v>33.6</v>
       </c>
       <c r="D58" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59">
         <v>33.6</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60">
         <v>33.6</v>
       </c>
       <c r="D60" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61">
         <v>33.6</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62">
         <v>33.6</v>
       </c>
       <c r="D62" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C63">
         <v>33.6</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64">
         <v>33.6</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65">
         <v>34.2</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C66">
         <v>36.0</v>
       </c>
       <c r="D66" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C67">
         <v>36.0</v>
       </c>
       <c r="D67" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C68">
-        <v>36.0</v>
+        <v>37.056</v>
       </c>
       <c r="D68" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C69">
-        <v>37.056</v>
+        <v>37.2</v>
       </c>
       <c r="D69" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C70">
         <v>37.2</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C71">
         <v>37.2</v>
       </c>
       <c r="D71" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C72">
         <v>37.2</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C73">
-        <v>37.2</v>
+        <v>38.4</v>
       </c>
       <c r="D73" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C74">
         <v>38.4</v>
       </c>
       <c r="D74" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C75">
-        <v>38.4</v>
+        <v>38.76</v>
       </c>
       <c r="D75" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76">
-        <v>38.76</v>
+        <v>39.6</v>
       </c>
       <c r="D76" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77">
         <v>39.6</v>
       </c>
       <c r="D77" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C78">
-        <v>39.6</v>
+        <v>42.0</v>
       </c>
       <c r="D78" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C79">
         <v>42.0</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C80">
         <v>42.0</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>84</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C81">
         <v>42.0</v>
       </c>
       <c r="D81" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C82">
         <v>42.0</v>
       </c>
       <c r="D82" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83">
-        <v>42.0</v>
+        <v>43.2</v>
       </c>
       <c r="D83" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84">
         <v>43.2</v>
       </c>
       <c r="D84" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85">
-        <v>43.2</v>
+        <v>44.4</v>
       </c>
       <c r="D85" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86">
         <v>45.6</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87">
         <v>45.6</v>
       </c>
       <c r="D87" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88">
         <v>48.0</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89">
         <v>48.0</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90">
         <v>48.0</v>
       </c>
       <c r="D90" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C91">
         <v>49.968</v>
       </c>
       <c r="D91" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C92">
         <v>50.4</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C93">
         <v>50.4</v>
       </c>
       <c r="D93" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C94">
         <v>50.4</v>
       </c>
       <c r="D94" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C95">
         <v>50.4</v>
       </c>
       <c r="D95" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B96" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C96">
         <v>50.4</v>
       </c>
       <c r="D96" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C97">
         <v>51.6</v>
       </c>
       <c r="D97" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B98" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C98">
         <v>51.6</v>
       </c>
       <c r="D98" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B99" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C99">
-        <v>51.792</v>
+        <v>52.8</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B100" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C100">
-        <v>51.924</v>
+        <v>52.824</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B101" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C101">
-        <v>52.8</v>
+        <v>54.0</v>
       </c>
       <c r="D101" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="B102" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
       <c r="C102">
-        <v>30.0</v>
+        <v>19.608</v>
       </c>
       <c r="D102" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>94</v>
+        <v>45</v>
       </c>
       <c r="B103" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="C103">
-        <v>30.0</v>
+        <v>22.668</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>138</v>
+        <v>93</v>
       </c>
       <c r="B104" t="s">
-        <v>139</v>
+        <v>94</v>
       </c>
       <c r="C104">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="D104" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>148</v>
+        <v>95</v>
       </c>
       <c r="B105" t="s">
-        <v>149</v>
+        <v>96</v>
       </c>
       <c r="C105">
-        <v>37.2</v>
+        <v>30.0</v>
       </c>
       <c r="D105" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>168</v>
+        <v>97</v>
       </c>
       <c r="B106" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
       <c r="C106">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
       <c r="D106" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>194</v>
+        <v>109</v>
       </c>
       <c r="B107" t="s">
-        <v>195</v>
+        <v>110</v>
       </c>
       <c r="C107">
-        <v>50.4</v>
+        <v>32.4</v>
       </c>
       <c r="D107" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>206</v>
+        <v>137</v>
       </c>
       <c r="B108" t="s">
-        <v>207</v>
+        <v>138</v>
       </c>
       <c r="C108">
-        <v>52.824</v>
+        <v>36.0</v>
       </c>
       <c r="D108" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>208</v>
+        <v>147</v>
       </c>
       <c r="B109" t="s">
-        <v>209</v>
+        <v>148</v>
       </c>
       <c r="C109">
-        <v>54.0</v>
+        <v>37.2</v>
       </c>
       <c r="D109" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>210</v>
+        <v>153</v>
       </c>
       <c r="B110" t="s">
-        <v>211</v>
+        <v>154</v>
       </c>
       <c r="C110">
-        <v>54.0</v>
+        <v>38.76</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>212</v>
+        <v>167</v>
       </c>
       <c r="B111" t="s">
-        <v>213</v>
+        <v>168</v>
       </c>
       <c r="C111">
-        <v>56.4</v>
+        <v>42.0</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>214</v>
+        <v>171</v>
       </c>
       <c r="B112" t="s">
-        <v>215</v>
+        <v>172</v>
       </c>
       <c r="C112">
-        <v>60.0</v>
+        <v>43.2</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>216</v>
+        <v>173</v>
       </c>
       <c r="B113" t="s">
-        <v>217</v>
+        <v>174</v>
       </c>
       <c r="C113">
-        <v>61.008</v>
+        <v>44.4</v>
       </c>
       <c r="D113" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>218</v>
+        <v>191</v>
       </c>
       <c r="B114" t="s">
-        <v>219</v>
+        <v>192</v>
       </c>
       <c r="C114">
-        <v>62.16</v>
+        <v>50.4</v>
       </c>
       <c r="D114" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>220</v>
+        <v>193</v>
       </c>
       <c r="B115" t="s">
-        <v>221</v>
+        <v>194</v>
       </c>
       <c r="C115">
-        <v>62.58</v>
+        <v>50.4</v>
       </c>
       <c r="D115" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>222</v>
+        <v>195</v>
       </c>
       <c r="B116" t="s">
-        <v>223</v>
+        <v>196</v>
       </c>
       <c r="C116">
-        <v>64.8</v>
+        <v>50.4</v>
       </c>
       <c r="D116" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>224</v>
+        <v>201</v>
       </c>
       <c r="B117" t="s">
-        <v>225</v>
+        <v>202</v>
       </c>
       <c r="C117">
-        <v>66.0</v>
+        <v>52.8</v>
       </c>
       <c r="D117" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="B118" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="C118">
-        <v>69.6</v>
+        <v>52.824</v>
       </c>
       <c r="D118" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>228</v>
+        <v>207</v>
       </c>
       <c r="B119" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="C119">
-        <v>72.204</v>
+        <v>54.0</v>
       </c>
       <c r="D119" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="B120" t="s">
-        <v>231</v>
+        <v>210</v>
       </c>
       <c r="C120">
-        <v>74.88</v>
+        <v>54.0</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
       <c r="B121" t="s">
-        <v>233</v>
+        <v>212</v>
       </c>
       <c r="C121">
-        <v>76.8</v>
+        <v>54.0</v>
       </c>
       <c r="D121" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>234</v>
+        <v>213</v>
       </c>
       <c r="B122" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="C122">
-        <v>80.4</v>
+        <v>54.66</v>
       </c>
       <c r="D122" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>236</v>
+        <v>215</v>
       </c>
       <c r="B123" t="s">
-        <v>237</v>
+        <v>216</v>
       </c>
       <c r="C123">
-        <v>80.4</v>
+        <v>56.4</v>
       </c>
       <c r="D123" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>238</v>
+        <v>217</v>
       </c>
       <c r="B124" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="C124">
-        <v>80.4</v>
+        <v>61.008</v>
       </c>
       <c r="D124" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>240</v>
+        <v>219</v>
       </c>
       <c r="B125" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="C125">
-        <v>81.6</v>
+        <v>62.16</v>
       </c>
       <c r="D125" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="B126" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
       <c r="C126">
-        <v>86.484</v>
+        <v>62.16</v>
       </c>
       <c r="D126" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="B127" t="s">
-        <v>245</v>
+        <v>224</v>
       </c>
       <c r="C127">
-        <v>90.408</v>
+        <v>62.58</v>
       </c>
       <c r="D127" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>246</v>
+        <v>225</v>
       </c>
       <c r="B128" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
       <c r="C128">
-        <v>90.408</v>
+        <v>64.8</v>
       </c>
       <c r="D128" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>248</v>
+        <v>227</v>
       </c>
       <c r="B129" t="s">
-        <v>249</v>
+        <v>228</v>
       </c>
       <c r="C129">
-        <v>90.408</v>
+        <v>66.0</v>
       </c>
       <c r="D129" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>250</v>
+        <v>229</v>
       </c>
       <c r="B130" t="s">
-        <v>251</v>
+        <v>230</v>
       </c>
       <c r="C130">
-        <v>90.516</v>
+        <v>69.264</v>
       </c>
       <c r="D130" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="B131" t="s">
-        <v>253</v>
+        <v>232</v>
       </c>
       <c r="C131">
-        <v>92.016</v>
+        <v>69.6</v>
       </c>
       <c r="D131" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>254</v>
+        <v>233</v>
       </c>
       <c r="B132" t="s">
-        <v>255</v>
+        <v>234</v>
       </c>
       <c r="C132">
-        <v>93.876</v>
+        <v>70.104</v>
       </c>
       <c r="D132" t="s">
-        <v>256</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="B133" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
       <c r="C133">
-        <v>96.228</v>
+        <v>71.568</v>
       </c>
       <c r="D133" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>259</v>
+        <v>237</v>
       </c>
       <c r="B134" t="s">
-        <v>260</v>
+        <v>238</v>
       </c>
       <c r="C134">
-        <v>99.876</v>
+        <v>72.204</v>
       </c>
       <c r="D134" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>261</v>
+        <v>239</v>
       </c>
       <c r="B135" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="C135">
-        <v>111.66</v>
+        <v>74.88</v>
       </c>
       <c r="D135" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>263</v>
+        <v>241</v>
       </c>
       <c r="B136" t="s">
-        <v>264</v>
+        <v>242</v>
       </c>
       <c r="C136">
-        <v>111.66</v>
+        <v>76.8</v>
       </c>
       <c r="D136" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="B137" t="s">
-        <v>266</v>
+        <v>244</v>
       </c>
       <c r="C137">
-        <v>111.66</v>
+        <v>80.4</v>
       </c>
       <c r="D137" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>267</v>
+        <v>245</v>
       </c>
       <c r="B138" t="s">
-        <v>268</v>
+        <v>246</v>
       </c>
       <c r="C138">
-        <v>112.98</v>
+        <v>80.4</v>
       </c>
       <c r="D138" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>269</v>
+        <v>247</v>
       </c>
       <c r="B139" t="s">
-        <v>270</v>
+        <v>248</v>
       </c>
       <c r="C139">
-        <v>118.8</v>
+        <v>80.4</v>
       </c>
       <c r="D139" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>271</v>
+        <v>249</v>
       </c>
       <c r="B140" t="s">
-        <v>272</v>
+        <v>250</v>
       </c>
       <c r="C140">
-        <v>118.8</v>
+        <v>81.6</v>
       </c>
       <c r="D140" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>273</v>
+        <v>251</v>
       </c>
       <c r="B141" t="s">
-        <v>274</v>
+        <v>252</v>
       </c>
       <c r="C141">
-        <v>118.8</v>
+        <v>82.284</v>
       </c>
       <c r="D141" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>275</v>
+        <v>253</v>
       </c>
       <c r="B142" t="s">
-        <v>276</v>
+        <v>254</v>
       </c>
       <c r="C142">
-        <v>124.8</v>
+        <v>82.296</v>
       </c>
       <c r="D142" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>277</v>
+        <v>255</v>
       </c>
       <c r="B143" t="s">
-        <v>278</v>
+        <v>256</v>
       </c>
       <c r="C143">
-        <v>124.8</v>
+        <v>82.332</v>
       </c>
       <c r="D143" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>279</v>
+        <v>257</v>
       </c>
       <c r="B144" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="C144">
-        <v>124.8</v>
+        <v>86.484</v>
       </c>
       <c r="D144" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="B145" t="s">
-        <v>282</v>
+        <v>260</v>
       </c>
       <c r="C145">
-        <v>124.8</v>
+        <v>90.408</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>283</v>
+        <v>261</v>
       </c>
       <c r="B146" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="C146">
-        <v>130.8</v>
+        <v>90.408</v>
       </c>
       <c r="D146" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>285</v>
+        <v>263</v>
       </c>
       <c r="B147" t="s">
-        <v>286</v>
+        <v>264</v>
       </c>
       <c r="C147">
-        <v>152.904</v>
+        <v>90.408</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>287</v>
+        <v>265</v>
       </c>
       <c r="B148" t="s">
-        <v>288</v>
+        <v>266</v>
       </c>
       <c r="C148">
-        <v>152.904</v>
+        <v>90.516</v>
       </c>
       <c r="D148" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
       <c r="B149" t="s">
-        <v>290</v>
+        <v>268</v>
       </c>
       <c r="C149">
-        <v>152.904</v>
+        <v>92.016</v>
       </c>
       <c r="D149" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>291</v>
+        <v>269</v>
       </c>
       <c r="B150" t="s">
-        <v>292</v>
+        <v>270</v>
       </c>
       <c r="C150">
-        <v>154.8</v>
+        <v>93.876</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>271</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="B151" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
       <c r="C151">
-        <v>163.092</v>
+        <v>96.228</v>
       </c>
       <c r="D151" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>295</v>
+        <v>274</v>
       </c>
       <c r="B152" t="s">
-        <v>296</v>
+        <v>275</v>
       </c>
       <c r="C152">
-        <v>186.708</v>
+        <v>99.876</v>
       </c>
       <c r="D152" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>297</v>
+        <v>276</v>
       </c>
       <c r="B153" t="s">
-        <v>298</v>
+        <v>277</v>
       </c>
       <c r="C153">
-        <v>187.236</v>
+        <v>111.66</v>
       </c>
       <c r="D153" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>299</v>
+        <v>278</v>
       </c>
       <c r="B154" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="C154">
-        <v>222.0</v>
+        <v>111.66</v>
       </c>
       <c r="D154" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>301</v>
+        <v>280</v>
       </c>
       <c r="B155" t="s">
-        <v>302</v>
+        <v>281</v>
       </c>
       <c r="C155">
-        <v>246.432</v>
+        <v>111.66</v>
       </c>
       <c r="D155" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>303</v>
+        <v>282</v>
       </c>
       <c r="B156" t="s">
-        <v>304</v>
+        <v>283</v>
       </c>
       <c r="C156">
-        <v>246.432</v>
+        <v>112.644</v>
       </c>
       <c r="D156" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>305</v>
+        <v>284</v>
       </c>
       <c r="B157" t="s">
-        <v>306</v>
+        <v>285</v>
       </c>
       <c r="C157">
-        <v>246.432</v>
+        <v>112.644</v>
       </c>
       <c r="D157" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>307</v>
+        <v>286</v>
       </c>
       <c r="B158" t="s">
-        <v>308</v>
+        <v>287</v>
       </c>
       <c r="C158">
-        <v>252.0</v>
+        <v>112.644</v>
       </c>
       <c r="D158" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>309</v>
+        <v>288</v>
       </c>
       <c r="B159" t="s">
-        <v>310</v>
+        <v>289</v>
       </c>
       <c r="C159">
-        <v>252.0</v>
+        <v>112.98</v>
       </c>
       <c r="D159" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>311</v>
+        <v>290</v>
       </c>
       <c r="B160" t="s">
-        <v>312</v>
+        <v>291</v>
       </c>
       <c r="C160">
-        <v>252.0</v>
+        <v>115.2</v>
       </c>
       <c r="D160" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>313</v>
+        <v>292</v>
       </c>
       <c r="B161" t="s">
-        <v>314</v>
+        <v>293</v>
       </c>
       <c r="C161">
-        <v>257.208</v>
+        <v>118.8</v>
       </c>
       <c r="D161" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>315</v>
+        <v>294</v>
       </c>
       <c r="B162" t="s">
-        <v>316</v>
+        <v>295</v>
       </c>
       <c r="C162">
-        <v>265.224</v>
+        <v>118.8</v>
       </c>
       <c r="D162" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>317</v>
+        <v>296</v>
       </c>
       <c r="B163" t="s">
-        <v>318</v>
+        <v>297</v>
       </c>
       <c r="C163">
-        <v>265.224</v>
+        <v>118.8</v>
       </c>
       <c r="D163" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>319</v>
+        <v>298</v>
       </c>
       <c r="B164" t="s">
-        <v>320</v>
+        <v>299</v>
       </c>
       <c r="C164">
-        <v>265.224</v>
+        <v>122.04</v>
       </c>
       <c r="D164" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>321</v>
+        <v>300</v>
       </c>
       <c r="B165" t="s">
-        <v>322</v>
+        <v>301</v>
       </c>
       <c r="C165">
-        <v>277.2</v>
+        <v>124.8</v>
       </c>
       <c r="D165" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
       <c r="B166" t="s">
-        <v>324</v>
+        <v>303</v>
       </c>
       <c r="C166">
-        <v>281.34</v>
+        <v>124.8</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>325</v>
+        <v>304</v>
       </c>
       <c r="B167" t="s">
-        <v>326</v>
+        <v>305</v>
       </c>
       <c r="C167">
-        <v>288.756</v>
+        <v>124.8</v>
       </c>
       <c r="D167" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>327</v>
+        <v>306</v>
       </c>
       <c r="B168" t="s">
-        <v>328</v>
+        <v>307</v>
       </c>
       <c r="C168">
-        <v>288.756</v>
+        <v>124.8</v>
       </c>
       <c r="D168" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>329</v>
+        <v>308</v>
       </c>
       <c r="B169" t="s">
-        <v>330</v>
+        <v>309</v>
       </c>
       <c r="C169">
-        <v>288.756</v>
+        <v>128.604</v>
       </c>
       <c r="D169" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>331</v>
+        <v>310</v>
       </c>
       <c r="B170" t="s">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="C170">
-        <v>323.436</v>
+        <v>129.192</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>333</v>
+        <v>312</v>
       </c>
       <c r="B171" t="s">
-        <v>334</v>
+        <v>313</v>
       </c>
       <c r="C171">
-        <v>323.436</v>
+        <v>130.8</v>
       </c>
       <c r="D171" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>335</v>
+        <v>314</v>
       </c>
       <c r="B172" t="s">
-        <v>336</v>
+        <v>315</v>
       </c>
       <c r="C172">
-        <v>323.436</v>
+        <v>130.968</v>
       </c>
       <c r="D172" t="s">
-        <v>6</v>
+        <v>84</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>337</v>
+        <v>316</v>
       </c>
       <c r="B173" t="s">
-        <v>338</v>
+        <v>317</v>
       </c>
       <c r="C173">
-        <v>333.06</v>
+        <v>138.468</v>
       </c>
       <c r="D173" t="s">
-        <v>13</v>
+        <v>271</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>339</v>
+        <v>318</v>
       </c>
       <c r="B174" t="s">
-        <v>340</v>
+        <v>319</v>
       </c>
       <c r="C174">
-        <v>333.06</v>
+        <v>143.148</v>
       </c>
       <c r="D174" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="B175" t="s">
-        <v>342</v>
+        <v>321</v>
       </c>
       <c r="C175">
-        <v>333.072</v>
+        <v>145.86</v>
       </c>
       <c r="D175" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>343</v>
+        <v>322</v>
       </c>
       <c r="B176" t="s">
-        <v>344</v>
+        <v>323</v>
       </c>
       <c r="C176">
-        <v>357.888</v>
+        <v>152.4</v>
       </c>
       <c r="D176" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>345</v>
+        <v>324</v>
       </c>
       <c r="B177" t="s">
-        <v>346</v>
+        <v>325</v>
       </c>
       <c r="C177">
-        <v>357.888</v>
+        <v>152.904</v>
       </c>
       <c r="D177" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>347</v>
+        <v>326</v>
       </c>
       <c r="B178" t="s">
-        <v>348</v>
+        <v>327</v>
       </c>
       <c r="C178">
-        <v>357.888</v>
+        <v>152.904</v>
       </c>
       <c r="D178" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>349</v>
+        <v>328</v>
       </c>
       <c r="B179" t="s">
-        <v>350</v>
+        <v>329</v>
       </c>
       <c r="C179">
-        <v>386.916</v>
+        <v>152.904</v>
       </c>
       <c r="D179" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>351</v>
+        <v>330</v>
       </c>
       <c r="B180" t="s">
-        <v>352</v>
+        <v>331</v>
       </c>
       <c r="C180">
-        <v>386.916</v>
+        <v>154.8</v>
       </c>
       <c r="D180" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>353</v>
+        <v>332</v>
       </c>
       <c r="B181" t="s">
-        <v>354</v>
+        <v>333</v>
       </c>
       <c r="C181">
-        <v>386.916</v>
+        <v>155.448</v>
       </c>
       <c r="D181" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
+        <v>334</v>
+      </c>
+      <c r="B182" t="s">
+        <v>335</v>
+      </c>
+      <c r="C182">
+        <v>161.544</v>
+      </c>
+      <c r="D182" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>336</v>
+      </c>
+      <c r="B183" t="s">
+        <v>337</v>
+      </c>
+      <c r="C183">
+        <v>163.092</v>
+      </c>
+      <c r="D183" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>338</v>
+      </c>
+      <c r="B184" t="s">
+        <v>339</v>
+      </c>
+      <c r="C184">
+        <v>164.592</v>
+      </c>
+      <c r="D184" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>340</v>
+      </c>
+      <c r="B185" t="s">
+        <v>341</v>
+      </c>
+      <c r="C185">
+        <v>164.592</v>
+      </c>
+      <c r="D185" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>342</v>
+      </c>
+      <c r="B186" t="s">
+        <v>343</v>
+      </c>
+      <c r="C186">
+        <v>164.604</v>
+      </c>
+      <c r="D186" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>344</v>
+      </c>
+      <c r="B187" t="s">
+        <v>345</v>
+      </c>
+      <c r="C187">
+        <v>166.548</v>
+      </c>
+      <c r="D187" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
+        <v>346</v>
+      </c>
+      <c r="B188" t="s">
+        <v>347</v>
+      </c>
+      <c r="C188">
+        <v>170.712</v>
+      </c>
+      <c r="D188" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>348</v>
+      </c>
+      <c r="B189" t="s">
+        <v>349</v>
+      </c>
+      <c r="C189">
+        <v>178.356</v>
+      </c>
+      <c r="D189" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>350</v>
+      </c>
+      <c r="B190" t="s">
+        <v>351</v>
+      </c>
+      <c r="C190">
+        <v>183.516</v>
+      </c>
+      <c r="D190" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>352</v>
+      </c>
+      <c r="B191" t="s">
+        <v>353</v>
+      </c>
+      <c r="C191">
+        <v>183.516</v>
+      </c>
+      <c r="D191" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>354</v>
+      </c>
+      <c r="B192" t="s">
         <v>355</v>
       </c>
-      <c r="B182" t="s">
+      <c r="C192">
+        <v>186.708</v>
+      </c>
+      <c r="D192" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
         <v>356</v>
       </c>
-      <c r="C182">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="B193" t="s">
+        <v>357</v>
+      </c>
+      <c r="C193">
+        <v>186.72</v>
+      </c>
+      <c r="D193" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>358</v>
+      </c>
+      <c r="B194" t="s">
+        <v>359</v>
+      </c>
+      <c r="C194">
+        <v>187.236</v>
+      </c>
+      <c r="D194" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
+        <v>360</v>
+      </c>
+      <c r="B195" t="s">
+        <v>361</v>
+      </c>
+      <c r="C195">
+        <v>222.0</v>
+      </c>
+      <c r="D195" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>362</v>
+      </c>
+      <c r="B196" t="s">
+        <v>363</v>
+      </c>
+      <c r="C196">
+        <v>232.344</v>
+      </c>
+      <c r="D196" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>364</v>
+      </c>
+      <c r="B197" t="s">
+        <v>365</v>
+      </c>
+      <c r="C197">
+        <v>237.636</v>
+      </c>
+      <c r="D197" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" t="s">
+        <v>366</v>
+      </c>
+      <c r="B198" t="s">
+        <v>367</v>
+      </c>
+      <c r="C198">
+        <v>246.432</v>
+      </c>
+      <c r="D198" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" t="s">
+        <v>368</v>
+      </c>
+      <c r="B199" t="s">
+        <v>369</v>
+      </c>
+      <c r="C199">
+        <v>246.432</v>
+      </c>
+      <c r="D199" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" t="s">
+        <v>370</v>
+      </c>
+      <c r="B200" t="s">
+        <v>371</v>
+      </c>
+      <c r="C200">
+        <v>246.432</v>
+      </c>
+      <c r="D200" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" t="s">
+        <v>372</v>
+      </c>
+      <c r="B201" t="s">
+        <v>373</v>
+      </c>
+      <c r="C201">
+        <v>252.0</v>
+      </c>
+      <c r="D201" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>97</v>
+      </c>
+      <c r="B202" t="s">
+        <v>98</v>
+      </c>
+      <c r="C202">
+        <v>30.0</v>
+      </c>
+      <c r="D202" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>147</v>
+      </c>
+      <c r="B203" t="s">
+        <v>148</v>
+      </c>
+      <c r="C203">
+        <v>37.2</v>
+      </c>
+      <c r="D203" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" t="s">
+        <v>167</v>
+      </c>
+      <c r="B204" t="s">
+        <v>168</v>
+      </c>
+      <c r="C204">
+        <v>42.0</v>
+      </c>
+      <c r="D204" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" t="s">
+        <v>173</v>
+      </c>
+      <c r="B205" t="s">
+        <v>174</v>
+      </c>
+      <c r="C205">
+        <v>44.4</v>
+      </c>
+      <c r="D205" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" t="s">
+        <v>209</v>
+      </c>
+      <c r="B206" t="s">
+        <v>210</v>
+      </c>
+      <c r="C206">
+        <v>54.0</v>
+      </c>
+      <c r="D206" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" t="s">
+        <v>211</v>
+      </c>
+      <c r="B207" t="s">
+        <v>212</v>
+      </c>
+      <c r="C207">
+        <v>54.0</v>
+      </c>
+      <c r="D207" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" t="s">
+        <v>231</v>
+      </c>
+      <c r="B208" t="s">
+        <v>232</v>
+      </c>
+      <c r="C208">
+        <v>69.6</v>
+      </c>
+      <c r="D208" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>241</v>
+      </c>
+      <c r="B209" t="s">
+        <v>242</v>
+      </c>
+      <c r="C209">
+        <v>76.8</v>
+      </c>
+      <c r="D209" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>243</v>
+      </c>
+      <c r="B210" t="s">
+        <v>244</v>
+      </c>
+      <c r="C210">
+        <v>80.4</v>
+      </c>
+      <c r="D210" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>245</v>
+      </c>
+      <c r="B211" t="s">
+        <v>246</v>
+      </c>
+      <c r="C211">
+        <v>80.4</v>
+      </c>
+      <c r="D211" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>247</v>
+      </c>
+      <c r="B212" t="s">
+        <v>248</v>
+      </c>
+      <c r="C212">
+        <v>80.4</v>
+      </c>
+      <c r="D212" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" t="s">
+        <v>249</v>
+      </c>
+      <c r="B213" t="s">
+        <v>250</v>
+      </c>
+      <c r="C213">
+        <v>81.6</v>
+      </c>
+      <c r="D213" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" t="s">
+        <v>257</v>
+      </c>
+      <c r="B214" t="s">
+        <v>258</v>
+      </c>
+      <c r="C214">
+        <v>86.484</v>
+      </c>
+      <c r="D214" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" t="s">
+        <v>265</v>
+      </c>
+      <c r="B215" t="s">
+        <v>266</v>
+      </c>
+      <c r="C215">
+        <v>90.516</v>
+      </c>
+      <c r="D215" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" t="s">
+        <v>274</v>
+      </c>
+      <c r="B216" t="s">
+        <v>275</v>
+      </c>
+      <c r="C216">
+        <v>99.876</v>
+      </c>
+      <c r="D216" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" t="s">
+        <v>276</v>
+      </c>
+      <c r="B217" t="s">
+        <v>277</v>
+      </c>
+      <c r="C217">
+        <v>111.66</v>
+      </c>
+      <c r="D217" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" t="s">
+        <v>278</v>
+      </c>
+      <c r="B218" t="s">
+        <v>279</v>
+      </c>
+      <c r="C218">
+        <v>111.66</v>
+      </c>
+      <c r="D218" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" t="s">
+        <v>280</v>
+      </c>
+      <c r="B219" t="s">
+        <v>281</v>
+      </c>
+      <c r="C219">
+        <v>111.66</v>
+      </c>
+      <c r="D219" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" t="s">
+        <v>300</v>
+      </c>
+      <c r="B220" t="s">
+        <v>301</v>
+      </c>
+      <c r="C220">
+        <v>124.8</v>
+      </c>
+      <c r="D220" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" t="s">
+        <v>302</v>
+      </c>
+      <c r="B221" t="s">
+        <v>303</v>
+      </c>
+      <c r="C221">
+        <v>124.8</v>
+      </c>
+      <c r="D221" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" t="s">
+        <v>304</v>
+      </c>
+      <c r="B222" t="s">
+        <v>305</v>
+      </c>
+      <c r="C222">
+        <v>124.8</v>
+      </c>
+      <c r="D222" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" t="s">
+        <v>306</v>
+      </c>
+      <c r="B223" t="s">
+        <v>307</v>
+      </c>
+      <c r="C223">
+        <v>124.8</v>
+      </c>
+      <c r="D223" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" t="s">
+        <v>324</v>
+      </c>
+      <c r="B224" t="s">
+        <v>325</v>
+      </c>
+      <c r="C224">
+        <v>152.904</v>
+      </c>
+      <c r="D224" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" t="s">
+        <v>326</v>
+      </c>
+      <c r="B225" t="s">
+        <v>327</v>
+      </c>
+      <c r="C225">
+        <v>152.904</v>
+      </c>
+      <c r="D225" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" t="s">
+        <v>328</v>
+      </c>
+      <c r="B226" t="s">
+        <v>329</v>
+      </c>
+      <c r="C226">
+        <v>152.904</v>
+      </c>
+      <c r="D226" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" t="s">
+        <v>370</v>
+      </c>
+      <c r="B227" t="s">
+        <v>371</v>
+      </c>
+      <c r="C227">
+        <v>246.432</v>
+      </c>
+      <c r="D227" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" t="s">
+        <v>374</v>
+      </c>
+      <c r="B228" t="s">
+        <v>375</v>
+      </c>
+      <c r="C228">
+        <v>252.0</v>
+      </c>
+      <c r="D228" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" t="s">
+        <v>376</v>
+      </c>
+      <c r="B229" t="s">
+        <v>377</v>
+      </c>
+      <c r="C229">
+        <v>252.0</v>
+      </c>
+      <c r="D229" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" t="s">
+        <v>378</v>
+      </c>
+      <c r="B230" t="s">
+        <v>379</v>
+      </c>
+      <c r="C230">
+        <v>257.208</v>
+      </c>
+      <c r="D230" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" t="s">
+        <v>380</v>
+      </c>
+      <c r="B231" t="s">
+        <v>381</v>
+      </c>
+      <c r="C231">
+        <v>333.06</v>
+      </c>
+      <c r="D231" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" t="s">
+        <v>382</v>
+      </c>
+      <c r="B232" t="s">
+        <v>383</v>
+      </c>
+      <c r="C232">
+        <v>333.06</v>
+      </c>
+      <c r="D232" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" t="s">
+        <v>384</v>
+      </c>
+      <c r="B233" t="s">
+        <v>385</v>
+      </c>
+      <c r="C233">
+        <v>333.072</v>
+      </c>
+      <c r="D233" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D183"/>
+  <autoFilter ref="A1:D234"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>