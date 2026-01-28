--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -7,236 +7,242 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$234</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$323</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="386">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN-2320 / TN2320 BROTHER, 2600k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2320</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK CE278A / CRG728, HP / Canon, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-CAS-CE278</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK MLT-D116L, SAMSUNG M2625/2825 / M2675/2875 ,3000 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D116L</t>
+  </si>
+  <si>
+    <t>Toner Cartridge KYOCERA TK1125, за FS-1061DN/ FS-1325MFP, 2100 k. ORINK</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1125</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF402X, HP LJ PRO MFP M252/277, 2300 k., Yellow</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF402X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN3480/3430 BROTHER, 8000k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN3480</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG SCX4300, (MLT-D1092S) 2000 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D1092S</t>
+  </si>
+  <si>
+    <t>Toner cartridge ORINK CF280A, HP LJ Pro 400/ M401/M425, 2700k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF280A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toner Cartridge ORINK, CF401X, HP LJ PRO MFP M252/277, 2300 k., Cyan </t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF401X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF403X, HP LJ PRO MFP M252/277, 2300 k., Magenta</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF403X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge, HP LJ Pro M15/M15a/M15w/MFP M28/M28a/M28w, 1000 k., Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF244A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG MLT-D101S, CSX-3400/3405/ML-2160/2162/2165, 1500 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D101S</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CB435A/CB436A/CE285A/CE285A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK HP Q2612A / Can LBP2900/ Q2612A, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-Q2612-FX10</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CB435A/CB436A/CE285A/CE278A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF400X black, HP LJ PRO MFP M252/277, 2800 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF400X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF217X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG MLT-D111L, M2020/M2022/M2070/M2026, 1800 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D111L</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1170</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TN1050/1000, BROTHER, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN1050-UP</t>
+  </si>
+  <si>
     <t>Toner Cartridge ORINK TN1050/TN1030/TN1070, BROTHER HL-1110/1112/ DCP-1510/1512/MFC-1810, 1000k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN1050</t>
   </si>
   <si>
-    <t>not available</t>
-[...116 lines deleted...]
-    <t>LF-TON-BR-CAS-TN1050-UP</t>
+    <t>Toner Cartridge TN1090, BROTHER, 1500 k. Black</t>
+  </si>
+  <si>
+    <t>TON-BR-CAS-TN1090</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF283X</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT Q2612A/EP703, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-Q2612A</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CE278A/EP726, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CE278A-G</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK CF230X, HP LJ Pro M203/M227, 3500 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF230X</t>
+  </si>
+  <si>
     <t>Toner cartridge ORINK CF283A, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 1500k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF283A</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK CF230X, HP LJ Pro M203/M227, 3500 k, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge ORINK CF226X,  HP LJ Pro M402/MFP M426 series,  Canon LBP212DW, 9000 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF226X</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TN-2320/TN2320, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2320-UP</t>
   </si>
   <si>
     <t>UPRINT Toner Cartridge HP CE311A / EP729, 1000, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CE311A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CF283A, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF283A-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TN2220/TN2210/TN2010, BROTHER,  Black</t>
@@ -268,53 +274,50 @@
   <si>
     <t>Toner Cartridge UPRINT CF230X, HP LJ Pro M203/M227, 3500 k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF230X-UP</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK KYOCERA TK-160- FS1120D/ P2035D, 2500, Black</t>
   </si>
   <si>
     <t>ORINK-TON-KYO-CAS-TK160</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN2220/2210/2010, BROTHER HL2240 /2250/ 2270/2130/DCP-7060/7065/7070/MFC-7360/7460, 2600k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2220</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT MLT-D101S/ELS, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D101S-UP</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT CF217A, HP LJ Pro M102/M130, 1600 k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF217A-UP</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TK-1160, KYOCERA, Black  7200k.</t>
   </si>
   <si>
     <t>ORINK-TON-KYO-CAS-TK1160</t>
   </si>
   <si>
     <t>Toner artridge UPRINT CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF283X-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TK-1150, KYOCERA M2135dn/ M2635dn/ M2735dw/P2235, 3000k, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK1150</t>
   </si>
   <si>
     <t>Toner Cartridge MLT-D111L, SAMSUNG M2020/M2022/М2070/M2026, 1800 k, Black</t>
@@ -391,206 +394,194 @@
   <si>
     <t>Toner Cartridge UPRINT TN350/TN2000/2005/TN2025, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2000</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TN3380/3330/3390, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN3380-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HL200AC, HP/CANON, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF211A-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HL200AY, HP/CANON, Yellow</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF212A-UP</t>
   </si>
   <si>
+    <t>Toner Cartridge BROTHER TN3480 Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN3480-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK KYOCERA TK-1170, Ecosys M2040DN/2540DN/2640DN, 7200k., Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK1170</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK TK-1160, KYOCERA P2040dn/dw, 7200 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK1160</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK CE320, HP, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CE320A-G</t>
+  </si>
+  <si>
+    <t>Brother DR1090 Drum Unit, 12000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR1090</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF210X/731, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF210X-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK, Ricoh SP230SFNW, 3000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP230SFNW-G</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT MLT-D1042S, SAMSUNG, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-D1042S-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK TN2421, BROTHER,  Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN2421</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF226X,  HP LJ Pro M402/MFP M426 series, 9000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF226X-UP</t>
+  </si>
+  <si>
+    <t>Toner cartridge XEROX Phaser 3020/ WC 3025, 106R02773, 1500 k.</t>
+  </si>
+  <si>
+    <t>LF-TON-XER-CAS-106R02773</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TN3170, BROTHER, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN3170-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TN3230/3280/3290, BROTHER, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN3280-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SP 150HE, RICOH, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP150HE</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TK-1140, KYOCERA, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK1140</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT ML-1610D2, SAMSUNG/XEROX, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-ML1610-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT Q5949A/EP708, HP, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-Q5949A-UP</t>
+  </si>
+  <si>
     <t>Toner Cartridge UPRINT HL200AM, HP/CANON, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF213A-UP</t>
   </si>
   <si>
-    <t>Toner Cartridge BROTHER TN3480 Uprint</t>
-[...106 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT MLT-D1052L, SAMSUNG ML1910/1915/2525 (MLTD-1052L), 2500, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-ML1910-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT MLT-D1082S, 1500 pages, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D1082S-UP</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN2421, BROTHER, 3000 k. Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2421</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT SCX-D4200A, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-SCX4200-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TK-160-170, KYOCERA TK-130/TK-140/TK-160/ TK-170, 2500p, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK160-170</t>
   </si>
   <si>
     <t>Toner cartridge compatible BLACK HP W1410A, HP 142A, LJ M110, MFP M140, Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W1420A</t>
   </si>
   <si>
-    <t>Toner Cartridge GENERINK CE410X, HP, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT MLT-D1092S, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D1092S-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CE310A/EP729, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CE310A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CE313A/EP729, HP/CANON, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CE313A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CE312A/EP729, HP/CANON, Yellow</t>
   </si>
   <si>
     <t>LF-TON-HP-CE312A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK Q5949X, HP LJ 1320/3390/3392, 6000k, Black</t>
@@ -643,74 +634,86 @@
   <si>
     <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2072A</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP51K, Black, ineo+ 3110, A0X54D5, 5000 k.</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP51K</t>
   </si>
   <si>
     <t>Toner Cartridge Orink SP 201LE, RICOH, Black, 2600 pages, Black</t>
   </si>
   <si>
     <t>ORINK-TON-RICOH-SP201LE</t>
   </si>
   <si>
     <t>Brother DR2401 Drum Unit, 12000 k.</t>
   </si>
   <si>
     <t>DRUM-BR-DR2401</t>
   </si>
   <si>
-    <t>Brother DR1090 Drum Unit, 12000 k.</t>
-[...4 lines deleted...]
-  <si>
     <t>SAMSUNG MLT-R116 Drum Unit, 9000 k.</t>
   </si>
   <si>
     <t>DRUM-SAM-MLT-R116</t>
   </si>
   <si>
+    <t>Toner cartridge SAMSUNG SL-M3825/M3875/M4025/M4075 (MLT-D204L)- 5000k, Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-D204L-UP</t>
+  </si>
+  <si>
     <t>Toner Cartridge Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP301</t>
   </si>
   <si>
     <t>Toner Cartridge SAMSUNG MLT-D205L, ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833, 5000k, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-MLT-D205L</t>
   </si>
   <si>
+    <t>Toner cartridge SAMSUNG ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833 (MLT-D205E)- 10000k</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-MLT-D205E</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN3600XXL- L5210/ L5710/ L6910/ DCP-L5510/ DCP-L6410, 11 000 k.</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN3600XL</t>
+  </si>
+  <si>
     <t>Toner Cartridge GENERINK SP 311XE, RICOH, Black, 6400 pages</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP311UHY</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2071A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2071A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2073A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2073A</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP305, 9000 p, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP305</t>
   </si>
   <si>
     <t>Toner Cartridge Generink Ricoh SP 3710X, 7000 копия, 408285, Black</t>
@@ -769,98 +772,98 @@
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Cyan</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-C</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Magenta</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-M</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Yellow</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-Y</t>
   </si>
   <si>
     <t>Toner cartridge compatible LEXMARK MS510/MS610/MX310/MX410/MX415/MX510/MX610 - 10000k, 50F2X00</t>
   </si>
   <si>
     <t>LF-TON-LEX-CAS-50F2X00</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TNP81C, ineo +3300i, +4000i, 9000 k., Cyan</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81C</t>
+  </si>
+  <si>
     <t>Toner Cartridge DEVELOP TNP81M, ineo +3300i, +4000i, 9000 k., Magenta</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP81M</t>
   </si>
   <si>
-    <t>Toner Cartridge DEVELOP TNP81C, ineo +3300i, +4000i, 9000 k., Cyan</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge DEVELOP TNP81Y, ineo +3300i, +4000i, 9000 k., Yellow</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP81Y</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Black IM C320F for 11700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-BL</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh IM C2010/2510/3510, 5500 копия, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510-M</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Black MP C305H, 12000 pages - MP C305, C305 SP, C305 SPF</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-BL</t>
+  </si>
+  <si>
     <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510-Y</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh IM C2010/2510/3510, 5500 копия, Magenta</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510-C</t>
   </si>
   <si>
-    <t>Toner cartridge RICOH Black MP C305H, 12000 pages - MP C305, C305 SP, C305 SPF</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge Ricoh IM C2010/C2510/C3510 18000 копия, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510-BL</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP -TN324K, ineo+ 258, +308, +368, 28000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN324K</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TN221MH, ineo+227, +287, 10500 k., A8K335H, Magenta</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN221M-H</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TN-328K, ineo + 251i, + 301i, + 361i, 28000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328K</t>
@@ -886,134 +889,116 @@
   <si>
     <t>Toner Cartridge DEVELOP TNP49C, ineo+ 3351, +3851, 12000 k., Cyan</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP49C</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP49M, ineo+ 3351, +3851, 12000 k., Magenta</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP49M</t>
   </si>
   <si>
     <t xml:space="preserve">Toner Cartridge DEVELOP TNP49Y, ineo+ 3351, +3851, 12000 k., Yellow </t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP49Y</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT W2210X, HP 207X, HP Color Pro M255/ Pro MFP M282/ 283, 3150k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2210X</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh SPC360HE, 7000 p, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT W2211X, HP 207X, HP Color Pro M255/ Pro MFP M282/ 283, 2450k, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2211X</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT W2211X, HP 207X, HP Color Pro M255/ Pro MFP M282/ 283, 2450k, Yellow</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2212X</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT W2213X, HP 207X, HP Color Pro M255/ Pro MFP M282/ 283, 2450k, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2213X</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP51C, ineo+3110, 5000 k., A0X53D5, Cyan</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP51C</t>
   </si>
   <si>
     <t>Toner cartridge compatible MAGENTA HP W2193X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2193X</t>
   </si>
   <si>
     <t>Toner cartridge compatible YELLOW HP W2192X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2192X</t>
   </si>
   <si>
     <t>Toner cartridge compatible CYAN HP W2191X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2191X</t>
   </si>
   <si>
     <t>Toner cartridge compatible BLACK HP W2190X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 3150k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2190X</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh MP3554, 24000 p, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge Ricoh RICT301, 33000 p, MP3500, 4000, 4001, 4500, 5000, 5002, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP3500</t>
   </si>
   <si>
     <t>Toner Cartridge KYOCERA TK1248 - PA2001, MA2001</t>
   </si>
   <si>
     <t>KYO-TON-TK1248</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh SP300/SP300DN, 1500 p, Black</t>
   </si>
   <si>
     <t>RICOH-TON-SP300</t>
   </si>
   <si>
-    <t>Тонер касета DEVELOP TN 330 - ineo / bizhub 300i, 360i, 25 000 копия., Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge Ricoh SP8200E, 36000 копия, AFICIO SP8200DN, Black</t>
   </si>
   <si>
     <t>RICOH-TON-SP8200E</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP C3502, 28000 p, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MPC3502</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP92K, +3120, 6000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP92K</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Cyan IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-C</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta IM C320F for 7500 pages</t>
@@ -1036,186 +1021,252 @@
   <si>
     <t>Toner Cartridge Ricoh MP C3503/C3003, 29500 p, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MPC3503</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP C4503, C5503, 33000 p, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP-C6003</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C2010/2510, 30000 копия, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510H-BL</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP92M, +3120, 4000 k., Magenta</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP92M</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TNP92Y, +3120, 4000 k., Yellow</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP92Y</t>
+  </si>
+  <si>
     <t>Toner Cartridge DEVELOP TNP92C, +3120, 4000 k., Cyan</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP92C</t>
   </si>
   <si>
-    <t>Toner Cartridge DEVELOP TNP92Y, +3120, 4000 k., Yellow</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge C3000/C350, 31000 pages, IM C3500, IM C3000, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC3500-BL</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C6000, 33000 копия, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC6000-BL</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP6054, 37000 копия, IM 5000, IM 6000, MP 4055/5055/6055, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP6054</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh SPC360HE, 5000 p, Cyan</t>
-[...10 lines deleted...]
-  <si>
     <t>Toner Cartridge RICOH IM C530FB, 20500 p, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC530-BL</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh SPC360HE, 5000 p, Yellow</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge Ricoh IM C3010/IMC3010A,IM C3510, 40000 копия, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC3510-BL</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 7600 k,  For M C320FW, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HBL</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP -TN321K,  ineo +224, +224e, +284, +284e, +364, +364e, 27 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN321K</t>
   </si>
   <si>
-    <t>Toner Cartridge DEVELOP TNP77, ineo 5000i / 5020i, 20000 k., Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge DEVELOP TN-328C, ineo + 251i, + 301i, + 361i, 28000 k., Cyan</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328C</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TN-328Y, ineo + 251i, + 301i, + 361i, 28000 k., Yellow</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328Y</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TN-328M, ineo + 251i, + 301i, + 361i, 28000 k., Magenta</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328M</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HC</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Magenta</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HM</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HY</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Black P C375, 10500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-BL</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh IM C2010/2510, 18000 копия, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510H-C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh IM C2010, 1800 копия, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510H-M</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh IM C2010/2510 18000 копия, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510H-Y</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP 53, ineo 4702P, 25000 k, Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP53</t>
+  </si>
+  <si>
+    <t>Toner Cartridge C3000/C350, 19000 pages, IM C3500, IM C3000, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC3500-YE</t>
+  </si>
+  <si>
+    <t>Toner Cartridge C3000/C350, 19000 pages, IM C3500, IM C3000, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC3500-CY</t>
+  </si>
+  <si>
+    <t>Toner RICOH Print Cartridge Black P C600, 17000 p</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC600-BL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP C3503/C3003, 18000 p, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC3503-Y</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP C3503/C3003, 18000 p, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC3503-C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP C3503/C3003, 18000 p, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC3503-M</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP99, - ineo 4201i, 4221i, 5001i, 5021i, 18000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP99</t>
+  </si>
+  <si>
+    <t>Toner Cartridge C3000/C350, 19000 pages, IM C3500, IM C3000, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC3500-MA</t>
+  </si>
+  <si>
+    <t>Toner RICOH Print Cartridge Cyan P C600, 12000 p</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC600-C</t>
+  </si>
+  <si>
+    <t>Toner RICOH Print Cartridge Magenta P C600, 12000 p</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC600-M</t>
+  </si>
+  <si>
+    <t>Toner RICOH Print Cartridge Yellow P C600, 12000 p</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC600-Y</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Cyan P 375, 5700 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-C</t>
+  </si>
+  <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta P C375H, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-M</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Yellow P C375H, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-Y</t>
-  </si>
-[...4 lines deleted...]
-    <t>RICOH-TON-PC375H-C</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1519,3328 +1570,4574 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D234"/>
+  <dimension ref="A1:D323"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>12.612</v>
+        <v>6.456</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>13.764</v>
+        <v>7.86</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>15.372</v>
+        <v>8.592</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>16.8</v>
+        <v>8.88</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>17.364</v>
+        <v>9.012</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>17.628</v>
+        <v>9.096</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>17.796</v>
+        <v>9.396</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>18.384</v>
+        <v>9.672</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>18.912</v>
+        <v>9.888</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>19.344</v>
+        <v>9.912</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>19.392</v>
+        <v>10.02</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>19.608</v>
+        <v>10.08</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>19.716</v>
+        <v>10.44</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>20.424</v>
+        <v>10.68</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>20.892</v>
+        <v>11.04</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>21.6</v>
+        <v>11.064</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>21.636</v>
+        <v>11.136</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>21.768</v>
+        <v>11.34</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>22.176</v>
+        <v>11.592</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>22.668</v>
+        <v>11.652</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>22.8</v>
+        <v>11.676</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>23.76</v>
+        <v>12.0</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>24.0</v>
+        <v>12.144</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>24.0</v>
+        <v>12.276</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>24.504</v>
+        <v>12.276</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>24.996</v>
+        <v>12.516</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>25.212</v>
+        <v>12.528</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>26.4</v>
+        <v>12.888</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>26.4</v>
+        <v>13.5</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>26.4</v>
+        <v>13.5</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>26.4</v>
+        <v>13.5</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>26.4</v>
+        <v>13.5</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
-        <v>27.6</v>
+        <v>13.5</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
-        <v>28.62</v>
+        <v>14.112</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
-        <v>28.8</v>
+        <v>14.628</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
-        <v>28.8</v>
+        <v>14.724</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
-        <v>28.8</v>
+        <v>14.724</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
-        <v>28.8</v>
+        <v>14.724</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
-        <v>30.0</v>
+        <v>14.724</v>
       </c>
       <c r="D40" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
         <v>89</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" t="s">
         <v>97</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>30.144</v>
+        <v>15.336</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>31.2</v>
+        <v>15.42</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>32.076</v>
+        <v>15.948</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>32.4</v>
+        <v>16.404</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>32.4</v>
+        <v>16.56</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>32.4</v>
+        <v>16.56</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>33.036</v>
+        <v>16.56</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
         <v>113</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>33.24</v>
+        <v>16.896</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" t="s">
         <v>115</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>33.24</v>
+        <v>16.992</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" t="s">
         <v>117</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>33.6</v>
+        <v>16.992</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" t="s">
         <v>119</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" t="s">
         <v>121</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D60" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>34.2</v>
+        <v>17.484</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>36.0</v>
+        <v>18.0</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" t="s">
         <v>137</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" t="s">
         <v>139</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>37.056</v>
+        <v>18.408</v>
       </c>
       <c r="D68" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>37.2</v>
+        <v>18.948</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>37.2</v>
+        <v>19.02</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>37.2</v>
+        <v>19.02</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>37.2</v>
+        <v>19.02</v>
       </c>
       <c r="D72" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>38.4</v>
+        <v>19.632</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>38.4</v>
+        <v>19.632</v>
       </c>
       <c r="D74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>38.76</v>
+        <v>19.824</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>39.6</v>
+        <v>20.244</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>39.6</v>
+        <v>20.244</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D78" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D80" t="s">
-        <v>84</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
         <v>165</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" t="s">
         <v>167</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>43.2</v>
+        <v>22.092</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>43.2</v>
+        <v>22.092</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>44.4</v>
+        <v>22.704</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>45.6</v>
+        <v>23.316</v>
       </c>
       <c r="D86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>45.6</v>
+        <v>24.54</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>48.0</v>
+        <v>24.54</v>
       </c>
       <c r="D88" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>48.0</v>
+        <v>24.54</v>
       </c>
       <c r="D89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
         <v>183</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>48.0</v>
+        <v>25.548</v>
       </c>
       <c r="D90" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" t="s">
         <v>185</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>49.968</v>
+        <v>25.764</v>
       </c>
       <c r="D91" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
         <v>187</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>50.4</v>
+        <v>25.764</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
         <v>189</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>50.4</v>
+        <v>25.764</v>
       </c>
       <c r="D93" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
         <v>191</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>50.4</v>
+        <v>25.764</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" t="s">
         <v>193</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>50.4</v>
+        <v>25.764</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" t="s">
         <v>195</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>50.4</v>
+        <v>26.388</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" t="s">
         <v>197</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>51.6</v>
+        <v>26.388</v>
       </c>
       <c r="D97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" t="s">
         <v>199</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>51.6</v>
+        <v>27.0</v>
       </c>
       <c r="D98" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" t="s">
         <v>201</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>52.8</v>
+        <v>27.012</v>
       </c>
       <c r="D99" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" t="s">
         <v>203</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>52.824</v>
+        <v>27.612</v>
       </c>
       <c r="D100" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" t="s">
         <v>205</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B102" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C102">
-        <v>19.608</v>
+        <v>10.02</v>
       </c>
       <c r="D102" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B103" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C103">
-        <v>22.668</v>
+        <v>12.0</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B104" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C104">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B105" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C105">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D105" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>97</v>
+        <v>134</v>
       </c>
       <c r="B106" t="s">
-        <v>98</v>
+        <v>135</v>
       </c>
       <c r="C106">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="D106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>109</v>
+        <v>138</v>
       </c>
       <c r="B107" t="s">
-        <v>110</v>
+        <v>139</v>
       </c>
       <c r="C107">
-        <v>32.4</v>
+        <v>18.408</v>
       </c>
       <c r="D107" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="B108" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="C108">
-        <v>36.0</v>
+        <v>19.02</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B109" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C109">
-        <v>37.2</v>
+        <v>19.824</v>
       </c>
       <c r="D109" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="B110" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="C110">
-        <v>38.76</v>
+        <v>21.48</v>
       </c>
       <c r="D110" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B111" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C111">
-        <v>42.0</v>
+        <v>22.092</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B112" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C112">
-        <v>43.2</v>
+        <v>22.704</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>173</v>
+        <v>190</v>
       </c>
       <c r="B113" t="s">
-        <v>174</v>
+        <v>191</v>
       </c>
       <c r="C113">
-        <v>44.4</v>
+        <v>25.764</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B114" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C114">
-        <v>50.4</v>
+        <v>25.764</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="B115" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C115">
-        <v>50.4</v>
+        <v>27.0</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B116" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C116">
-        <v>50.4</v>
+        <v>27.012</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B117" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C117">
-        <v>52.8</v>
+        <v>27.612</v>
       </c>
       <c r="D117" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B118" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C118">
-        <v>52.824</v>
+        <v>27.612</v>
       </c>
       <c r="D118" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B119" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C119">
-        <v>54.0</v>
+        <v>27.948</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B120" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C120">
-        <v>54.0</v>
+        <v>28.836</v>
       </c>
       <c r="D120" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B121" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C121">
-        <v>54.0</v>
+        <v>28.836</v>
       </c>
       <c r="D121" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B122" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C122">
-        <v>54.66</v>
+        <v>30.06</v>
       </c>
       <c r="D122" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B123" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C123">
-        <v>56.4</v>
+        <v>31.188</v>
       </c>
       <c r="D123" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B124" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C124">
-        <v>61.008</v>
+        <v>31.776</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B125" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C125">
-        <v>62.16</v>
+        <v>31.776</v>
       </c>
       <c r="D125" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B126" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C126">
-        <v>62.16</v>
+        <v>32.796</v>
       </c>
       <c r="D126" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B127" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C127">
-        <v>62.58</v>
+        <v>33.132</v>
       </c>
       <c r="D127" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B128" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C128">
-        <v>64.8</v>
+        <v>33.744</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B129" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C129">
-        <v>66.0</v>
+        <v>35.412</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B130" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C130">
-        <v>69.264</v>
+        <v>35.58</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B131" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C131">
-        <v>69.6</v>
+        <v>35.844</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B132" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C132">
-        <v>70.104</v>
+        <v>36.588</v>
       </c>
       <c r="D132" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B133" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C133">
-        <v>71.568</v>
+        <v>36.924</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B134" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C134">
-        <v>72.204</v>
+        <v>38.292</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B135" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C135">
-        <v>74.88</v>
+        <v>39.264</v>
       </c>
       <c r="D135" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B136" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C136">
-        <v>76.8</v>
+        <v>41.112</v>
       </c>
       <c r="D136" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B137" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C137">
-        <v>80.4</v>
+        <v>41.112</v>
       </c>
       <c r="D137" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B138" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C138">
-        <v>80.4</v>
+        <v>41.112</v>
       </c>
       <c r="D138" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="B139" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C139">
-        <v>80.4</v>
+        <v>41.724</v>
       </c>
       <c r="D139" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B140" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C140">
-        <v>81.6</v>
+        <v>42.084</v>
       </c>
       <c r="D140" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B141" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C141">
-        <v>82.284</v>
+        <v>42.084</v>
       </c>
       <c r="D141" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B142" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C142">
-        <v>82.296</v>
+        <v>42.084</v>
       </c>
       <c r="D142" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B143" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C143">
-        <v>82.332</v>
+        <v>45.012</v>
       </c>
       <c r="D143" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B144" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C144">
-        <v>86.484</v>
+        <v>46.224</v>
       </c>
       <c r="D144" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B145" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C145">
-        <v>90.408</v>
+        <v>46.284</v>
       </c>
       <c r="D145" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B146" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C146">
-        <v>90.408</v>
+        <v>47.028</v>
       </c>
       <c r="D146" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B147" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C147">
-        <v>90.408</v>
+        <v>47.028</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B148" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C148">
-        <v>90.516</v>
+        <v>47.052</v>
       </c>
       <c r="D148" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B149" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C149">
-        <v>92.016</v>
+        <v>48.0</v>
       </c>
       <c r="D149" t="s">
-        <v>12</v>
+        <v>272</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B150" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C150">
-        <v>93.876</v>
+        <v>49.2</v>
       </c>
       <c r="D150" t="s">
-        <v>271</v>
+        <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B151" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C151">
-        <v>96.228</v>
+        <v>51.06</v>
       </c>
       <c r="D151" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B152" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C152">
-        <v>99.876</v>
+        <v>57.096</v>
       </c>
       <c r="D152" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B153" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C153">
-        <v>111.66</v>
+        <v>57.096</v>
       </c>
       <c r="D153" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B154" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C154">
-        <v>111.66</v>
+        <v>57.096</v>
       </c>
       <c r="D154" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B155" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C155">
-        <v>111.66</v>
+        <v>57.6</v>
       </c>
       <c r="D155" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B156" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C156">
-        <v>112.644</v>
+        <v>57.6</v>
       </c>
       <c r="D156" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B157" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C157">
-        <v>112.644</v>
+        <v>57.6</v>
       </c>
       <c r="D157" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B158" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C158">
-        <v>112.644</v>
+        <v>57.768</v>
       </c>
       <c r="D158" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B159" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C159">
-        <v>112.98</v>
+        <v>60.744</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B160" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C160">
-        <v>115.2</v>
+        <v>60.744</v>
       </c>
       <c r="D160" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B161" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C161">
-        <v>118.8</v>
+        <v>60.744</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B162" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C162">
-        <v>118.8</v>
+        <v>62.4</v>
       </c>
       <c r="D162" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B163" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C163">
-        <v>118.8</v>
+        <v>63.804</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B164" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C164">
-        <v>122.04</v>
+        <v>63.804</v>
       </c>
       <c r="D164" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B165" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C165">
-        <v>124.8</v>
+        <v>63.804</v>
       </c>
       <c r="D165" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B166" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C166">
-        <v>124.8</v>
+        <v>63.804</v>
       </c>
       <c r="D166" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B167" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C167">
-        <v>124.8</v>
+        <v>66.06</v>
       </c>
       <c r="D167" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B168" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C168">
-        <v>124.8</v>
+        <v>66.876</v>
       </c>
       <c r="D168" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B169" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C169">
-        <v>128.604</v>
+        <v>66.96</v>
       </c>
       <c r="D169" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B170" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C170">
-        <v>129.192</v>
+        <v>73.188</v>
       </c>
       <c r="D170" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B171" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C171">
-        <v>130.8</v>
+        <v>74.58</v>
       </c>
       <c r="D171" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B172" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C172">
-        <v>130.968</v>
+        <v>77.916</v>
       </c>
       <c r="D172" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B173" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C173">
-        <v>138.468</v>
+        <v>78.18</v>
       </c>
       <c r="D173" t="s">
-        <v>271</v>
+        <v>14</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B174" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C174">
-        <v>143.148</v>
+        <v>78.18</v>
       </c>
       <c r="D174" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B175" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C175">
-        <v>145.86</v>
+        <v>78.972</v>
       </c>
       <c r="D175" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B176" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C176">
-        <v>152.4</v>
+        <v>79.152</v>
       </c>
       <c r="D176" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B177" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C177">
-        <v>152.904</v>
+        <v>79.476</v>
       </c>
       <c r="D177" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B178" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C178">
-        <v>152.904</v>
+        <v>82.596</v>
       </c>
       <c r="D178" t="s">
-        <v>84</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B179" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C179">
-        <v>152.904</v>
+        <v>83.388</v>
       </c>
       <c r="D179" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B180" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C180">
-        <v>154.8</v>
+        <v>84.156</v>
       </c>
       <c r="D180" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B181" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C181">
-        <v>155.448</v>
+        <v>84.156</v>
       </c>
       <c r="D181" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B182" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C182">
-        <v>161.544</v>
+        <v>84.156</v>
       </c>
       <c r="D182" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B183" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C183">
-        <v>163.092</v>
+        <v>85.152</v>
       </c>
       <c r="D183" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B184" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C184">
-        <v>164.592</v>
+        <v>87.276</v>
       </c>
       <c r="D184" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B185" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C185">
-        <v>164.592</v>
+        <v>91.188</v>
       </c>
       <c r="D185" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B186" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C186">
-        <v>164.604</v>
+        <v>95.46</v>
       </c>
       <c r="D186" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B187" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C187">
-        <v>166.548</v>
+        <v>95.736</v>
       </c>
       <c r="D187" t="s">
-        <v>84</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B188" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C188">
-        <v>170.712</v>
+        <v>113.508</v>
       </c>
       <c r="D188" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B189" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C189">
-        <v>178.356</v>
+        <v>118.8</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>272</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B190" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C190">
-        <v>183.516</v>
+        <v>126.0</v>
       </c>
       <c r="D190" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B191" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C191">
-        <v>183.516</v>
+        <v>126.0</v>
       </c>
       <c r="D191" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B192" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C192">
-        <v>186.708</v>
+        <v>126.0</v>
       </c>
       <c r="D192" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B193" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C193">
-        <v>186.72</v>
+        <v>128.844</v>
       </c>
       <c r="D193" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B194" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C194">
-        <v>187.236</v>
+        <v>128.844</v>
       </c>
       <c r="D194" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B195" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C195">
-        <v>222.0</v>
+        <v>128.844</v>
       </c>
       <c r="D195" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B196" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C196">
-        <v>232.344</v>
+        <v>131.508</v>
       </c>
       <c r="D196" t="s">
-        <v>271</v>
+        <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B197" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C197">
-        <v>237.636</v>
+        <v>136.356</v>
       </c>
       <c r="D197" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B198" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C198">
-        <v>246.432</v>
+        <v>136.356</v>
       </c>
       <c r="D198" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B199" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C199">
-        <v>246.432</v>
+        <v>136.356</v>
       </c>
       <c r="D199" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B200" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C200">
-        <v>246.432</v>
+        <v>141.732</v>
       </c>
       <c r="D200" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B201" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C201">
-        <v>252.0</v>
+        <v>144.468</v>
       </c>
       <c r="D201" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="B202" t="s">
-        <v>98</v>
+        <v>50</v>
       </c>
       <c r="C202">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
       <c r="D202" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>147</v>
+        <v>96</v>
       </c>
       <c r="B203" t="s">
-        <v>148</v>
+        <v>97</v>
       </c>
       <c r="C203">
-        <v>37.2</v>
+        <v>15.336</v>
       </c>
       <c r="D203" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>167</v>
+        <v>98</v>
       </c>
       <c r="B204" t="s">
-        <v>168</v>
+        <v>99</v>
       </c>
       <c r="C204">
-        <v>42.0</v>
+        <v>15.336</v>
       </c>
       <c r="D204" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>173</v>
+        <v>134</v>
       </c>
       <c r="B205" t="s">
-        <v>174</v>
+        <v>135</v>
       </c>
       <c r="C205">
-        <v>44.4</v>
+        <v>18.0</v>
       </c>
       <c r="D205" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>209</v>
+        <v>138</v>
       </c>
       <c r="B206" t="s">
-        <v>210</v>
+        <v>139</v>
       </c>
       <c r="C206">
-        <v>54.0</v>
+        <v>18.408</v>
       </c>
       <c r="D206" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>211</v>
+        <v>146</v>
       </c>
       <c r="B207" t="s">
-        <v>212</v>
+        <v>147</v>
       </c>
       <c r="C207">
-        <v>54.0</v>
+        <v>19.02</v>
       </c>
       <c r="D207" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>231</v>
+        <v>166</v>
       </c>
       <c r="B208" t="s">
-        <v>232</v>
+        <v>167</v>
       </c>
       <c r="C208">
-        <v>69.6</v>
+        <v>21.48</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>241</v>
+        <v>172</v>
       </c>
       <c r="B209" t="s">
-        <v>242</v>
+        <v>173</v>
       </c>
       <c r="C209">
-        <v>76.8</v>
+        <v>22.704</v>
       </c>
       <c r="D209" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>243</v>
+        <v>190</v>
       </c>
       <c r="B210" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="C210">
-        <v>80.4</v>
+        <v>25.764</v>
       </c>
       <c r="D210" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="B211" t="s">
-        <v>246</v>
+        <v>193</v>
       </c>
       <c r="C211">
-        <v>80.4</v>
+        <v>25.764</v>
       </c>
       <c r="D211" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>247</v>
+        <v>198</v>
       </c>
       <c r="B212" t="s">
-        <v>248</v>
+        <v>199</v>
       </c>
       <c r="C212">
-        <v>80.4</v>
+        <v>27.0</v>
       </c>
       <c r="D212" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>249</v>
+        <v>200</v>
       </c>
       <c r="B213" t="s">
-        <v>250</v>
+        <v>201</v>
       </c>
       <c r="C213">
-        <v>81.6</v>
+        <v>27.012</v>
       </c>
       <c r="D213" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>257</v>
+        <v>206</v>
       </c>
       <c r="B214" t="s">
-        <v>258</v>
+        <v>207</v>
       </c>
       <c r="C214">
-        <v>86.484</v>
+        <v>27.612</v>
       </c>
       <c r="D214" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>265</v>
+        <v>208</v>
       </c>
       <c r="B215" t="s">
-        <v>266</v>
+        <v>209</v>
       </c>
       <c r="C215">
-        <v>90.516</v>
+        <v>27.612</v>
       </c>
       <c r="D215" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>274</v>
+        <v>212</v>
       </c>
       <c r="B216" t="s">
-        <v>275</v>
+        <v>213</v>
       </c>
       <c r="C216">
-        <v>99.876</v>
+        <v>28.836</v>
       </c>
       <c r="D216" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>276</v>
+        <v>214</v>
       </c>
       <c r="B217" t="s">
-        <v>277</v>
+        <v>215</v>
       </c>
       <c r="C217">
-        <v>111.66</v>
+        <v>28.836</v>
       </c>
       <c r="D217" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>278</v>
+        <v>216</v>
       </c>
       <c r="B218" t="s">
-        <v>279</v>
+        <v>217</v>
       </c>
       <c r="C218">
-        <v>111.66</v>
+        <v>30.06</v>
       </c>
       <c r="D218" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>280</v>
+        <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>281</v>
+        <v>219</v>
       </c>
       <c r="C219">
-        <v>111.66</v>
+        <v>31.188</v>
       </c>
       <c r="D219" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>300</v>
+        <v>220</v>
       </c>
       <c r="B220" t="s">
-        <v>301</v>
+        <v>221</v>
       </c>
       <c r="C220">
-        <v>124.8</v>
+        <v>31.776</v>
       </c>
       <c r="D220" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>302</v>
+        <v>222</v>
       </c>
       <c r="B221" t="s">
-        <v>303</v>
+        <v>223</v>
       </c>
       <c r="C221">
-        <v>124.8</v>
+        <v>31.776</v>
       </c>
       <c r="D221" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>304</v>
+        <v>224</v>
       </c>
       <c r="B222" t="s">
-        <v>305</v>
+        <v>225</v>
       </c>
       <c r="C222">
-        <v>124.8</v>
+        <v>32.796</v>
       </c>
       <c r="D222" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>306</v>
+        <v>226</v>
       </c>
       <c r="B223" t="s">
-        <v>307</v>
+        <v>227</v>
       </c>
       <c r="C223">
-        <v>124.8</v>
+        <v>33.132</v>
       </c>
       <c r="D223" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>324</v>
+        <v>228</v>
       </c>
       <c r="B224" t="s">
-        <v>325</v>
+        <v>229</v>
       </c>
       <c r="C224">
-        <v>152.904</v>
+        <v>33.744</v>
       </c>
       <c r="D224" t="s">
-        <v>84</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>326</v>
+        <v>230</v>
       </c>
       <c r="B225" t="s">
-        <v>327</v>
+        <v>231</v>
       </c>
       <c r="C225">
-        <v>152.904</v>
+        <v>35.412</v>
       </c>
       <c r="D225" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>328</v>
+        <v>232</v>
       </c>
       <c r="B226" t="s">
-        <v>329</v>
+        <v>233</v>
       </c>
       <c r="C226">
-        <v>152.904</v>
+        <v>35.58</v>
       </c>
       <c r="D226" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>370</v>
+        <v>234</v>
       </c>
       <c r="B227" t="s">
-        <v>371</v>
+        <v>235</v>
       </c>
       <c r="C227">
-        <v>246.432</v>
+        <v>35.844</v>
       </c>
       <c r="D227" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>374</v>
+        <v>238</v>
       </c>
       <c r="B228" t="s">
-        <v>375</v>
+        <v>239</v>
       </c>
       <c r="C228">
-        <v>252.0</v>
+        <v>36.924</v>
       </c>
       <c r="D228" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>376</v>
+        <v>240</v>
       </c>
       <c r="B229" t="s">
-        <v>377</v>
+        <v>241</v>
       </c>
       <c r="C229">
-        <v>252.0</v>
+        <v>38.292</v>
       </c>
       <c r="D229" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>378</v>
+        <v>242</v>
       </c>
       <c r="B230" t="s">
-        <v>379</v>
+        <v>243</v>
       </c>
       <c r="C230">
-        <v>257.208</v>
+        <v>39.264</v>
       </c>
       <c r="D230" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>380</v>
+        <v>244</v>
       </c>
       <c r="B231" t="s">
-        <v>381</v>
+        <v>245</v>
       </c>
       <c r="C231">
-        <v>333.06</v>
+        <v>41.112</v>
       </c>
       <c r="D231" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>382</v>
+        <v>246</v>
       </c>
       <c r="B232" t="s">
-        <v>383</v>
+        <v>247</v>
       </c>
       <c r="C232">
-        <v>333.06</v>
+        <v>41.112</v>
       </c>
       <c r="D232" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
+        <v>248</v>
+      </c>
+      <c r="B233" t="s">
+        <v>249</v>
+      </c>
+      <c r="C233">
+        <v>41.112</v>
+      </c>
+      <c r="D233" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" t="s">
+        <v>250</v>
+      </c>
+      <c r="B234" t="s">
+        <v>251</v>
+      </c>
+      <c r="C234">
+        <v>41.724</v>
+      </c>
+      <c r="D234" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>252</v>
+      </c>
+      <c r="B235" t="s">
+        <v>253</v>
+      </c>
+      <c r="C235">
+        <v>42.084</v>
+      </c>
+      <c r="D235" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>254</v>
+      </c>
+      <c r="B236" t="s">
+        <v>255</v>
+      </c>
+      <c r="C236">
+        <v>42.084</v>
+      </c>
+      <c r="D236" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" t="s">
+        <v>256</v>
+      </c>
+      <c r="B237" t="s">
+        <v>257</v>
+      </c>
+      <c r="C237">
+        <v>42.084</v>
+      </c>
+      <c r="D237" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" t="s">
+        <v>258</v>
+      </c>
+      <c r="B238" t="s">
+        <v>259</v>
+      </c>
+      <c r="C238">
+        <v>45.012</v>
+      </c>
+      <c r="D238" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" t="s">
+        <v>260</v>
+      </c>
+      <c r="B239" t="s">
+        <v>261</v>
+      </c>
+      <c r="C239">
+        <v>46.224</v>
+      </c>
+      <c r="D239" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" t="s">
+        <v>262</v>
+      </c>
+      <c r="B240" t="s">
+        <v>263</v>
+      </c>
+      <c r="C240">
+        <v>46.284</v>
+      </c>
+      <c r="D240" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>264</v>
+      </c>
+      <c r="B241" t="s">
+        <v>265</v>
+      </c>
+      <c r="C241">
+        <v>47.028</v>
+      </c>
+      <c r="D241" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>266</v>
+      </c>
+      <c r="B242" t="s">
+        <v>267</v>
+      </c>
+      <c r="C242">
+        <v>47.028</v>
+      </c>
+      <c r="D242" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>268</v>
+      </c>
+      <c r="B243" t="s">
+        <v>269</v>
+      </c>
+      <c r="C243">
+        <v>47.052</v>
+      </c>
+      <c r="D243" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>270</v>
+      </c>
+      <c r="B244" t="s">
+        <v>271</v>
+      </c>
+      <c r="C244">
+        <v>48.0</v>
+      </c>
+      <c r="D244" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>273</v>
+      </c>
+      <c r="B245" t="s">
+        <v>274</v>
+      </c>
+      <c r="C245">
+        <v>49.2</v>
+      </c>
+      <c r="D245" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>275</v>
+      </c>
+      <c r="B246" t="s">
+        <v>276</v>
+      </c>
+      <c r="C246">
+        <v>51.06</v>
+      </c>
+      <c r="D246" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>277</v>
+      </c>
+      <c r="B247" t="s">
+        <v>278</v>
+      </c>
+      <c r="C247">
+        <v>57.096</v>
+      </c>
+      <c r="D247" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>279</v>
+      </c>
+      <c r="B248" t="s">
+        <v>280</v>
+      </c>
+      <c r="C248">
+        <v>57.096</v>
+      </c>
+      <c r="D248" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>281</v>
+      </c>
+      <c r="B249" t="s">
+        <v>282</v>
+      </c>
+      <c r="C249">
+        <v>57.096</v>
+      </c>
+      <c r="D249" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>283</v>
+      </c>
+      <c r="B250" t="s">
+        <v>284</v>
+      </c>
+      <c r="C250">
+        <v>57.6</v>
+      </c>
+      <c r="D250" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>285</v>
+      </c>
+      <c r="B251" t="s">
+        <v>286</v>
+      </c>
+      <c r="C251">
+        <v>57.6</v>
+      </c>
+      <c r="D251" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>287</v>
+      </c>
+      <c r="B252" t="s">
+        <v>288</v>
+      </c>
+      <c r="C252">
+        <v>57.6</v>
+      </c>
+      <c r="D252" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>289</v>
+      </c>
+      <c r="B253" t="s">
+        <v>290</v>
+      </c>
+      <c r="C253">
+        <v>57.768</v>
+      </c>
+      <c r="D253" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>291</v>
+      </c>
+      <c r="B254" t="s">
+        <v>292</v>
+      </c>
+      <c r="C254">
+        <v>60.744</v>
+      </c>
+      <c r="D254" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>293</v>
+      </c>
+      <c r="B255" t="s">
+        <v>294</v>
+      </c>
+      <c r="C255">
+        <v>60.744</v>
+      </c>
+      <c r="D255" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>295</v>
+      </c>
+      <c r="B256" t="s">
+        <v>296</v>
+      </c>
+      <c r="C256">
+        <v>60.744</v>
+      </c>
+      <c r="D256" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>297</v>
+      </c>
+      <c r="B257" t="s">
+        <v>298</v>
+      </c>
+      <c r="C257">
+        <v>62.4</v>
+      </c>
+      <c r="D257" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>299</v>
+      </c>
+      <c r="B258" t="s">
+        <v>300</v>
+      </c>
+      <c r="C258">
+        <v>63.804</v>
+      </c>
+      <c r="D258" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>301</v>
+      </c>
+      <c r="B259" t="s">
+        <v>302</v>
+      </c>
+      <c r="C259">
+        <v>63.804</v>
+      </c>
+      <c r="D259" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>303</v>
+      </c>
+      <c r="B260" t="s">
+        <v>304</v>
+      </c>
+      <c r="C260">
+        <v>63.804</v>
+      </c>
+      <c r="D260" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>305</v>
+      </c>
+      <c r="B261" t="s">
+        <v>306</v>
+      </c>
+      <c r="C261">
+        <v>63.804</v>
+      </c>
+      <c r="D261" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>307</v>
+      </c>
+      <c r="B262" t="s">
+        <v>308</v>
+      </c>
+      <c r="C262">
+        <v>66.06</v>
+      </c>
+      <c r="D262" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>309</v>
+      </c>
+      <c r="B263" t="s">
+        <v>310</v>
+      </c>
+      <c r="C263">
+        <v>66.876</v>
+      </c>
+      <c r="D263" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>313</v>
+      </c>
+      <c r="B264" t="s">
+        <v>314</v>
+      </c>
+      <c r="C264">
+        <v>73.188</v>
+      </c>
+      <c r="D264" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>317</v>
+      </c>
+      <c r="B265" t="s">
+        <v>318</v>
+      </c>
+      <c r="C265">
+        <v>77.916</v>
+      </c>
+      <c r="D265" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>319</v>
+      </c>
+      <c r="B266" t="s">
+        <v>320</v>
+      </c>
+      <c r="C266">
+        <v>78.18</v>
+      </c>
+      <c r="D266" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>321</v>
+      </c>
+      <c r="B267" t="s">
+        <v>322</v>
+      </c>
+      <c r="C267">
+        <v>78.18</v>
+      </c>
+      <c r="D267" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>323</v>
+      </c>
+      <c r="B268" t="s">
+        <v>324</v>
+      </c>
+      <c r="C268">
+        <v>78.972</v>
+      </c>
+      <c r="D268" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>325</v>
+      </c>
+      <c r="B269" t="s">
+        <v>326</v>
+      </c>
+      <c r="C269">
+        <v>79.152</v>
+      </c>
+      <c r="D269" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>331</v>
+      </c>
+      <c r="B270" t="s">
+        <v>332</v>
+      </c>
+      <c r="C270">
+        <v>83.388</v>
+      </c>
+      <c r="D270" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>333</v>
+      </c>
+      <c r="B271" t="s">
+        <v>334</v>
+      </c>
+      <c r="C271">
+        <v>84.156</v>
+      </c>
+      <c r="D271" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>335</v>
+      </c>
+      <c r="B272" t="s">
+        <v>336</v>
+      </c>
+      <c r="C272">
+        <v>84.156</v>
+      </c>
+      <c r="D272" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>337</v>
+      </c>
+      <c r="B273" t="s">
+        <v>338</v>
+      </c>
+      <c r="C273">
+        <v>84.156</v>
+      </c>
+      <c r="D273" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>341</v>
+      </c>
+      <c r="B274" t="s">
+        <v>342</v>
+      </c>
+      <c r="C274">
+        <v>87.276</v>
+      </c>
+      <c r="D274" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>343</v>
+      </c>
+      <c r="B275" t="s">
+        <v>344</v>
+      </c>
+      <c r="C275">
+        <v>91.188</v>
+      </c>
+      <c r="D275" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>345</v>
+      </c>
+      <c r="B276" t="s">
+        <v>346</v>
+      </c>
+      <c r="C276">
+        <v>95.46</v>
+      </c>
+      <c r="D276" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>347</v>
+      </c>
+      <c r="B277" t="s">
+        <v>348</v>
+      </c>
+      <c r="C277">
+        <v>95.736</v>
+      </c>
+      <c r="D277" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>349</v>
+      </c>
+      <c r="B278" t="s">
+        <v>350</v>
+      </c>
+      <c r="C278">
+        <v>113.508</v>
+      </c>
+      <c r="D278" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>351</v>
+      </c>
+      <c r="B279" t="s">
+        <v>352</v>
+      </c>
+      <c r="C279">
+        <v>118.8</v>
+      </c>
+      <c r="D279" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>353</v>
+      </c>
+      <c r="B280" t="s">
+        <v>354</v>
+      </c>
+      <c r="C280">
+        <v>126.0</v>
+      </c>
+      <c r="D280" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>355</v>
+      </c>
+      <c r="B281" t="s">
+        <v>356</v>
+      </c>
+      <c r="C281">
+        <v>126.0</v>
+      </c>
+      <c r="D281" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>357</v>
+      </c>
+      <c r="B282" t="s">
+        <v>358</v>
+      </c>
+      <c r="C282">
+        <v>126.0</v>
+      </c>
+      <c r="D282" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>359</v>
+      </c>
+      <c r="B283" t="s">
+        <v>360</v>
+      </c>
+      <c r="C283">
+        <v>128.844</v>
+      </c>
+      <c r="D283" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>361</v>
+      </c>
+      <c r="B284" t="s">
+        <v>362</v>
+      </c>
+      <c r="C284">
+        <v>128.844</v>
+      </c>
+      <c r="D284" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>363</v>
+      </c>
+      <c r="B285" t="s">
+        <v>364</v>
+      </c>
+      <c r="C285">
+        <v>128.844</v>
+      </c>
+      <c r="D285" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>365</v>
+      </c>
+      <c r="B286" t="s">
+        <v>366</v>
+      </c>
+      <c r="C286">
+        <v>131.508</v>
+      </c>
+      <c r="D286" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>367</v>
+      </c>
+      <c r="B287" t="s">
+        <v>368</v>
+      </c>
+      <c r="C287">
+        <v>136.356</v>
+      </c>
+      <c r="D287" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>369</v>
+      </c>
+      <c r="B288" t="s">
+        <v>370</v>
+      </c>
+      <c r="C288">
+        <v>136.356</v>
+      </c>
+      <c r="D288" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>371</v>
+      </c>
+      <c r="B289" t="s">
+        <v>372</v>
+      </c>
+      <c r="C289">
+        <v>136.356</v>
+      </c>
+      <c r="D289" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>373</v>
+      </c>
+      <c r="B290" t="s">
+        <v>374</v>
+      </c>
+      <c r="C290">
+        <v>141.732</v>
+      </c>
+      <c r="D290" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>377</v>
+      </c>
+      <c r="B291" t="s">
+        <v>378</v>
+      </c>
+      <c r="C291">
+        <v>144.468</v>
+      </c>
+      <c r="D291" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>379</v>
+      </c>
+      <c r="B292" t="s">
+        <v>380</v>
+      </c>
+      <c r="C292">
+        <v>146.196</v>
+      </c>
+      <c r="D292" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>381</v>
+      </c>
+      <c r="B293" t="s">
+        <v>382</v>
+      </c>
+      <c r="C293">
+        <v>147.636</v>
+      </c>
+      <c r="D293" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>383</v>
+      </c>
+      <c r="B294" t="s">
         <v>384</v>
       </c>
-      <c r="B233" t="s">
+      <c r="C294">
+        <v>147.636</v>
+      </c>
+      <c r="D294" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
         <v>385</v>
       </c>
-      <c r="C233">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="B295" t="s">
+        <v>386</v>
+      </c>
+      <c r="C295">
+        <v>147.636</v>
+      </c>
+      <c r="D295" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>387</v>
+      </c>
+      <c r="B296" t="s">
+        <v>388</v>
+      </c>
+      <c r="C296">
+        <v>154.8</v>
+      </c>
+      <c r="D296" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>389</v>
+      </c>
+      <c r="B297" t="s">
+        <v>390</v>
+      </c>
+      <c r="C297">
+        <v>154.848</v>
+      </c>
+      <c r="D297" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>391</v>
+      </c>
+      <c r="B298" t="s">
+        <v>392</v>
+      </c>
+      <c r="C298">
+        <v>167.712</v>
+      </c>
+      <c r="D298" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>393</v>
+      </c>
+      <c r="B299" t="s">
+        <v>394</v>
+      </c>
+      <c r="C299">
+        <v>167.712</v>
+      </c>
+      <c r="D299" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>395</v>
+      </c>
+      <c r="B300" t="s">
+        <v>396</v>
+      </c>
+      <c r="C300">
+        <v>167.712</v>
+      </c>
+      <c r="D300" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>397</v>
+      </c>
+      <c r="B301" t="s">
+        <v>398</v>
+      </c>
+      <c r="C301">
+        <v>170.292</v>
+      </c>
+      <c r="D301" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>49</v>
+      </c>
+      <c r="B302" t="s">
+        <v>50</v>
+      </c>
+      <c r="C302">
+        <v>12.0</v>
+      </c>
+      <c r="D302" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>134</v>
+      </c>
+      <c r="B303" t="s">
+        <v>135</v>
+      </c>
+      <c r="C303">
+        <v>18.0</v>
+      </c>
+      <c r="D303" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>146</v>
+      </c>
+      <c r="B304" t="s">
+        <v>147</v>
+      </c>
+      <c r="C304">
+        <v>19.02</v>
+      </c>
+      <c r="D304" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>166</v>
+      </c>
+      <c r="B305" t="s">
+        <v>167</v>
+      </c>
+      <c r="C305">
+        <v>21.48</v>
+      </c>
+      <c r="D305" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>172</v>
+      </c>
+      <c r="B306" t="s">
+        <v>173</v>
+      </c>
+      <c r="C306">
+        <v>22.704</v>
+      </c>
+      <c r="D306" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>206</v>
+      </c>
+      <c r="B307" t="s">
+        <v>207</v>
+      </c>
+      <c r="C307">
+        <v>27.612</v>
+      </c>
+      <c r="D307" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>208</v>
+      </c>
+      <c r="B308" t="s">
+        <v>209</v>
+      </c>
+      <c r="C308">
+        <v>27.612</v>
+      </c>
+      <c r="D308" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>214</v>
+      </c>
+      <c r="B309" t="s">
+        <v>215</v>
+      </c>
+      <c r="C309">
+        <v>28.836</v>
+      </c>
+      <c r="D309" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>216</v>
+      </c>
+      <c r="B310" t="s">
+        <v>217</v>
+      </c>
+      <c r="C310">
+        <v>30.06</v>
+      </c>
+      <c r="D310" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>250</v>
+      </c>
+      <c r="B311" t="s">
+        <v>251</v>
+      </c>
+      <c r="C311">
+        <v>41.724</v>
+      </c>
+      <c r="D311" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>258</v>
+      </c>
+      <c r="B312" t="s">
+        <v>259</v>
+      </c>
+      <c r="C312">
+        <v>45.012</v>
+      </c>
+      <c r="D312" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>299</v>
+      </c>
+      <c r="B313" t="s">
+        <v>300</v>
+      </c>
+      <c r="C313">
+        <v>63.804</v>
+      </c>
+      <c r="D313" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>301</v>
+      </c>
+      <c r="B314" t="s">
+        <v>302</v>
+      </c>
+      <c r="C314">
+        <v>63.804</v>
+      </c>
+      <c r="D314" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>303</v>
+      </c>
+      <c r="B315" t="s">
+        <v>304</v>
+      </c>
+      <c r="C315">
+        <v>63.804</v>
+      </c>
+      <c r="D315" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>305</v>
+      </c>
+      <c r="B316" t="s">
+        <v>306</v>
+      </c>
+      <c r="C316">
+        <v>63.804</v>
+      </c>
+      <c r="D316" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>319</v>
+      </c>
+      <c r="B317" t="s">
+        <v>320</v>
+      </c>
+      <c r="C317">
+        <v>78.18</v>
+      </c>
+      <c r="D317" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>321</v>
+      </c>
+      <c r="B318" t="s">
+        <v>322</v>
+      </c>
+      <c r="C318">
+        <v>78.18</v>
+      </c>
+      <c r="D318" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>323</v>
+      </c>
+      <c r="B319" t="s">
+        <v>324</v>
+      </c>
+      <c r="C319">
+        <v>78.972</v>
+      </c>
+      <c r="D319" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>387</v>
+      </c>
+      <c r="B320" t="s">
+        <v>388</v>
+      </c>
+      <c r="C320">
+        <v>154.8</v>
+      </c>
+      <c r="D320" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>399</v>
+      </c>
+      <c r="B321" t="s">
+        <v>400</v>
+      </c>
+      <c r="C321">
+        <v>170.292</v>
+      </c>
+      <c r="D321" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>401</v>
+      </c>
+      <c r="B322" t="s">
+        <v>402</v>
+      </c>
+      <c r="C322">
+        <v>170.292</v>
+      </c>
+      <c r="D322" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D234"/>
+  <autoFilter ref="A1:D323"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>