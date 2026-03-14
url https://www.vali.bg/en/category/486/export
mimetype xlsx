--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -7,87 +7,105 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$323</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$205</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN-2320 / TN2320 BROTHER, 2600k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2320</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1170</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF217X</t>
+  </si>
+  <si>
     <t>Toner Cartridge ORINK CE278A / CRG728, HP / Canon, Black</t>
   </si>
   <si>
     <t>ORINK-TON-CAS-CE278</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>Toner Cartridge ORINK CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF283X</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK MLT-D116L, SAMSUNG M2625/2825 / M2675/2875 ,3000 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D116L</t>
   </si>
   <si>
     <t>Toner Cartridge KYOCERA TK1125, за FS-1061DN/ FS-1325MFP, 2100 k. ORINK</t>
   </si>
   <si>
     <t>ORINK-TON-KYO-CAS-TK1125</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK CF402X, HP LJ PRO MFP M252/277, 2300 k., Yellow</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF402X</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN3480/3430 BROTHER, 8000k., Black</t>
   </si>
@@ -115,170 +133,158 @@
   <si>
     <t>Toner Cartridge ORINK CF403X, HP LJ PRO MFP M252/277, 2300 k., Magenta</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF403X</t>
   </si>
   <si>
     <t>Toner Cartridge, HP LJ Pro M15/M15a/M15w/MFP M28/M28a/M28w, 1000 k., Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF244A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK SAMSUNG MLT-D101S, CSX-3400/3405/ML-2160/2162/2165, 1500 k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D101S</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK CB435A/CB436A/CE285A/CE285A, HP/CANON, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-35-36-85</t>
   </si>
   <si>
+    <t>Toner Cartridge UPRINT CB435A/CB436A/CE285A/CE278A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF400X black, HP LJ PRO MFP M252/277, 2800 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF400X</t>
+  </si>
+  <si>
     <t>Toner Cartridge ORINK HP Q2612A / Can LBP2900/ Q2612A, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-Q2612-FX10</t>
   </si>
   <si>
-    <t>Toner Cartridge UPRINT CB435A/CB436A/CE285A/CE278A, HP/CANON, Black</t>
-[...16 lines deleted...]
-  <si>
     <t>Toner Cartridge ORINK SAMSUNG MLT-D111L, M2020/M2022/M2070/M2026, 1800 k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D111L</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT TN1050/1000, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN1050-UP</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN1050/TN1030/TN1070, BROTHER HL-1110/1112/ DCP-1510/1512/MFC-1810, 1000k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN1050</t>
   </si>
   <si>
     <t>Toner Cartridge TN1090, BROTHER, 1500 k. Black</t>
   </si>
   <si>
     <t>TON-BR-CAS-TN1090</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
-[...2 lines deleted...]
-    <t>ORINK-TON-HP-CAS-CF283X</t>
+    <t>Toner Cartridge ORINK CF226X,  HP LJ Pro M402/MFP M426 series,  Canon LBP212DW, 9000 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF226X</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT Q2612A/EP703, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-Q2612A</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CE278A/EP726, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CE278A-G</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK CF230X, HP LJ Pro M203/M227, 3500 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF230X</t>
   </si>
   <si>
     <t>Toner cartridge ORINK CF283A, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 1500k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF283A</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK CF226X,  HP LJ Pro M402/MFP M426 series,  Canon LBP212DW, 9000 k, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT TN-2320/TN2320, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2320-UP</t>
   </si>
   <si>
     <t>UPRINT Toner Cartridge HP CE311A / EP729, 1000, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CE311A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CF283A, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF283A-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TN2220/TN2210/TN2010, BROTHER,  Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2220-UP</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TK-1140, KYOCERA, Black</t>
   </si>
   <si>
     <t>ORINK-TON-KYO-CAS-TK1140</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK SP 150HE, RICOH, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP150HE</t>
+  </si>
+  <si>
     <t>LF-TON-HP-CAS-35-36-78-85</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CF280A, HP, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF280A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CE285A/EP725, CANON/HP, Black</t>
   </si>
   <si>
     <t>LF-TON-CAS-EP725-HP285-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CF230X, HP LJ Pro M203/M227, 3500 k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF230X-UP</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK KYOCERA TK-160- FS1120D/ P2035D, 2500, Black</t>
   </si>
   <si>
     <t>ORINK-TON-KYO-CAS-TK160</t>
@@ -472,56 +478,50 @@
   <si>
     <t>Toner Cartridge UPRINT CF226X,  HP LJ Pro M402/MFP M426 series, 9000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF226X-UP</t>
   </si>
   <si>
     <t>Toner cartridge XEROX Phaser 3020/ WC 3025, 106R02773, 1500 k.</t>
   </si>
   <si>
     <t>LF-TON-XER-CAS-106R02773</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TN3170, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN3170-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TN3230/3280/3290, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN3280-UP</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK SP 150HE, RICOH, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT TK-1140, KYOCERA, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK1140</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT ML-1610D2, SAMSUNG/XEROX, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-ML1610-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT Q5949A/EP708, HP, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-Q5949A-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HL200AM, HP/CANON, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF213A-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT MLT-D1052L, SAMSUNG ML1910/1915/2525 (MLTD-1052L), 2500, Black</t>
@@ -544,50 +544,56 @@
   <si>
     <t>Toner Cartridge UPRINT SCX-D4200A, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-SCX4200-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TK-160-170, KYOCERA TK-130/TK-140/TK-160/ TK-170, 2500p, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK160-170</t>
   </si>
   <si>
     <t>Toner cartridge compatible BLACK HP W1410A, HP 142A, LJ M110, MFP M140, Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W1420A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT MLT-D1092S, SAMSUNG, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D1092S-UP</t>
   </si>
   <si>
+    <t>Toner bottle M2810 for RICOH M2310N,M2810N for 6000 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-M2810</t>
+  </si>
+  <si>
     <t>Toner Cartridge UPRINT CE310A/EP729, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CE310A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CE313A/EP729, HP/CANON, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CE313A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CE312A/EP729, HP/CANON, Yellow</t>
   </si>
   <si>
     <t>LF-TON-HP-CE312A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK Q5949X, HP LJ 1320/3390/3392, 6000k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-Q5949X</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT Q7553X/EP715, HP/CANON, Black</t>
@@ -622,230 +628,218 @@
   <si>
     <t>Toner Cartridge UPRINT Q5949X/EP708, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-Q5949X-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CLT-M4072S, SAMSUNG, Magenta</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-M4072S-G</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2072A</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP51K, Black, ineo+ 3110, A0X54D5, 5000 k.</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP51K</t>
   </si>
   <si>
-    <t>Toner Cartridge Orink SP 201LE, RICOH, Black, 2600 pages, Black</t>
-[...8 lines deleted...]
-    <t>DRUM-BR-DR2401</t>
+    <t>Toner Cartridge Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP301</t>
   </si>
   <si>
     <t>SAMSUNG MLT-R116 Drum Unit, 9000 k.</t>
   </si>
   <si>
     <t>DRUM-SAM-MLT-R116</t>
   </si>
   <si>
     <t>Toner cartridge SAMSUNG SL-M3825/M3875/M4025/M4075 (MLT-D204L)- 5000k, Uprint</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D204L-UP</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge SAMSUNG MLT-D205L, ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833, 5000k, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-MLT-D205L</t>
   </si>
   <si>
     <t>Toner cartridge SAMSUNG ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833 (MLT-D205E)- 10000k</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-MLT-D205E</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh MP305, 9000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP305</t>
+  </si>
+  <si>
     <t>Toner Cartridge BROTHER TN3600XXL- L5210/ L5710/ L6910/ DCP-L5510/ DCP-L6410, 11 000 k.</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN3600XL</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK SP 311XE, RICOH, Black, 6400 pages</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP311UHY</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2071A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2071A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2073A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2073A</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh MP305, 9000 p, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge Generink Ricoh SP 3710X, 7000 копия, 408285, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP3710X-G</t>
   </si>
   <si>
     <t>Generink RICOH SP230 Photo Conductor Unit 12000 к</t>
   </si>
   <si>
     <t>LF-DRUM-RICOH-SP230-G</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP49K, ineo+ 3351, +3851, 13000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP49K</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN2590XL, HL-L2402/L2442/L2460/ L2600/ L2640 /MFC- L2802/ L2862/ L2922, 3000k.</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2590XL</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP81K, ineo +3300i, +4000i, 13 000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP81K</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh MP401, 401, 402, 401 SPF, 4520, 4520 DN, 11900 p, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge Ricoh MP3353, Type 2220D, 11000, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP3353</t>
   </si>
   <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 3000 k. Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-BK</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Cyan</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Magenta</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-M</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Yellow</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-Y</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible LEXMARK MS510/MS610/MX310/MX410/MX415/MX510/MX610 - 10000k, 50F2X00</t>
+  </si>
+  <si>
+    <t>LF-TON-LEX-CAS-50F2X00</t>
+  </si>
+  <si>
     <t>Toner Cartridge Ricoh IM460, 9000 pages, IM 370/370F, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IM460</t>
   </si>
   <si>
-    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 3000 k. Black</t>
-[...26 lines deleted...]
-    <t>LF-TON-LEX-CAS-50F2X00</t>
+    <t>Toner bottle M2810H for RICOH M2310N,M2810N for 17500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-M2810H</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP81C, ineo +3300i, +4000i, 9000 k., Cyan</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP81C</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP81M, ineo +3300i, +4000i, 9000 k., Magenta</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP81M</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP81Y, ineo +3300i, +4000i, 9000 k., Yellow</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP81Y</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh IM C2010/2510/3510, 5500 копия, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510-M</t>
+  </si>
+  <si>
     <t>Toner cartridge RICOH Print Cartridge Black IM C320F for 11700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-BL</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh IM C2010/2510/3510, 5500 копия, Magenta</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner cartridge RICOH Black MP C305H, 12000 pages - MP C305, C305 SP, C305 SPF</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-BL</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510-Y</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510-C</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C2010/C2510/C3510 18000 копия, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510-BL</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP -TN324K, ineo+ 258, +308, +368, 28000 k., Black</t>
@@ -949,116 +943,92 @@
   <si>
     <t>Toner cartridge compatible CYAN HP W2191X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2191X</t>
   </si>
   <si>
     <t>Toner cartridge compatible BLACK HP W2190X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 3150k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2190X</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh RICT301, 33000 p, MP3500, 4000, 4001, 4500, 5000, 5002, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP3500</t>
   </si>
   <si>
     <t>Toner Cartridge KYOCERA TK1248 - PA2001, MA2001</t>
   </si>
   <si>
     <t>KYO-TON-TK1248</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh SP300/SP300DN, 1500 p, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge Ricoh SP8200E, 36000 копия, AFICIO SP8200DN, Black</t>
   </si>
   <si>
     <t>RICOH-TON-SP8200E</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh MP C3502, 28000 p, Black</t>
-[...2 lines deleted...]
-    <t>RICOH-TON-MPC3502</t>
+    <t>Toner Cartridge Ricoh IM C2010/2510, 30000 копия, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510H-BL</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Yellow IM C320F for 7500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-Y</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP92K, +3120, 6000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP92K</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Cyan IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-C</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-M</t>
   </si>
   <si>
-    <t>Toner cartridge RICOH Print Cartridge Yellow IM C320F for 7500 pages</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge DEVELOP TN323, ineo 227/287, 23000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN323</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh MP C3503/C3003, 29500 p, Black</t>
-[...16 lines deleted...]
-  <si>
     <t>Toner Cartridge DEVELOP TNP92M, +3120, 4000 k., Magenta</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP92M</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP92Y, +3120, 4000 k., Yellow</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP92Y</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP92C, +3120, 4000 k., Cyan</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP92C</t>
   </si>
   <si>
     <t>Toner Cartridge C3000/C350, 31000 pages, IM C3500, IM C3000, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC3500-BL</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C6000, 33000 копия, Black</t>
@@ -1117,50 +1087,56 @@
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HC</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Magenta</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HM</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HY</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Black P C375, 10500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-BL</t>
   </si>
   <si>
+    <t>Toner Cartridge KYOCERA TK3410 for KYOCERA PA5000x/PA5500x/PA6000x, 155000 k.</t>
+  </si>
+  <si>
+    <t>KYO-TON-TK3410</t>
+  </si>
+  <si>
     <t>Toner Cartridge Ricoh IM C2010/2510, 18000 копия, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510H-C</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C2010, 1800 копия, Magenta</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510H-M</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM C2010/2510 18000 копия, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2510H-Y</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP 53, ineo 4702P, 25000 k, Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP53</t>
   </si>
   <si>
     <t>Toner Cartridge C3000/C350, 19000 pages, IM C3500, IM C3000, Yellow</t>
@@ -1181,92 +1157,50 @@
     <t>RICOH-TON-PC600-BL</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP C3503/C3003, 18000 p, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-MPC3503-Y</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP C3503/C3003, 18000 p, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-MPC3503-C</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP C3503/C3003, 18000 p, Magenta</t>
   </si>
   <si>
     <t>RICOH-TON-MPC3503-M</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP99, - ineo 4201i, 4221i, 5001i, 5021i, 18000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP99</t>
-  </si>
-[...40 lines deleted...]
-    <t>RICOH-TON-PC375H-Y</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1570,1140 +1504,1140 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D323"/>
+  <dimension ref="A1:D205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>6.456</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.86</v>
+        <v>7.14</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>8.592</v>
+        <v>7.956</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>8.88</v>
+        <v>8.196</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>9.012</v>
+        <v>8.376</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>9.096</v>
+        <v>8.592</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>8.88</v>
+      </c>
+      <c r="D8" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>9.672</v>
+        <v>9.012</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>9.888</v>
+        <v>9.096</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>9.912</v>
+        <v>9.264</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>10.02</v>
+        <v>9.672</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>10.08</v>
+        <v>9.888</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>10.44</v>
+        <v>9.912</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>10.68</v>
+        <v>10.02</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>11.04</v>
+        <v>10.08</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>11.064</v>
+        <v>10.44</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>11.136</v>
+        <v>11.04</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>11.34</v>
+        <v>11.064</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>11.592</v>
+        <v>11.124</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>11.652</v>
+        <v>11.52</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>11.676</v>
+        <v>11.652</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>12.0</v>
+        <v>11.676</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>12.144</v>
+        <v>12.0</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>12.276</v>
+        <v>12.024</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>12.276</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>12.516</v>
+        <v>12.276</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>12.528</v>
+        <v>12.516</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>12.888</v>
+        <v>12.528</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>13.5</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>13.5</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>13.5</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>13.5</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>13.5</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35">
-        <v>14.112</v>
+        <v>13.5</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
-        <v>14.628</v>
+        <v>14.112</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
-        <v>14.724</v>
+        <v>14.628</v>
       </c>
       <c r="D37" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
         <v>14.724</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
         <v>14.724</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
         <v>14.724</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
-        <v>15.336</v>
+        <v>14.724</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
         <v>15.336</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
         <v>15.336</v>
       </c>
       <c r="D43" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>91</v>
       </c>
       <c r="C44">
         <v>15.336</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>93</v>
       </c>
       <c r="C45">
         <v>15.336</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>94</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
         <v>15.336</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
         <v>15.336</v>
       </c>
       <c r="D47" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
         <v>15.336</v>
       </c>
       <c r="D48" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
-        <v>15.42</v>
+        <v>15.336</v>
       </c>
       <c r="D49" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
-        <v>15.948</v>
+        <v>15.432</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>104</v>
       </c>
       <c r="B51" t="s">
         <v>105</v>
       </c>
       <c r="C51">
-        <v>16.404</v>
+        <v>15.948</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>106</v>
       </c>
       <c r="B52" t="s">
         <v>107</v>
       </c>
       <c r="C52">
-        <v>16.56</v>
+        <v>16.404</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>108</v>
       </c>
       <c r="B53" t="s">
         <v>109</v>
       </c>
       <c r="C53">
         <v>16.56</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
         <v>16.56</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
-        <v>16.896</v>
+        <v>16.56</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
-        <v>16.992</v>
+        <v>16.896</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
         <v>16.992</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
-        <v>17.184</v>
+        <v>16.992</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
         <v>17.184</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
         <v>17.184</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
         <v>17.184</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
         <v>17.184</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
         <v>17.184</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
         <v>17.184</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>17.484</v>
+        <v>17.184</v>
       </c>
       <c r="D65" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>18.0</v>
+        <v>17.484</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>18.408</v>
+        <v>18.0</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
         <v>18.408</v>
       </c>
       <c r="D68" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>18.948</v>
+        <v>18.408</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>19.02</v>
+        <v>18.948</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
         <v>19.02</v>
       </c>
       <c r="D71" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
         <v>19.02</v>
       </c>
       <c r="D72" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
-        <v>19.632</v>
+        <v>19.02</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
         <v>19.632</v>
       </c>
       <c r="D74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>19.824</v>
+        <v>19.632</v>
       </c>
       <c r="D75" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
         <v>20.244</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
         <v>20.244</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
         <v>21.48</v>
       </c>
       <c r="D78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
         <v>21.48</v>
@@ -2785,3359 +2719,1707 @@
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
         <v>22.704</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
         <v>23.316</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>24.54</v>
+        <v>24.0</v>
       </c>
       <c r="D87" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
         <v>24.54</v>
       </c>
       <c r="D88" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
         <v>24.54</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>25.548</v>
+        <v>24.54</v>
       </c>
       <c r="D90" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>25.764</v>
+        <v>25.548</v>
       </c>
       <c r="D91" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
         <v>25.764</v>
       </c>
       <c r="D92" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
         <v>25.764</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
         <v>25.764</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
         <v>25.764</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>26.388</v>
+        <v>25.764</v>
       </c>
       <c r="D96" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
         <v>26.388</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>27.0</v>
+        <v>26.388</v>
       </c>
       <c r="D98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
-        <v>27.012</v>
+        <v>27.0</v>
       </c>
       <c r="D99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
-        <v>27.612</v>
+        <v>27.012</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
-        <v>27.612</v>
+        <v>27.036</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="B102" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="C102">
-        <v>10.02</v>
+        <v>12.0</v>
       </c>
       <c r="D102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>49</v>
+        <v>98</v>
       </c>
       <c r="B103" t="s">
-        <v>50</v>
+        <v>99</v>
       </c>
       <c r="C103">
-        <v>12.0</v>
+        <v>15.336</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B104" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C104">
         <v>15.336</v>
       </c>
       <c r="D104" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>98</v>
+        <v>136</v>
       </c>
       <c r="B105" t="s">
-        <v>99</v>
+        <v>137</v>
       </c>
       <c r="C105">
-        <v>15.336</v>
+        <v>18.0</v>
       </c>
       <c r="D105" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B106" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C106">
-        <v>18.0</v>
+        <v>18.408</v>
       </c>
       <c r="D106" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="B107" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="C107">
-        <v>18.408</v>
+        <v>19.02</v>
       </c>
       <c r="D107" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>146</v>
+        <v>166</v>
       </c>
       <c r="B108" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="C108">
-        <v>19.02</v>
+        <v>21.48</v>
       </c>
       <c r="D108" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>152</v>
+        <v>172</v>
       </c>
       <c r="B109" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="C109">
-        <v>19.824</v>
+        <v>22.704</v>
       </c>
       <c r="D109" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="B110" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="C110">
-        <v>21.48</v>
+        <v>24.0</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>170</v>
+        <v>192</v>
       </c>
       <c r="B111" t="s">
-        <v>171</v>
+        <v>193</v>
       </c>
       <c r="C111">
-        <v>22.092</v>
+        <v>25.764</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>172</v>
+        <v>194</v>
       </c>
       <c r="B112" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="C112">
-        <v>22.704</v>
+        <v>25.764</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="B113" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="C113">
-        <v>25.764</v>
+        <v>27.0</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="B114" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="C114">
-        <v>25.764</v>
+        <v>27.012</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="B115" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="C115">
-        <v>27.0</v>
+        <v>27.612</v>
       </c>
       <c r="D115" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="B116" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="C116">
-        <v>27.012</v>
+        <v>27.612</v>
       </c>
       <c r="D116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B117" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C117">
-        <v>27.612</v>
+        <v>28.836</v>
       </c>
       <c r="D117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B118" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C118">
-        <v>27.612</v>
+        <v>28.836</v>
       </c>
       <c r="D118" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B119" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C119">
-        <v>27.948</v>
+        <v>29.364</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B120" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C120">
-        <v>28.836</v>
+        <v>30.06</v>
       </c>
       <c r="D120" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B121" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C121">
-        <v>28.836</v>
+        <v>31.188</v>
       </c>
       <c r="D121" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B122" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C122">
-        <v>30.06</v>
+        <v>31.776</v>
       </c>
       <c r="D122" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B123" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C123">
-        <v>31.188</v>
+        <v>31.776</v>
       </c>
       <c r="D123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B124" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C124">
-        <v>31.776</v>
+        <v>33.132</v>
       </c>
       <c r="D124" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B125" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C125">
-        <v>31.776</v>
+        <v>33.744</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B126" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C126">
-        <v>32.796</v>
+        <v>35.412</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B127" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C127">
-        <v>33.132</v>
+        <v>35.58</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B128" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C128">
-        <v>33.744</v>
+        <v>35.844</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B129" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C129">
-        <v>35.412</v>
+        <v>36.924</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B130" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C130">
-        <v>35.58</v>
+        <v>39.264</v>
       </c>
       <c r="D130" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B131" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C131">
-        <v>35.844</v>
+        <v>41.112</v>
       </c>
       <c r="D131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B132" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C132">
-        <v>36.588</v>
+        <v>41.112</v>
       </c>
       <c r="D132" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B133" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C133">
-        <v>36.924</v>
+        <v>41.112</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B134" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C134">
-        <v>38.292</v>
+        <v>41.724</v>
       </c>
       <c r="D134" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B135" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C135">
-        <v>39.264</v>
+        <v>42.0</v>
       </c>
       <c r="D135" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="B136" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="C136">
-        <v>41.112</v>
+        <v>42.0</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B137" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C137">
-        <v>41.112</v>
+        <v>42.072</v>
       </c>
       <c r="D137" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B138" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C138">
-        <v>41.112</v>
+        <v>42.072</v>
       </c>
       <c r="D138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B139" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="C139">
-        <v>41.724</v>
+        <v>42.072</v>
       </c>
       <c r="D139" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B140" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C140">
-        <v>42.084</v>
+        <v>43.596</v>
       </c>
       <c r="D140" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B141" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C141">
-        <v>42.084</v>
+        <v>45.012</v>
       </c>
       <c r="D141" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B142" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C142">
-        <v>42.084</v>
+        <v>46.284</v>
       </c>
       <c r="D142" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B143" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C143">
-        <v>45.012</v>
+        <v>47.028</v>
       </c>
       <c r="D143" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B144" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C144">
-        <v>46.224</v>
+        <v>47.028</v>
       </c>
       <c r="D144" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B145" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C145">
-        <v>46.284</v>
+        <v>47.844</v>
       </c>
       <c r="D145" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B146" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C146">
-        <v>47.028</v>
+        <v>48.0</v>
       </c>
       <c r="D146" t="s">
-        <v>9</v>
+        <v>270</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B147" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C147">
-        <v>47.028</v>
+        <v>49.2</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B148" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C148">
-        <v>47.052</v>
+        <v>51.06</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B149" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C149">
-        <v>48.0</v>
+        <v>57.096</v>
       </c>
       <c r="D149" t="s">
-        <v>272</v>
+        <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B150" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C150">
-        <v>49.2</v>
+        <v>57.096</v>
       </c>
       <c r="D150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B151" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C151">
-        <v>51.06</v>
+        <v>57.096</v>
       </c>
       <c r="D151" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B152" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C152">
-        <v>57.096</v>
+        <v>57.6</v>
       </c>
       <c r="D152" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B153" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C153">
-        <v>57.096</v>
+        <v>57.6</v>
       </c>
       <c r="D153" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B154" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C154">
-        <v>57.096</v>
+        <v>57.6</v>
       </c>
       <c r="D154" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B155" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C155">
-        <v>57.6</v>
+        <v>57.768</v>
       </c>
       <c r="D155" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B156" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C156">
-        <v>57.6</v>
+        <v>60.744</v>
       </c>
       <c r="D156" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B157" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C157">
-        <v>57.6</v>
+        <v>60.744</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B158" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C158">
-        <v>57.768</v>
+        <v>60.744</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B159" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C159">
-        <v>60.744</v>
+        <v>62.4</v>
       </c>
       <c r="D159" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B160" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C160">
-        <v>60.744</v>
+        <v>63.804</v>
       </c>
       <c r="D160" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B161" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C161">
-        <v>60.744</v>
+        <v>63.804</v>
       </c>
       <c r="D161" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B162" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C162">
-        <v>62.4</v>
+        <v>63.804</v>
       </c>
       <c r="D162" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B163" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C163">
         <v>63.804</v>
       </c>
       <c r="D163" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B164" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C164">
-        <v>63.804</v>
+        <v>66.06</v>
       </c>
       <c r="D164" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B165" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C165">
-        <v>63.804</v>
+        <v>66.876</v>
       </c>
       <c r="D165" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B166" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C166">
-        <v>63.804</v>
+        <v>73.188</v>
       </c>
       <c r="D166" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B167" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C167">
-        <v>66.06</v>
+        <v>75.372</v>
       </c>
       <c r="D167" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B168" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C168">
-        <v>66.876</v>
+        <v>75.552</v>
       </c>
       <c r="D168" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B169" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C169">
-        <v>66.96</v>
+        <v>77.916</v>
       </c>
       <c r="D169" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B170" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C170">
-        <v>73.188</v>
+        <v>78.972</v>
       </c>
       <c r="D170" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B171" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C171">
-        <v>74.58</v>
+        <v>78.972</v>
       </c>
       <c r="D171" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B172" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C172">
-        <v>77.916</v>
+        <v>79.152</v>
       </c>
       <c r="D172" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B173" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C173">
-        <v>78.18</v>
+        <v>84.156</v>
       </c>
       <c r="D173" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B174" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C174">
-        <v>78.18</v>
+        <v>84.156</v>
       </c>
       <c r="D174" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B175" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C175">
-        <v>78.972</v>
+        <v>84.156</v>
       </c>
       <c r="D175" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B176" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C176">
-        <v>79.152</v>
+        <v>85.908</v>
       </c>
       <c r="D176" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B177" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C177">
-        <v>79.476</v>
+        <v>87.276</v>
       </c>
       <c r="D177" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B178" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C178">
-        <v>82.596</v>
+        <v>88.56</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B179" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C179">
-        <v>83.388</v>
+        <v>95.46</v>
       </c>
       <c r="D179" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B180" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C180">
-        <v>84.156</v>
+        <v>95.736</v>
       </c>
       <c r="D180" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B181" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C181">
-        <v>84.156</v>
+        <v>113.508</v>
       </c>
       <c r="D181" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B182" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C182">
-        <v>84.156</v>
+        <v>118.8</v>
       </c>
       <c r="D182" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B183" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C183">
-        <v>85.152</v>
+        <v>126.0</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B184" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C184">
-        <v>87.276</v>
+        <v>126.0</v>
       </c>
       <c r="D184" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B185" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C185">
-        <v>91.188</v>
+        <v>126.0</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B186" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C186">
-        <v>95.46</v>
+        <v>128.844</v>
       </c>
       <c r="D186" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B187" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C187">
-        <v>95.736</v>
+        <v>128.844</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B188" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C188">
-        <v>113.508</v>
+        <v>128.844</v>
       </c>
       <c r="D188" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B189" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C189">
-        <v>118.8</v>
+        <v>129.06</v>
       </c>
       <c r="D189" t="s">
-        <v>272</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B190" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C190">
-        <v>126.0</v>
+        <v>130.8</v>
       </c>
       <c r="D190" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B191" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C191">
-        <v>126.0</v>
+        <v>136.356</v>
       </c>
       <c r="D191" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B192" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C192">
-        <v>126.0</v>
+        <v>136.356</v>
       </c>
       <c r="D192" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B193" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C193">
-        <v>128.844</v>
+        <v>136.356</v>
       </c>
       <c r="D193" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B194" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C194">
-        <v>128.844</v>
+        <v>141.732</v>
       </c>
       <c r="D194" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B195" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C195">
-        <v>128.844</v>
+        <v>145.176</v>
       </c>
       <c r="D195" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B196" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C196">
-        <v>131.508</v>
+        <v>145.176</v>
       </c>
       <c r="D196" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B197" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C197">
-        <v>136.356</v>
+        <v>146.196</v>
       </c>
       <c r="D197" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B198" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C198">
-        <v>136.356</v>
+        <v>147.636</v>
       </c>
       <c r="D198" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B199" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C199">
-        <v>136.356</v>
+        <v>147.636</v>
       </c>
       <c r="D199" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B200" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C200">
-        <v>141.732</v>
+        <v>147.636</v>
       </c>
       <c r="D200" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B201" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C201">
-        <v>144.468</v>
+        <v>154.8</v>
       </c>
       <c r="D201" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>49</v>
+        <v>176</v>
       </c>
       <c r="B202" t="s">
-        <v>50</v>
+        <v>177</v>
       </c>
       <c r="C202">
-        <v>12.0</v>
+        <v>24.0</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>96</v>
+        <v>248</v>
       </c>
       <c r="B203" t="s">
-        <v>97</v>
+        <v>249</v>
       </c>
       <c r="C203">
-        <v>15.336</v>
+        <v>42.0</v>
       </c>
       <c r="D203" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>98</v>
+        <v>357</v>
       </c>
       <c r="B204" t="s">
-        <v>99</v>
+        <v>358</v>
       </c>
       <c r="C204">
-        <v>15.336</v>
+        <v>130.8</v>
       </c>
       <c r="D204" t="s">
-        <v>14</v>
-[...1651 lines deleted...]
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D323"/>
+  <autoFilter ref="A1:D205"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>