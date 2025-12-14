--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>ACT Universal Power Supply 5V 2A, Applicable for ACT USB boosters</t>
   </si>
   <si>
     <t>EWENT-ACT-AC1505</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Charger  for LiIon батерии 3,7v CR18650,CR123,14500 1 plate USB micro LC-100 EverActive</t>
   </si>
   <si>
@@ -67,104 +67,104 @@
   <si>
     <t>GP ReCyko 4-Slot E211 USB Charger (w/ 2's 2100mAh AA Batteries)</t>
   </si>
   <si>
     <t>GP-C-E211-2AA-2100</t>
   </si>
   <si>
     <t>Hama Car Mains Adapter, stabilised, 2000 mA</t>
   </si>
   <si>
     <t>HAMA-46514</t>
   </si>
   <si>
     <t>Hama Universal Power Supply Unit, Adjustable, 600mA, 223612</t>
   </si>
   <si>
     <t>HAMA-223612</t>
   </si>
   <si>
     <t>Charger  for LiIon батерии 3,7v CR18650,CR123,14500 2 plates USB micro LC-200 EverActive</t>
   </si>
   <si>
     <t>EVER-C-LC-200</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Charger  USB Type-C MC4S , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR</t>
+  </si>
+  <si>
+    <t>XTAR-C-MC4S</t>
+  </si>
+  <si>
+    <t>Charger  USB Type-C MC2S , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR  with 2 plates</t>
+  </si>
+  <si>
+    <t>XTAR-C-MC2S</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Charger  USB Type-C MC4S , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR</t>
-[...10 lines deleted...]
-  <si>
     <t>GP ReCyko 4-Slot E411 USB Charger (w/ 4's 2100mAh AA Batteries)</t>
   </si>
   <si>
     <t>GP-C-E411-4AA-2100</t>
   </si>
   <si>
     <t>Charger  for  LiIon/NiMh batteries 3,7v/1.2v universal 1 plate USB micro UC-100 EverActive</t>
   </si>
   <si>
     <t>EVER-C-UC-100</t>
   </si>
   <si>
+    <t>Charger M451-270AAHCE-EB4+4 AA NiMH 2700mAh FAST GP</t>
+  </si>
+  <si>
+    <t>GP-C-M451-270AAHCE-EB4</t>
+  </si>
+  <si>
     <t>Charger GP BATTERIES B421  270AAHCE-EB4+4 AA NiMH 2700mAh</t>
   </si>
   <si>
     <t>GP-C-B421-270AAHCE-EB4</t>
   </si>
   <si>
     <t>Charger  for NIMH  batteries 7,2V/8,4V  R22 4 plates NC109  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-C-NC109</t>
   </si>
   <si>
     <t>Universal Charger i2 LiIon &amp; NIMH 18650; CR123; AA; AAA; C;D  NITECORE</t>
   </si>
   <si>
     <t>NITECORE-C-i2-UNI</t>
   </si>
   <si>
-    <t>not available</t>
-[...7 lines deleted...]
-  <si>
     <t>Universal Charger  NIMH R6,03,14,20,22   N301335800 ENERGIZER</t>
   </si>
   <si>
     <t>ENERG-CHARGER-UNI</t>
   </si>
   <si>
     <t>Charger CEF14 + 2*AA NiMH 1300mAh + 2*AAA NIMH 750mAh 4h DURACELL</t>
   </si>
   <si>
     <t>DUR-C-CEF14</t>
   </si>
   <si>
     <t>Universal Charger  NIMH R6,03 AA/AAA with CPU  NC1000M  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-C-NC1000M</t>
   </si>
   <si>
     <t>Universal Charger 6 slots / 4 channels R6,03,14,20,22  B361 GP</t>
   </si>
   <si>
     <t>GP-C-B631</t>
   </si>
   <si>
     <t>Universal Charger  i4 LiIon &amp; NIMH 18650; CR123; AA; AAA; C;D  NITECORE</t>
@@ -179,50 +179,53 @@
     <t>XTAR-C-VC4SL</t>
   </si>
   <si>
     <t>Charger CEF27 + 2*AA NiMH 1300mAh + 2*AAA NIMH 750mAh 45 min. DURACELL</t>
   </si>
   <si>
     <t>DUR-C-CEF27</t>
   </si>
   <si>
     <t>Universal Charger  NIMH R6,03,14,20,22 with CPU  NC900U  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-C-NC900U</t>
   </si>
   <si>
     <t>Everactive Automatic-battery charger 12V/24V 10A for car/boat/motorcycle batteries</t>
   </si>
   <si>
     <t>EVER-C-CBC-10</t>
   </si>
   <si>
     <t>Charger for batteries for CRANE remotes  Palfinger 590 , 960 ; Scanreco  592, 960 RSC7220  NIMH 7,2V Dual Micro USB Cameron Sino</t>
   </si>
   <si>
     <t>CS-DF-RBS950BE</t>
+  </si>
+  <si>
+    <t>on route</t>
   </si>
   <si>
     <t>Charger for batteries for camera with three plates GoPro 9/ 10 / 11 / 12 With USB-C Cameron Sino</t>
   </si>
   <si>
     <t>CS-DF-GDB900UH</t>
   </si>
   <si>
     <t>Charger for batteries for CRANE remotes  HBC Radiomatic Eco, Micron 4,6  SPECTRUM 1,2 FUB9NM BA209060 NIMH 6V 700mAh DC/DC 12V/24V Cameron Sino</t>
   </si>
   <si>
     <t>CS-DF-FBA209AH</t>
   </si>
   <si>
     <t>Everactive Automatic-battery charger  with inverter 12V/24V 40A for car/boat/motorcycle/motocars batteries</t>
   </si>
   <si>
     <t>EVER-C-CBC-40</t>
   </si>
   <si>
     <t>Charger for batteries for CRANE remotes  HBC Radiomatic Eco, Micron 4,6  SPECTRUM 1,2 FUB9NM BA209060 NIMH 7,8V AC/DC 220V Cameron Sino</t>
   </si>
   <si>
     <t>CS-DF-FBA209UA</t>
   </si>
@@ -693,163 +696,163 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>27.0</v>
       </c>
       <c r="D8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>27.0</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>28.8</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>28.8</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>36.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>40.8</v>
+        <v>36.0</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>42.0</v>
+        <v>40.8</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>45.6</v>
+        <v>42.0</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>48.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>54.0</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>54.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>54.0</v>
@@ -875,163 +878,163 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>58.8</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>72.0</v>
       </c>
       <c r="D22" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>78.0</v>
       </c>
       <c r="D23" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>78.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>84.0</v>
       </c>
       <c r="D25" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>84.0</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
         <v>234.0</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
         <v>294.0</v>
       </c>
       <c r="D28" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
         <v>300.0</v>
       </c>
       <c r="D29" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
         <v>1710.0</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D31"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>