--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -7,225 +7,246 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$35</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>ACT Universal Power Supply 5V 2A, Applicable for ACT USB boosters</t>
   </si>
   <si>
     <t>EWENT-ACT-AC1505</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Charger  for LiIon батерии 3,7v CR18650,CR123,14500 1 plate USB micro LC-100 EverActive</t>
+  </si>
+  <si>
+    <t>EVER-C-LC-100</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Charger  for LiIon батерии 3,7v CR18650,CR123,14500 1 plate USB micro LC-100 EverActive</t>
-[...4 lines deleted...]
-  <si>
     <t>GP ReCyko 4-Slot E211 USB Charger (w/ 2's 2100mAh AA Batteries)</t>
   </si>
   <si>
     <t>GP-C-E211-2AA-2100</t>
   </si>
   <si>
     <t>Hama Car Mains Adapter, stabilised, 2000 mA</t>
   </si>
   <si>
     <t>HAMA-46514</t>
   </si>
   <si>
     <t>Hama Universal Power Supply Unit, Adjustable, 600mA, 223612</t>
   </si>
   <si>
     <t>HAMA-223612</t>
   </si>
   <si>
     <t>Charger  for LiIon батерии 3,7v CR18650,CR123,14500 2 plates USB micro LC-200 EverActive</t>
   </si>
   <si>
     <t>EVER-C-LC-200</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Charger  USB Type-C MC4S , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR</t>
   </si>
   <si>
     <t>XTAR-C-MC4S</t>
   </si>
   <si>
-    <t>Charger  USB Type-C MC2S , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR  with 2 plates</t>
+    <t>Charger  USB USB Micro MC2S , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR  with 2 plates</t>
   </si>
   <si>
     <t>XTAR-C-MC2S</t>
   </si>
   <si>
+    <t>Charger USB Type-C MC2S NEW , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR  with 2 plates</t>
+  </si>
+  <si>
+    <t>XTAR-C-MC2-NEW</t>
+  </si>
+  <si>
+    <t>GP ReCyko 4-Slot E411 USB Charger (w/ 4's 2100mAh AA Batteries)</t>
+  </si>
+  <si>
+    <t>GP-C-E411-4AA-2100</t>
+  </si>
+  <si>
+    <t>Charger  for  LiIon/NiMh batteries 3,7v/1.2v universal 1 plate USB micro UC-100 EverActive</t>
+  </si>
+  <si>
+    <t>EVER-C-UC-100</t>
+  </si>
+  <si>
+    <t>Charger GP BATTERIES B421  270AAHCE-EB4+4 AA NiMH 2700mAh</t>
+  </si>
+  <si>
+    <t>GP-C-B421-270AAHCE-EB4</t>
+  </si>
+  <si>
+    <t>Charger  for NIMH  batteries 7,2V/8,4V  R22 4 plates NC109  EVERACTIVE</t>
+  </si>
+  <si>
+    <t>EVER-C-NC109</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>GP ReCyko 4-Slot E411 USB Charger (w/ 4's 2100mAh AA Batteries)</t>
-[...8 lines deleted...]
-    <t>EVER-C-UC-100</t>
+    <t>Universal Charger i2 LiIon &amp; NIMH 18650; CR123; AA; AAA; C;D  NITECORE</t>
+  </si>
+  <si>
+    <t>NITECORE-C-i2-UNI</t>
   </si>
   <si>
     <t>Charger M451-270AAHCE-EB4+4 AA NiMH 2700mAh FAST GP</t>
   </si>
   <si>
     <t>GP-C-M451-270AAHCE-EB4</t>
   </si>
   <si>
-    <t>Charger GP BATTERIES B421  270AAHCE-EB4+4 AA NiMH 2700mAh</t>
-[...14 lines deleted...]
-    <t>NITECORE-C-i2-UNI</t>
+    <t xml:space="preserve">Charger GP BATTERIES B421  210AAHCE-EB4+4 AA NiMH 2100mAh </t>
+  </si>
+  <si>
+    <t>GP-C-B421-210AAHCE-EB4</t>
   </si>
   <si>
     <t>Universal Charger  NIMH R6,03,14,20,22   N301335800 ENERGIZER</t>
   </si>
   <si>
     <t>ENERG-CHARGER-UNI</t>
   </si>
   <si>
+    <t>Delock Power Supply DC 3,5 x 1,35 mm 5,0 V / 2,0 A / 10,0 W Navilock</t>
+  </si>
+  <si>
+    <t>DELOCK-41337</t>
+  </si>
+  <si>
     <t>Charger CEF14 + 2*AA NiMH 1300mAh + 2*AAA NIMH 750mAh 4h DURACELL</t>
   </si>
   <si>
     <t>DUR-C-CEF14</t>
   </si>
   <si>
     <t>Universal Charger  NIMH R6,03 AA/AAA with CPU  NC1000M  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-C-NC1000M</t>
   </si>
   <si>
     <t>Universal Charger 6 slots / 4 channels R6,03,14,20,22  B361 GP</t>
   </si>
   <si>
     <t>GP-C-B631</t>
   </si>
   <si>
     <t>Universal Charger  i4 LiIon &amp; NIMH 18650; CR123; AA; AAA; C;D  NITECORE</t>
   </si>
   <si>
     <t>NITECORE-C-i4-UNI</t>
   </si>
   <si>
     <t>Charger  4 channel LCD display USB VC4SL, Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR</t>
   </si>
   <si>
     <t>XTAR-C-VC4SL</t>
   </si>
   <si>
+    <t>Charger for NIMH/LiIon batteries 4 slots LCD display USB VX4 SET XTAR</t>
+  </si>
+  <si>
+    <t>XTAR-C-VX4-SET</t>
+  </si>
+  <si>
     <t>Charger CEF27 + 2*AA NiMH 1300mAh + 2*AAA NIMH 750mAh 45 min. DURACELL</t>
   </si>
   <si>
     <t>DUR-C-CEF27</t>
   </si>
   <si>
     <t>Universal Charger  NIMH R6,03,14,20,22 with CPU  NC900U  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-C-NC900U</t>
   </si>
   <si>
     <t>Everactive Automatic-battery charger 12V/24V 10A for car/boat/motorcycle batteries</t>
   </si>
   <si>
     <t>EVER-C-CBC-10</t>
   </si>
   <si>
     <t>Charger for batteries for CRANE remotes  Palfinger 590 , 960 ; Scanreco  592, 960 RSC7220  NIMH 7,2V Dual Micro USB Cameron Sino</t>
   </si>
   <si>
     <t>CS-DF-RBS950BE</t>
-  </si>
-[...1 lines deleted...]
-    <t>on route</t>
   </si>
   <si>
     <t>Charger for batteries for camera with three plates GoPro 9/ 10 / 11 / 12 With USB-C Cameron Sino</t>
   </si>
   <si>
     <t>CS-DF-GDB900UH</t>
   </si>
   <si>
     <t>Charger for batteries for CRANE remotes  HBC Radiomatic Eco, Micron 4,6  SPECTRUM 1,2 FUB9NM BA209060 NIMH 6V 700mAh DC/DC 12V/24V Cameron Sino</t>
   </si>
   <si>
     <t>CS-DF-FBA209AH</t>
   </si>
   <si>
     <t>Everactive Automatic-battery charger  with inverter 12V/24V 40A for car/boat/motorcycle/motocars batteries</t>
   </si>
   <si>
     <t>EVER-C-CBC-40</t>
   </si>
   <si>
     <t>Charger for batteries for CRANE remotes  HBC Radiomatic Eco, Micron 4,6  SPECTRUM 1,2 FUB9NM BA209060 NIMH 7,8V AC/DC 220V Cameron Sino</t>
   </si>
   <si>
     <t>CS-DF-FBA209UA</t>
   </si>
@@ -559,486 +580,542 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="169.816" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>16.236</v>
+        <v>8.304</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>16.8</v>
+        <v>8.592</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>20.4</v>
+        <v>10.428</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>20.604</v>
+        <v>10.536</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>21.516</v>
+        <v>11.004</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>21.6</v>
+        <v>11.04</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>27.0</v>
+        <v>13.8</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>27.0</v>
+        <v>13.8</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>28.8</v>
+        <v>13.8</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>28.8</v>
+        <v>14.724</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>36.0</v>
+        <v>14.724</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14">
+        <v>20.856</v>
+      </c>
+      <c r="D14" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>48.0</v>
+        <v>23.316</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>54.0</v>
+        <v>23.928</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>54.0</v>
+        <v>24.54</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>54.0</v>
+        <v>25.512</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>57.6</v>
+        <v>27.612</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>58.8</v>
+        <v>27.612</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>72.0</v>
+        <v>27.612</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>78.0</v>
+        <v>29.448</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>78.0</v>
+        <v>30.06</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>84.0</v>
+        <v>36.204</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>84.0</v>
+        <v>36.816</v>
       </c>
       <c r="D26" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>234.0</v>
+        <v>39.876</v>
       </c>
       <c r="D27" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>294.0</v>
+        <v>39.876</v>
       </c>
       <c r="D28" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>300.0</v>
+        <v>42.948</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30">
+        <v>42.948</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
         <v>65</v>
       </c>
-      <c r="C30">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="B31" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31">
+        <v>119.64</v>
+      </c>
+      <c r="D31" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32">
+        <v>150.324</v>
+      </c>
+      <c r="D32" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33">
+        <v>153.384</v>
+      </c>
+      <c r="D33" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34">
+        <v>874.308</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D31"/>
+  <autoFilter ref="A1:D35"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>