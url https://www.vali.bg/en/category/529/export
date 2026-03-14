--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -58,60 +58,60 @@
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Charger  for LiIon батерии 3,7v CR18650,CR123,14500 1 plate USB micro LC-100 EverActive</t>
   </si>
   <si>
     <t>EVER-C-LC-100</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>GP ReCyko 4-Slot E211 USB Charger (w/ 2's 2100mAh AA Batteries)</t>
   </si>
   <si>
     <t>GP-C-E211-2AA-2100</t>
   </si>
   <si>
     <t>Hama Car Mains Adapter, stabilised, 2000 mA</t>
   </si>
   <si>
     <t>HAMA-46514</t>
   </si>
   <si>
+    <t>Charger  for LiIon батерии 3,7v CR18650,CR123,14500 2 plates USB micro LC-200 EverActive</t>
+  </si>
+  <si>
+    <t>EVER-C-LC-200</t>
+  </si>
+  <si>
     <t>Hama Universal Power Supply Unit, Adjustable, 600mA, 223612</t>
   </si>
   <si>
     <t>HAMA-223612</t>
-  </si>
-[...4 lines deleted...]
-    <t>EVER-C-LC-200</t>
   </si>
   <si>
     <t>Charger  USB Type-C MC4S , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR</t>
   </si>
   <si>
     <t>XTAR-C-MC4S</t>
   </si>
   <si>
     <t>Charger  USB USB Micro MC2S , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR  with 2 plates</t>
   </si>
   <si>
     <t>XTAR-C-MC2S</t>
   </si>
   <si>
     <t>Charger USB Type-C MC2S NEW , Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA  -  XTAR  with 2 plates</t>
   </si>
   <si>
     <t>XTAR-C-MC2-NEW</t>
   </si>
   <si>
     <t>GP ReCyko 4-Slot E411 USB Charger (w/ 4's 2100mAh AA Batteries)</t>
   </si>
   <si>
     <t>GP-C-E411-4AA-2100</t>
   </si>
@@ -672,65 +672,65 @@
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>10.536</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>11.004</v>
+        <v>11.04</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>11.04</v>
+        <v>11.412</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>13.8</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
@@ -801,107 +801,107 @@
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>20.856</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>21.48</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>23.316</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>23.928</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>24.54</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>25.512</v>
+        <v>25.392</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>27.612</v>
       </c>
       <c r="D20" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>27.612</v>
@@ -955,93 +955,93 @@
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>36.204</v>
       </c>
       <c r="D25" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>36.816</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>39.876</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>39.876</v>
       </c>
       <c r="D28" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>42.948</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>42.948</v>
       </c>
       <c r="D30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>119.64</v>
@@ -1053,51 +1053,51 @@
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>150.324</v>
       </c>
       <c r="D32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>153.384</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>874.308</v>
       </c>
       <c r="D34" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D35"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>