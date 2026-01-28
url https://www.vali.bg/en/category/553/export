--- v0 (2025-11-01)
+++ v1 (2026-01-28)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$121</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$128</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama Universal Screen Shelf for TV and Monitors, 220889</t>
   </si>
   <si>
     <t>HAMA-220889</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Universal 4in1 Remote Control HAMA-12306</t>
   </si>
   <si>
@@ -73,347 +73,335 @@
   <si>
     <t>Hama Universal TV Remote Control, Infra-red, for 8 Devices, Teachable, App Butto</t>
   </si>
   <si>
     <t>HAMA-221055</t>
   </si>
   <si>
     <t>Hama Remote Control for TV + Netflix, Prime Video, Disney+ Buttons, Programmable</t>
   </si>
   <si>
     <t>HAMA-221050</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Tilting, 66 cm (26") up to 30 kg</t>
   </si>
   <si>
     <t>HAMA-220802</t>
   </si>
   <si>
     <t>Hama "Agent" Remote Control Holder, 221097</t>
   </si>
   <si>
     <t>HAMA-221097</t>
   </si>
   <si>
-    <t>Thomson Replacement Remote Control for SONY TVs, 132675</t>
-[...2 lines deleted...]
-    <t>HAMA-132675</t>
+    <t>Hama Universal Remote Control for Philips TVs, IR, Teachable, Illuminating Butto</t>
+  </si>
+  <si>
+    <t>HAMA-221063</t>
+  </si>
+  <si>
+    <t>Hama Universal Remote Control for LG TVs, IR, Teachable, Illuminating Buttons</t>
+  </si>
+  <si>
+    <t>HAMA-221061</t>
+  </si>
+  <si>
+    <t>Hama Universal Remote Control for Samsung TVs, IR, Teachable, Illuminating Butto</t>
+  </si>
+  <si>
+    <t>HAMA-221060</t>
+  </si>
+  <si>
+    <t>Hama Universal Remote Control for Sony TVs, IR, Teachable, with 4 app buttons</t>
+  </si>
+  <si>
+    <t>HAMA-221066</t>
+  </si>
+  <si>
+    <t>Hama FIX TV Wall Bracket, 19"-48", 118106</t>
+  </si>
+  <si>
+    <t>HAMA-220805</t>
+  </si>
+  <si>
+    <t>Hama "Mini" Cable Box, for Power Strip, 221010</t>
+  </si>
+  <si>
+    <t>HAMA-221010</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Tilting, 122 cm (48"), 220806</t>
+  </si>
+  <si>
+    <t>HAMA-220806</t>
+  </si>
+  <si>
+    <t>Hama FIX TV Wall Bracket, 19"-46", 220803</t>
+  </si>
+  <si>
+    <t>HAMA-220803</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Swivel, Tilt, 66 cm (26"), 220820</t>
+  </si>
+  <si>
+    <t>HAMA-220820</t>
+  </si>
+  <si>
+    <t>Universal Rotary Plate HAMA, up to 80 kg, 220892</t>
+  </si>
+  <si>
+    <t>HAMA-220892</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, 65", 220809</t>
+  </si>
+  <si>
+    <t>HAMA-220809</t>
+  </si>
+  <si>
+    <t>Hama "Basic" Indoor Aerial for DAB+, DAB, DVB-T2, FM, Passive,</t>
+  </si>
+  <si>
+    <t>HAMA-221081</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Delock LTE Antenna SMA -0.8 - 3.0 dBi Omnidirectional With Flexible Joint Black</t>
+  </si>
+  <si>
+    <t>DELOCK-88571</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Delock WLAN 802.11 ac/a/b/g/n Antenna RP-SMA plug 2 dBi omnidirectional with tilt joint black</t>
+  </si>
+  <si>
+    <t>DELOCK-88395</t>
+  </si>
+  <si>
+    <t>Hama Universal Turntable, XL, 40 cm, 220893</t>
+  </si>
+  <si>
+    <t>HAMA-220893</t>
+  </si>
+  <si>
+    <t>Hama Universal Remote Control for Air-Conditioning Systems and Units, Infra-Red, Wall Bracket</t>
+  </si>
+  <si>
+    <t>HAMA-221040</t>
+  </si>
+  <si>
+    <t>Hama "Maxi" Cable Box, for Power Strip, 221011</t>
+  </si>
+  <si>
+    <t>HAMA-221011</t>
+  </si>
+  <si>
+    <t>"Maxi" Cable Box, 221012</t>
+  </si>
+  <si>
+    <t>HAMA-221012</t>
+  </si>
+  <si>
+    <t>Hama FIX TV Wall Bracket, 32"-75", 220807</t>
+  </si>
+  <si>
+    <t>HAMA-220807</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Tilting, 165 cm (65"), 220810</t>
+  </si>
+  <si>
+    <t>HAMA-220810</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Swivel, Tilt, 122 cm, 48", 220821</t>
+  </si>
+  <si>
+    <t>HAMA-220821</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Tilting, 117 cm (46") up to 25 kg</t>
+  </si>
+  <si>
+    <t>HAMA-220804</t>
+  </si>
+  <si>
+    <t>Hama TILT TV Wall Bracket, 191 cm (75"), HAMA-118069</t>
+  </si>
+  <si>
+    <t>HAMA-118069</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Rigid, 191 cm (75") to 40 kg, 220813</t>
+  </si>
+  <si>
+    <t>HAMA-220813</t>
+  </si>
+  <si>
+    <t>Hama "Classic" Indoor Aerial, DAB+, DAB, DVB-T2, FM, Active, 221082</t>
+  </si>
+  <si>
+    <t>HAMA-221082</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Rigid, 191 cm (75") to 40 kg, 220814</t>
+  </si>
+  <si>
+    <t>HAMA-220814</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Tilt, 191 cm (75") up to 40 kg, 220808</t>
+  </si>
+  <si>
+    <t>HAMA-220808</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 122 cm (48"), 220822 </t>
+  </si>
+  <si>
+    <t>HAMA-220822</t>
+  </si>
+  <si>
+    <t>ACT Monitor stand with one drawer, adjustable height, AC8200</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8200</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Rigid, 191 cm (75") to 40 kg, 220811</t>
+  </si>
+  <si>
+    <t>HAMA-220811</t>
+  </si>
+  <si>
+    <t>Hama “Premium” Indoor Aerial, DVB-T2, Active, Automatic Amplification</t>
+  </si>
+  <si>
+    <t>HAMA-221084</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Tilt, 191 cm (75") up to 40 kg, 220812</t>
+  </si>
+  <si>
+    <t>HAMA-220812</t>
+  </si>
+  <si>
+    <t>Monitor Wall Mount ARCTIC W1A</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-ORAEQ-MA005</t>
+  </si>
+  <si>
+    <t>Hama "Radio" Indoor Aerial for DAB+, DAB, FM, Active, Amplifier 30 dB</t>
+  </si>
+  <si>
+    <t>HAMA-221085</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 122 cm (48"), 220855</t>
+  </si>
+  <si>
+    <t>HAMA-220855</t>
+  </si>
+  <si>
+    <t>Hama FULLMOTION TV Wall Bracket, 19"-48", 220826</t>
+  </si>
+  <si>
+    <t>HAMA-220826</t>
+  </si>
+  <si>
+    <t>HAMA FIX "Ultraslim" TV Wall Bracket, 229 cm (90"), 220845</t>
+  </si>
+  <si>
+    <t>HAMA-220845</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Rigid, 229 cm (90") to 60 kg, 220815</t>
+  </si>
+  <si>
+    <t>HAMA-220815</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 191 cm (75”), up to 40 kg</t>
+  </si>
+  <si>
+    <t>HAMA-220910</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama Universal Remote Control for Philips TVs, IR, Teachable, Illuminating Butto</t>
-[...238 lines deleted...]
-  <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, 165 cm (65") up to 20 kg</t>
   </si>
   <si>
     <t>HAMA-220823</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Tilt, 191 cm (75"), 220816</t>
   </si>
   <si>
     <t>HAMA-220816</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 122 cm (48"), 220827</t>
   </si>
   <si>
     <t>HAMA-220827</t>
   </si>
   <si>
     <t>Hama Ultraslim FIX TV Wall Bracket, 90", 220842</t>
   </si>
   <si>
     <t>HAMA-220842</t>
   </si>
   <si>
-    <t>HAMA FIX "Ultraslim" TV Wall Bracket, 229 cm (90"), 220845</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama TV Wall Bracket, 165 cm (65"), 220829</t>
   </si>
   <si>
     <t>HAMA-220829</t>
   </si>
   <si>
+    <t>Hama TILT "Ultraslim" TV Wall Bracket, 229 cm (90"), 220846</t>
+  </si>
+  <si>
+    <t>HAMA-220846</t>
+  </si>
+  <si>
     <t>Hama TV Wall Bracket, 165 cm (65") up to 35 kg, 220856</t>
   </si>
   <si>
     <t>HAMA-220856</t>
   </si>
   <si>
-    <t>Hama TILT "Ultraslim" TV Wall Bracket, 229 cm (90"), 220846</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 165 cm (65"), 220830</t>
   </si>
   <si>
     <t>HAMA-220830</t>
   </si>
   <si>
     <t>TV Wall Bracket, Swivel, Tilt, 65", 220824</t>
   </si>
   <si>
     <t>HAMA-220824</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Rigid, Theft Protection, 165 cm (65") up to 50 kg</t>
   </si>
   <si>
     <t>HAMA-220858</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, 165 cm (65"), 220828</t>
   </si>
   <si>
     <t>HAMA-220828</t>
   </si>
   <si>
     <t>Hama TV Ceiling Bracket Swivel, 165 см (65"), 220877</t>
@@ -544,189 +532,207 @@
   <si>
     <t>METZ TV 32" LED HD TV 1366x768, 2x10W</t>
   </si>
   <si>
     <t>METZ-TV-32MTF2000Z</t>
   </si>
   <si>
     <t>Hama Free-standing TV Stand, Swivel, 220873</t>
   </si>
   <si>
     <t>HAMA-220873</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, OLED, 229 cm (90") up to 40 kg, 220850</t>
   </si>
   <si>
     <t>HAMA-220850</t>
   </si>
   <si>
     <t>Hama "Trolley" TV Stand with Castors, up to 75", 220874</t>
   </si>
   <si>
     <t>HAMA-220874</t>
   </si>
   <si>
+    <t>Hama Free-standing TV Stand, Swivel, Height-adjustable, 229 cm (90") up to 50 kg</t>
+  </si>
+  <si>
+    <t>HAMA-220894</t>
+  </si>
+  <si>
     <t>Hama FULLMOTION TV Wall Bracket, 165 cm (65"), 220853</t>
   </si>
   <si>
     <t>HAMA-220853</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 229 cm (90"), 220838</t>
   </si>
   <si>
     <t>HAMA-220838</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, 165 cm (65"), up to 50 kg, 220854</t>
   </si>
   <si>
     <t>HAMA-220854</t>
   </si>
   <si>
     <t>Hama FULLMOTION TV Wall Bracket, 165 см (65"), HAMA-118082</t>
   </si>
   <si>
     <t>HAMA-118082</t>
   </si>
   <si>
-    <t>METZ LED TV 32MTE6000Z, 32"(80 см), LED HD, Smart TV, Google TV</t>
-[...4 lines deleted...]
-  <si>
     <t>ACT, Mobile tv/monitor floor stand, 37" up to 70", AC8370</t>
   </si>
   <si>
     <t>EWENT-ACT-MON-AC8370</t>
   </si>
   <si>
     <t>METZ Portable TV 32MQE7100Z, 32" QLED, Google TV, white</t>
   </si>
   <si>
     <t>METZ-TV-32MQE7100Z</t>
   </si>
   <si>
+    <t>METZ TV 40MTF6000Z 40" FullHD LED, черен</t>
+  </si>
+  <si>
+    <t>METZ-TV-40MTF6000Z</t>
+  </si>
+  <si>
     <t>METZ TV 40MTE2000Z 40" HD LED, HD черен</t>
   </si>
   <si>
     <t>METZ-TV-40MTE2000Z</t>
   </si>
   <si>
-    <t>Hama Free-standing TV Stand, Swivel, Height-adjustable, 229 cm (90") up to 50 kg</t>
-[...16 lines deleted...]
-  <si>
     <t>Logitech Tap Table Mount, Black</t>
   </si>
   <si>
     <t>LOGITECH-TAP-TABLE</t>
   </si>
   <si>
     <t>"Trolley" TV Cart, TV Stand, 254 cm (100"), 220875</t>
   </si>
   <si>
     <t>HAMA-220875</t>
   </si>
   <si>
     <t>Portable TV METZ 24MPE7000 24" FHD(1920x1080) GoogleTV, HDR10</t>
   </si>
   <si>
     <t>METZ-TV-24MPE7000Z</t>
   </si>
   <si>
     <t>METZ Portable TV 24MPE7200Z  24" LED FHD(1920x1080) GoogleTV, HDR10, green</t>
   </si>
   <si>
     <t>METZ-TV-24MPE7200Z</t>
   </si>
   <si>
     <t>METZ Portable TV  24MPE7300Z 24" LED FHD(1920x1080) GoogleTV, HDR10, pink</t>
   </si>
   <si>
     <t>METZ-TV-24MPE7300Z</t>
   </si>
   <si>
     <t>METZ Portable TV 24MPE7000Y 24" LED FHD(1920x1080) GoogleTV, HDR10, Blue</t>
   </si>
   <si>
     <t>METZ-TV-24MPE7000Y</t>
   </si>
   <si>
     <t>METZ TV 43" 43MUF7000Z UHD LED SMART TV, 4K, Google TV, Class F</t>
   </si>
   <si>
     <t>METZ-TV-43MUF7000Z</t>
   </si>
   <si>
+    <t>METZ TV 50" UHD LED SMART TV, 4K Ultra HD, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-50MUF7000Z</t>
+  </si>
+  <si>
+    <t>METZ TV 43MQE7600Z 43" QLED+/Anti-Glare/UHD/Smart TV/Google TV</t>
+  </si>
+  <si>
+    <t>METZ-TV-43MQE7600Z</t>
+  </si>
+  <si>
     <t>METZ TV 55" UHD LED SMART TV, 4K, Google TV, Frameless, 2x10W</t>
   </si>
   <si>
     <t>METZ-TV-55MUF7000Z</t>
   </si>
   <si>
     <t>METZ TV 50"  50MQF7500Z UHD QLED SMART TV, 120Hz, 4K, Google TV, 126.0cm</t>
   </si>
   <si>
     <t>METZ-TV-50MQF7500Z</t>
   </si>
   <si>
     <t>METZ TV 55" 55MQF7500Z UHD QLED SMART TV, 120Hz, 4K, Google TV, Frameless, 139.0cm</t>
   </si>
   <si>
     <t>METZ-TV-55MQF7500Z</t>
   </si>
   <si>
+    <t>METZ TV 65" UHD LED SMART TV, 4K, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-65MUF7000Z</t>
+  </si>
+  <si>
     <t>METZ TV 65MQF7500Z, 65"QLED+,4K ,Google TV, 120Hz</t>
   </si>
   <si>
     <t>METZ-TV-65MQF7500Z</t>
   </si>
   <si>
+    <t>METZ TV 75" UHD LED SMART TV, 4K, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-75MUF7000Z</t>
+  </si>
+  <si>
     <t>RISE 5200 Motorized Display Lift Trolley DirectControl</t>
   </si>
   <si>
     <t>TRIUMPH-STAND-RISE5200</t>
   </si>
   <si>
     <t>call</t>
+  </si>
+  <si>
+    <t>METZ TV 100" 100MQE8500Z, 4K QLED+ 120Hz, Google TV</t>
+  </si>
+  <si>
+    <t>METZ-TV-100MQE8500Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1030,1746 +1036,1844 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D121"/>
+  <dimension ref="A1:D128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>11.724</v>
+        <v>6.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>12.348</v>
+        <v>6.312</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>15.024</v>
+        <v>7.68</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>16.8</v>
+        <v>8.592</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>18.324</v>
+        <v>9.372</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>19.2</v>
+        <v>9.816</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>19.608</v>
+        <v>10.02</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>20.592</v>
+        <v>10.524</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>20.592</v>
+        <v>10.524</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>20.592</v>
+        <v>10.524</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
         <v>26</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>20.592</v>
+        <v>10.524</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
         <v>28</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>20.592</v>
+        <v>10.896</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>21.312</v>
+        <v>10.896</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" t="s">
         <v>32</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>21.324</v>
+        <v>11.172</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" t="s">
         <v>34</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>21.84</v>
+        <v>11.652</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>22.8</v>
+        <v>12.504</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
         <v>38</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>24.444</v>
+        <v>12.732</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" t="s">
         <v>40</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>24.948</v>
+        <v>12.756</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" t="s">
         <v>42</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>12.792</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21">
+        <v>13.02</v>
+      </c>
+      <c r="D21" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>26.064</v>
+        <v>13.356</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>26.112</v>
+        <v>14.808</v>
       </c>
       <c r="D23" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>28.968</v>
+        <v>15.06</v>
       </c>
       <c r="D24" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>29.46</v>
+        <v>15.336</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>29.88</v>
+        <v>15.372</v>
       </c>
       <c r="D26" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>30.072</v>
+        <v>16.116</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>31.524</v>
+        <v>16.128</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>31.536</v>
+        <v>16.56</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>32.4</v>
+        <v>16.872</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>33.0</v>
+        <v>17.22</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>33.696</v>
+        <v>17.7</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>34.62</v>
+        <v>18.516</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>36.096</v>
+        <v>18.672</v>
       </c>
       <c r="D34" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>36.516</v>
+        <v>20.292</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>38.4</v>
+        <v>20.628</v>
       </c>
       <c r="D36" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>39.684</v>
+        <v>21.0</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>40.356</v>
+        <v>23.58</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>41.076</v>
+        <v>24.576</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>46.116</v>
+        <v>25.056</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>46.872</v>
+        <v>25.08</v>
       </c>
       <c r="D41" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>48.996</v>
+        <v>25.38</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>49.056</v>
+        <v>25.932</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>49.368</v>
+        <v>26.46</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>50.676</v>
+        <v>26.46</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>51.744</v>
+        <v>27.6</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47">
+        <v>28.116</v>
+      </c>
+      <c r="D47" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>54.984</v>
+        <v>28.608</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>55.956</v>
+        <v>29.928</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>58.524</v>
+        <v>30.48</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>59.616</v>
+        <v>31.704</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>62.004</v>
+        <v>34.752</v>
       </c>
       <c r="D52" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>64.644</v>
+        <v>36.372</v>
       </c>
       <c r="D53" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>67.968</v>
+        <v>36.492</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>71.064</v>
+        <v>37.368</v>
       </c>
       <c r="D55" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>71.16</v>
+        <v>37.428</v>
       </c>
       <c r="D56" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>72.768</v>
+        <v>38.496</v>
       </c>
       <c r="D57" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>73.2</v>
+        <v>40.464</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>75.288</v>
+        <v>41.952</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>79.128</v>
+        <v>42.948</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>81.876</v>
+        <v>43.164</v>
       </c>
       <c r="D61" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>84.0</v>
+        <v>44.256</v>
       </c>
       <c r="D62" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>84.432</v>
+        <v>44.676</v>
       </c>
       <c r="D63" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>86.556</v>
+        <v>45.228</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>87.384</v>
+        <v>46.176</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>88.128</v>
+        <v>47.304</v>
       </c>
       <c r="D66" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>90.312</v>
+        <v>48.252</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>92.52</v>
+        <v>52.548</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>94.368</v>
+        <v>56.1</v>
       </c>
       <c r="D69" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>102.6</v>
+        <v>57.744</v>
       </c>
       <c r="D70" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>109.728</v>
+        <v>60.444</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>112.836</v>
+        <v>79.896</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>118.212</v>
+        <v>81.3</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>156.264</v>
+        <v>82.188</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>159.0</v>
+        <v>84.624</v>
       </c>
       <c r="D75" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>160.62</v>
+        <v>90.852</v>
       </c>
       <c r="D76" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>165.36</v>
+        <v>95.424</v>
       </c>
       <c r="D77" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>177.696</v>
+        <v>98.22</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>186.636</v>
+        <v>99.768</v>
       </c>
       <c r="D79" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>192.192</v>
+        <v>110.4</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>194.832</v>
+        <v>131.88</v>
       </c>
       <c r="D81" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>219.0</v>
+        <v>132.06</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>257.928</v>
+        <v>132.42</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>258.132</v>
+        <v>134.976</v>
       </c>
       <c r="D84" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>258.996</v>
+        <v>136.776</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>267.504</v>
+        <v>139.38</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>272.592</v>
+        <v>140.7</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>275.184</v>
+        <v>152.712</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>298.668</v>
+        <v>171.432</v>
       </c>
       <c r="D89" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>328.992</v>
+        <v>178.944</v>
       </c>
       <c r="D90" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>335.28</v>
+        <v>180.0</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>349.98</v>
+        <v>183.552</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>358.992</v>
+        <v>237.06</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>360.0</v>
+        <v>239.796</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>369.0</v>
+        <v>265.356</v>
       </c>
       <c r="D95" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>388.992</v>
+        <v>265.356</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>463.644</v>
+        <v>265.356</v>
       </c>
       <c r="D97" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>468.996</v>
+        <v>265.356</v>
       </c>
       <c r="D98" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>519.0</v>
+        <v>265.356</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>519.0</v>
+        <v>300.0</v>
       </c>
       <c r="D100" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
-        <v>519.0</v>
+        <v>306.264</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>11</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102">
-        <v>16.8</v>
+        <v>8.592</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>13</v>
       </c>
       <c r="B103" t="s">
         <v>14</v>
       </c>
       <c r="C103">
-        <v>18.324</v>
+        <v>9.372</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B104" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C104">
-        <v>20.592</v>
+        <v>10.524</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B105" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C105">
-        <v>20.592</v>
+        <v>10.524</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>100</v>
+        <v>81</v>
       </c>
       <c r="B106" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="C106">
-        <v>54.984</v>
+        <v>24.576</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="B107" t="s">
-        <v>123</v>
+        <v>98</v>
       </c>
       <c r="C107">
-        <v>75.288</v>
+        <v>28.116</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="B108" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="C108">
-        <v>84.0</v>
+        <v>38.496</v>
       </c>
       <c r="D108" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>168</v>
+        <v>124</v>
       </c>
       <c r="B109" t="s">
-        <v>169</v>
+        <v>125</v>
       </c>
       <c r="C109">
-        <v>219.0</v>
+        <v>42.948</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>188</v>
+        <v>164</v>
       </c>
       <c r="B110" t="s">
-        <v>189</v>
+        <v>165</v>
       </c>
       <c r="C110">
-        <v>349.98</v>
+        <v>110.4</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="B111" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="C111">
-        <v>358.992</v>
+        <v>134.976</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="B112" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="C112">
-        <v>360.0</v>
+        <v>178.944</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="B113" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="C113">
-        <v>388.992</v>
+        <v>180.0</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
       <c r="B114" t="s">
-        <v>209</v>
+        <v>189</v>
       </c>
       <c r="C114">
-        <v>519.0</v>
+        <v>183.552</v>
       </c>
       <c r="D114" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>210</v>
+        <v>196</v>
       </c>
       <c r="B115" t="s">
-        <v>211</v>
+        <v>197</v>
       </c>
       <c r="C115">
-        <v>519.0</v>
+        <v>265.356</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>99</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>212</v>
+        <v>198</v>
       </c>
       <c r="B116" t="s">
-        <v>213</v>
+        <v>199</v>
       </c>
       <c r="C116">
-        <v>618.996</v>
+        <v>265.356</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>214</v>
+        <v>200</v>
       </c>
       <c r="B117" t="s">
-        <v>215</v>
+        <v>201</v>
       </c>
       <c r="C117">
-        <v>729.0</v>
+        <v>265.356</v>
       </c>
       <c r="D117" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="B118" t="s">
-        <v>217</v>
+        <v>203</v>
       </c>
       <c r="C118">
-        <v>828.996</v>
+        <v>265.356</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>218</v>
+        <v>204</v>
       </c>
       <c r="B119" t="s">
-        <v>219</v>
+        <v>205</v>
       </c>
       <c r="C119">
-        <v>1179.0</v>
+        <v>300.0</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
+        <v>208</v>
+      </c>
+      <c r="B120" t="s">
+        <v>209</v>
+      </c>
+      <c r="C120">
+        <v>318.0</v>
+      </c>
+      <c r="D120" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>210</v>
+      </c>
+      <c r="B121" t="s">
+        <v>211</v>
+      </c>
+      <c r="C121">
+        <v>369.0</v>
+      </c>
+      <c r="D121" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>212</v>
+      </c>
+      <c r="B122" t="s">
+        <v>213</v>
+      </c>
+      <c r="C122">
+        <v>396.0</v>
+      </c>
+      <c r="D122" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>214</v>
+      </c>
+      <c r="B123" t="s">
+        <v>215</v>
+      </c>
+      <c r="C123">
+        <v>510.78</v>
+      </c>
+      <c r="D123" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>216</v>
+      </c>
+      <c r="B124" t="s">
+        <v>217</v>
+      </c>
+      <c r="C124">
+        <v>594.0</v>
+      </c>
+      <c r="D124" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>218</v>
+      </c>
+      <c r="B125" t="s">
+        <v>219</v>
+      </c>
+      <c r="C125">
+        <v>694.848</v>
+      </c>
+      <c r="D125" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
         <v>220</v>
       </c>
-      <c r="B120" t="s">
+      <c r="B126" t="s">
         <v>221</v>
       </c>
-      <c r="C120">
-[...2 lines deleted...]
-      <c r="D120" t="s">
+      <c r="C126">
+        <v>1379.976</v>
+      </c>
+      <c r="D126" t="s">
         <v>222</v>
       </c>
     </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>223</v>
+      </c>
+      <c r="B127" t="s">
+        <v>224</v>
+      </c>
+      <c r="C127">
+        <v>1998.996</v>
+      </c>
+      <c r="D127" t="s">
+        <v>222</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D121"/>
+  <autoFilter ref="A1:D128"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>