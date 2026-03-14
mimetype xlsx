--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$128</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$129</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama Universal Screen Shelf for TV and Monitors, 220889</t>
   </si>
   <si>
     <t>HAMA-220889</t>
   </si>
@@ -121,251 +121,251 @@
   <si>
     <t>Hama FIX TV Wall Bracket, 19"-48", 118106</t>
   </si>
   <si>
     <t>HAMA-220805</t>
   </si>
   <si>
     <t>Hama "Mini" Cable Box, for Power Strip, 221010</t>
   </si>
   <si>
     <t>HAMA-221010</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Tilting, 122 cm (48"), 220806</t>
   </si>
   <si>
     <t>HAMA-220806</t>
   </si>
   <si>
     <t>Hama FIX TV Wall Bracket, 19"-46", 220803</t>
   </si>
   <si>
     <t>HAMA-220803</t>
   </si>
   <si>
+    <t>Hama "Basic" Indoor Aerial for DAB+, DAB, DVB-T2, FM, Passive,</t>
+  </si>
+  <si>
+    <t>HAMA-221081</t>
+  </si>
+  <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, 66 cm (26"), 220820</t>
   </si>
   <si>
     <t>HAMA-220820</t>
   </si>
   <si>
     <t>Universal Rotary Plate HAMA, up to 80 kg, 220892</t>
   </si>
   <si>
     <t>HAMA-220892</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, 65", 220809</t>
   </si>
   <si>
     <t>HAMA-220809</t>
   </si>
   <si>
-    <t>Hama "Basic" Indoor Aerial for DAB+, DAB, DVB-T2, FM, Passive,</t>
-[...2 lines deleted...]
-    <t>HAMA-221081</t>
+    <t>Delock LTE Antenna SMA -0.8 - 3.0 dBi Omnidirectional With Flexible Joint Black</t>
+  </si>
+  <si>
+    <t>DELOCK-88571</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Delock WLAN 802.11 ac/a/b/g/n Antenna RP-SMA plug 2 dBi omnidirectional with tilt joint black</t>
+  </si>
+  <si>
+    <t>DELOCK-88395</t>
+  </si>
+  <si>
+    <t>Hama Universal Turntable, XL, 40 cm, 220893</t>
+  </si>
+  <si>
+    <t>HAMA-220893</t>
+  </si>
+  <si>
+    <t>Hama Universal Remote Control for Air-Conditioning Systems and Units, Infra-Red, Wall Bracket</t>
+  </si>
+  <si>
+    <t>HAMA-221040</t>
+  </si>
+  <si>
+    <t>Hama "Maxi" Cable Box, for Power Strip, 221011</t>
+  </si>
+  <si>
+    <t>HAMA-221011</t>
+  </si>
+  <si>
+    <t>"Maxi" Cable Box, 221012</t>
+  </si>
+  <si>
+    <t>HAMA-221012</t>
+  </si>
+  <si>
+    <t>Hama FIX TV Wall Bracket, 32"-75", 220807</t>
+  </si>
+  <si>
+    <t>HAMA-220807</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Tilting, 165 cm (65"), 220810</t>
+  </si>
+  <si>
+    <t>HAMA-220810</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Swivel, Tilt, 122 cm, 48", 220821</t>
+  </si>
+  <si>
+    <t>HAMA-220821</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Tilting, 117 cm (46") up to 25 kg</t>
+  </si>
+  <si>
+    <t>HAMA-220804</t>
+  </si>
+  <si>
+    <t>Hama TILT TV Wall Bracket, 191 cm (75"), HAMA-118069</t>
+  </si>
+  <si>
+    <t>HAMA-118069</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Rigid, 191 cm (75") to 40 kg, 220813</t>
+  </si>
+  <si>
+    <t>HAMA-220813</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Rigid, 191 cm (75") to 40 kg, 220814</t>
+  </si>
+  <si>
+    <t>HAMA-220814</t>
+  </si>
+  <si>
+    <t>Hama "Classic" Indoor Aerial, DAB+, DAB, DVB-T2, FM, Active, 221082</t>
+  </si>
+  <si>
+    <t>HAMA-221082</t>
+  </si>
+  <si>
+    <t>Monitor Wall Mount ARCTIC W1A</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-ORAEQ-MA005</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Tilt, 191 cm (75") up to 40 kg, 220808</t>
+  </si>
+  <si>
+    <t>HAMA-220808</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 122 cm (48"), 220822 </t>
+  </si>
+  <si>
+    <t>HAMA-220822</t>
+  </si>
+  <si>
+    <t>ACT Monitor stand with one drawer, adjustable height, AC8200</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8200</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Rigid, 191 cm (75") to 40 kg, 220811</t>
+  </si>
+  <si>
+    <t>HAMA-220811</t>
+  </si>
+  <si>
+    <t>Hama “Premium” Indoor Aerial, DVB-T2, Active, Automatic Amplification</t>
+  </si>
+  <si>
+    <t>HAMA-221084</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Tilt, 191 cm (75") up to 40 kg, 220812</t>
+  </si>
+  <si>
+    <t>HAMA-220812</t>
+  </si>
+  <si>
+    <t>Hama "Radio" Indoor Aerial for DAB+, DAB, FM, Active, Amplifier 30 dB</t>
+  </si>
+  <si>
+    <t>HAMA-221085</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 122 cm (48"), 220855</t>
+  </si>
+  <si>
+    <t>HAMA-220855</t>
+  </si>
+  <si>
+    <t>Hama FULLMOTION TV Wall Bracket, 19"-48", 220826</t>
+  </si>
+  <si>
+    <t>HAMA-220826</t>
+  </si>
+  <si>
+    <t>HAMA FIX "Ultraslim" TV Wall Bracket, 229 cm (90"), 220845</t>
+  </si>
+  <si>
+    <t>HAMA-220845</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Rigid, 229 cm (90") to 60 kg, 220815</t>
+  </si>
+  <si>
+    <t>HAMA-220815</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 191 cm (75”), up to 40 kg</t>
+  </si>
+  <si>
+    <t>HAMA-220910</t>
+  </si>
+  <si>
+    <t>Hama TV Wall Bracket, Swivel, Tilt, 165 cm (65") up to 20 kg</t>
+  </si>
+  <si>
+    <t>HAMA-220823</t>
   </si>
   <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Delock LTE Antenna SMA -0.8 - 3.0 dBi Omnidirectional With Flexible Joint Black</t>
-[...172 lines deleted...]
-  <si>
     <t>Hama TV Wall Bracket, Tilt, 191 cm (75"), 220816</t>
   </si>
   <si>
     <t>HAMA-220816</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 122 cm (48"), 220827</t>
   </si>
   <si>
     <t>HAMA-220827</t>
   </si>
   <si>
     <t>Hama Ultraslim FIX TV Wall Bracket, 90", 220842</t>
   </si>
   <si>
     <t>HAMA-220842</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, 165 cm (65"), 220829</t>
   </si>
   <si>
     <t>HAMA-220829</t>
   </si>
   <si>
     <t>Hama TILT "Ultraslim" TV Wall Bracket, 229 cm (90"), 220846</t>
@@ -400,56 +400,50 @@
   <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, 165 cm (65"), 220828</t>
   </si>
   <si>
     <t>HAMA-220828</t>
   </si>
   <si>
     <t>Hama TV Ceiling Bracket Swivel, 165 см (65"), 220877</t>
   </si>
   <si>
     <t>HAMA-220877</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 165 cm (65") up to 35 kg</t>
   </si>
   <si>
     <t>HAMA-220835</t>
   </si>
   <si>
     <t>Hama TV Stand, 140 cm (55"), 220866</t>
   </si>
   <si>
     <t>HAMA-220866</t>
   </si>
   <si>
-    <t>Hama TV Wall Bracket, 213 cm (84") up to 50 kg, 220831</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama TV Wall Bracket, Rigid, Theft Protection, 229 cm (90") up to 50 kg</t>
   </si>
   <si>
     <t>HAMA-220861</t>
   </si>
   <si>
     <t>Hama TV Ceiling Mount, Swivel, Height-adjustable, 117 cm (46") up to 20 kg, 220876</t>
   </si>
   <si>
     <t>HAMA-220876</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Rigid, 254 cm (100") to 75 kg, 220817</t>
   </si>
   <si>
     <t>HAMA-220817</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, 203 cm (80"), 360 °, up to 50 kg, 220857</t>
   </si>
   <si>
     <t>HAMA-220857</t>
   </si>
   <si>
     <t>Hama TV Wall Bracket, Swivel, Tilt, Pull-out, 165 cm (65"), 220834</t>
@@ -584,50 +578,56 @@
     <t>HAMA-118082</t>
   </si>
   <si>
     <t>ACT, Mobile tv/monitor floor stand, 37" up to 70", AC8370</t>
   </si>
   <si>
     <t>EWENT-ACT-MON-AC8370</t>
   </si>
   <si>
     <t>METZ Portable TV 32MQE7100Z, 32" QLED, Google TV, white</t>
   </si>
   <si>
     <t>METZ-TV-32MQE7100Z</t>
   </si>
   <si>
     <t>METZ TV 40MTF6000Z 40" FullHD LED, черен</t>
   </si>
   <si>
     <t>METZ-TV-40MTF6000Z</t>
   </si>
   <si>
     <t>METZ TV 40MTE2000Z 40" HD LED, HD черен</t>
   </si>
   <si>
     <t>METZ-TV-40MTE2000Z</t>
+  </si>
+  <si>
+    <t>ACT Mobile TV stand 50-86", up to 120kg</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8372</t>
   </si>
   <si>
     <t>Logitech Tap Table Mount, Black</t>
   </si>
   <si>
     <t>LOGITECH-TAP-TABLE</t>
   </si>
   <si>
     <t>"Trolley" TV Cart, TV Stand, 254 cm (100"), 220875</t>
   </si>
   <si>
     <t>HAMA-220875</t>
   </si>
   <si>
     <t>Portable TV METZ 24MPE7000 24" FHD(1920x1080) GoogleTV, HDR10</t>
   </si>
   <si>
     <t>METZ-TV-24MPE7000Z</t>
   </si>
   <si>
     <t>METZ Portable TV 24MPE7200Z  24" LED FHD(1920x1080) GoogleTV, HDR10, green</t>
   </si>
   <si>
     <t>METZ-TV-24MPE7200Z</t>
   </si>
@@ -1036,51 +1036,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D128"/>
+  <dimension ref="A1:D129"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1128,79 +1128,79 @@
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>8.592</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>9.372</v>
+        <v>9.228</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>9.816</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>10.02</v>
+        <v>9.888</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
         <v>10.524</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
@@ -1282,1188 +1282,1188 @@
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16">
         <v>11.652</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
-        <v>12.504</v>
+        <v>12.48</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>12.732</v>
+        <v>12.504</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
-        <v>12.756</v>
+        <v>12.732</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20">
-        <v>12.792</v>
+        <v>12.756</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C21">
         <v>13.02</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>13.356</v>
       </c>
       <c r="D22" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>14.808</v>
+        <v>14.688</v>
       </c>
       <c r="D23" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C24">
         <v>15.06</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C25">
         <v>15.336</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>15.372</v>
+        <v>15.396</v>
       </c>
       <c r="D26" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>16.116</v>
+        <v>15.996</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C28">
         <v>16.128</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C29">
         <v>16.56</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C30">
         <v>16.872</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C31">
         <v>17.22</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>17.7</v>
+        <v>17.52</v>
       </c>
       <c r="D32" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>18.516</v>
+        <v>18.324</v>
       </c>
       <c r="D33" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>18.672</v>
+        <v>18.396</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>20.292</v>
+        <v>19.8</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>20.628</v>
+        <v>20.292</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>21.0</v>
+        <v>20.628</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>23.58</v>
+        <v>21.0</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>24.576</v>
+        <v>23.58</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>25.056</v>
+        <v>24.576</v>
       </c>
       <c r="D40" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>25.08</v>
+        <v>25.056</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C42">
         <v>25.38</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C43">
         <v>25.932</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C44">
         <v>26.46</v>
       </c>
       <c r="D44" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C45">
         <v>26.46</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C46">
         <v>27.6</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>28.116</v>
       </c>
       <c r="D47" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C48">
         <v>28.608</v>
       </c>
       <c r="D48" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
         <v>29.928</v>
       </c>
       <c r="D49" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
         <v>30.48</v>
       </c>
       <c r="D50" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
         <v>31.704</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
         <v>34.752</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>36.372</v>
+        <v>36.3</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>36.492</v>
+        <v>36.432</v>
       </c>
       <c r="D54" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>37.368</v>
+        <v>37.152</v>
       </c>
       <c r="D55" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
         <v>37.428</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
         <v>38.496</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>40.464</v>
+        <v>40.428</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>41.952</v>
+        <v>41.88</v>
       </c>
       <c r="D59" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
         <v>42.948</v>
       </c>
       <c r="D60" t="s">
-        <v>99</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>43.164</v>
+        <v>43.188</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>44.256</v>
+        <v>44.592</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>44.676</v>
+        <v>45.228</v>
       </c>
       <c r="D63" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>45.228</v>
+        <v>46.176</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>46.176</v>
+        <v>47.208</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>47.304</v>
+        <v>48.252</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>48.252</v>
+        <v>52.536</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>52.548</v>
+        <v>55.944</v>
       </c>
       <c r="D68" t="s">
-        <v>99</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>56.1</v>
+        <v>57.66</v>
       </c>
       <c r="D69" t="s">
-        <v>99</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>57.744</v>
+        <v>60.444</v>
       </c>
       <c r="D70" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>60.444</v>
+        <v>79.944</v>
       </c>
       <c r="D71" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>79.896</v>
+        <v>81.3</v>
       </c>
       <c r="D72" t="s">
-        <v>99</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>81.3</v>
+        <v>82.188</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>82.188</v>
+        <v>84.516</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>101</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>84.624</v>
+        <v>90.972</v>
       </c>
       <c r="D75" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>90.852</v>
+        <v>95.424</v>
       </c>
       <c r="D76" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>95.424</v>
+        <v>98.22</v>
       </c>
       <c r="D77" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>98.22</v>
+        <v>99.66</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>99.768</v>
+        <v>110.4</v>
       </c>
       <c r="D79" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>110.4</v>
+        <v>131.88</v>
       </c>
       <c r="D80" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>131.88</v>
+        <v>132.06</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>132.06</v>
+        <v>132.42</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>132.42</v>
+        <v>134.976</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>134.976</v>
+        <v>136.752</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>136.776</v>
+        <v>139.272</v>
       </c>
       <c r="D85" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>139.38</v>
+        <v>140.7</v>
       </c>
       <c r="D86" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>140.7</v>
+        <v>152.712</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>152.712</v>
+        <v>171.432</v>
       </c>
       <c r="D88" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>171.432</v>
+        <v>178.944</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>178.944</v>
+        <v>180.0</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>180.0</v>
+        <v>183.552</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>183.552</v>
+        <v>236.952</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
         <v>237.06</v>
       </c>
       <c r="D93" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
         <v>239.796</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
         <v>265.356</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
         <v>265.356</v>
       </c>
       <c r="D96" t="s">
-        <v>99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
         <v>265.356</v>
       </c>
       <c r="D97" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
         <v>265.356</v>
       </c>
       <c r="D98" t="s">
-        <v>99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
         <v>265.356</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
         <v>300.0</v>
@@ -2486,394 +2486,408 @@
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>11</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102">
         <v>8.592</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>13</v>
       </c>
       <c r="B103" t="s">
         <v>14</v>
       </c>
       <c r="C103">
-        <v>9.372</v>
+        <v>9.228</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>23</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104">
         <v>10.524</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>25</v>
       </c>
       <c r="B105" t="s">
         <v>26</v>
       </c>
       <c r="C105">
         <v>10.524</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B106" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C106">
         <v>24.576</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>97</v>
       </c>
       <c r="B107" t="s">
         <v>98</v>
       </c>
       <c r="C107">
         <v>28.116</v>
       </c>
       <c r="D107" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>118</v>
       </c>
       <c r="B108" t="s">
         <v>119</v>
       </c>
       <c r="C108">
         <v>38.496</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>124</v>
       </c>
       <c r="B109" t="s">
         <v>125</v>
       </c>
       <c r="C109">
         <v>42.948</v>
       </c>
       <c r="D109" t="s">
-        <v>99</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B110" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C110">
         <v>110.4</v>
       </c>
       <c r="D110" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B111" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C111">
         <v>134.976</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B112" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C112">
         <v>178.944</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B113" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C113">
         <v>180.0</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B114" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C114">
         <v>183.552</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="B115" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="C115">
-        <v>265.356</v>
+        <v>236.952</v>
       </c>
       <c r="D115" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B116" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C116">
         <v>265.356</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B117" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C117">
         <v>265.356</v>
       </c>
       <c r="D117" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B118" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C118">
         <v>265.356</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B119" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C119">
-        <v>300.0</v>
+        <v>265.356</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B120" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C120">
-        <v>318.0</v>
+        <v>300.0</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B121" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C121">
-        <v>369.0</v>
+        <v>318.0</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B122" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C122">
-        <v>396.0</v>
+        <v>369.0</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B123" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C123">
-        <v>510.78</v>
+        <v>396.0</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B124" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C124">
-        <v>594.0</v>
+        <v>510.78</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B125" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C125">
-        <v>694.848</v>
+        <v>594.0</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B126" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C126">
-        <v>1379.976</v>
+        <v>694.848</v>
       </c>
       <c r="D126" t="s">
-        <v>222</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B127" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C127">
-        <v>1998.996</v>
+        <v>1379.976</v>
       </c>
       <c r="D127" t="s">
         <v>222</v>
       </c>
     </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>223</v>
+      </c>
+      <c r="B128" t="s">
+        <v>224</v>
+      </c>
+      <c r="C128">
+        <v>1998.996</v>
+      </c>
+      <c r="D128" t="s">
+        <v>222</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D128"/>
+  <autoFilter ref="A1:D129"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>