--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -7,144 +7,126 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$15</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$12</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Synology 1-Bay DiskStation DS124 (Diskless) Black</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS124</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>2-bay Synology NAS DiskStation DS223j</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS223J</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>2-bay Synology NAS Server for Small Business &amp; Workgroups DS223</t>
+  </si>
+  <si>
+    <t>SYNOLOGY-NAS-DS223</t>
+  </si>
+  <si>
+    <t>Synology DS225+, за 2 диска, Intel Celeron J4125 , 2GB DDR4 SODIMM</t>
+  </si>
+  <si>
+    <t>SYNOLOGY-NAS-DS225Plus</t>
+  </si>
+  <si>
+    <t>Мрежов сторидж NAS Synology DS425+,4-bay за 3.5" 2.5", 2 x M.2 NVMe</t>
+  </si>
+  <si>
+    <t>SYNOLOGY-NAS-DS425PLUS</t>
+  </si>
+  <si>
+    <t>Network storage NAS Synology DS725+, for 2 3.5"/2.5" drives, 2 x M.2 NVMe</t>
+  </si>
+  <si>
+    <t>SYNOLOGY-NAS-DS725PLUS</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>2-bay Synology NAS Server for Small Business &amp; Workgroups DS223</t>
-[...37 lines deleted...]
-  <si>
     <t>Synology NAS DS925+, AMD Ryzen V1500B, 4GB DDR4 SODIMM</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS925PLUS</t>
   </si>
   <si>
     <t>Synology NAS DS1525+, AMD Ryzen V1500B, 8GB DDR4 SODIMM</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS1525PLUS</t>
-  </si>
-[...4 lines deleted...]
-    <t>SYNOLOGY-NAS-DS1821PLUS</t>
   </si>
   <si>
     <t>Synology DS1825+ network storage, for 8 drives, AMD Ryzen V1500B, 8 GB DDR4</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS1825PLUS</t>
   </si>
   <si>
     <t>Synology DiskStation DS3622xs+</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS3622XS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -460,262 +442,220 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>354.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>435.348</v>
+        <v>428.376</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>618.576</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>756.276</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>1097.724</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7">
+        <v>1117.68</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>1117.68</v>
+        <v>1364.652</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>1133.184</v>
+        <v>1725.516</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>1364.652</v>
+        <v>2521.392</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>1725.516</v>
+        <v>6673.5</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
-[...40 lines deleted...]
-      <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D15"/>
+  <autoFilter ref="A1:D12"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>