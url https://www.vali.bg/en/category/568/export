--- v1 (2025-12-22)
+++ v2 (2026-02-08)
@@ -7,114 +7,120 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$12</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$13</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Synology 1-Bay DiskStation DS124 (Diskless) Black</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS124</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>2-bay Synology NAS DiskStation DS223j</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS223J</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>2-bay Synology NAS Server for Small Business &amp; Workgroups DS223</t>
+  </si>
+  <si>
+    <t>SYNOLOGY-NAS-DS223</t>
+  </si>
+  <si>
+    <t>Synology DS225+, за 2 диска, Intel Celeron J4125 , 2GB DDR4 SODIMM</t>
+  </si>
+  <si>
+    <t>SYNOLOGY-NAS-DS225Plus</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>2-bay Synology NAS Server for Small Business &amp; Workgroups DS223</t>
-[...8 lines deleted...]
-    <t>SYNOLOGY-NAS-DS225Plus</t>
+    <t>Synology NAS DS423 network storage, for 4 drives</t>
+  </si>
+  <si>
+    <t>SYNOLOGY-NAS-DS423</t>
   </si>
   <si>
     <t>Мрежов сторидж NAS Synology DS425+,4-bay за 3.5" 2.5", 2 x M.2 NVMe</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS425PLUS</t>
   </si>
   <si>
     <t>Network storage NAS Synology DS725+, for 2 3.5"/2.5" drives, 2 x M.2 NVMe</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS725PLUS</t>
-  </si>
-[...1 lines deleted...]
-    <t>available</t>
   </si>
   <si>
     <t>Synology NAS DS925+, AMD Ryzen V1500B, 4GB DDR4 SODIMM</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS925PLUS</t>
   </si>
   <si>
     <t>Synology NAS DS1525+, AMD Ryzen V1500B, 8GB DDR4 SODIMM</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS1525PLUS</t>
   </si>
   <si>
     <t>Synology DS1825+ network storage, for 8 drives, AMD Ryzen V1500B, 8 GB DDR4</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS1825PLUS</t>
   </si>
   <si>
     <t>Synology DiskStation DS3622xs+</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS3622XS</t>
   </si>
@@ -442,220 +448,234 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>354.0</v>
+        <v>180.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>428.376</v>
+        <v>219.072</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>618.576</v>
+        <v>317.148</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>756.276</v>
+        <v>386.508</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>1097.724</v>
+        <v>439.536</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>1117.68</v>
+        <v>561.264</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>1364.652</v>
+        <v>571.452</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>1725.516</v>
+        <v>697.68</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>2521.392</v>
+        <v>882.24</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>6673.5</v>
+        <v>1289.172</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12">
+        <v>3412.104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>6</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D12"/>
+  <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>