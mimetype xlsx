--- v2 (2026-02-08)
+++ v3 (2026-03-26)
@@ -43,84 +43,84 @@
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Synology 1-Bay DiskStation DS124 (Diskless) Black</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS124</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>2-bay Synology NAS DiskStation DS223j</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS223J</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>2-bay Synology NAS Server for Small Business &amp; Workgroups DS223</t>
+  </si>
+  <si>
+    <t>SYNOLOGY-NAS-DS223</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>2-bay Synology NAS Server for Small Business &amp; Workgroups DS223</t>
-[...4 lines deleted...]
-  <si>
     <t>Synology DS225+, за 2 диска, Intel Celeron J4125 , 2GB DDR4 SODIMM</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS225Plus</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Synology NAS DS423 network storage, for 4 drives</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS423</t>
   </si>
   <si>
+    <t>Network storage NAS Synology DS725+, for 2 3.5"/2.5" drives, 2 x M.2 NVMe</t>
+  </si>
+  <si>
+    <t>SYNOLOGY-NAS-DS725PLUS</t>
+  </si>
+  <si>
     <t>Мрежов сторидж NAS Synology DS425+,4-bay за 3.5" 2.5", 2 x M.2 NVMe</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS425PLUS</t>
-  </si>
-[...4 lines deleted...]
-    <t>SYNOLOGY-NAS-DS725PLUS</t>
   </si>
   <si>
     <t>Synology NAS DS925+, AMD Ryzen V1500B, 4GB DDR4 SODIMM</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS925PLUS</t>
   </si>
   <si>
     <t>Synology NAS DS1525+, AMD Ryzen V1500B, 8GB DDR4 SODIMM</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS1525PLUS</t>
   </si>
   <si>
     <t>Synology DS1825+ network storage, for 8 drives, AMD Ryzen V1500B, 8 GB DDR4</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS1825PLUS</t>
   </si>
   <si>
     <t>Synology DiskStation DS3622xs+</t>
   </si>
   <si>
     <t>SYNOLOGY-NAS-DS3622XS</t>
   </si>
@@ -498,163 +498,163 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>180.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>219.072</v>
+        <v>224.28</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>317.148</v>
+        <v>321.552</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>386.508</v>
+        <v>429.672</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>439.536</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>561.264</v>
+        <v>585.06</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>571.452</v>
+        <v>586.8</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>697.68</v>
+        <v>776.172</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>882.24</v>
+        <v>989.604</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>1289.172</v>
+        <v>1339.956</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>3412.104</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">