--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -37,219 +37,219 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Clip-Fix" Frameless Picture Holder, glass, 13 x 18 cm, 63004</t>
   </si>
   <si>
     <t>HAMA-63004</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>"Clip-Fix" Frameless Picture Holder, glass, 15 x21 cm, 63008</t>
+  </si>
+  <si>
+    <t>HAMA-63008</t>
+  </si>
+  <si>
     <t>"Clip-Fix" Frameless Picture Holder, glass, 10.5 x 15 cm, 63002</t>
   </si>
   <si>
     <t>HAMA-63002</t>
   </si>
   <si>
-    <t>"Clip-Fix" Frameless Picture Holder, glass, 15 x21 cm, 63008</t>
-[...2 lines deleted...]
-    <t>HAMA-63008</t>
+    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>"Clip-Fix" Frameless Picture Holder, glass, 20 x 30 cm</t>
   </si>
   <si>
     <t>HAMA-63018</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama "Clip-Fix Style" Frameless Picture Holder, polystyrene, 21 x 29.7cm, DIN A4</t>
   </si>
   <si>
     <t>HAMA-61595</t>
   </si>
   <si>
     <t>"Sevilla Décor" Plastic Frame, 15 x 20 cm, 66398</t>
   </si>
   <si>
     <t>HAMA-66398</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Hama "Sevilla" Plastic Frame, 15 x 20 cm, 66248</t>
   </si>
   <si>
     <t>HAMA-66248</t>
   </si>
   <si>
+    <t>"Sevilla" Plastic Frame, 15 x 20 cm, 66218</t>
+  </si>
+  <si>
+    <t>HAMA-66218</t>
+  </si>
+  <si>
+    <t>"Clip-Fix" Frameless Picture Holder, 30 x 40 cm, 63030</t>
+  </si>
+  <si>
+    <t>HAMA-63030</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>"Sevilla" Plastic Frame, 15 x 20 cm, 66218</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama "Sevilla Décor" Plastic Frame, 20 x 30 cm, 66431</t>
   </si>
   <si>
     <t>HAMA-66431</t>
   </si>
   <si>
     <t>Hama “Chiaro” Plastic Frame, white, 20 x 30 cm</t>
   </si>
   <si>
     <t>HAMA-193277</t>
   </si>
   <si>
     <t>Hama “Chiaro” Plastic Frame, steel, 21 x 29.7 cm, DIN A4</t>
   </si>
   <si>
     <t>HAMA-193269</t>
   </si>
   <si>
     <t>Hama "Swing" Plastic Frame, White, 20 x 30 cm, 193212</t>
   </si>
   <si>
     <t>HAMA-193212</t>
   </si>
   <si>
     <t>Hama "Clip-Fix" Frameless Picture Holder, polystyrene, 29.7 x 42 cm</t>
   </si>
   <si>
     <t>HAMA-61596</t>
   </si>
   <si>
     <t>Hama "Lobby" Plastic Frame, bronze, 20 x 30 cm</t>
   </si>
   <si>
     <t>HAMA-175798</t>
   </si>
   <si>
     <t>"Montreal - Love" Portrait Frame, HAMA-100994</t>
   </si>
   <si>
     <t>HAMA-100994</t>
   </si>
   <si>
     <t>Hama “Chiaro” Plastic Frame, white, 30 x 40 cm</t>
   </si>
   <si>
     <t>HAMA-193279</t>
   </si>
   <si>
+    <t>Hama "Lobby" Plastic Frame, gold, 21 x 29.7 cm</t>
+  </si>
+  <si>
+    <t>HAMA-175805</t>
+  </si>
+  <si>
     <t>Hama "Rustic" Plastic Frame, oak, 20 x 30 cm</t>
   </si>
   <si>
     <t>HAMA-193058</t>
   </si>
   <si>
     <t>Hama “Chiaro” Plastic Frame, steel, 30 x 40 cm</t>
   </si>
   <si>
     <t>HAMA-193270</t>
   </si>
   <si>
-    <t>Hama "Lobby" Plastic Frame, gold, 21 x 29.7 cm</t>
-[...5 lines deleted...]
-    <t>on route</t>
+    <t>Hama "Sevilla Décor" Plastic Frame, 30 x 40 cm, 66435</t>
+  </si>
+  <si>
+    <t>HAMA-66435</t>
   </si>
   <si>
     <t>Hama "Sevilla" Plastic Frame, 30 x 40 cm, 66225</t>
   </si>
   <si>
     <t>HAMA-66225</t>
   </si>
   <si>
-    <t>Hama "Sevilla Décor" Plastic Frame, 30 x 40 cm, 66435</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Sevilla" Plastic Frame, 30 x 40 cm, 66255</t>
   </si>
   <si>
     <t>HAMA-66255</t>
   </si>
   <si>
     <t>"Clip-Fix" Frameless Picture Holder, glass, 40 x 60 cm, 63038</t>
   </si>
   <si>
     <t>HAMA-63038</t>
   </si>
   <si>
-    <t>"Alexandria" Portrait Frame Gallery, HAMA-100953</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA "Rise" Wooden Frame, natural, 20 x 30 cm, 193158</t>
   </si>
   <si>
     <t>HAMA-193158</t>
   </si>
   <si>
     <t>Hama "Rise" Wooden Frame, 20 x 30 cm, 193164</t>
   </si>
   <si>
     <t>HAMA-193164</t>
   </si>
   <si>
     <t>Hama "Clip-Fix" Frameless Picture Holder, polystyrene, 40 x 60 cm</t>
   </si>
   <si>
     <t>HAMA-61598</t>
+  </si>
+  <si>
+    <t>Hama “Albero” Wooden Frame, taupe, 20 x 30 cm</t>
+  </si>
+  <si>
+    <t>HAMA-193301</t>
   </si>
   <si>
     <t>"Clip-Fix" Frameless Picture Holder, 50 x 70 cm, 63044</t>
   </si>
   <si>
     <t>HAMA-63044</t>
   </si>
   <si>
     <t>Hama "Clip-Fix" Frameless Picture Holder, 70 x 100 cm, 63050</t>
   </si>
   <si>
     <t>HAMA-63050</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -601,460 +601,460 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>4.2</v>
+        <v>2.1</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>4.296</v>
+        <v>2.148</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>4.776</v>
+        <v>2.676</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>6.348</v>
+        <v>3.252</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>7.404</v>
+        <v>3.804</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>8.364</v>
+        <v>4.272</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>9.24</v>
+        <v>4.728</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11">
+        <v>4.788</v>
+      </c>
+      <c r="D11" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>9.84</v>
+        <v>5.028</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>9.84</v>
+        <v>5.028</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>10.212</v>
+        <v>5.22</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>11.304</v>
+        <v>5.784</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>11.676</v>
+        <v>5.964</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>11.952</v>
+        <v>6.192</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>12.492</v>
+        <v>6.384</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>12.588</v>
+        <v>6.396</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>12.744</v>
+        <v>6.432</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>12.744</v>
+        <v>6.516</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>12.996</v>
+        <v>6.768</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>13.224</v>
+        <v>6.804</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>13.356</v>
+        <v>6.828</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>14.808</v>
+        <v>7.572</v>
       </c>
       <c r="D25" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>16.356</v>
+        <v>8.712</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>17.04</v>
+        <v>8.712</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>17.04</v>
+        <v>9.96</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>19.128</v>
+        <v>10.128</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>24.948</v>
+        <v>12.756</v>
       </c>
       <c r="D30" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>46.716</v>
+        <v>23.88</v>
       </c>
       <c r="D31" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>