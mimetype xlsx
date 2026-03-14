--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -49,99 +49,99 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Clip-Fix" Frameless Picture Holder, glass, 13 x 18 cm, 63004</t>
   </si>
   <si>
     <t>HAMA-63004</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>"Clip-Fix" Frameless Picture Holder, glass, 15 x21 cm, 63008</t>
   </si>
   <si>
     <t>HAMA-63008</t>
   </si>
   <si>
     <t>"Clip-Fix" Frameless Picture Holder, glass, 10.5 x 15 cm, 63002</t>
   </si>
   <si>
     <t>HAMA-63002</t>
   </si>
   <si>
+    <t>"Clip-Fix" Frameless Picture Holder, glass, 20 x 30 cm</t>
+  </si>
+  <si>
+    <t>HAMA-63018</t>
+  </si>
+  <si>
+    <t>Hama "Clip-Fix Style" Frameless Picture Holder, polystyrene, 21 x 29.7cm, DIN A4</t>
+  </si>
+  <si>
+    <t>HAMA-61595</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>"Clip-Fix" Frameless Picture Holder, glass, 20 x 30 cm</t>
-[...10 lines deleted...]
-  <si>
     <t>"Sevilla Décor" Plastic Frame, 15 x 20 cm, 66398</t>
   </si>
   <si>
     <t>HAMA-66398</t>
   </si>
   <si>
+    <t>Hama "Sevilla" Plastic Frame, 15 x 20 cm, 66248</t>
+  </si>
+  <si>
+    <t>HAMA-66248</t>
+  </si>
+  <si>
+    <t>"Sevilla" Plastic Frame, 15 x 20 cm, 66218</t>
+  </si>
+  <si>
+    <t>HAMA-66218</t>
+  </si>
+  <si>
+    <t>"Clip-Fix" Frameless Picture Holder, 30 x 40 cm, 63030</t>
+  </si>
+  <si>
+    <t>HAMA-63030</t>
+  </si>
+  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Hama "Sevilla" Plastic Frame, 15 x 20 cm, 66248</t>
-[...14 lines deleted...]
-    <t>HAMA-63030</t>
+    <t>Hama "Sevilla Décor" Plastic Frame, 20 x 30 cm, 66431</t>
+  </si>
+  <si>
+    <t>HAMA-66431</t>
   </si>
   <si>
     <t>not available</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-66431</t>
   </si>
   <si>
     <t>Hama “Chiaro” Plastic Frame, white, 20 x 30 cm</t>
   </si>
   <si>
     <t>HAMA-193277</t>
   </si>
   <si>
     <t>Hama “Chiaro” Plastic Frame, steel, 21 x 29.7 cm, DIN A4</t>
   </si>
   <si>
     <t>HAMA-193269</t>
   </si>
   <si>
     <t>Hama "Swing" Plastic Frame, White, 20 x 30 cm, 193212</t>
   </si>
   <si>
     <t>HAMA-193212</t>
   </si>
   <si>
     <t>Hama "Clip-Fix" Frameless Picture Holder, polystyrene, 29.7 x 42 cm</t>
   </si>
   <si>
     <t>HAMA-61596</t>
   </si>
@@ -632,275 +632,275 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>2.1</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>2.148</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>2.676</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>3.252</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>3.684</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>3.804</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>4.272</v>
+        <v>4.104</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>4.728</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11">
         <v>4.788</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
         <v>5.028</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
         <v>5.028</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
         <v>5.22</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>5.784</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
         <v>5.964</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>6.192</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
         <v>6.384</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>6.396</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>6.432</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>6.516</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>6.768</v>
@@ -912,149 +912,149 @@
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>6.804</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>6.828</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>7.572</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
         <v>8.712</v>
       </c>
       <c r="D26" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
         <v>8.712</v>
       </c>
       <c r="D27" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
         <v>9.96</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>10.128</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>12.756</v>
       </c>
       <c r="D30" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>23.88</v>
       </c>
       <c r="D31" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>