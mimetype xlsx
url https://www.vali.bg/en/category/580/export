--- v0 (2025-10-30)
+++ v1 (2026-01-29)
@@ -34,72 +34,72 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Firewall ZYXEL USG FLEX 100H 8x1Gbps, 1xUSB, no license</t>
   </si>
   <si>
     <t>ZYXEL-USGFLEX100H</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Firewall ZYXEL USG FLEX 200, 10/100/1000, 4x LAN/DMZ, 2x WAN, 1xSFP, 2xUSB, no license</t>
+  </si>
+  <si>
+    <t>ZYXEL-USGFLEX200</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Firewall ZYXEL USG FLEX 200, 10/100/1000, 4x LAN/DMZ, 2x WAN, 1xSFP, 2xUSB, no license</t>
-[...4 lines deleted...]
-  <si>
     <t>Firewall ZYXEL USG FLEX 200H 2x2.5Gbps 6x1Gbps, 1xUSB, no license</t>
   </si>
   <si>
     <t>ZYXEL-USGFLEX200H</t>
   </si>
   <si>
     <t>Firewall ZYXEL USG ATP200 UTM BDL Sandboxing, 10/100/1000, 4x LAN/DMZ, 2x WAN, 1xSFP, 2xUSB, UTM Bundle 1 year license(Anti-Spam, Anti-Virus, Content Filter, IDP)</t>
   </si>
   <si>
     <t>ZYXEL-ATP200-UTM</t>
-  </si>
-[...1 lines deleted...]
-    <t>not available</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -439,96 +439,96 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>1116.492</v>
+        <v>570.852</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>1479.504</v>
+        <v>756.456</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4">
+        <v>795.948</v>
+      </c>
+      <c r="D4" t="s">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>2043.936</v>
+        <v>1045.056</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D6"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>