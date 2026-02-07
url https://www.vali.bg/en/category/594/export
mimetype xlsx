--- v0 (2025-12-22)
+++ v1 (2026-02-07)
@@ -55,57 +55,57 @@
   <si>
     <t>BIRCH-HDR-SR</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>BIRCH SR5-U, 2D, RS232, USB</t>
   </si>
   <si>
     <t>BIRCH-SR5-USB</t>
   </si>
   <si>
     <t>BIRCH BD-6510T, 2D, USB, Bluetooth</t>
   </si>
   <si>
     <t>BIRCH-BD-6510T</t>
   </si>
   <si>
     <t>Symbol LS2208 Barcode Scanner With Cable and Stand</t>
   </si>
   <si>
     <t>SYM-LS2208USB</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>BIRCH MU80, Android Smart POS Termina</t>
   </si>
   <si>
     <t>BIRCH-MU80</t>
-  </si>
-[...1 lines deleted...]
-    <t>not available</t>
   </si>
   <si>
     <t>BIRCH Rugged Industrial Tablet P8100P</t>
   </si>
   <si>
     <t>BIRCH-P8100P</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -425,147 +425,147 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>24.0</v>
+        <v>12.276</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>93.312</v>
+        <v>64.812</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>188.292</v>
+        <v>128.832</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>298.8</v>
+        <v>152.772</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6">
+        <v>229.452</v>
+      </c>
+      <c r="D6" t="s">
         <v>13</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>1217.676</v>
+        <v>851.82</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D8"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>