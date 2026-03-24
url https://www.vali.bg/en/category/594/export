--- v1 (2026-02-07)
+++ v2 (2026-03-24)
@@ -55,57 +55,57 @@
   <si>
     <t>BIRCH-HDR-SR</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>BIRCH SR5-U, 2D, RS232, USB</t>
   </si>
   <si>
     <t>BIRCH-SR5-USB</t>
   </si>
   <si>
     <t>BIRCH BD-6510T, 2D, USB, Bluetooth</t>
   </si>
   <si>
     <t>BIRCH-BD-6510T</t>
   </si>
   <si>
     <t>Symbol LS2208 Barcode Scanner With Cable and Stand</t>
   </si>
   <si>
     <t>SYM-LS2208USB</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>BIRCH MU80, Android Smart POS Termina</t>
   </si>
   <si>
     <t>BIRCH-MU80</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>BIRCH Rugged Industrial Tablet P8100P</t>
   </si>
   <si>
     <t>BIRCH-P8100P</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -426,51 +426,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>12.276</v>
@@ -479,93 +479,93 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>64.812</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>128.832</v>
+        <v>98.412</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>152.772</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>229.452</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>851.82</v>
+        <v>534.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D8"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>