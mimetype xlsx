--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -7,185 +7,161 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$192</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$198</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>"Piscine" eBook Case for eBook Readers up to 15.24 cm, HAMA-216435</t>
   </si>
   <si>
     <t>HAMA-216435</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama "Fold" eBook 6.8" Case for Kindle Paperwhite 11th Gen. 2021</t>
   </si>
   <si>
     <t>HAMA-217168</t>
   </si>
   <si>
     <t>Hama eBook Case for Kindle WiFi/Paperwhite and Kobo Touch/Glo, 216436</t>
   </si>
   <si>
     <t>HAMA-216436</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Hama "Fold" eBook Case for Kindle 6", 11th gen. 2022/2024, black</t>
   </si>
   <si>
     <t>HAMA-217241</t>
   </si>
   <si>
     <t>HAMA Dynamic Microphone DM 20, 3.5mm, Black</t>
   </si>
   <si>
     <t>HAMA-46020</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>not available</t>
   </si>
   <si>
     <t>Hama "Fold" eBook Case for Kindle Paperwhite (Signature) 12th Gen. 2024/Colorsoft</t>
   </si>
   <si>
     <t>HAMA-216433</t>
   </si>
   <si>
-    <t>not available</t>
+    <t>on route</t>
   </si>
   <si>
     <t>Thomson M135D Dynamic Microphone, Karaoke, Pack of 2</t>
   </si>
   <si>
     <t>HAMA-131780</t>
   </si>
   <si>
-    <t>Dynamic Microphone HAMA Thomson M151, XLR, Silver</t>
-[...16 lines deleted...]
-  <si>
     <t>Hama "Ball Shape Speaker" Bluetooth® Loudspeaker, 5 Light Modes, 5W</t>
   </si>
   <si>
     <t>HAMA-188237</t>
   </si>
   <si>
-    <t>Hama "Ball Shape Speaker" Bluetooth® Loudspeaker, 5 Light Modes, 5W, 188238</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama “Jam Star” Dynamic Microphone, Jack Cable 3 m + Adapter, On/Off</t>
   </si>
   <si>
     <t>HAMA-46004</t>
   </si>
   <si>
     <t>Hama “Karaoke” Dynamic Microphone, Jack Cable 2.5 m + Adap., On/Off, Set of 2</t>
   </si>
   <si>
     <t>HAMA-46002</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama “Tube 4.0” Bluetooth® Loudspeaker, 3,5W, black</t>
   </si>
   <si>
     <t>HAMA-188241</t>
   </si>
   <si>
+    <t>Hama “Vocal Pro” Dynamic Microphone, Cable 6.35 mm, 3 m, On/Off Switch</t>
+  </si>
+  <si>
+    <t>HAMA-46006</t>
+  </si>
+  <si>
     <t>METZ Bluetooth column Sound 2 Mini /soundbar/, 10W, LED, FM radio, SD slot</t>
   </si>
   <si>
     <t>METZ-SPEAKER-MEBS60</t>
   </si>
   <si>
-    <t>Hama “Vocal Pro” Dynamic Microphone, Cable 6.35 mm, 3 m, On/Off Switch</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Buddy 3.0" Bluetooth® Loudspeaker, Waterproof IPX7, 6 W, 188235</t>
   </si>
   <si>
     <t>HAMA-188235</t>
   </si>
   <si>
     <t>Hama "Pocket 3.0" Bluetooth® Loudspeaker Small Box, 188224</t>
   </si>
   <si>
     <t>HAMA-188224</t>
   </si>
   <si>
     <t>Hama "Pocket 3.0" Bluetooth® Loudspeaker Small Box, 188225</t>
   </si>
   <si>
     <t>HAMA-188225</t>
   </si>
   <si>
     <t>Magic Dongle for PHOTON robot EDU version</t>
   </si>
   <si>
     <t>PHOTON-EDU-MAGIC-DONGLE</t>
   </si>
   <si>
     <t>Portable speaker Creative MUVO Free Clip-On</t>
@@ -202,74 +178,86 @@
   <si>
     <t>Amazon Echo Pop Full sound compact smart speaker with Alexa, Green</t>
   </si>
   <si>
     <t>AMAZON-ECHO-POP-GR</t>
   </si>
   <si>
     <t>Wireless speaker JBL GO Essential - Black</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-BLK</t>
   </si>
   <si>
     <t>Wireless speaker JBL GO Essential - Red</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-RED</t>
   </si>
   <si>
     <t>Wireless speaker JBL GO Essential - Blue</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-BLUE</t>
   </si>
   <si>
+    <t>Amazon Fire TV Stick HD Gen3 Media Player</t>
+  </si>
+  <si>
+    <t>AMAZON-TV-STICK-FIR-G3-24</t>
+  </si>
+  <si>
     <t>Bluetooth Soundbar Creative Stage SE mini, 2.0, USB-C, Bluetooth, Black</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-SE-MINI</t>
   </si>
   <si>
     <t>Portable speaker Creative MUVO Flex - Black</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-FLEX-BK</t>
   </si>
   <si>
     <t>Portable speaker Creative MUVO Flex - Gray</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-FLEX-GR</t>
   </si>
   <si>
     <t>Hama "Bomb 3.0" Bluetooth® Loudspeaker, Waterproof IPX7, LED, 16 W, black</t>
   </si>
   <si>
     <t>HAMA-188234</t>
   </si>
   <si>
+    <t>Amazon Fire TV Stick 4K Plus Media Player (2025)</t>
+  </si>
+  <si>
+    <t>AMAZON-TV-STICK-PLUS</t>
+  </si>
+  <si>
     <t>Wireless speaker JBL GO 4 Blue</t>
   </si>
   <si>
     <t>JBL-GO4-BLU</t>
   </si>
   <si>
     <t>Wireless speaker JBL GO 4 White</t>
   </si>
   <si>
     <t>JBL-GO4-WHT</t>
   </si>
   <si>
     <t>Wireless speaker JBL GO 4 Red</t>
   </si>
   <si>
     <t>JBL-GO4-RED</t>
   </si>
   <si>
     <t>Wireless speaker JBL GO 4 Purple</t>
   </si>
   <si>
     <t>JBL-GO4-PUR</t>
   </si>
   <si>
     <t>Wireless speaker JBL GO 4 Squad</t>
@@ -280,564 +268,588 @@
   <si>
     <t>Portable speaker Creative MUVO Play - Blue</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-PLAY</t>
   </si>
   <si>
     <t>Portable speaker Creative MUVO Play - Black</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-PLAYB</t>
   </si>
   <si>
     <t>Bluetooth speaker JBL GO 4 BLACK</t>
   </si>
   <si>
     <t>JBL-GO4-BLACK</t>
   </si>
   <si>
     <t>Bluetooth speaker JBL GO 4 PINK</t>
   </si>
   <si>
     <t>JBL-GO4-PINK</t>
   </si>
   <si>
-    <t>Mobile Speaker Google Home mini, Chalk</t>
-[...10 lines deleted...]
-  <si>
     <t>Multimedia Speaker Amazon Echo Dot 5, Deep Sea Blue</t>
   </si>
   <si>
     <t>AMAZON-ECHO-DOT5-DEEP-BL</t>
   </si>
   <si>
     <t>Multimedia Speaker Amazon Echo Dot 5, White</t>
   </si>
   <si>
     <t>AMAZON-ECHO-DOT5-WH</t>
   </si>
   <si>
     <t>Multimedia Speaker Amazon Echo Dot 5, Black</t>
   </si>
   <si>
     <t>AMAZON-ECHO-DOT5-BL</t>
   </si>
   <si>
     <t>Hama "Shine 2.0" Bluetooth® Loudspeaker, LED, Splashproof, 30 W, white</t>
   </si>
   <si>
     <t>HAMA-188229</t>
   </si>
   <si>
     <t>Bluetooth Саундбар Creative STAGE AIR V2, 2.0, USB-C, Aux-in, 10W, Black</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-AIR-V2</t>
   </si>
   <si>
     <t>Fire TV Stick 4K Gen2 streaming device, Wi-Fi 6, Alexa Voice Remote</t>
   </si>
   <si>
     <t>AMAZON-TV-STICK-FIRE</t>
   </si>
   <si>
     <t>Bluetooth Soundbar Creative Sound Blaster GS3 - Black</t>
   </si>
   <si>
     <t>CREAT-SND-X-GS3</t>
   </si>
   <si>
+    <t>Fire TV Stick Max 4K streaming device G2, Wi-Fi 6, Alexa Voice Remote</t>
+  </si>
+  <si>
+    <t>AMAZON-TV-STICK-FIR-G2-23</t>
+  </si>
+  <si>
     <t>All-new Echo Spot (2024 release), Smart alarm clock with vibrant sound + Alexa, Black</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SPOT-BL</t>
   </si>
   <si>
     <t>j5create ScreenCast 4K Wireless Display Adapter</t>
   </si>
   <si>
     <t>J5-JVAW76</t>
   </si>
   <si>
     <t>Hama "Shine 2.0" Bluetooth® Loudspeaker, LED, Splash-Protected, 30W, blk</t>
   </si>
   <si>
     <t>HAMA-188228</t>
   </si>
   <si>
+    <t>All-new Echo Spot (2024 release), Smart alarm clock with vibrant sound + Alexa, Glacier Blue</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SPOT-BLUE</t>
+  </si>
+  <si>
     <t>Bluetooth Creative STAGE SE 2.0 USB, 48W, Black</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-SE</t>
   </si>
   <si>
     <t>All-new Echo Spot (2024 release), Smart alarm clock with vibrant sound + Alexa, Glacier White</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SPOT-WH</t>
   </si>
   <si>
-    <t>All-new Echo Spot (2024 release), Smart alarm clock with vibrant sound + Alexa, Glacier Blue</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Bluetooth® "Pipe 3.0" Loudspeaker, 188202</t>
   </si>
   <si>
     <t>HAMA-188202</t>
   </si>
   <si>
-    <t>Google Nest Audio, Mobile Smart Speaker, Chalk</t>
-[...8 lines deleted...]
-    <t>AMAZON-TV-STICK-FIR-G2-23</t>
+    <t>Conference headset for PC Jabra Speak 410, Black, Unified Communications</t>
+  </si>
+  <si>
+    <t>JABRA-7410-209</t>
+  </si>
+  <si>
+    <t>j5create ScreenCast, JVAW62, 1920 × 1080, Wireless Display Adapter, 2.4 GHz, 5 GHz, WPA2</t>
+  </si>
+  <si>
+    <t>J5-JVAW62</t>
   </si>
   <si>
     <t>Bluetooth Soundbar Creative Sound Blaster GS5 - Black</t>
   </si>
   <si>
     <t>CREAT-SND-X-GS5</t>
   </si>
   <si>
     <t>j5 create JVAW61  Screencast FHD  USB-C Wireless Extender</t>
   </si>
   <si>
     <t>J5-JVAW61</t>
   </si>
   <si>
+    <t>Amazon Echo Show 5, Multimedia Speaker, 3rd Gen, Display, Charcoal</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW5-BLU-G3</t>
+  </si>
+  <si>
+    <t>Amazon Echo Show 5, Multimedia Speaker, 3nd Gen., Display, Black</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW5-BL-G3</t>
+  </si>
+  <si>
     <t>j5 create JVAW76 MAX Adapter, ScreenCast 4K, HDMI</t>
   </si>
   <si>
     <t>J5-JVAW76MAX</t>
   </si>
   <si>
-    <t>Amazon Echo Show 5, Multimedia Speaker, 3rd Gen, Display, Charcoal</t>
-[...4 lines deleted...]
-  <si>
     <t>Amazon Echo Show 5, Multimedia Speaker, 3nd Gen., Display, White</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW5-WH-G3</t>
   </si>
   <si>
-    <t>Amazon Echo Show 5, Multimedia Speaker, 3nd Gen., Display, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Mate Pro" Bluetooth® Loudspeaker, Waterproof IPX6, Power Pack, 60W, blk</t>
   </si>
   <si>
     <t>HAMA-188219</t>
   </si>
   <si>
     <t>Bluetooth Speaker with FM JBL Tuner 2 Black</t>
   </si>
   <si>
     <t>JBL-TUNER2-BLK</t>
   </si>
   <si>
     <t>Bluetooth Speaker with FM JBL Tuner 2 White</t>
   </si>
   <si>
     <t>JBL-TUNER2-WH</t>
   </si>
   <si>
-    <t>j5create ScreenCast, JVAW62, 1920 × 1080, Wireless Display Adapter, 2.4 GHz, 5 GHz, WPA2</t>
-[...10 lines deleted...]
-  <si>
     <t>Conference speaker for PC Jabra Speak 510 UC, Wireless, Bluetooth</t>
   </si>
   <si>
     <t>JABRA-510UC-VOIP</t>
   </si>
   <si>
     <t>Jabra Speak 410 conference speaker for PC, Bluetooth, USB</t>
   </si>
   <si>
     <t>JABRA-7410-109</t>
   </si>
   <si>
-    <t>Google Nest Hub 2nd generation - Anthracite gray</t>
-[...10 lines deleted...]
-  <si>
     <t>Wireless speaker JBL FLIP Essential 2 Grey</t>
   </si>
   <si>
     <t>JBL-FLIPES2-GR</t>
   </si>
   <si>
     <t>Conference speaker for PC Jabra Speak 510 MS Bluetooth, 7510-109</t>
   </si>
   <si>
     <t>JABRA-7510-109</t>
   </si>
   <si>
+    <t>Multimedia player Google TV Streamer 4K, 32GB, with remote control</t>
+  </si>
+  <si>
+    <t>GOOGLE-TV-STREAMER-WH</t>
+  </si>
+  <si>
     <t>Wireless speaker JBL FLIP 6 White</t>
   </si>
   <si>
     <t>JBL-FLIP6-WT</t>
   </si>
   <si>
+    <t>eBooks Reader Kindle Touch 6", 16GB, 11 generation, 2024, Matcha</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-2024-16GB-GR</t>
+  </si>
+  <si>
     <t>Wireless speaker JBL FLIP 7 - Rad</t>
   </si>
   <si>
     <t>JBL-FLIP7-RED</t>
   </si>
   <si>
     <t>Wireless speaker JBL FLIP 7 - Blue</t>
   </si>
   <si>
     <t>JBL-FLIP7-BLUE</t>
   </si>
   <si>
     <t>Bluetooth Speaker with FM JBL Horizon 3 - Grey</t>
   </si>
   <si>
     <t>JBL-HORIZON3-BL</t>
   </si>
   <si>
     <t>Soundbar 2.1 Creative Stage Pro 160W - Dolby Atmos - Black</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-PRO</t>
   </si>
   <si>
     <t>Amazon Echo Show 8 (Gen 3), Multimedia Speaker, Display, White</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW8G3-WT</t>
   </si>
   <si>
+    <t>Amazon Echo Show 8 (Gen 3), Multimedia Speaker, Display, Charcoal</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW8G3-BK</t>
+  </si>
+  <si>
     <t>j5 create 4K JVAW575 - wireless HDMI extender</t>
   </si>
   <si>
     <t>J5-JVAW75</t>
   </si>
   <si>
     <t>Bluetooth Speaker with FM JBL Tuner XL Black</t>
   </si>
   <si>
     <t>JBL-TUNERXL-BLK</t>
   </si>
   <si>
     <t>Wireless speaker JBL FLIP 6 Black</t>
   </si>
   <si>
     <t>JBL-FLIP6-BK</t>
   </si>
   <si>
     <t>Wireless speaker JBL CHARGE Essential 2 Black</t>
   </si>
   <si>
     <t>JBL-CHARGE2ES-BLK</t>
   </si>
   <si>
     <t>JBL Tuner XL wireless speaker, black</t>
   </si>
   <si>
     <t>JBL-TUNERXLBLKEUNA</t>
   </si>
   <si>
-    <t>Amazon Echo Show 8 (Gen 3), Multimedia Speaker, Display, Charcoal</t>
-[...10 lines deleted...]
-  <si>
     <t>eBook Reader Kindle Touch 6", 16GB, 11 generation, 2024, Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-2024-16GB-BK</t>
   </si>
   <si>
+    <t>Wireless speakerphone Jabra Speak2 55 - Bluetooth</t>
+  </si>
+  <si>
+    <t>JABRA-SPEAK255</t>
+  </si>
+  <si>
     <t>Wireless speaker JBL CHARGE 5 Pink</t>
   </si>
   <si>
     <t>JBL-CHARGE5-PINK</t>
   </si>
   <si>
     <t>Wireless speaker JBL CHARGE 5 Teal</t>
   </si>
   <si>
     <t>JBL-CHARGE5-TEAL</t>
   </si>
   <si>
     <t>eBook Reader Kindle Paperwhite 7", 16GB, 2024, 12 generation, IPX8, ADS</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-ADS</t>
   </si>
   <si>
     <t>eBooks Reader Kindle Paperwhite 6.8", 16GB,12 generation, 2024, IPX8, Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-16</t>
   </si>
   <si>
     <t>Hama Canton "UltiMate Pro" Bluetooth® Loudsp., Waterproof IPX6, Power Pack, 120W, blk</t>
   </si>
   <si>
     <t>HAMA-188232</t>
   </si>
   <si>
+    <t>eReader Hanspree HannsNote2 64GB - Black</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN10HR1BR</t>
+  </si>
+  <si>
+    <t>Wireless speaker JBL CHARGE 5 Black</t>
+  </si>
+  <si>
+    <t>JBL-CHARGE5-BLK-WIFI</t>
+  </si>
+  <si>
+    <t>Amazon Echo Show 8, Vibrant HD 8.7" display with spatial audio and Alexa, Glacier White</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW8G4-WT</t>
+  </si>
+  <si>
+    <t>Amazon Echo Show 8 (newest gen), Vibrant HD 8.7" display with spatial audio and Alexa, Graphite</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW8G4-BK</t>
+  </si>
+  <si>
+    <t>PHOTON robot EDU version</t>
+  </si>
+  <si>
+    <t>PHOTON-EDU-ROBOT</t>
+  </si>
+  <si>
+    <t>eBook Reader Kindle Colorsoft Signature Edition 16GB 2024, Metalilic Black</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-CS-2024-16R</t>
+  </si>
+  <si>
+    <t>Conference speaker for PC Jabra Speak 750 MS Teams, 7700-409</t>
+  </si>
+  <si>
+    <t>JABRA-7700-409</t>
+  </si>
+  <si>
     <t>eBook Reader Kindle Paperwhite Signature Edition 7", 32GB, 2024, 12 Generation, IPX8, metalilic rasberry</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-32R</t>
   </si>
   <si>
-    <t>Wireless speaker JBL CHARGE 5 Black</t>
-[...8 lines deleted...]
-    <t>PHOTON-EDU-ROBOT</t>
+    <t>Party Speaker Hisense Party Storm 1 + Dual Wireless Microphone - Black</t>
+  </si>
+  <si>
+    <t>HIS-SPEAK-PARTY-STORM1</t>
   </si>
   <si>
     <t>Amazon Echo Show 11 Full HD, 3D audio, Multimedia Speaker, Display, White</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW11-WH</t>
   </si>
   <si>
-    <t>Conference speaker for PC Jabra Speak 750 MS Teams, 7700-409</t>
-[...4 lines deleted...]
-  <si>
     <t>Amazon Echo Studio, Charcoal</t>
   </si>
   <si>
     <t>AMAZON-ECHO-STUDIO-BL</t>
   </si>
   <si>
     <t>Wireless speaker JBL XTREME 4 Black</t>
   </si>
   <si>
     <t>JBL-XTREME4-BLK</t>
   </si>
   <si>
     <t>eBook reader Kindle Colorsoft Signature Edition 32GB 2024- Metallic Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-CS-2024-32R</t>
   </si>
   <si>
-    <t>eReader Hanspree HannsNote2 64GB - Black</t>
-[...2 lines deleted...]
-    <t>HSG-TAB-SN10HR1BR</t>
+    <t>Amazon Kindle Scribe (2022) reader 16GB - 10.2" - w Basic Pen - Gray</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-SCRIBE16-BAS</t>
+  </si>
+  <si>
+    <t>Bluetooth speaker JBL PartyBox Club 120, 160W, Black</t>
+  </si>
+  <si>
+    <t>JBL-PARTYBOX-CLUB120</t>
+  </si>
+  <si>
+    <t>Bluetooth speaker JBL PartyBox Club 120, 160W - White</t>
+  </si>
+  <si>
+    <t>JBL-PARTYBOX-CLUB120-SW</t>
+  </si>
+  <si>
+    <t>Wireless speaker JBL PartyBox Encore 2 + Microphone - Black</t>
+  </si>
+  <si>
+    <t>JBL-PARTYBOX-ENC2</t>
+  </si>
+  <si>
+    <t>Hybrid Reader Tablet Hanspree Lumo Paper 7.8", 64 GB</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN08HD1B2AY02</t>
+  </si>
+  <si>
+    <t>Amazon Echo Show 15 Smart 15.6" FHD + Fire TV, Alexa, preview display, black, gen 2</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW15-TV-BL</t>
+  </si>
+  <si>
+    <t>Amazon Kindle Scribe (2024) reader 32GB - 10.2" - w Premium Pen - tungsten</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-SCRIBE32PRT</t>
   </si>
   <si>
     <t>Amazon Kindle Scribe (2024) четец  16GB - 10.2" - w Premium Pen - Tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE16PRT</t>
   </si>
   <si>
-    <t>Bluetooth speaker JBL PartyBox Club 120, 160W, Black</t>
-[...34 lines deleted...]
-  <si>
     <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE64PRT</t>
   </si>
   <si>
     <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - metalic jade</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE64PRT1</t>
   </si>
   <si>
     <t>Amazon Echo Show 21 Smart display 21" FHD + Fire TV, Alexa, preview display</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW21-FireTV</t>
   </si>
   <si>
     <t>Bluetooth speaker JBL PartyBox Stage 320, 240W, Black</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-STAGE320</t>
   </si>
   <si>
     <t>Bluetooth speaker JBL PartyBox Stage 320, 240W - White</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-STAGE320-W</t>
   </si>
   <si>
     <t>Tablet ReMarkable 2, 10.3″, E-ink, Marker plus</t>
   </si>
   <si>
     <t>REM-2TABLET</t>
   </si>
   <si>
     <t>Soundbar JBL - Bar 500MK2, 5.1</t>
   </si>
   <si>
     <t>JBL-BAR-500MK2</t>
   </si>
   <si>
     <t>JBL Studio 680 speaker, 2.0, bass reflex</t>
   </si>
   <si>
     <t>JBL-STUDIO-680</t>
   </si>
   <si>
+    <t>Tablet ReMarkable 2 Marker plus black+Book Folio Premium Leather</t>
+  </si>
+  <si>
+    <t>REM-2TABLET1</t>
+  </si>
+  <si>
+    <t>Tablet ReMarkable Pro Move, Marker plus black, Book Folio Premium Black Leather</t>
+  </si>
+  <si>
+    <t>REM-2MTABLET</t>
+  </si>
+  <si>
     <t>Bluetooth speaker JBL PartyBox Stage 520, 400W RMS- Black</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-520EU</t>
   </si>
   <si>
     <t>Bluetooth speaker JBL Partybox 720, 800W RMS - Black</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-720EU</t>
   </si>
   <si>
     <t>Soundbar JBL - Bar 800MK2, 7.1</t>
   </si>
   <si>
     <t>JBL-BAR-800MK2</t>
   </si>
   <si>
     <t>High-performance subwoofer - JBL Studio 650P Home Audio Loudspeaker System</t>
   </si>
   <si>
     <t>JBL-STUDIO-650P</t>
   </si>
   <si>
-    <t>Tablet reMarkable Paper Pro 11.8" Paper Tablet with with Marker</t>
-[...2 lines deleted...]
-    <t>REM-PAPERPRO1</t>
+    <t>Tablet reMarkable Paper Pro 11.8" Paper Tablet with with Marker Plus - Gray</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO</t>
+  </si>
+  <si>
+    <t>reMarkable Paper Pro 11.8" Tablet with Marker Plus stylus included, Book Folio case gray</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO2</t>
+  </si>
+  <si>
+    <t>Tablet reMarkable Paper Pro 11.8", with with Marker plus black,Premium Leather Book Folio</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO3</t>
   </si>
   <si>
     <t>ReMarkable Paper Pro Tablet, E-ink, color</t>
   </si>
   <si>
     <t>REM-PAPERPRO-TAB</t>
-  </si>
-[...10 lines deleted...]
-    <t>REM-PAPERPRO2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1141,51 +1153,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D192"/>
+  <dimension ref="A1:D198"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1208,2673 +1220,2757 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>9.756</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>10.176</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>10.644</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>11.136</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>11.184</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8">
         <v>13.392</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9">
-        <v>14.604</v>
+        <v>15.144</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>15.048</v>
+        <v>15.768</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>15.144</v>
+        <v>17.184</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>15.144</v>
+        <v>19.068</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>15.204</v>
+        <v>19.74</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>15.768</v>
+        <v>19.944</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>17.184</v>
+        <v>20.664</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>19.068</v>
+        <v>26.724</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>19.944</v>
+        <v>26.808</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>20.592</v>
+        <v>30.06</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>20.676</v>
+        <v>30.168</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>26.724</v>
+        <v>30.252</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>26.808</v>
+        <v>31.944</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>30.06</v>
+        <v>35.28</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>30.168</v>
+        <v>35.28</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>30.252</v>
+        <v>35.28</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>31.944</v>
+        <v>38.4</v>
       </c>
       <c r="D25" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>35.28</v>
+        <v>40.392</v>
       </c>
       <c r="D26" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>35.28</v>
+        <v>40.392</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>35.28</v>
+        <v>40.392</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>40.392</v>
+        <v>43.74</v>
       </c>
       <c r="D29" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>40.392</v>
+        <v>44.904</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>40.392</v>
+        <v>45.504</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>43.74</v>
+        <v>45.504</v>
       </c>
       <c r="D32" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
         <v>45.504</v>
       </c>
       <c r="D33" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
         <v>45.504</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
         <v>45.504</v>
       </c>
       <c r="D35" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
         <v>45.504</v>
       </c>
       <c r="D36" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
         <v>45.504</v>
       </c>
       <c r="D37" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
         <v>45.504</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
         <v>45.504</v>
       </c>
       <c r="D39" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>45.504</v>
+        <v>48.816</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>45.504</v>
+        <v>48.816</v>
       </c>
       <c r="D41" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>45.708</v>
+        <v>48.816</v>
       </c>
       <c r="D42" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>47.868</v>
+        <v>59.1</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>48.816</v>
+        <v>60.84</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>48.816</v>
+        <v>63.504</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>48.816</v>
+        <v>63.912</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>59.1</v>
+        <v>64.8</v>
       </c>
       <c r="D47" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>60.84</v>
+        <v>66.06</v>
       </c>
       <c r="D48" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>63.504</v>
+        <v>67.5</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>63.912</v>
+        <v>69.012</v>
       </c>
       <c r="D50" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>64.536</v>
+        <v>69.492</v>
       </c>
       <c r="D51" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>67.5</v>
+        <v>71.064</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>68.952</v>
+        <v>74.856</v>
       </c>
       <c r="D53" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>71.064</v>
+        <v>76.692</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>74.856</v>
+        <v>81.6</v>
       </c>
       <c r="D55" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>75.084</v>
+        <v>83.568</v>
       </c>
       <c r="D56" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>76.692</v>
+        <v>86.412</v>
       </c>
       <c r="D57" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>82.824</v>
+        <v>87.336</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>84.996</v>
+        <v>87.78</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>86.412</v>
+        <v>89.388</v>
       </c>
       <c r="D60" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>87.336</v>
+        <v>90.0</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>90.0</v>
+        <v>92.508</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>90.828</v>
+        <v>94.584</v>
       </c>
       <c r="D63" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>90.828</v>
+        <v>94.956</v>
       </c>
       <c r="D64" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>90.828</v>
+        <v>96.636</v>
       </c>
       <c r="D65" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>94.584</v>
+        <v>101.232</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>94.956</v>
+        <v>101.232</v>
       </c>
       <c r="D67" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>96.636</v>
+        <v>111.972</v>
       </c>
       <c r="D68" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>97.5</v>
+        <v>117.084</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>101.232</v>
+        <v>130.8</v>
       </c>
       <c r="D70" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>101.232</v>
+        <v>132.42</v>
       </c>
       <c r="D71" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>101.232</v>
+        <v>135.204</v>
       </c>
       <c r="D72" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>108.708</v>
+        <v>137.532</v>
       </c>
       <c r="D73" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>108.708</v>
+        <v>137.532</v>
       </c>
       <c r="D74" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>111.972</v>
+        <v>137.532</v>
       </c>
       <c r="D75" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>117.084</v>
+        <v>138.948</v>
       </c>
       <c r="D76" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>132.42</v>
+        <v>139.092</v>
       </c>
       <c r="D77" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>137.532</v>
+        <v>141.048</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>137.532</v>
+        <v>141.348</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>137.532</v>
+        <v>147.756</v>
       </c>
       <c r="D80" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>138.948</v>
+        <v>147.756</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>139.092</v>
+        <v>147.756</v>
       </c>
       <c r="D82" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>141.348</v>
+        <v>150.324</v>
       </c>
       <c r="D83" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>147.756</v>
+        <v>151.2</v>
       </c>
       <c r="D84" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>147.756</v>
+        <v>154.8</v>
       </c>
       <c r="D85" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>147.756</v>
+        <v>178.44</v>
       </c>
       <c r="D86" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>150.324</v>
+        <v>178.44</v>
       </c>
       <c r="D87" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>151.356</v>
+        <v>198.0</v>
       </c>
       <c r="D88" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>160.992</v>
+        <v>198.888</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>162.588</v>
+        <v>204.0</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>178.44</v>
+        <v>219.0</v>
       </c>
       <c r="D91" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>178.44</v>
+        <v>229.572</v>
       </c>
       <c r="D92" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>198.0</v>
+        <v>239.736</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>198.888</v>
+        <v>239.748</v>
       </c>
       <c r="D94" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>204.0</v>
+        <v>242.352</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>226.8</v>
+        <v>254.544</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>229.572</v>
+        <v>260.76</v>
       </c>
       <c r="D97" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>242.352</v>
+        <v>266.772</v>
       </c>
       <c r="D98" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>260.28</v>
+        <v>268.992</v>
       </c>
       <c r="D99" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>260.76</v>
+        <v>286.5</v>
       </c>
       <c r="D100" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
         <v>288.936</v>
       </c>
       <c r="D101" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B102" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C102">
         <v>10.644</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B103" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C103">
         <v>11.184</v>
       </c>
       <c r="D103" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B104" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C104">
         <v>13.392</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
+        <v>22</v>
+      </c>
+      <c r="B105" t="s">
         <v>23</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105">
-        <v>15.048</v>
+        <v>15.144</v>
       </c>
       <c r="D105" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
+        <v>24</v>
+      </c>
+      <c r="B106" t="s">
         <v>25</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106">
-        <v>15.144</v>
+        <v>15.768</v>
       </c>
       <c r="D106" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
+        <v>26</v>
+      </c>
+      <c r="B107" t="s">
         <v>27</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107">
-        <v>15.144</v>
+        <v>17.184</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
+        <v>28</v>
+      </c>
+      <c r="B108" t="s">
         <v>29</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108">
-        <v>15.204</v>
+        <v>19.068</v>
       </c>
       <c r="D108" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
+        <v>30</v>
+      </c>
+      <c r="B109" t="s">
         <v>31</v>
       </c>
-      <c r="B109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109">
-        <v>15.768</v>
+        <v>19.74</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
+        <v>32</v>
+      </c>
+      <c r="B110" t="s">
         <v>33</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110">
-        <v>17.184</v>
+        <v>19.944</v>
       </c>
       <c r="D110" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B111" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C111">
-        <v>19.068</v>
+        <v>20.664</v>
       </c>
       <c r="D111" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>38</v>
       </c>
       <c r="B112" t="s">
         <v>39</v>
       </c>
       <c r="C112">
-        <v>19.944</v>
+        <v>26.808</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B113" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C113">
-        <v>20.592</v>
+        <v>30.168</v>
       </c>
       <c r="D113" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="B114" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="C114">
-        <v>20.676</v>
+        <v>35.28</v>
       </c>
       <c r="D114" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B115" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C115">
-        <v>26.808</v>
+        <v>35.28</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B116" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C116">
-        <v>30.168</v>
+        <v>35.28</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B117" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C117">
-        <v>35.28</v>
+        <v>38.4</v>
       </c>
       <c r="D117" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B118" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C118">
-        <v>35.28</v>
+        <v>40.392</v>
       </c>
       <c r="D118" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B119" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C119">
-        <v>35.28</v>
+        <v>40.392</v>
       </c>
       <c r="D119" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B120" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C120">
         <v>40.392</v>
       </c>
       <c r="D120" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B121" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C121">
-        <v>40.392</v>
+        <v>43.74</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B122" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C122">
-        <v>40.392</v>
+        <v>44.904</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B123" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C123">
-        <v>43.74</v>
+        <v>45.504</v>
       </c>
       <c r="D123" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B124" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C124">
         <v>45.504</v>
       </c>
       <c r="D124" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B125" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C125">
         <v>45.504</v>
       </c>
       <c r="D125" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B126" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C126">
         <v>45.504</v>
       </c>
       <c r="D126" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B127" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C127">
         <v>45.504</v>
       </c>
       <c r="D127" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B128" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C128">
         <v>45.504</v>
       </c>
       <c r="D128" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B129" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C129">
         <v>45.504</v>
       </c>
       <c r="D129" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B130" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C130">
         <v>45.504</v>
       </c>
       <c r="D130" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B131" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C131">
         <v>45.504</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="B132" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="C132">
-        <v>45.504</v>
+        <v>63.912</v>
       </c>
       <c r="D132" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="B133" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="C133">
-        <v>47.868</v>
+        <v>64.8</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B134" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C134">
-        <v>63.912</v>
+        <v>66.06</v>
       </c>
       <c r="D134" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>106</v>
       </c>
       <c r="B135" t="s">
         <v>107</v>
       </c>
       <c r="C135">
-        <v>64.536</v>
+        <v>69.492</v>
       </c>
       <c r="D135" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B136" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C136">
         <v>74.856</v>
       </c>
       <c r="D136" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>116</v>
       </c>
       <c r="B137" t="s">
         <v>117</v>
       </c>
       <c r="C137">
-        <v>75.084</v>
+        <v>83.568</v>
       </c>
       <c r="D137" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B138" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C138">
-        <v>82.824</v>
+        <v>86.412</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B139" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C139">
-        <v>84.996</v>
+        <v>87.336</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>124</v>
       </c>
       <c r="B140" t="s">
         <v>125</v>
       </c>
       <c r="C140">
-        <v>86.412</v>
+        <v>89.388</v>
       </c>
       <c r="D140" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>126</v>
       </c>
       <c r="B141" t="s">
         <v>127</v>
       </c>
       <c r="C141">
-        <v>87.336</v>
+        <v>90.0</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>128</v>
       </c>
       <c r="B142" t="s">
         <v>129</v>
       </c>
       <c r="C142">
-        <v>90.0</v>
+        <v>92.508</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B143" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C143">
-        <v>90.828</v>
+        <v>94.584</v>
       </c>
       <c r="D143" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B144" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C144">
-        <v>90.828</v>
+        <v>101.232</v>
       </c>
       <c r="D144" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B145" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C145">
-        <v>94.584</v>
+        <v>101.232</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>142</v>
       </c>
       <c r="B146" t="s">
         <v>143</v>
       </c>
       <c r="C146">
-        <v>97.5</v>
+        <v>117.084</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B147" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C147">
-        <v>101.232</v>
+        <v>130.8</v>
       </c>
       <c r="D147" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>148</v>
       </c>
       <c r="B148" t="s">
         <v>149</v>
       </c>
       <c r="C148">
-        <v>101.232</v>
+        <v>135.204</v>
       </c>
       <c r="D148" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="B149" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C149">
-        <v>117.084</v>
+        <v>137.532</v>
       </c>
       <c r="D149" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B150" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="C150">
         <v>137.532</v>
       </c>
       <c r="D150" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B151" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="C151">
         <v>137.532</v>
       </c>
       <c r="D151" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="B152" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C152">
-        <v>137.532</v>
+        <v>138.948</v>
       </c>
       <c r="D152" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B153" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C153">
-        <v>138.948</v>
+        <v>139.092</v>
       </c>
       <c r="D153" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="B154" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="C154">
-        <v>139.092</v>
+        <v>141.048</v>
       </c>
       <c r="D154" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="B155" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="C155">
         <v>141.348</v>
       </c>
       <c r="D155" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="B156" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C156">
         <v>150.324</v>
       </c>
       <c r="D156" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="B157" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="C157">
-        <v>151.356</v>
+        <v>151.2</v>
       </c>
       <c r="D157" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="B158" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="C158">
-        <v>160.992</v>
+        <v>154.8</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B159" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C159">
-        <v>162.588</v>
+        <v>198.0</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="B160" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="C160">
-        <v>198.0</v>
+        <v>198.888</v>
       </c>
       <c r="D160" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="B161" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="C161">
-        <v>198.888</v>
+        <v>204.0</v>
       </c>
       <c r="D161" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="B162" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="C162">
-        <v>204.0</v>
+        <v>219.0</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B163" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="C163">
-        <v>226.8</v>
+        <v>239.736</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="B164" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="C164">
-        <v>260.28</v>
+        <v>239.748</v>
       </c>
       <c r="D164" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="B165" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="C165">
-        <v>260.76</v>
+        <v>254.544</v>
       </c>
       <c r="D165" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="B166" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="C166">
-        <v>301.152</v>
+        <v>260.76</v>
       </c>
       <c r="D166" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="B167" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="C167">
-        <v>302.256</v>
+        <v>266.772</v>
       </c>
       <c r="D167" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="B168" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="C168">
-        <v>357.396</v>
+        <v>268.992</v>
       </c>
       <c r="D168" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="B169" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="C169">
-        <v>368.832</v>
+        <v>286.5</v>
       </c>
       <c r="D169" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B170" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C170">
-        <v>376.512</v>
+        <v>301.152</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="B171" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="C171">
-        <v>381.288</v>
+        <v>302.256</v>
       </c>
       <c r="D171" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B172" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="C172">
-        <v>393.18</v>
+        <v>311.568</v>
       </c>
       <c r="D172" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B173" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="C173">
-        <v>398.808</v>
+        <v>376.512</v>
       </c>
       <c r="D173" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B174" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="C174">
-        <v>399.336</v>
+        <v>381.288</v>
       </c>
       <c r="D174" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="B175" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="C175">
-        <v>406.8</v>
+        <v>398.808</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="B176" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="C176">
-        <v>442.8</v>
+        <v>399.0</v>
       </c>
       <c r="D176" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="B177" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="C177">
-        <v>442.8</v>
+        <v>399.336</v>
       </c>
       <c r="D177" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="B178" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="C178">
-        <v>530.184</v>
+        <v>406.8</v>
       </c>
       <c r="D178" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B179" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="C179">
-        <v>561.912</v>
+        <v>422.004</v>
       </c>
       <c r="D179" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="B180" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="C180">
-        <v>561.912</v>
+        <v>442.8</v>
       </c>
       <c r="D180" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="B181" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="C181">
-        <v>576.216</v>
+        <v>442.8</v>
       </c>
       <c r="D181" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B182" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="C182">
-        <v>613.032</v>
+        <v>525.216</v>
       </c>
       <c r="D182" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="B183" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="C183">
-        <v>766.428</v>
+        <v>561.912</v>
       </c>
       <c r="D183" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="B184" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="C184">
-        <v>817.56</v>
+        <v>561.912</v>
       </c>
       <c r="D184" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="B185" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="C185">
-        <v>817.56</v>
+        <v>601.572</v>
       </c>
       <c r="D185" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B186" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="C186">
-        <v>843.12</v>
+        <v>613.032</v>
       </c>
       <c r="D186" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="B187" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="C187">
-        <v>843.12</v>
+        <v>766.428</v>
       </c>
       <c r="D187" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="B188" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="C188">
-        <v>1141.5</v>
+        <v>770.76</v>
       </c>
       <c r="D188" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="B189" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="C189">
-        <v>1249.38</v>
+        <v>789.564</v>
       </c>
       <c r="D189" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="B190" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="C190">
-        <v>1294.32</v>
+        <v>817.56</v>
       </c>
       <c r="D190" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
+        <v>250</v>
+      </c>
+      <c r="B191" t="s">
+        <v>251</v>
+      </c>
+      <c r="C191">
+        <v>817.56</v>
+      </c>
+      <c r="D191" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>252</v>
+      </c>
+      <c r="B192" t="s">
+        <v>253</v>
+      </c>
+      <c r="C192">
+        <v>843.12</v>
+      </c>
+      <c r="D192" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>254</v>
+      </c>
+      <c r="B193" t="s">
+        <v>255</v>
+      </c>
+      <c r="C193">
+        <v>843.12</v>
+      </c>
+      <c r="D193" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>256</v>
+      </c>
+      <c r="B194" t="s">
+        <v>257</v>
+      </c>
+      <c r="C194">
+        <v>894.84</v>
+      </c>
+      <c r="D194" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
         <v>258</v>
       </c>
-      <c r="B191" t="s">
+      <c r="B195" t="s">
         <v>259</v>
       </c>
-      <c r="C191">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="C195">
+        <v>1040.22</v>
+      </c>
+      <c r="D195" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>260</v>
+      </c>
+      <c r="B196" t="s">
+        <v>261</v>
+      </c>
+      <c r="C196">
+        <v>1065.276</v>
+      </c>
+      <c r="D196" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>262</v>
+      </c>
+      <c r="B197" t="s">
+        <v>263</v>
+      </c>
+      <c r="C197">
+        <v>1249.38</v>
+      </c>
+      <c r="D197" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D192"/>
+  <autoFilter ref="A1:D198"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>