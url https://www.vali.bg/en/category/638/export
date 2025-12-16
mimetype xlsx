--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -55,120 +55,120 @@
   <si>
     <t>HAMA-111267</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Xavax Reusable Pads, Set of 2 for Senseo and Similar Models, 111261</t>
   </si>
   <si>
     <t>HAMA-111261</t>
   </si>
   <si>
     <t>Xavax Electric Milk Frother, 111258</t>
   </si>
   <si>
     <t>HAMA-111258</t>
   </si>
   <si>
     <t>Xavax Coffee Pad Tin for Storing 20, 111264</t>
   </si>
   <si>
     <t>HAMA-111264</t>
   </si>
   <si>
+    <t>Xavax Permanent Filter for Coffee Makers, Coffee Filter Replacement for Size 4, 111263</t>
+  </si>
+  <si>
+    <t>HAMA-111263</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Pad Tin for Storing 20 Senseo Pads, 111272</t>
+  </si>
+  <si>
+    <t>HAMA-111272</t>
+  </si>
+  <si>
+    <t>Xavax Grinder Cleaner for Automatic Coffee Makers &amp; Coffee Grinders, 111759</t>
+  </si>
+  <si>
+    <t>HAMA-111759</t>
+  </si>
+  <si>
+    <t>Xavax Multi-silicone Grease Food-safe, f. Fully Automatic Coffee Makers, 111177</t>
+  </si>
+  <si>
+    <t>HAMA-111177</t>
+  </si>
+  <si>
+    <t>Drainer Rack with Bottle Holder for up to 6 Bottles, HAMA-111459</t>
+  </si>
+  <si>
+    <t>HAMA-111459</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Milk Jug, stainless steel, 111166</t>
+  </si>
+  <si>
+    <t>HAMA-111166</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Capsule Stand for Tassimo, Holder for 26 Capsules, 111269</t>
+  </si>
+  <si>
+    <t>HAMA-111269</t>
+  </si>
+  <si>
+    <t>Xavax Tamping Set, 51 mm Tamper, 111276</t>
+  </si>
+  <si>
+    <t>HAMA-111276</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Capsule Stand for Dolce Gusto, Nespresso Vertuo, 16 Capsules, 111266</t>
+  </si>
+  <si>
+    <t>HAMA-111266</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Xavax Coffee Pad Tin for Storing 20 Senseo Pads, 111272</t>
-[...49 lines deleted...]
-  <si>
     <t>Xavax Coffee Tin for 500 g of Beans or 700 g of Powder, 111275</t>
   </si>
   <si>
     <t>HAMA-111275</t>
   </si>
   <si>
     <t>Xavax Stainless Steel Barista Milk Jug, Milk Froth Jug, 350ml, 111260</t>
   </si>
   <si>
     <t>HAMA-111260</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-111459</t>
   </si>
   <si>
     <t>Xavax Coffee Capsule Stand for Nespresso, Holder for 40 Capsules, 111265</t>
   </si>
   <si>
     <t>HAMA-111265</t>
   </si>
   <si>
     <t>Xavax Stainless Steel Espresso Maker for 4 Cups, 111274</t>
   </si>
   <si>
     <t>HAMA-111274</t>
   </si>
   <si>
     <t>Xavax Coffee Tin for 1.3 kg Beans or 1.5 kg Powder, Airtight, 111262</t>
   </si>
   <si>
     <t>HAMA-111262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -501,51 +501,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>6.6</v>
@@ -568,250 +568,250 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>7.56</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>10.26</v>
+        <v>10.692</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>12.24</v>
+        <v>11.052</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>12.996</v>
+        <v>12.288</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>14.988</v>
+        <v>12.744</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C9">
         <v>17.988</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10">
+        <v>18.0</v>
+      </c>
+      <c r="D10" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>21.996</v>
+        <v>19.2</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>22.8</v>
+        <v>21.996</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>24.072</v>
+        <v>23.796</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14">
+        <v>23.892</v>
+      </c>
+      <c r="D14" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>24.864</v>
+        <v>24.624</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>25.056</v>
+        <v>24.864</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>33.036</v>
+        <v>32.844</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>34.992</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>38.7</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>