--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -28,147 +28,147 @@
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$20</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Xavax Reusable Pads, Set of 2 for Senseo and Similar Models, 111261</t>
+  </si>
+  <si>
+    <t>HAMA-111261</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Xavax Electric Milk Frother, 111258</t>
+  </si>
+  <si>
+    <t>HAMA-111258</t>
+  </si>
+  <si>
     <t>Xavax Coffee Measuring Spoon, 6 g/15 ml, 111267</t>
   </si>
   <si>
     <t>HAMA-111267</t>
   </si>
   <si>
-    <t>available</t>
-[...13 lines deleted...]
-  <si>
     <t>Xavax Coffee Pad Tin for Storing 20, 111264</t>
   </si>
   <si>
     <t>HAMA-111264</t>
   </si>
   <si>
+    <t>Xavax Coffee Pad Tin for Storing 20 Senseo Pads, 111272</t>
+  </si>
+  <si>
+    <t>HAMA-111272</t>
+  </si>
+  <si>
     <t>Xavax Permanent Filter for Coffee Makers, Coffee Filter Replacement for Size 4, 111263</t>
   </si>
   <si>
     <t>HAMA-111263</t>
   </si>
   <si>
-    <t>Xavax Coffee Pad Tin for Storing 20 Senseo Pads, 111272</t>
-[...4 lines deleted...]
-  <si>
     <t>Xavax Grinder Cleaner for Automatic Coffee Makers &amp; Coffee Grinders, 111759</t>
   </si>
   <si>
     <t>HAMA-111759</t>
   </si>
   <si>
     <t>Xavax Multi-silicone Grease Food-safe, f. Fully Automatic Coffee Makers, 111177</t>
   </si>
   <si>
     <t>HAMA-111177</t>
   </si>
   <si>
+    <t>Milk Jug, stainless steel, 111166</t>
+  </si>
+  <si>
+    <t>HAMA-111166</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Capsule Stand for Tassimo, Holder for 26 Capsules, 111269</t>
+  </si>
+  <si>
+    <t>HAMA-111269</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Capsule Stand for Dolce Gusto, Nespresso Vertuo, 16 Capsules, 111266</t>
+  </si>
+  <si>
+    <t>HAMA-111266</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Xavax Stainless Steel Barista Milk Jug, Milk Froth Jug, 350ml, 111260</t>
+  </si>
+  <si>
+    <t>HAMA-111260</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Tin for 500 g of Beans or 700 g of Powder, 111275</t>
+  </si>
+  <si>
+    <t>HAMA-111275</t>
+  </si>
+  <si>
     <t>Drainer Rack with Bottle Holder for up to 6 Bottles, HAMA-111459</t>
   </si>
   <si>
     <t>HAMA-111459</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Milk Jug, stainless steel, 111166</t>
-[...10 lines deleted...]
-  <si>
     <t>Xavax Tamping Set, 51 mm Tamper, 111276</t>
   </si>
   <si>
     <t>HAMA-111276</t>
-  </si>
-[...19 lines deleted...]
-    <t>HAMA-111260</t>
   </si>
   <si>
     <t>Xavax Coffee Capsule Stand for Nespresso, Holder for 40 Capsules, 111265</t>
   </si>
   <si>
     <t>HAMA-111265</t>
   </si>
   <si>
     <t>Xavax Stainless Steel Espresso Maker for 4 Cups, 111274</t>
   </si>
   <si>
     <t>HAMA-111274</t>
   </si>
   <si>
     <t>Xavax Coffee Tin for 1.3 kg Beans or 1.5 kg Powder, Airtight, 111262</t>
   </si>
   <si>
     <t>HAMA-111262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -526,292 +526,292 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.6</v>
+        <v>3.576</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.996</v>
+        <v>3.864</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>7.56</v>
+        <v>4.092</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>10.692</v>
+        <v>5.472</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>11.052</v>
+        <v>6.288</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>12.288</v>
+        <v>6.648</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>12.744</v>
+        <v>7.668</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>17.988</v>
+        <v>9.192</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>18.0</v>
+        <v>10.764</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>19.2</v>
+        <v>11.244</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
         <v>26</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12">
+        <v>12.216</v>
+      </c>
+      <c r="D12" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>23.796</v>
+        <v>12.54</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>23.892</v>
+        <v>12.588</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15">
+        <v>12.816</v>
+      </c>
+      <c r="D15" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>24.864</v>
+        <v>14.316</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>32.844</v>
+        <v>16.8</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>38.7</v>
+        <v>19.788</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>