--- v2 (2026-01-31)
+++ v3 (2026-03-18)
@@ -61,120 +61,120 @@
   <si>
     <t>Xavax Electric Milk Frother, 111258</t>
   </si>
   <si>
     <t>HAMA-111258</t>
   </si>
   <si>
     <t>Xavax Coffee Measuring Spoon, 6 g/15 ml, 111267</t>
   </si>
   <si>
     <t>HAMA-111267</t>
   </si>
   <si>
     <t>Xavax Coffee Pad Tin for Storing 20, 111264</t>
   </si>
   <si>
     <t>HAMA-111264</t>
   </si>
   <si>
     <t>Xavax Coffee Pad Tin for Storing 20 Senseo Pads, 111272</t>
   </si>
   <si>
     <t>HAMA-111272</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Xavax Permanent Filter for Coffee Makers, Coffee Filter Replacement for Size 4, 111263</t>
   </si>
   <si>
     <t>HAMA-111263</t>
   </si>
   <si>
     <t>Xavax Grinder Cleaner for Automatic Coffee Makers &amp; Coffee Grinders, 111759</t>
   </si>
   <si>
     <t>HAMA-111759</t>
   </si>
   <si>
     <t>Xavax Multi-silicone Grease Food-safe, f. Fully Automatic Coffee Makers, 111177</t>
   </si>
   <si>
     <t>HAMA-111177</t>
   </si>
   <si>
     <t>Milk Jug, stainless steel, 111166</t>
   </si>
   <si>
     <t>HAMA-111166</t>
   </si>
   <si>
     <t>Xavax Coffee Capsule Stand for Tassimo, Holder for 26 Capsules, 111269</t>
   </si>
   <si>
     <t>HAMA-111269</t>
   </si>
   <si>
     <t>Xavax Coffee Capsule Stand for Dolce Gusto, Nespresso Vertuo, 16 Capsules, 111266</t>
   </si>
   <si>
     <t>HAMA-111266</t>
   </si>
   <si>
+    <t>Xavax Stainless Steel Barista Milk Jug, Milk Froth Jug, 350ml, 111260</t>
+  </si>
+  <si>
+    <t>HAMA-111260</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Tin for 500 g of Beans or 700 g of Powder, 111275</t>
+  </si>
+  <si>
+    <t>HAMA-111275</t>
+  </si>
+  <si>
+    <t>Xavax Tamping Set, 51 mm Tamper, 111276</t>
+  </si>
+  <si>
+    <t>HAMA-111276</t>
+  </si>
+  <si>
+    <t>Drainer Rack with Bottle Holder for up to 6 Bottles, HAMA-111459</t>
+  </si>
+  <si>
+    <t>HAMA-111459</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Capsule Stand for Nespresso, Holder for 40 Capsules, 111265</t>
+  </si>
+  <si>
+    <t>HAMA-111265</t>
+  </si>
+  <si>
     <t>not available</t>
-  </si>
-[...31 lines deleted...]
-    <t>HAMA-111265</t>
   </si>
   <si>
     <t>Xavax Stainless Steel Espresso Maker for 4 Cups, 111274</t>
   </si>
   <si>
     <t>HAMA-111274</t>
   </si>
   <si>
     <t>Xavax Coffee Tin for 1.3 kg Beans or 1.5 kg Powder, Airtight, 111262</t>
   </si>
   <si>
     <t>HAMA-111262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -585,233 +585,233 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>5.472</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>6.288</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
         <v>6.648</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
         <v>7.668</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
         <v>9.192</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10">
         <v>10.764</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11">
         <v>11.244</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>12.216</v>
+        <v>12.288</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>12.54</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>12.588</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>12.816</v>
+        <v>14.316</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>14.316</v>
+        <v>14.472</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>16.8</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>17.892</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>19.788</v>
+        <v>19.524</v>
       </c>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>