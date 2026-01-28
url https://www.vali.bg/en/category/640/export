--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -7,240 +7,258 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$41</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$44</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Delock Converter USB 3.0 Type-A male &gt; SATA 6 Gb/s 22 pin with 2.5″ Protection Cover</t>
+  </si>
+  <si>
+    <t>DELOCK-62742</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Silicon Power 2.5-inch Armor A30 White Shockproof SATA Hard Drive Model USB 3.2</t>
+  </si>
+  <si>
+    <t>SLP-HDD-CASE-A30W</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>ACT 2.5" SATA hard drive enclosure, screwless, USB-A 3.2 Gen2</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-RACK-AC1200</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Hama USB hard disk housing for 2.5" SSD and HDD hard disks</t>
+  </si>
+  <si>
+    <t>HAMA-200760</t>
+  </si>
+  <si>
+    <t>Enclosure /HDD-RACK/ ACT AC1215,  2.5", USB 3.0, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-RACK-AC1215</t>
+  </si>
+  <si>
     <t>Silicon Power 2.5-inch Armor A30 Shockproof SATA Hard Drive Model USB 3.1</t>
   </si>
   <si>
     <t>SLP-HDD-CASE-A30</t>
   </si>
   <si>
-    <t>available</t>
-[...25 lines deleted...]
-  <si>
     <t>Encryption Dockingstation Inter-Tech Argus GD-PDLK02 for 2.5" or 3.5" SSD/HDD, 256-bit AES Encryption</t>
   </si>
   <si>
     <t>INTER-TECH-DS-GD-PDLK02</t>
   </si>
   <si>
-    <t>Delock Converter USB 3.0 Type-A male &gt; SATA 6 Gb/s 22 pin with 2.5″ Protection Cover</t>
-[...7 lines deleted...]
-  <si>
     <t>ACT 2.5" SATA hard drive enclosure, screwless, USB-C 3.2 Gen2</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1225</t>
   </si>
   <si>
     <t>Enclosure /HDD-RACK/ ACT AC1600, M.2 SSD, USB 3.2 Gen1, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1600</t>
   </si>
   <si>
     <t>Silicon Power SSD Enclosure PD60 USB 3.2</t>
   </si>
   <si>
     <t>SLP-HDD-CASE-PD60</t>
   </si>
   <si>
+    <t>М.2 SSD D-Link DSP-111, USB-C to M.2 NVMe/NGFF</t>
+  </si>
+  <si>
+    <t>D-LINK-DSP-111</t>
+  </si>
+  <si>
     <t>ACT 2.5"/3.5" SATA hard drive docking station, USB 3.2 Gen1</t>
   </si>
   <si>
     <t>EWENT-ACT-HDD-AC1500</t>
   </si>
   <si>
     <t>ACT USB-C M.2 NVMe / PCIe SSD Enclosure, tool-free</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1615</t>
   </si>
   <si>
     <t>Enclosure /HDD-RACK/ ACT AC1405, 3.5", SATA, USB 3.1 Gen1 (USB 3.0), Black</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1405</t>
   </si>
   <si>
     <t>Delock Mobile Rack Inner Tray 1 x M.2 NVMe SSD for Mobile Rack 47028 / 47042 / 47070 / 47072 / 47111 / 47117 / 47126 / 47129</t>
   </si>
   <si>
     <t>DELOCK-47037</t>
   </si>
   <si>
     <t>Delock SuperSpeed USB 5 Gbps Docking Station for 1 x 2.5″ / 3.5″ SATA HDD / SSD with backup function</t>
   </si>
   <si>
     <t>DELOCK-61858</t>
   </si>
   <si>
+    <t>ASUS Cobble SSD Enclosure - Black</t>
+  </si>
+  <si>
+    <t>ASUS-SSD-CAGE-COB-BK</t>
+  </si>
+  <si>
     <t>Delock 3.5″ Mobile Rack for 1 x 2.5″ SATA HDD / SSD</t>
   </si>
   <si>
     <t>DELOCK-47194</t>
   </si>
   <si>
+    <t>ACT 2.5" and 3.5" SATA dual HDD/SSD docking station, USB 3.2 Gen1</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-HDD-AC1504</t>
+  </si>
+  <si>
     <t>Delock External Enclosure SuperSpeed USB for mSATA SSD</t>
   </si>
   <si>
     <t>DELOCK-42006</t>
   </si>
   <si>
     <t>Delock External Enclosure for M.2 NVMe PCIe SSD with SuperSpeed USB 10 Gbps (USB 3.2 Gen 2) USB Type-C™ female</t>
   </si>
   <si>
     <t>DELOCK-42600</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...7 lines deleted...]
-  <si>
     <t>ASUS TUF GAMING A1 M.2 NVMe SSD Enclosure IP68 Water and Dust resistance - Black</t>
   </si>
   <si>
     <t>ASUS-SSD-CAGE-TUF-A1</t>
   </si>
   <si>
     <t>Delock External USB Type-C™ Combo Enclosure for M.2 NVMe PCIe or SATA SSD</t>
   </si>
   <si>
     <t>DELOCK-42004</t>
   </si>
   <si>
+    <t>Delock External USB Type-C Combo Enclosure for M.2 NVMe PCIe or SATA SSD, tool free</t>
+  </si>
+  <si>
+    <t>DELOCK-42633</t>
+  </si>
+  <si>
+    <t>Delock External USB Type-C™ Combo Enclosure for M.2 NVMe PCIe or SATA SSD - tool free</t>
+  </si>
+  <si>
+    <t>DELOCK-42638</t>
+  </si>
+  <si>
+    <t>Delock Mobile Rack PCI Express Card for 1 x M.2 NVMe SSD - Low Profile Form Factor</t>
+  </si>
+  <si>
+    <t>DELOCK-47028</t>
+  </si>
+  <si>
+    <t>Delock 3.5″ Mobile Rack for 1 x 2.5″ SATA / SAS HDD / SSD with vibration protection</t>
+  </si>
+  <si>
+    <t>DELOCK-47228</t>
+  </si>
+  <si>
+    <t>ROG StrixArion M.2 NVME SSD - USB3.2 Gen2 Type-C Aura Sync RGB</t>
+  </si>
+  <si>
+    <t>ASUS-SSD-CAGE-ROG-ARION</t>
+  </si>
+  <si>
+    <t>ASUS ROG Strix Arion Hatsune Miku Edition</t>
+  </si>
+  <si>
+    <t>ASUS-SSD-CAGE-ARION-HM</t>
+  </si>
+  <si>
     <t>ASUS ROG Strix Arion Lite M.2 NVMe SSD Enclosure</t>
   </si>
   <si>
     <t>ASUS-SSD-CAGE-ROG-ARIONLT</t>
-  </si>
-[...28 lines deleted...]
-    <t>DELOCK-47228</t>
   </si>
   <si>
     <t>Delock USB Type-C 10 Gbps Docking Station for 2 x SATA HDD / SSD</t>
   </si>
   <si>
     <t>DELOCK-63957</t>
   </si>
   <si>
     <t>Delock USB 3.0 Dual Docking Station for 2 x SATA HDD / SSD with Clone Function</t>
   </si>
   <si>
     <t>DELOCK-62661</t>
   </si>
   <si>
     <t>Delock 5.25″ Mobile Rack for 1 x 2.5″ + 1 x 3.5″ SATA HDD + 2 x USB 3.0 ports</t>
   </si>
   <si>
     <t>DELOCK-47209</t>
   </si>
   <si>
     <t>Delock USB Type-C Converter for 1 x M.2 NVMe SSD + 1 x SATA SSD / HDD with Clone Function</t>
   </si>
   <si>
     <t>DELOCK-64252</t>
   </si>
@@ -616,626 +634,668 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>20.292</v>
+        <v>8.4</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>20.784</v>
+        <v>11.28</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>23.976</v>
+        <v>12.252</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>25.968</v>
+        <v>13.284</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>27.732</v>
+        <v>14.184</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>34.116</v>
+        <v>15.192</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>34.428</v>
+        <v>17.436</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>36.216</v>
+        <v>18.516</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>39.036</v>
+        <v>19.956</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>48.9</v>
+        <v>24.684</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>55.056</v>
+        <v>27.3</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>59.028</v>
+        <v>27.324</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>59.34</v>
+        <v>30.18</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>59.988</v>
+        <v>30.336</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>73.26</v>
+        <v>30.672</v>
       </c>
       <c r="D16" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>80.94</v>
+        <v>37.452</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>86.88</v>
+        <v>40.8</v>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>88.68</v>
+        <v>41.388</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>89.004</v>
+        <v>43.512</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>93.756</v>
+        <v>44.424</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>99.648</v>
+        <v>45.348</v>
       </c>
       <c r="D22" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>114.228</v>
+        <v>47.94</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>116.412</v>
+        <v>50.952</v>
       </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>124.392</v>
+        <v>59.52</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>125.028</v>
+        <v>63.6</v>
       </c>
       <c r="D26" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>126.456</v>
+        <v>64.656</v>
       </c>
       <c r="D27" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>127.38</v>
+        <v>65.124</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>160.2</v>
+        <v>68.748</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>169.416</v>
+        <v>71.064</v>
       </c>
       <c r="D30" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>170.856</v>
+        <v>71.172</v>
       </c>
       <c r="D31" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>172.668</v>
+        <v>81.912</v>
       </c>
       <c r="D32" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>172.74</v>
+        <v>86.616</v>
       </c>
       <c r="D33" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>188.196</v>
+        <v>87.36</v>
       </c>
       <c r="D34" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>204.996</v>
+        <v>88.284</v>
       </c>
       <c r="D35" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>330.552</v>
+        <v>88.32</v>
       </c>
       <c r="D36" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>334.548</v>
+        <v>96.228</v>
       </c>
       <c r="D37" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>352.08</v>
+        <v>104.82</v>
       </c>
       <c r="D38" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>358.224</v>
+        <v>169.008</v>
       </c>
       <c r="D39" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>374.04</v>
+        <v>171.048</v>
       </c>
       <c r="D40" t="s">
-        <v>19</v>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41">
+        <v>180.012</v>
+      </c>
+      <c r="D41" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
+        <v>88</v>
+      </c>
+      <c r="C42">
+        <v>183.156</v>
+      </c>
+      <c r="D42" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43">
+        <v>191.244</v>
+      </c>
+      <c r="D43" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D41"/>
+  <autoFilter ref="A1:D44"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>