--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -37,120 +37,120 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Delock Converter USB 3.0 Type-A male &gt; SATA 6 Gb/s 22 pin with 2.5″ Protection Cover</t>
   </si>
   <si>
     <t>DELOCK-62742</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>Silicon Power 2.5-inch Armor A30 Shockproof SATA Hard Drive Model USB 3.1</t>
+  </si>
+  <si>
+    <t>SLP-HDD-CASE-A30</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Silicon Power 2.5-inch Armor A30 White Shockproof SATA Hard Drive Model USB 3.2</t>
   </si>
   <si>
     <t>SLP-HDD-CASE-A30W</t>
   </si>
   <si>
+    <t>ACT 2.5" SATA hard drive enclosure, screwless, USB-A 3.2 Gen2</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-RACK-AC1200</t>
+  </si>
+  <si>
+    <t>Hama USB hard disk housing for 2.5" SSD and HDD hard disks</t>
+  </si>
+  <si>
+    <t>HAMA-200760</t>
+  </si>
+  <si>
+    <t>Enclosure /HDD-RACK/ ACT AC1215,  2.5", USB 3.0, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-RACK-AC1215</t>
+  </si>
+  <si>
+    <t>Encryption Dockingstation Inter-Tech Argus GD-PDLK02 for 2.5" or 3.5" SSD/HDD, 256-bit AES Encryption</t>
+  </si>
+  <si>
+    <t>INTER-TECH-DS-GD-PDLK02</t>
+  </si>
+  <si>
+    <t>ACT 2.5" SATA hard drive enclosure, screwless, USB-C 3.2 Gen2</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-RACK-AC1225</t>
+  </si>
+  <si>
+    <t>Enclosure /HDD-RACK/ ACT AC1600, M.2 SSD, USB 3.2 Gen1, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-RACK-AC1600</t>
+  </si>
+  <si>
+    <t>Silicon Power SSD Enclosure PD60 USB 3.2</t>
+  </si>
+  <si>
+    <t>SLP-HDD-CASE-PD60</t>
+  </si>
+  <si>
+    <t>М.2 SSD D-Link DSP-111, USB-C to M.2 NVMe/NGFF</t>
+  </si>
+  <si>
+    <t>D-LINK-DSP-111</t>
+  </si>
+  <si>
+    <t>ACT 2.5"/3.5" SATA hard drive docking station, USB 3.2 Gen1</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-HDD-AC1500</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...61 lines deleted...]
-    <t>EWENT-ACT-HDD-AC1500</t>
   </si>
   <si>
     <t>ACT USB-C M.2 NVMe / PCIe SSD Enclosure, tool-free</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1615</t>
   </si>
   <si>
     <t>Enclosure /HDD-RACK/ ACT AC1405, 3.5", SATA, USB 3.1 Gen1 (USB 3.0), Black</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1405</t>
   </si>
   <si>
     <t>Delock Mobile Rack Inner Tray 1 x M.2 NVMe SSD for Mobile Rack 47028 / 47042 / 47070 / 47072 / 47111 / 47117 / 47126 / 47129</t>
   </si>
   <si>
     <t>DELOCK-47037</t>
   </si>
   <si>
     <t>Delock SuperSpeed USB 5 Gbps Docking Station for 1 x 2.5″ / 3.5″ SATA HDD / SSD with backup function</t>
   </si>
   <si>
     <t>DELOCK-61858</t>
   </si>
@@ -684,292 +684,292 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>8.4</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>11.28</v>
+        <v>10.884</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>12.252</v>
+        <v>10.956</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>13.284</v>
+        <v>12.252</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>14.184</v>
+        <v>13.284</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>15.192</v>
+        <v>14.184</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>17.436</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>18.516</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>19.956</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>24.684</v>
+        <v>24.216</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>27.3</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>27.324</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>30.18</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>30.336</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>30.672</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>37.452</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>40.8</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>41.388</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>43.512</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>44.424</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>45.348</v>
@@ -1023,93 +1023,93 @@
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>63.6</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>64.656</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>65.124</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>68.748</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>71.064</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>71.172</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>81.912</v>
@@ -1163,79 +1163,79 @@
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>88.32</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>96.228</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>104.82</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>169.008</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>171.048</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>180.012</v>