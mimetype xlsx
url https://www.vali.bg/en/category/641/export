--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -7,555 +7,570 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$81</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$84</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>External SSD Silicon Power DS72 Gold - 250GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-250G-GOLD</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Black, 250GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-250GB</t>
+  </si>
+  <si>
     <t>External SSD Silicon Power DS72 Red - 250GB</t>
   </si>
   <si>
     <t>SLP-SSD-DS72-250G-RED</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Red - 500GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-500G-RED</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>External SSD Silicon Power DS72 Black, 250GB</t>
-[...11 lines deleted...]
-    <t>SLP-SSD-DS72-250G-GOLD</t>
+    <t>Intenso External SSD  TX500  500GB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX-500GB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX800  500GB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX8-500GB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power PC60, 512GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PSDPC60-512GB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Black, 500GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-500GB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Gold - 500GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-500G-GOLD</t>
   </si>
   <si>
     <t>Intenso External SSD 500GB Premium anthracite</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-500GB-A</t>
   </si>
   <si>
     <t>Intenso External SSD 500GB Premium black</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-500GB-BL</t>
   </si>
   <si>
     <t>Intenso External SSD 500GB Premium blue</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-500GB-BLU</t>
   </si>
   <si>
-    <t>External SSD Silicon Power DS72 Gold - 500GB</t>
-[...35 lines deleted...]
-    <t>limited availability (up to 3)</t>
+    <t>Intenso External SSD 1TB Premium blue</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-1TB-BLU</t>
   </si>
   <si>
     <t>External SSD Kingston XS2000 SSD 500GB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS2000-500G</t>
   </si>
   <si>
+    <t>Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-512GB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX500  1TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX-1TB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX800  1TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX800-1TB</t>
+  </si>
+  <si>
+    <t>External SSD SSD Silicon Power PX10 Black, 512GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PX10-512GB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Red - 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-1TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Gold - 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-1TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS1000, 1TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS1000-1000G</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Portable, 1TB, USB 3.2, Type-C, Black</t>
+  </si>
+  <si>
+    <t>SD-SSDE30-1TB-G26</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Black, 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-1000GB</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS1000R, 1TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS1000R-1000G</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme, 500GB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-500GB-G25</t>
+  </si>
+  <si>
+    <t>External SSD ASUS TUF Gaming AS1000 PLUS- 1TB SSD</t>
+  </si>
+  <si>
+    <t>ASUS-SSD-TUF-1TB-PLUS</t>
+  </si>
+  <si>
+    <t>Kingston Dual USB-A/C Portable SSD 1TB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-1TB</t>
+  </si>
+  <si>
+    <t>Team Group PD20M Mag Portable SSD 1TB, Titanium Gray</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-PD20M-1TB-GRAY</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS2000 SSD 1000GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS2000-1000G</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power PX10 Black, 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PX10-1TB</t>
+  </si>
+  <si>
     <t>Intenso External SSD 1TB Premium anthracite</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-1TB-A</t>
   </si>
   <si>
     <t>Intenso External SSD 1TB Premium black</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-1TB-BL</t>
   </si>
   <si>
-    <t>Intenso External SSD 1TB Premium blue</t>
-[...56 lines deleted...]
-    <t>KIN-SSD-SXS1000R-1000G</t>
+    <t>External SSD SanDisk Extreme, 1TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-1TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 1TB USB-C, Moonrock Beige</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE1T0KEU</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Titan Grey 1000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC1T0T-WW</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 1TB, USB 3.2 Gen 2 Type-C, RoseGold</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 1TB, USB 3.2 Gen 2 Type-C, Red</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 1TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PG1T0BEU</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  2TB Premium anthracite</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-2TB-A</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  2TB Premium black</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-2TB-BL</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  2TB Premium blue</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-2TB-BLU</t>
   </si>
   <si>
     <t>External SSD Samsung T7, Indigo Blue, 1000GB</t>
   </si>
   <si>
     <t>SAM-SSD-MU-PC1T0H-WW</t>
   </si>
   <si>
-    <t>External SSD Samsung T7 Titan Grey 1000GB</t>
-[...32 lines deleted...]
-    <t>SLP-SSD-PX10-1TB</t>
+    <t>External SSD Western Digital My Passport 1TB, 2.5", USB 3.2</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-GR</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 1TB</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-MN</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 1TB USB-C, Blue</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE1T0REU</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power PC60, 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PSDPC60-2TB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX500  2TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX-2TB</t>
+  </si>
+  <si>
+    <t>WD, Elements SE, Portable SSD, 2TB, USB 3.0, Black</t>
+  </si>
+  <si>
+    <t>WD-SSD-ELEMENTS-SE-2TB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX800  2TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX800-2TB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Gold - 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-2TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Red - 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-2TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Black - 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-2000GB</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS2000 SSD 2000GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS2000-2000G</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme Pro, 1TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE81-1TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS1000, 2TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS1000-2000G</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Titan Grey 2000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC2T0T-WW</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7, Indigo Blue 2000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC2T0H-WW</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS1000R, 2TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS1000R-2000G</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Portable, 2TB, USB 3.2, Type-C, Black</t>
+  </si>
+  <si>
+    <t>SD-SSDE30-2TB-G26</t>
   </si>
   <si>
     <t>External SSD Samsung T7 Shield, 1TB USB-C, Black</t>
   </si>
   <si>
     <t>SAM-SSD-MU-PE1T0SEU</t>
   </si>
   <si>
-    <t>External SSD Samsung T7 Shield, 1TB USB-C, Blue</t>
-[...89 lines deleted...]
-    <t>INTENSO-SSD-EXT-TX-2TB</t>
+    <t>Kingston Dual USB-A/C Portable SSD 2TB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-2TB</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme, 2TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-2TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, RoseGold</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 2TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE2T0SEU</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, Red</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, SpaceGrey</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-GRAY</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 2TB USB-C, Blue</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE2T0REU</t>
+  </si>
+  <si>
+    <t>External SSD SSD Silicon Power PX10 Black, 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PX10-2TB</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, MidnightBlue</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-MN</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 2TB USB-C, Moonrock Beige</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE2T0KEU</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 2TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PG2T0BEU</t>
   </si>
   <si>
     <t>External SSD Samsung T5 EVO, 2TB, USB 3.2 Gen 1, Black</t>
   </si>
   <si>
     <t>SAM-SSD-MU-PH2T0S-EU</t>
   </si>
   <si>
-    <t>WD, Elements SE, Portable SSD, 2TB, USB 3.0, Black</t>
-[...116 lines deleted...]
-    <t>SAM-SSD-MU-PG2T0BEU</t>
+    <t>External SSD SanDisk Extreme Pro, 2TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE81-2TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS2000, 4TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS2000-4000G</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme 4TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-4TB-G25B</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 4TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE4T0SEU</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme, 4TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-4TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme Pro, 4TB, USB 3.2 Gen2 Type-C</t>
+  </si>
+  <si>
+    <t>SD-SSDE81-4TB-G25</t>
   </si>
   <si>
     <t>External SSD Samsung T5 EVO, 4TB, USB 3.2 Gen 1, Black</t>
   </si>
   <si>
     <t>SAM-SSD-MU-PH4T0S-EU</t>
   </si>
   <si>
-    <t>External SSD SanDisk Extreme Pro, 2TB</t>
-[...22 lines deleted...]
-  <si>
     <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 4TB USB-C, Black</t>
   </si>
   <si>
     <t>SAM-SSD-MU-PG4T0BEU</t>
   </si>
   <si>
-    <t>External SSD Samsung T7 Shield, 4TB USB-C, Black</t>
-[...8 lines deleted...]
-    <t>SD-SSDE81-4TB-G25</t>
+    <t>SanDisk External Portable SSD Hard Drive 8Tb Extreme Pro Portable 1050 Mb.s read/write, USB 3.2 Gen2, IP55</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-8TB-G25</t>
   </si>
   <si>
     <t>External SSD Samsung T5 EVO, 8TB, USB 3.2 Gen 1, Black</t>
   </si>
   <si>
     <t>SAM-SSD-MU-PH8T0S-EU</t>
-  </si>
-[...4 lines deleted...]
-    <t>SD-SSDE61-8TB-G25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -859,1186 +874,1228 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D81"/>
+  <dimension ref="A1:D84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>66.804</v>
+        <v>73.212</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>73.212</v>
+        <v>73.824</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>73.212</v>
+        <v>78.492</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>86.964</v>
+        <v>95.64</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>86.964</v>
+        <v>100.8</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>86.964</v>
+        <v>106.824</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>95.64</v>
+        <v>114.552</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>95.64</v>
+        <v>126.924</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>100.8</v>
+        <v>126.924</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>106.824</v>
+        <v>136.452</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>108.144</v>
+        <v>136.452</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>114.552</v>
+        <v>136.452</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>126.024</v>
+        <v>141.12</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>141.12</v>
+        <v>155.1</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>141.12</v>
+        <v>156.516</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>141.12</v>
+        <v>157.968</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>157.968</v>
+        <v>168.504</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>168.072</v>
+        <v>173.04</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>168.504</v>
+        <v>192.336</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>173.04</v>
+        <v>192.924</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>189.072</v>
+        <v>196.848</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>191.7</v>
+        <v>202.092</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>192.336</v>
+        <v>207.18</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>192.924</v>
+        <v>207.552</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>195.144</v>
+        <v>218.292</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>200.892</v>
+        <v>219.0</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>204.156</v>
+        <v>233.544</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>207.18</v>
+        <v>234.852</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>218.292</v>
+        <v>235.044</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>219.0</v>
+        <v>240.9</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>234.852</v>
+        <v>241.92</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>240.9</v>
+        <v>241.92</v>
       </c>
       <c r="D33" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>244.944</v>
+        <v>248.736</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>244.944</v>
+        <v>249.756</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>245.544</v>
+        <v>255.108</v>
       </c>
       <c r="D36" t="s">
-        <v>77</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>248.736</v>
+        <v>256.02</v>
       </c>
       <c r="D37" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>256.02</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>256.02</v>
+        <v>256.764</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40">
         <v>260.28</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C41">
         <v>260.28</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>260.28</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>262.392</v>
+        <v>260.376</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C44">
         <v>262.392</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>270.288</v>
+        <v>262.392</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>270.48</v>
+        <v>267.588</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>270.648</v>
+        <v>280.464</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>280.464</v>
+        <v>282.54</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>282.54</v>
+        <v>297.792</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>294.804</v>
+        <v>300.6</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>297.792</v>
+        <v>304.056</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>300.6</v>
+        <v>304.056</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>301.248</v>
+        <v>304.056</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>304.056</v>
+        <v>317.52</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>304.056</v>
+        <v>317.76</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>304.056</v>
+        <v>318.708</v>
       </c>
       <c r="D56" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>304.44</v>
+        <v>320.4</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>311.268</v>
+        <v>333.66</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>312.492</v>
+        <v>334.428</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>320.4</v>
+        <v>339.432</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>386.052</v>
+        <v>372.744</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>390.252</v>
+        <v>385.164</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>397.08</v>
+        <v>386.052</v>
       </c>
       <c r="D63" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>402.996</v>
+        <v>397.08</v>
       </c>
       <c r="D64" t="s">
-        <v>77</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>405.18</v>
+        <v>398.94</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C66">
         <v>405.18</v>
       </c>
       <c r="D66" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>409.812</v>
+        <v>405.18</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>413.82</v>
+        <v>409.812</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>416.88</v>
+        <v>413.82</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>459.3</v>
+        <v>416.88</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>504.264</v>
+        <v>461.076</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>517.596</v>
+        <v>474.204</v>
       </c>
       <c r="D72" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>560.4</v>
+        <v>490.032</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>724.332</v>
+        <v>632.064</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>767.292</v>
+        <v>692.652</v>
       </c>
       <c r="D75" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>774.984</v>
+        <v>767.292</v>
       </c>
       <c r="D76" t="s">
-        <v>77</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>822.0</v>
+        <v>781.668</v>
       </c>
       <c r="D77" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>856.932</v>
+        <v>781.992</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>1327.416</v>
+        <v>856.932</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80">
+        <v>866.844</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
         <v>165</v>
       </c>
-      <c r="C80">
+      <c r="B81" t="s">
+        <v>166</v>
+      </c>
+      <c r="C81">
+        <v>922.092</v>
+      </c>
+      <c r="D81" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
+        <v>168</v>
+      </c>
+      <c r="C82">
         <v>1393.788</v>
       </c>
-      <c r="D80" t="s">
+      <c r="D82" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
+        <v>170</v>
+      </c>
+      <c r="C83">
+        <v>1661.952</v>
+      </c>
+      <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D81"/>
+  <autoFilter ref="A1:D84"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>