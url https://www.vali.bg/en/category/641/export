--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -14,557 +14,560 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$84</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>External SSD Silicon Power DS72 Red - 250GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-250G-RED</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>External SSD Silicon Power DS72 Gold - 250GB</t>
   </si>
   <si>
     <t>SLP-SSD-DS72-250G-GOLD</t>
   </si>
   <si>
+    <t>External SSD Silicon Power DS72 Black, 250GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-250GB</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>External SSD Silicon Power DS72 Black, 250GB</t>
-[...8 lines deleted...]
-    <t>SLP-SSD-DS72-250G-RED</t>
+    <t>External SSD Silicon Power PC60, 512GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PSDPC60-512GB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Black, 500GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-500GB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Gold - 500GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-500G-GOLD</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 500GB Premium anthracite</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-500GB-A</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>Intenso External SSD 500GB Premium black</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-500GB-BL</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 500GB Premium blue</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-500GB-BLU</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX500  500GB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX-500GB</t>
+  </si>
+  <si>
+    <t>External SSD SSD Silicon Power PX10 Black, 512GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PX10-512GB</t>
+  </si>
+  <si>
     <t>External SSD Silicon Power DS72 Red - 500GB</t>
   </si>
   <si>
     <t>SLP-SSD-DS72-500G-RED</t>
   </si>
   <si>
-    <t>not available</t>
-[...7 lines deleted...]
-  <si>
     <t>Intenso External SSD  TX800  500GB</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-TX8-500GB</t>
   </si>
   <si>
-    <t>External SSD Silicon Power PC60, 512GB</t>
-[...32 lines deleted...]
-    <t>INTENSO-SSD-EXT-500GB-BLU</t>
+    <t>Team Group PD20M Mag Portable SSD 1TB, Titanium Gray</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-PD20M-1TB-GRAY</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Black, 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-1000GB</t>
+  </si>
+  <si>
+    <t>External SSD ASUS TUF Gaming AS1000 PLUS- 1TB SSD</t>
+  </si>
+  <si>
+    <t>ASUS-SSD-TUF-1TB-PLUS</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power PX10 Black, 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PX10-1TB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 1TB Premium anthracite</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-1TB-A</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 1TB Premium black</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-1TB-BL</t>
   </si>
   <si>
     <t>Intenso External SSD 1TB Premium blue</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-1TB-BLU</t>
   </si>
   <si>
+    <t>External SSD SanDisk Extreme, 1TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-1TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 1TB, USB 3.2 Gen 2 Type-C, RoseGold</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 1TB, USB 3.2 Gen 2 Type-C, Red</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 1TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PG1T0BEU</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  2TB Premium anthracite</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-2TB-A</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  2TB Premium black</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-2TB-BL</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  2TB Premium blue</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-2TB-BLU</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX500  1TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX-1TB</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 1TB</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-MN</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme, 500GB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-500GB-G25</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 1TB USB-C, Blue</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE1T0REU</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power PC60, 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PSDPC60-2TB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX500  2TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX-2TB</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Portable, 1TB, USB 3.2, Type-C, Black</t>
+  </si>
+  <si>
+    <t>SD-SSDE30-1TB-G26</t>
+  </si>
+  <si>
+    <t>WD, Elements SE, Portable SSD, 2TB, USB 3.0, Black</t>
+  </si>
+  <si>
+    <t>WD-SSD-ELEMENTS-SE-2TB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX800  2TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX800-2TB</t>
+  </si>
+  <si>
+    <t>Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-512GB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Gold - 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-2TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Red - 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-2TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Black - 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-2000GB</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 1TB USB-C, Moonrock Beige</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE1T0KEU</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX800  1TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX800-1TB</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 1TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE1T0SEU</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Gold - 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-1TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Red - 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-1TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD Western Digital My Passport 1TB, 2.5", USB 3.2</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-GR</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Portable, 2TB, USB 3.2, Type-C, Black</t>
+  </si>
+  <si>
+    <t>SD-SSDE30-2TB-G26</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Titan Grey 1000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC1T0T-WW</t>
+  </si>
+  <si>
     <t>External SSD Kingston XS2000 SSD 500GB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS2000-500G</t>
   </si>
   <si>
-    <t>Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
-[...32 lines deleted...]
-    <t>SLP-SSD-DS72-1TB-GOLD</t>
+    <t>External SSD Samsung T7, Indigo Blue 2000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC2T0H-WW</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7, Indigo Blue, 1000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC1T0H-WW</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, RoseGold</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD SSD Silicon Power PX10 Black, 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PX10-2TB</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, Red</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, SpaceGrey</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-GRAY</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, MidnightBlue</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-MN</t>
   </si>
   <si>
     <t>External SSD Kingston XS1000, 1TB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS1000-1000G</t>
   </si>
   <si>
-    <t>External SSD SanDisk Portable, 1TB, USB 3.2, Type-C, Black</t>
-[...10 lines deleted...]
-  <si>
     <t>External SSD Kingston XS1000R, 1TB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS1000R-1000G</t>
   </si>
   <si>
-    <t>External SSD SanDisk Extreme, 500GB</t>
-[...8 lines deleted...]
-    <t>ASUS-SSD-TUF-1TB-PLUS</t>
+    <t>External SSD Kingston XS1000, 2TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS1000-2000G</t>
   </si>
   <si>
     <t>Kingston Dual USB-A/C Portable SSD 1TB - Black/Red</t>
   </si>
   <si>
     <t>KIN-SSD-SPSD-1TB</t>
   </si>
   <si>
-    <t>Team Group PD20M Mag Portable SSD 1TB, Titanium Gray</t>
-[...2 lines deleted...]
-    <t>TEAM-SSD-PD20M-1TB-GRAY</t>
+    <t>External SSD Samsung T7 Shield, 2TB USB-C, Moonrock Beige</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE2T0KEU</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme Pro, 1TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE81-1TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 2TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PG2T0BEU</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Titan Grey 2000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC2T0T-WW</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 2TB USB-C, Blue</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE2T0REU</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme, 2TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-2TB-G25</t>
   </si>
   <si>
     <t>External SSD Kingston XS2000 SSD 1000GB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS2000-1000G</t>
   </si>
   <si>
-    <t>External SSD Silicon Power PX10 Black, 1TB</t>
-[...134 lines deleted...]
-    <t>SLP-SSD-DS72-2000GB</t>
+    <t>External SSD Samsung T5 EVO, 2TB, USB 3.2 Gen 1, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PH2T0S-EU</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 2TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE2T0SEU</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS1000R, 2TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS1000R-2000G</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme Pro, 2TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE81-2TB-G25</t>
+  </si>
+  <si>
+    <t>Kingston Dual USB-A/C Portable SSD 2TB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-2TB</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme 4TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-4TB-G25B</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme Pro, 4TB, USB 3.2 Gen2 Type-C</t>
+  </si>
+  <si>
+    <t>SD-SSDE81-4TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T5 EVO, 4TB, USB 3.2 Gen 1, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PH4T0S-EU</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme, 4TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-4TB-G25</t>
   </si>
   <si>
     <t>External SSD Kingston XS2000 SSD 2000GB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS2000-2000G</t>
   </si>
   <si>
-    <t>External SSD SanDisk Extreme Pro, 1TB</t>
-[...116 lines deleted...]
-    <t>SD-SSDE81-2TB-G25</t>
+    <t>External SSD Samsung T7 Shield, 4TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE4T0SEU</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 4TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PG4T0BEU</t>
+  </si>
+  <si>
+    <t>SanDisk External Portable SSD Hard Drive 8Tb Extreme Pro Portable 1050 Mb.s read/write, USB 3.2 Gen2, IP55</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-8TB-G25</t>
   </si>
   <si>
     <t>External SSD Kingston XS2000, 4TB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS2000-4000G</t>
-  </si>
-[...40 lines deleted...]
-    <t>SD-SSDE61-8TB-G25</t>
   </si>
   <si>
     <t>External SSD Samsung T5 EVO, 8TB, USB 3.2 Gen 1, Black</t>
   </si>
   <si>
     <t>SAM-SSD-MU-PH8T0S-EU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -884,1211 +887,1211 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>73.212</v>
+        <v>28.176</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>73.824</v>
+        <v>36.948</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>78.492</v>
+        <v>54.78</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>95.64</v>
+        <v>56.82</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>100.8</v>
+        <v>63.54</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>106.824</v>
+        <v>63.54</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>114.552</v>
+        <v>69.768</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>126.924</v>
+        <v>69.768</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>126.924</v>
+        <v>69.768</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>136.452</v>
+        <v>76.152</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>136.452</v>
+        <v>81.528</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>136.452</v>
+        <v>89.844</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>141.12</v>
+        <v>92.004</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>155.1</v>
+        <v>96.66</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>156.516</v>
+        <v>104.592</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>157.968</v>
+        <v>111.972</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>168.504</v>
+        <v>119.052</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>173.04</v>
+        <v>123.696</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>192.336</v>
+        <v>123.696</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>192.924</v>
+        <v>125.304</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>196.848</v>
+        <v>127.176</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>202.092</v>
+        <v>130.896</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>207.18</v>
+        <v>130.896</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>207.552</v>
+        <v>131.28</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>218.292</v>
+        <v>133.08</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>219.0</v>
+        <v>133.08</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>233.544</v>
+        <v>133.08</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>234.852</v>
+        <v>133.236</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>235.044</v>
+        <v>134.16</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>240.9</v>
+        <v>136.572</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>241.92</v>
+        <v>136.812</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>241.92</v>
+        <v>142.428</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>248.736</v>
+        <v>144.456</v>
       </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>249.756</v>
+        <v>145.116</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>255.108</v>
+        <v>152.256</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>256.02</v>
+        <v>153.696</v>
       </c>
       <c r="D37" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>256.02</v>
+        <v>155.448</v>
       </c>
       <c r="D38" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>256.764</v>
+        <v>155.568</v>
       </c>
       <c r="D39" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>260.28</v>
+        <v>155.568</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>260.28</v>
+        <v>155.568</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>260.28</v>
+        <v>155.82</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>260.376</v>
+        <v>156.996</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>262.392</v>
+        <v>159.816</v>
       </c>
       <c r="D44" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>262.392</v>
+        <v>166.968</v>
       </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>267.588</v>
+        <v>166.968</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>280.464</v>
+        <v>168.06</v>
       </c>
       <c r="D47" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>282.54</v>
+        <v>173.556</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>297.792</v>
+        <v>176.928</v>
       </c>
       <c r="D49" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>300.6</v>
+        <v>179.1</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>304.056</v>
+        <v>180.18</v>
       </c>
       <c r="D51" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>304.056</v>
+        <v>186.0</v>
       </c>
       <c r="D52" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>304.056</v>
+        <v>203.028</v>
       </c>
       <c r="D53" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>317.52</v>
+        <v>204.504</v>
       </c>
       <c r="D54" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>317.76</v>
+        <v>207.168</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>318.708</v>
+        <v>207.168</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>320.4</v>
+        <v>213.144</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>333.66</v>
+        <v>219.06</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>334.428</v>
+        <v>219.06</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>339.432</v>
+        <v>221.436</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>372.744</v>
+        <v>230.04</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>385.164</v>
+        <v>235.74</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>386.052</v>
+        <v>241.788</v>
       </c>
       <c r="D63" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>397.08</v>
+        <v>242.46</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>398.94</v>
+        <v>263.712</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>405.18</v>
+        <v>268.668</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>405.18</v>
+        <v>270.228</v>
       </c>
       <c r="D67" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>409.812</v>
+        <v>273.168</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>413.82</v>
+        <v>276.612</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>416.88</v>
+        <v>333.276</v>
       </c>
       <c r="D70" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>461.076</v>
+        <v>363.36</v>
       </c>
       <c r="D71" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>474.204</v>
+        <v>374.748</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>490.032</v>
+        <v>382.356</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74">
-        <v>632.064</v>
+        <v>392.316</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C75">
-        <v>692.652</v>
+        <v>438.144</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76">
-        <v>767.292</v>
+        <v>443.208</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77">
-        <v>781.668</v>
+        <v>447.66</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78">
-        <v>781.992</v>
+        <v>469.032</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C79">
-        <v>856.932</v>
+        <v>560.82</v>
       </c>
       <c r="D79" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C80">
-        <v>866.844</v>
+        <v>573.768</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C81">
-        <v>922.092</v>
+        <v>712.632</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82">
-        <v>1393.788</v>
+        <v>805.332</v>
       </c>
       <c r="D82" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83">
-        <v>1661.952</v>
+        <v>849.744</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D84"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>