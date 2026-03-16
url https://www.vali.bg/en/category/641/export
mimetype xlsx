--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -7,573 +7,567 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$84</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$83</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>External SSD Silicon Power PC60, 512GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PSDPC60-512GB</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>External SSD Silicon Power DS72 Red - 250GB</t>
   </si>
   <si>
     <t>SLP-SSD-DS72-250G-RED</t>
   </si>
   <si>
-    <t>not available</t>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 500GB Premium anthracite</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-500GB-A</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 500GB Premium black</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-500GB-BL</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 500GB Premium blue</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-500GB-BLU</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Black, 250GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-250GB</t>
   </si>
   <si>
     <t>External SSD Silicon Power DS72 Gold - 250GB</t>
   </si>
   <si>
     <t>SLP-SSD-DS72-250G-GOLD</t>
   </si>
   <si>
-    <t>External SSD Silicon Power DS72 Black, 250GB</t>
-[...11 lines deleted...]
-    <t>SLP-SSD-PSDPC60-512GB</t>
+    <t>Intenso External SSD  TX500  500GB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX-500GB</t>
+  </si>
+  <si>
+    <t>External SSD SSD Silicon Power PX10 Black, 512GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PX10-512GB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX800  500GB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX8-500GB</t>
+  </si>
+  <si>
+    <t>External SSD ASUS TUF Gaming AS1000 PLUS- 1TB SSD</t>
+  </si>
+  <si>
+    <t>ASUS-SSD-TUF-1TB-PLUS</t>
+  </si>
+  <si>
+    <t>Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-512GB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 1TB Premium anthracite</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-1TB-A</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 1TB Premium black</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-1TB-BL</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power PX10 Black, 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PX10-1TB</t>
+  </si>
+  <si>
+    <t>Intenso External SSD 1TB Premium blue</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-1TB-BLU</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme, 1TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-1TB-G25</t>
   </si>
   <si>
     <t>External SSD Silicon Power DS72 Black, 500GB</t>
   </si>
   <si>
     <t>SLP-SSD-DS72-500GB</t>
   </si>
   <si>
     <t>External SSD Silicon Power DS72 Gold - 500GB</t>
   </si>
   <si>
     <t>SLP-SSD-DS72-500G-GOLD</t>
   </si>
   <si>
-    <t>Intenso External SSD 500GB Premium anthracite</t>
-[...31 lines deleted...]
-  <si>
     <t>External SSD Silicon Power DS72 Red - 500GB</t>
   </si>
   <si>
     <t>SLP-SSD-DS72-500G-RED</t>
   </si>
   <si>
-    <t>Intenso External SSD  TX800  500GB</t>
-[...8 lines deleted...]
-    <t>TEAM-SSD-PD20M-1TB-GRAY</t>
+    <t>External SSD WD My Passport, 1TB, USB 3.2 Gen 2 Type-C, RoseGold</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 1TB, USB 3.2 Gen 2 Type-C, Red</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-RED</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX500  1TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX-1TB</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 1TB</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-MN</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme, 500GB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-500GB-G25</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Portable, 1TB, USB 3.2, Type-C, Black</t>
+  </si>
+  <si>
+    <t>SD-SSDE30-1TB-G26</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power PC60, 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PSDPC60-2TB</t>
+  </si>
+  <si>
+    <t>WD, Elements SE, Portable SSD, 2TB, USB 3.0, Black</t>
+  </si>
+  <si>
+    <t>WD-SSD-ELEMENTS-SE-2TB</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 1TB USB-C, Moonrock Beige</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE1T0KEU</t>
+  </si>
+  <si>
+    <t>Intenso External SSD  TX800  1TB</t>
+  </si>
+  <si>
+    <t>INTENSO-SSD-EXT-TX800-1TB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Gold - 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-2TB-GOLD</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Red - 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-2TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Black - 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-2000GB</t>
+  </si>
+  <si>
+    <t>External SSD Western Digital My Passport 1TB, 2.5", USB 3.2</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-1TB-GR</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Portable, 2TB, USB 3.2, Type-C, Black</t>
+  </si>
+  <si>
+    <t>SD-SSDE30-2TB-G26</t>
+  </si>
+  <si>
+    <t>Kingston Dual USB-A/C Portable SSD 1TB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-1TB</t>
+  </si>
+  <si>
+    <t>External SSD Silicon Power DS72 Gold - 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-1TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 1TB USB-C, Blue</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE1T0REU</t>
+  </si>
+  <si>
+    <t>External SSD SSD Silicon Power PX10 Black, 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-PX10-2TB</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 1TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE1T0SEU</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Titan Grey 1000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC1T0T-WW</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS2000 SSD 500GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS2000-500G</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7, Indigo Blue, 1000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC1T0H-WW</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, RoseGold</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-GOLD</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, Red</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, SpaceGrey</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-GRAY</t>
+  </si>
+  <si>
+    <t>External SSD WD My Passport, 2TB, MidnightBlue</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-2TB-MN</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 1TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PG1T0BEU</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS1000, 1TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS1000-1000G</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS1000R, 1TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS1000R-1000G</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme Pro, 1TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE81-1TB-G25</t>
   </si>
   <si>
     <t>External SSD Silicon Power DS72 Black, 1TB</t>
   </si>
   <si>
     <t>SLP-SSD-DS72-1000GB</t>
   </si>
   <si>
-    <t>External SSD ASUS TUF Gaming AS1000 PLUS- 1TB SSD</t>
-[...53 lines deleted...]
-    <t>on route</t>
+    <t>External SSD Silicon Power DS72 Red - 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-DS72-1TB-RED</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 2TB USB-C, Moonrock Beige</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE2T0KEU</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7, Indigo Blue 2000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC2T0H-WW</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T7 Shield, 2TB USB-C, Blue</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE2T0REU</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme, 2TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-2TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 2TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PG2T0BEU</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T5 EVO, 2TB, USB 3.2 Gen 1, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PH2T0S-EU</t>
+  </si>
+  <si>
+    <t>External SSD Kingston XS2000 SSD 1000GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS2000-1000G</t>
   </si>
   <si>
     <t>Intenso External SSD  2TB Premium anthracite</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-2TB-A</t>
   </si>
   <si>
     <t>Intenso External SSD  2TB Premium black</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-2TB-BL</t>
   </si>
   <si>
     <t>Intenso External SSD  2TB Premium blue</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-2TB-BLU</t>
   </si>
   <si>
-    <t>Intenso External SSD  TX500  1TB</t>
-[...28 lines deleted...]
-  <si>
     <t>Intenso External SSD  TX500  2TB</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-TX-2TB</t>
   </si>
   <si>
-    <t>External SSD SanDisk Portable, 1TB, USB 3.2, Type-C, Black</t>
-[...8 lines deleted...]
-    <t>WD-SSD-ELEMENTS-SE-2TB</t>
+    <t>External SSD Samsung T7 Titan Grey 2000GB</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PC2T0T-WW</t>
   </si>
   <si>
     <t>Intenso External SSD  TX800  2TB</t>
   </si>
   <si>
     <t>INTENSO-SSD-EXT-TX800-2TB</t>
   </si>
   <si>
-    <t>Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
-[...128 lines deleted...]
-    <t>KIN-SSD-SXS1000R-1000G</t>
+    <t>External SSD Samsung T7 Shield, 2TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PE2T0SEU</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme Pro, 2TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE81-2TB-G25</t>
+  </si>
+  <si>
+    <t>External SSD SanDisk Extreme 4TB</t>
+  </si>
+  <si>
+    <t>SD-SSDE61-4TB-G25B</t>
   </si>
   <si>
     <t>External SSD Kingston XS1000, 2TB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS1000-2000G</t>
   </si>
   <si>
-    <t>Kingston Dual USB-A/C Portable SSD 1TB - Black/Red</t>
-[...58 lines deleted...]
-  <si>
     <t>External SSD Kingston XS1000R, 2TB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS1000R-2000G</t>
   </si>
   <si>
-    <t>External SSD SanDisk Extreme Pro, 2TB</t>
-[...4 lines deleted...]
-  <si>
     <t>Kingston Dual USB-A/C Portable SSD 2TB - Black/Red</t>
   </si>
   <si>
     <t>KIN-SSD-SPSD-2TB</t>
   </si>
   <si>
-    <t>External SSD SanDisk Extreme 4TB</t>
-[...4 lines deleted...]
-  <si>
     <t>External SSD SanDisk Extreme Pro, 4TB, USB 3.2 Gen2 Type-C</t>
   </si>
   <si>
     <t>SD-SSDE81-4TB-G25</t>
   </si>
   <si>
     <t>External SSD Samsung T5 EVO, 4TB, USB 3.2 Gen 1, Black</t>
   </si>
   <si>
     <t>SAM-SSD-MU-PH4T0S-EU</t>
   </si>
   <si>
     <t>External SSD SanDisk Extreme, 4TB</t>
   </si>
   <si>
     <t>SD-SSDE61-4TB-G25</t>
   </si>
   <si>
     <t>External SSD Kingston XS2000 SSD 2000GB</t>
   </si>
   <si>
     <t>KIN-SSD-SXS2000-2000G</t>
   </si>
   <si>
+    <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 4TB USB-C, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PG4T0BEU</t>
+  </si>
+  <si>
     <t>External SSD Samsung T7 Shield, 4TB USB-C, Black</t>
   </si>
   <si>
     <t>SAM-SSD-MU-PE4T0SEU</t>
   </si>
   <si>
-    <t>External SSD Samsung T9 USB 3.2 Gen 2x2, 4TB USB-C, Black</t>
-[...2 lines deleted...]
-    <t>SAM-SSD-MU-PG4T0BEU</t>
+    <t>External SSD Kingston XS2000, 4TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SXS2000-4000G</t>
+  </si>
+  <si>
+    <t>External SSD Samsung T5 EVO, 8TB, USB 3.2 Gen 1, Black</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MU-PH8T0S-EU</t>
   </si>
   <si>
     <t>SanDisk External Portable SSD Hard Drive 8Tb Extreme Pro Portable 1050 Mb.s read/write, USB 3.2 Gen2, IP55</t>
   </si>
   <si>
     <t>SD-SSDE61-8TB-G25</t>
-  </si>
-[...10 lines deleted...]
-    <t>SAM-SSD-MU-PH8T0S-EU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -877,1228 +871,1214 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D84"/>
+  <dimension ref="A1:D83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>28.176</v>
+        <v>59.712</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>36.948</v>
+        <v>65.616</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>54.78</v>
+        <v>69.768</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>56.82</v>
+        <v>69.768</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>63.54</v>
+        <v>69.768</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>63.54</v>
+        <v>70.308</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>69.768</v>
+        <v>70.308</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>69.768</v>
+        <v>76.152</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>69.768</v>
+        <v>81.6</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>76.152</v>
+        <v>92.004</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>81.528</v>
+        <v>111.972</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>89.844</v>
+        <v>118.212</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>92.004</v>
+        <v>123.696</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>96.66</v>
+        <v>123.696</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>104.592</v>
+        <v>125.112</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>111.972</v>
+        <v>125.304</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>119.052</v>
+        <v>127.176</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>123.696</v>
+        <v>129.96</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>123.696</v>
+        <v>129.96</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>125.304</v>
+        <v>129.96</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>127.176</v>
+        <v>130.896</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>130.896</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>130.896</v>
+        <v>133.236</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>131.28</v>
+        <v>134.16</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>133.08</v>
+        <v>136.572</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>133.08</v>
+        <v>145.116</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>133.08</v>
+        <v>149.676</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>133.236</v>
+        <v>152.256</v>
       </c>
       <c r="D29" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>134.16</v>
+        <v>155.82</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>136.572</v>
+        <v>156.996</v>
       </c>
       <c r="D31" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32">
+        <v>163.488</v>
+      </c>
+      <c r="D32" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>142.428</v>
+        <v>163.488</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>144.456</v>
+        <v>163.488</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>145.116</v>
+        <v>168.06</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>152.256</v>
+        <v>173.556</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>153.696</v>
+        <v>174.936</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>155.448</v>
+        <v>175.476</v>
       </c>
       <c r="D38" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>155.568</v>
+        <v>178.8</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>155.568</v>
+        <v>186.0</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>155.568</v>
+        <v>187.2</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>155.82</v>
+        <v>188.184</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>156.996</v>
+        <v>188.232</v>
       </c>
       <c r="D43" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>159.816</v>
+        <v>197.832</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>166.968</v>
+        <v>203.028</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>166.968</v>
+        <v>207.168</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>168.06</v>
+        <v>207.168</v>
       </c>
       <c r="D47" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>173.556</v>
+        <v>213.144</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>176.928</v>
+        <v>224.412</v>
       </c>
       <c r="D49" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>179.1</v>
+        <v>230.208</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>180.18</v>
+        <v>230.208</v>
       </c>
       <c r="D51" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>186.0</v>
+        <v>241.788</v>
       </c>
       <c r="D52" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>203.028</v>
+        <v>249.564</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>204.504</v>
+        <v>249.564</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>207.168</v>
+        <v>262.8</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>207.168</v>
+        <v>264.756</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>213.144</v>
+        <v>268.668</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>219.06</v>
+        <v>270.228</v>
       </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>219.06</v>
+        <v>274.8</v>
       </c>
       <c r="D59" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>221.436</v>
+        <v>280.452</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>230.04</v>
+        <v>287.076</v>
       </c>
       <c r="D61" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>235.74</v>
+        <v>304.536</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>241.788</v>
+        <v>304.536</v>
       </c>
       <c r="D63" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>242.46</v>
+        <v>304.536</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>263.712</v>
+        <v>309.312</v>
       </c>
       <c r="D65" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>268.668</v>
+        <v>310.188</v>
       </c>
       <c r="D66" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>270.228</v>
+        <v>315.612</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>273.168</v>
+        <v>322.776</v>
       </c>
       <c r="D68" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>276.612</v>
+        <v>374.748</v>
       </c>
       <c r="D69" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>333.276</v>
+        <v>392.316</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>363.36</v>
+        <v>420.444</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>374.748</v>
+        <v>420.468</v>
       </c>
       <c r="D72" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>382.356</v>
+        <v>420.684</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>392.316</v>
+        <v>438.144</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>438.144</v>
+        <v>443.208</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>443.208</v>
+        <v>447.66</v>
       </c>
       <c r="D76" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>447.66</v>
+        <v>492.924</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>469.032</v>
+        <v>588.852</v>
       </c>
       <c r="D78" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>560.82</v>
+        <v>647.772</v>
       </c>
       <c r="D79" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>573.768</v>
+        <v>846.36</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>712.632</v>
+        <v>849.744</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>805.332</v>
+        <v>861.372</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
-[...12 lines deleted...]
-      <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D84"/>
+  <autoFilter ref="A1:D83"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>