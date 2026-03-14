--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -106,57 +106,57 @@
   <si>
     <t>ARCTIC-FAN-AEBRZ00027A</t>
   </si>
   <si>
     <t>Xavax Turbo Brush with Universal Connection, 110234</t>
   </si>
   <si>
     <t>HAMA-110234</t>
   </si>
   <si>
     <t>Hama "Smart" 3in1 Combi Filter for Air Purifier</t>
   </si>
   <si>
     <t>HAMA-186440</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Multi-Purpose FAN SET Noctua NV-FS1</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NV-FS1</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Hama "Smart" Air Purifier, 3 x filter, 186437</t>
   </si>
   <si>
     <t>HAMA-186437</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -622,96 +622,96 @@
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
         <v>19.944</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>26.472</v>
+        <v>26.232</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
         <v>36.024</v>
       </c>
       <c r="D12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>102.312</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>140.976</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D15"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>