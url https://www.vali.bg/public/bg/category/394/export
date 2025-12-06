--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,581 +7,620 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$469</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$386</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Геймърски Монитор ASRock CL25FFA 24.5" IPS FHD (1920x1080), 120Hz, 1ms,</t>
   </si>
   <si>
     <t>ASR-MON-CL25FFA</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Геймърски Монитор ASRock CL27FFA - 27" FHD (1920x1080) IPS, 120Hz, 1ms, FreeSync</t>
+  </si>
+  <si>
+    <t>ASR-MON-CL27FFA</t>
+  </si>
+  <si>
     <t>Монитор BenQ BL2490, 24" IPS FHD, 100Hz, HDMI, DP</t>
   </si>
   <si>
     <t>BENQ-MON-BL2490</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Монитор Samsung LS24F320GAUXEN - 24" IPS Full HD (1920x1080) 120Hz</t>
   </si>
   <si>
     <t>SAM-MON-LS24F320GAUXEN</t>
   </si>
   <si>
     <t>Монитор BenQ GW2491, 24", IPS, 1920x1080, 100Hz, 99% sRGB, HDMI, DisplayPort</t>
   </si>
   <si>
     <t>BENQ-MON-GW2491</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Монитор BenQ GW2490, 24" IPS FHD, 100Hz, HDMI, DP</t>
   </si>
   <si>
     <t>BENQ-MON-GW2490</t>
   </si>
   <si>
+    <t>Монитор BenQ EX240N MOBIUZ 165Hz</t>
+  </si>
+  <si>
+    <t>BENQ-MON-EX240N</t>
+  </si>
+  <si>
     <t>Монитор BenQ GW2791, 27", IPS, 1920x1080, 100Hz, 99% sRGB, HDMI, DisplayPort</t>
   </si>
   <si>
     <t>BENQ-MON-GW2791</t>
   </si>
   <si>
-    <t>Геймърски Монитор ASRock CL27FFA - 27" FHD (1920x1080) IPS, 120Hz, 1ms, FreeSync</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор Samsung S3 S32GF LS27F320GAUXEN - 27" IPS Full HD (1920x1080) 120Hz</t>
   </si>
   <si>
     <t>SAM-MON-LS27F320GAUXEN</t>
   </si>
   <si>
     <t>Монитор BenQ GW2790, 27" IPS FHD, 100Hz, HDMI, DP</t>
   </si>
   <si>
     <t>BENQ-MON-GW2790</t>
   </si>
   <si>
     <t>Монитор BenQ BL2790, 27" IPS FHD, 100Hz, HDMI, DP</t>
   </si>
   <si>
     <t>BENQ-MON-BL2790</t>
   </si>
   <si>
-    <t>Монитор BenQ EX240N MOBIUZ 165Hz</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор HANNS.G HS241HPB - 23.6" IPS FHD(1920x1080) 75Hz, 5ms</t>
   </si>
   <si>
     <t>HSG-MON-HS241HPB</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Монитор Dell E2425H 23.8" VA Full HD 1920x1080, 75Hz, 5ms</t>
   </si>
   <si>
     <t>DELL-MON-E2425H</t>
   </si>
   <si>
     <t>Монитор ASUS TUF GAMING VG246H1A 23.8"</t>
   </si>
   <si>
     <t>ASUS-MON-TUF-VG246H1A</t>
   </si>
   <si>
     <t>Монитор ASUS VY249HF-W, 23.8" IPS FHD(1920x1080), 100Hz, 1ms</t>
   </si>
   <si>
     <t>ASUS-MON-VY249HF-W</t>
   </si>
   <si>
     <t>Гейминг монитор Gigabyte GS25F2 - 24.5 inch SS IPS FHD (1920x1080), 200 Hz, 1 ms, HDR10</t>
   </si>
   <si>
     <t>GA-MON-GS25F2</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Монитор HANNSPREE HC270 HPBRE9, FHD, Wide, 27 inch, HDMI, D-Sub, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HC270HPBR</t>
   </si>
   <si>
     <t>Монитор Samsung Odyssey G3 G30D - 24" VA FHD(1920x1080), 180Hz, 1ms</t>
   </si>
   <si>
     <t>SAM-MON-LS24DG300EUXEN</t>
   </si>
   <si>
     <t>Гейминг монитор Gigabyte G25F2 - 24.5 inch SS IPS FHD (1920x1080), 200 Hz, 1 ms, HDR10</t>
   </si>
   <si>
     <t>GA-MON-G25F2</t>
   </si>
   <si>
+    <t>Геймърски Монитор ASRock PG27FFT1A - 27" inch IPS FHD(1920x1080) 180Hz, 1ms, FreeSync</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG27FFT1A</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW2490T, 24", IPS, 1920x1080, 100Hz</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2490T</t>
+  </si>
+  <si>
     <t>Геймърски Монитор Gigabyte GS27FC, 27" VA FHD, 180Hz, 1ms</t>
   </si>
   <si>
     <t>GA-MON-GS27FC-EK1</t>
   </si>
   <si>
     <t>Монитор Gigabyte GS27FA - 27 inch SS IPS FHD(1920x1080), 180 Hz, 1 ms, HDR Ready</t>
   </si>
   <si>
     <t>GA-MON-GS27FA</t>
   </si>
   <si>
-    <t>Монитор BenQ GW2490T, 24", IPS, 1920x1080, 100Hz</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор BenQ GW2790T, 27", IPS, 1920x1080, 100Hz</t>
   </si>
   <si>
     <t>BENQ-MON-GW2790T</t>
   </si>
   <si>
     <t>Геймърски Монитор ASRock PG25FFT</t>
   </si>
   <si>
     <t>ASR-MON-PG25FFT</t>
   </si>
   <si>
+    <t>Геймърски Монитор Gigabyte GS27FC2 - 27" VA 1500R FHD(1920x1080), 240Hz, 1ms</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27FC2</t>
+  </si>
+  <si>
+    <t>Монитор ASUS TUF GAMING VG279Q3R - 27" Fast IPS FHD(1920x1080) 180Hz, 1ms, FreeSync</t>
+  </si>
+  <si>
+    <t>ASUS-MON-VG279Q3R</t>
+  </si>
+  <si>
+    <t>Монитор ASUS TUF GAMING VG249QM5A - 23.8 inch Fast IPS FHD(1920x1080) 240Hz, 0.3ms, G-Sync, FreeSync</t>
+  </si>
+  <si>
+    <t>ASUS-MON-TUF-VG249QM5A</t>
+  </si>
+  <si>
     <t>Монитор SAMSUNG 25BG400 25" Odyssey G4, 1920x1080, IPS 240Hz, 1 ms, 400cd/m2, 1000:1, DP, 2xHDMI, Черен</t>
   </si>
   <si>
     <t>SAM-MON-25BG400-P</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte GS27QCA - 27" inch SS/VA 1500R, QHD (2560x1440), 180Hz, 1ms, HDR Ready</t>
   </si>
   <si>
     <t>GA-MON-GS27QCA</t>
   </si>
   <si>
     <t>Монитор SAMSUNG 27BG400 27"Odyssey G4, 1920x1080, IPS 240Hz, 1 ms, 400cd/m2, 1000:1, DP, 2xHDMI</t>
   </si>
   <si>
     <t>SAM-MON-27BG400-P</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB16ACV, 15.6" FHD (1920x1080) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-MB16ACV</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB16AHV 15.6" IPS FHD (1920x1080)</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AHV</t>
   </si>
   <si>
     <t>Монитор Dell P2725H, 27" IPS, 1920 x 1080, 5ms</t>
   </si>
   <si>
     <t>DELL-MON-P2725H</t>
   </si>
   <si>
+    <t>Монитор BenQ EX2710S MOBIUZ 165Hz, IPS, 27 inch, Wide, FHD, 1ms, HDR, HDMI, DisplayPort, Черен</t>
+  </si>
+  <si>
+    <t>BENQ-MON-EX2710S</t>
+  </si>
+  <si>
     <t>Монитор BenQ GW2486TC, 23.8", IPS, 1920x1080, 100Hz, Speaker 2 x 2W</t>
   </si>
   <si>
     <t>BENQ-MON-GW2486TC</t>
   </si>
   <si>
     <t>Монитор AOC 25G3ZM/BK - 24.5" FHD VA, 240Hz, 0.5ms</t>
   </si>
   <si>
     <t>AOC-MON-25G3ZMBK</t>
   </si>
   <si>
+    <t>Геймърски Монитор ASRock PG27Q15R2A 27" QHD (2560X1440) 1500R VA</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG27Q15R2A</t>
+  </si>
+  <si>
     <t>Геймърски Монитор ASRock PG27QFT1B</t>
   </si>
   <si>
     <t>ASR-MON-PG27QFT1B</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte GS27QA 27" SS-IPS QHD(2560x1440), 180Hz, 1ms</t>
   </si>
   <si>
     <t>GA-MON-GS27QA</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB16ACЕ 15.6" FHD (1920x1080)</t>
   </si>
   <si>
     <t>ASUS-MON-MB16ACE</t>
   </si>
   <si>
     <t>Монитор ASUS BE249QFK - 23.8" IPS FullHD(1920x1080), 100Hz, 1ms, WebCam</t>
   </si>
   <si>
     <t>ASUS-MON-BE249QFK</t>
   </si>
   <si>
-    <t>Монитор BenQ EX2710S MOBIUZ 165Hz, IPS, 27 inch, Wide, FHD, 1ms, HDR, HDMI, DisplayPort, Черен</t>
-[...2 lines deleted...]
-    <t>BENQ-MON-EX2710S</t>
+    <t>Монитор NEC MultiSync® E244FL LCD 24", VA, 1920 x 1080, DisplayPort, HDMI, USB-C, USB 3.1, Черен</t>
+  </si>
+  <si>
+    <t>NEC-MON-E244FL</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA248QV Professional 24.1", 16:10, WUXGA (1920 x 1200) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA248QV</t>
   </si>
   <si>
+    <t>Монитор BenQ GW2780T</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2780T</t>
+  </si>
+  <si>
+    <t>Геймърски монитор Alienware AW2725DM - 27" Fast IPS WQHD(2560x1440) 180Hz, 1ms, G-Sync Compatible</t>
+  </si>
+  <si>
+    <t>DELL-MON-AW2725DM</t>
+  </si>
+  <si>
     <t>Монитор NEC MultiSync® E274FL LCD 27", VA, 1920 x 1080, DisplayPort, HDMI, USB-C, USB 3.1, Черен</t>
   </si>
   <si>
     <t>NEC-MON-E274FL</t>
   </si>
   <si>
-    <t>Монитор BenQ GW2780T</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор BenQ GW2786TC - 27" inch IPS, 1920x1080, 100Hz, Speaker 2 x 2W</t>
   </si>
   <si>
     <t>BENQ-MON-GW2786TC</t>
   </si>
   <si>
     <t>Тъч монитор HANNSPREE HT 161 HNB, TFT, 15.6 inch, Whide, HD Ready, D-Sub, HDMI, 10 Point Touch, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HT161HNBREX</t>
   </si>
   <si>
-    <t>Монитор NEC MultiSync® E244FL LCD 24", VA, 1920 x 1080, DisplayPort, HDMI, USB-C, USB 3.1, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Геймърски Монитор Gigabyte GS32QCA - 32" inch SS/VA 1500R, QHD (2560x1440), 180Hz, 1ms, HDR Ready</t>
   </si>
   <si>
     <t>GA-MON-GS32QCA</t>
   </si>
   <si>
     <t>Монитор BenQ BL2786TC, 27", IPS, 1920x1080, 100Hz, Speaker 2 x 2W</t>
   </si>
   <si>
     <t>BENQ-MON-BL2786TC</t>
   </si>
   <si>
     <t>Геймърски Монитор ASRock PG32QF2B 32" QHD (2560X1440) Flat VA</t>
   </si>
   <si>
     <t>ASR-MON-PG32QF2B</t>
   </si>
   <si>
+    <t>Монитор ASUS TUF GAMING VG328QA1A - 32" VA FHD(1920x1080), 170Hz, 1ms, 125% sRGB, FreeSync Premium</t>
+  </si>
+  <si>
+    <t>ASUS-MON-VG328QA1A</t>
+  </si>
+  <si>
     <t>Монитор ASUS ProArt PA278QV - 27-inch</t>
   </si>
   <si>
     <t>ASUS-MON-PA278QV</t>
   </si>
   <si>
-    <t>Геймърски Монитор Gigabyte GS32Q 31.5" SS IPS QHD (2560x1440), 170Hz, 1ms, HDR Ready, FreeSync Premium</t>
-[...4 lines deleted...]
-  <si>
     <t>Тъч монитор ASUS VT229H 21.5" FHD (1920x1080)</t>
   </si>
   <si>
     <t>ASUS-MON-VT229H</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA247CV Professional 23.8", FHD (1920 x 1080) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA247CV</t>
   </si>
   <si>
-    <t>Геймърски Монитор ASRock PG27Q15R2A 27" QHD (2560X1440) 1500R VA</t>
-[...2 lines deleted...]
-    <t>ASR-MON-PG27Q15R2A</t>
+    <t>Геймърски Монитор ASRock PG34QRT2B - 34" WQHD (3440x1440) 1500R VA, 180Hz, 1ms</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG34QRT2B</t>
   </si>
   <si>
     <t>Тъч монитор HANNSPREE HT221PPB, TFT, 21.5 inch, Wide, Full HD, D-Sub, USB-C, HDMI, DP, 10 Point Touch, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HT221PPB</t>
   </si>
   <si>
-    <t>Геймърски Монитор Gigabyte GS27QXA - 27" IPS QHD(2560x1440), 240hz, 1ms</t>
-[...4 lines deleted...]
-  <si>
     <t>Тъч монитор HANNSPREE HT225HPB, LED, 21.5 inch, Wide, Full HD, Display Port, VGA, HDMI, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HT225HPB</t>
   </si>
   <si>
     <t>Монитор ASUS TUF Gaming VG27AQL5A - 27" Fast IPS, WQHD, 210 Hz, 1ms</t>
   </si>
   <si>
     <t>ASUS-MON-VG27AQL5A</t>
   </si>
   <si>
+    <t>Геймърски Монитор Gigabyte G34WQCP - 34" SS VA WQHD 3440x1440, Curved 1500R, 180Hz, 1ms, HDR Ready</t>
+  </si>
+  <si>
+    <t>GA-MON-G34WQCP</t>
+  </si>
+  <si>
     <t>Монитор NEC MultiSync® EA242F LCD 23.8", 1920x1080, USB-C, DisplayPort, HDMI, USB 3.1,</t>
   </si>
   <si>
     <t>NEC-MON-EA242F</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
+    <t>Геймърски Монитор Gigabyte GS27Q X 27" SS-IPS QHD (2560x1440), 240Hz, 1 ms</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27Q-X</t>
+  </si>
+  <si>
     <t>Монитор BenQ EX2710Q MOBIUZ 165Hz</t>
   </si>
   <si>
     <t>BENQ-MON-EX2710Q</t>
   </si>
   <si>
-    <t>Монитор NEC MultiSync EA241F, IPS, 23.8" inch, Wide, 1920x1080, DVI-I, DP, HDMI, VGA, USB, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор BenQ PD2705Q</t>
   </si>
   <si>
     <t>BENQ-MON-PD2705Q</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA248CNV Professional 24.1", 16:10, WUXGA (1920 x 1200) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA248CNV</t>
   </si>
   <si>
     <t>Монитор ASUS TUF GAMING VG34VQEL1A  – 34" VA UWQHD(3440x1440), 1500R, 100Hz, 1ms, 125% sRGB, FreeSync Premium Pro</t>
   </si>
   <si>
     <t>ASUS-MON-VG34VQEL1A</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt Professional PA248CRV – 24.1" IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA248CRV</t>
   </si>
   <si>
-    <t>Геймърски Монитор Gigabyte G34WQCP - 34" SS VA WQHD 3440x1440, Curved 1500R, 180Hz, 1ms, HDR Ready</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS ZenScreen Go MB16AHP 15.6" FHD (1920x1080) IPS, USB Type-C, Преносим</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AHP</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen Touch MB16AHT, 15.6" FHD (1920x1080) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AHT</t>
   </si>
   <si>
     <t>Монитор BenQ GW2790QT, 27" IPS QHD, 75Hz, HDMI, DP, USB-C</t>
   </si>
   <si>
     <t>BENQ-MON-GW2790QT</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte GS27U 27" IPS UHD(3840x2160), 160Hz, 1 ms</t>
   </si>
   <si>
     <t>GA-MON-GS27U</t>
   </si>
   <si>
     <t>Монитор Samsung Odyssey G5 34 inch, VA Curved UWQHD 3440x1440</t>
   </si>
   <si>
     <t>SAM-MON-C34G55TWWP</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB16AHG 15.6" IPS FHD (1920x1080) 144Hz</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AHG</t>
   </si>
   <si>
+    <t>Геймърски Монитор Gigabyte M27UA - 27" inch UHD(3840x2160) 160Hz, 1ms, HDR 400</t>
+  </si>
+  <si>
+    <t>GA-MON-M27UA</t>
+  </si>
+  <si>
     <t>Монитор EIZO FlexScan EV2360, IPS, 22.5 inch, Wide, WUXGA, D-Sub, HDMI, DisplayPort, Бял</t>
   </si>
   <si>
     <t>EIZO-EV2360-WT</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan EV2360, IPS, 22.5 inch, Wide, WUXGA, D-Sub, HDMI, DisplayPort, Черен</t>
   </si>
   <si>
     <t>EIZO-EV2360-BK</t>
   </si>
   <si>
-    <t>Професионален Монитор ASUS ProArt PA148CTV – 14"</t>
-[...4 lines deleted...]
-  <si>
     <t>Тъч монитор HANNSPREE HT248PPB, LED, 23.8 inch, Wide, Full HD, D-Sub, HDMI, DP, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HT248PPB</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix XG27ACS</t>
   </si>
   <si>
     <t>ASUS-MON-XG27ACS</t>
   </si>
   <si>
     <t>Монитор BenQ BL2790QT, 27 inch, IPS QHD, DisplayPort, HDMI, USB-C, Черен</t>
   </si>
   <si>
     <t>BENQ-MON-BL2790QT</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte M27UP - 27" inch SS IPS UHD(3840x2160) 160Hz, 1ms, HDR 400</t>
   </si>
   <si>
     <t>GA-MON-M27UP</t>
   </si>
   <si>
+    <t>Монитор ASUS TUF Gaming VG27AQML1A  - 27" Fast IPS, WQHD(2560x1440), 260 Hz, 1ms, G-Sync Compatible, FreeSync Premium</t>
+  </si>
+  <si>
+    <t>ASUS-MON-VG27AQML1A</t>
+  </si>
+  <si>
+    <t>Геймърски монитор Alienware AW3425DWM - 34" inch VA Curved WQHD(3440x1440), 180 Hz, 1ms, FreeSync Premium+</t>
+  </si>
+  <si>
+    <t>DELL-MON-AW3425DWM</t>
+  </si>
+  <si>
     <t>Монитор EIZO FlexScan EV2460, IPS, 23.8 inch, Wide, Full HD, D-Sub, DVI-D, HDMI, DisplayPort, Черен</t>
   </si>
   <si>
     <t>EIZO-EV2460-BK</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan EV2460, IPS, 23.8 inch, Wide, Full HD, D-Sub, DVI-D, HDMI, DisplayPort, Бял</t>
   </si>
   <si>
     <t>EIZO-EV2460-WT</t>
   </si>
   <si>
     <t>Монитор Dell Alienware AW2523HF 24.5" IPS, 1920 x 1080, 360Hz, 1ms</t>
   </si>
   <si>
     <t>DELL-MON-AW2523HF</t>
   </si>
   <si>
     <t>Монитор Dell Alienware AW2724HF 27" Fast-IPS, 1920 x 1080, 360Hz, 0.5ms</t>
   </si>
   <si>
     <t>DELL-MON-AW2724HF</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA278CGV – 27", IPS, WQHD (2560 x 1440), 144Hz</t>
   </si>
   <si>
     <t>ASUS-MON-PA278CGV</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB249C, 23.8" IPS FHD (1920x1080), 75Hz, USB-C, HDMI</t>
   </si>
   <si>
     <t>ASUS-MON-MB249C</t>
   </si>
   <si>
-    <t>Геймърски Монитор Gigabyte M27UA - 27" inch UHD(3840x2160) 160Hz, 1ms, HDR 400</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор Dell S2725QC 27" IPS 4K(3840x2160), 120Hz, USB-C</t>
   </si>
   <si>
     <t>DELL-MON-S2725QC</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix XG27ACS-W</t>
   </si>
   <si>
     <t>ASUS-MON-XG27ACS-W</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB17AHG</t>
   </si>
   <si>
     <t>ASUS-MON-MB17AHG</t>
   </si>
   <si>
     <t>Портативен тъч Монитор ASUS ZenScreen Touch MB16AMTR, 16" IPS FHD (1920x1080)</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AMTR</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan EV2430, IPS, 24 inch, Wide, UXGA, DVI-D, DisplayPort, D-Sub, USB Hub, Черен</t>
@@ -598,402 +637,414 @@
   <si>
     <t>Монитор BenQ GW3290QT, IPS, 31.5 inch, Wide, QHD, DP, HDMI, USB, Бял</t>
   </si>
   <si>
     <t>BENQ-MON-GW3290QT</t>
   </si>
   <si>
     <t>Монитор BenQ PD2706QN, 27 inch, IPS, 2560x1440, 60Hz, HDMI, DP, USB-C PD, 100% sRGB, 95% DCI-P3, USB-A Hub X 4</t>
   </si>
   <si>
     <t>BENQ-MON-PD2706QN</t>
   </si>
   <si>
     <t>Тъч монитор HANNSPREE HT273HPB, HS-IPS, 27 inch, Wide, Full HD, D-Sub, HDMI, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HT273HPB</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix XG27UCS</t>
   </si>
   <si>
     <t>ASUS-MON-XG27UCS</t>
   </si>
   <si>
+    <t>Монитор EIZO FlexScan EcoView Ultra-Slim EV2456-BK, IPS, 24.1 inch, Wide, WUXGA, D-Sub, DVI-D, HDMI, DisplayPort, Бял</t>
+  </si>
+  <si>
+    <t>EIZO-EV2456-WT</t>
+  </si>
+  <si>
     <t>Монитор EIZO FlexScan EV2480, IPS, 23.8 inch, Wide, Full HD, HDMI, DisplayPort, USB-C, Черен</t>
   </si>
   <si>
     <t>EIZO-EV2480-BK</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan S1934H, IPS, 19 inch, Clasic, SXGA, D-Sub, DVI-D, DisplayPort, Черен</t>
   </si>
   <si>
     <t>EIZO-S1934H-BK</t>
   </si>
   <si>
     <t>Монитор Dell Alienware AW2723DF 27" IPS, 2560 x 1440, 280Hz, 1ms</t>
   </si>
   <si>
     <t>DELL-MON-AW2723DF</t>
   </si>
   <si>
     <t>Монитор за програмиране BenQ RD240Q, 24.1", IPS, 2560x1600, 5 ms, 60Hz, HDR10</t>
   </si>
   <si>
     <t>BENQ-MON-RD240Q</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix XG279CNS - 27" inch Fast IPS, FullHD, 380Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-XG279CNS</t>
   </si>
   <si>
     <t>Монитор ASUS TUF GAMING VG34WQML5A  – 34" VA UWQHD(3440x1440), 1500R, 250Hz, 0.5ms, 130% sRGB, FreeSync Premium</t>
   </si>
   <si>
     <t>ASUS-MON-VG34WQML5A</t>
   </si>
   <si>
-    <t>Монитор EIZO FlexScan S1934H, IPS, 19 inch, Clasic, SXGA, D-Sub, DVI-D, DisplayPort, Сив</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS ProArt PA279CV – 27", IPS, UHD (3840 x 2160), USB-C</t>
   </si>
   <si>
     <t>ASUS-MON-PA279CV</t>
   </si>
   <si>
-    <t>Монитор BenQ PD2705U</t>
-[...2 lines deleted...]
-    <t>BENQ-MON-PD2705U</t>
+    <t>Монитор Samsung Odyssey G6 G650 - LS32BG650EUXEN</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS32BG650EU</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan EV2410R - 23.8 inch IPS, Wide, Full HD, HDMI, DisplayPort - Черен</t>
   </si>
   <si>
     <t>EIZO-EV2410R-BK</t>
   </si>
   <si>
-    <t>Монитор NEC MultiSync EA241WU, IPS, 24" inch, Wide, 1920x1200, DVI-I, DisplayPort, HDMI, VGA, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS ZenScreen MQ16AHE - 15.6" OLED, 1ms, HDR-10</t>
   </si>
   <si>
     <t>ASUS-MON-MQ16AHE</t>
   </si>
   <si>
     <t>Монитор ASUS Professional ProArt PA278CFRV</t>
   </si>
   <si>
     <t>ASUS-MON-PA278CFRV</t>
   </si>
   <si>
-    <t>Монитор ASUS ProArt PA328QV - 31.5-inch, IPS, WQHD(2560x1440)</t>
-[...8 lines deleted...]
-    <t>SAM-MON-LS32BG650EU</t>
+    <t>Монитор ASUS ZenScreen MB27ACF - 27" IPS QHD(2560x1440), 100Hz, USB-C</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB27ACF</t>
+  </si>
+  <si>
+    <t>Монитор ZOWIE XL2546X+ 24.5" FastTN, 280Hz, DyAc2</t>
+  </si>
+  <si>
+    <t>ZOWIE-MON-XL2546X-PLUS</t>
   </si>
   <si>
     <t>Монитор BenQ PD2506Q 25 inch IPS</t>
   </si>
   <si>
     <t>BENQ-MON-PD2506Q</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB16AWP 16" IPS FHD (1920 x 1080) ,60Hz, USB Type-C, Mini HDMI</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AWP</t>
   </si>
   <si>
     <t>Монитор Alienware AW2725QF - 27" IPS 4K UHD 3840 x 2160, 180Hz, 0.5ms</t>
   </si>
   <si>
     <t>DELL-MON-AW2725QF</t>
   </si>
   <si>
+    <t>Монитор BenQ MA270U за MacBook- 27 inch IPS 4K(3840x2160), 60Hz, HDMI, DP, USB-C PD</t>
+  </si>
+  <si>
+    <t>BENQ-MON-MA270U</t>
+  </si>
+  <si>
     <t>Преносим тъч монитор RICOH 150, OLED, 15.6", 560г, USB-C</t>
   </si>
   <si>
     <t>RICOH-MON-150</t>
   </si>
   <si>
     <t>Монитор BenQ BL3290QT, 32 inch, IPS QHD, DisplayPort, HDMI, USB-C, EyeCare</t>
   </si>
   <si>
     <t>BENQ-MON-BL3290QT</t>
   </si>
   <si>
     <t>Монитор BenQ PD2706U, 27 inch, IPS, 3840x2160, 60Hz, HDMI, DP, USB-C PD</t>
   </si>
   <si>
     <t>BENQ-MON-PD2706U</t>
   </si>
   <si>
     <t>Монитор за фото и видео редактиране BenQ SW242Q, 24.1", IPS, 2K, HDR10</t>
   </si>
   <si>
     <t>BENQ-MON-SW242Q</t>
   </si>
   <si>
-    <t>Монитор ZOWIE XL2546X+ 24.5" FastTN, 280Hz, DyAc2</t>
-[...10 lines deleted...]
-  <si>
     <t>Монитор Alienware AW2524HF 24.5" IPS FHD(1920 x 1080), 540Hz, 0.5ms</t>
   </si>
   <si>
     <t>DELL-MON-AW2524HF</t>
   </si>
   <si>
     <t>Монитор BenQ PD2705UA, 27 inch, IPS, 3840x2160, 60Hz, HDMI, DP, USB-C PD</t>
   </si>
   <si>
     <t>BENQ-MON-PD2705UA</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA34VCNV - 34.1" IPS 3800R Curved</t>
   </si>
   <si>
     <t>ASUS-MON-PA34VCNV</t>
   </si>
   <si>
-    <t>Монитор BenQ PD3205U</t>
-[...14 lines deleted...]
-    <t>GA-MON-MO27Q2</t>
+    <t>Широкоформатен дисплей NEC MultiSync E498, 49", UHD, 400cd/m2, Direct LED backlight, 16/7 proof, Media Player</t>
+  </si>
+  <si>
+    <t>NEC-MON-E498</t>
   </si>
   <si>
     <t>Монитор за програмиране BenQ RD280U, 28.2"</t>
   </si>
   <si>
     <t>BENQ-MON-RD280U</t>
   </si>
   <si>
     <t>Геймърски Монитор GIGABYTE M32UP - 31.5 SS IPS 4K UHD, 160Hz, 1ms</t>
   </si>
   <si>
     <t>GA-MON-M32UP</t>
   </si>
   <si>
-    <t>Широкоформатен дисплей NEC MultiSync E498, 49", UHD, 400cd/m2, Direct LED backlight, 16/7 proof, Media Player</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор BenQ PD2706UA, 27 inch, W-LED, IPS, 3840x2160, 60Hz, HDMI, DP, USB-C PD</t>
   </si>
   <si>
     <t>BENQ-MON-PD2706UA</t>
   </si>
   <si>
     <t>Геймърски Монитор ASRock PGO27QFS</t>
   </si>
   <si>
     <t>ASR-MON-PGO27QFS</t>
   </si>
   <si>
     <t>Монитор BenQ MA320U за MacBook Pro и MacBook Air, 31,5" , IPS , LED, 3840x2160, HDR10, 178°/178° , 1300:1</t>
   </si>
   <si>
     <t>BENQ-MON-MA320U</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen Duo OLED MQ149CD</t>
   </si>
   <si>
     <t>ASUS-MON-MQ149CD</t>
   </si>
   <si>
+    <t>Монитор ASUS ROG Strix XG27AQWMG - 27" WOLED WQHD (2560 x 1440), 280Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-ROG-XG27AQWMG</t>
+  </si>
+  <si>
     <t>Геймърски монитор GIGABYTE MO27Q2 - 27" QD-OLED, QHD (2560 x 1440), 280Hz, 0.03ms</t>
   </si>
   <si>
     <t>GA-MON-MO27Q2A</t>
   </si>
   <si>
+    <t>Гейминг монитор GIGABYTE MO34WQC - 34" QD-OLED, WQHD, 175Hz, 0.03ms, Vesa ClearMR 10000, HDR 400, KVM</t>
+  </si>
+  <si>
+    <t>GA-MON-MO34WQC</t>
+  </si>
+  <si>
     <t>Широкоформатен дисплей NEC MultiSync E558, 55", UHD, 400cd/m2, Direct LED backlight, 16/7 proof, Media Player</t>
   </si>
   <si>
     <t>NEC-MON-E558</t>
   </si>
   <si>
     <t>Монитор SAMSUNG Odyssey OLED G6 G61SD - 27" OLED, WQHD(2560x1440) 240Hz, 0.03ms</t>
   </si>
   <si>
     <t>SAM-MON-LS27DG610SUXEN</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix OLED XG27ACDNG - 27" QD-OLED WQHD (2560 x 1440), 360Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG27ACDNG</t>
   </si>
   <si>
+    <t>Монитор Samsung Odyssey G7 G75F - 37" inch Curved 1000R 4K(3840x2160), 165Hz, 1ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS37FG750EUXEN</t>
+  </si>
+  <si>
+    <t>Монитор EIZO ColorEdge EV2740S-BK, 27'', 3140x2160, IPS, USB-C, DP, HDMI, 4xUSB-A, Черен</t>
+  </si>
+  <si>
+    <t>EIZO-EV2740S-BK</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ProArt PA27JCV – 27", IPS, 5K (5120x2880), USB-C</t>
+  </si>
+  <si>
+    <t>ASUS-MON-PA27JCV</t>
+  </si>
+  <si>
     <t>Монитор ASUS ProArt PA348CGV - 34.1" IPS, UWQHD 3440x1440, 120Hz, 2ms</t>
   </si>
   <si>
     <t>ASUS-MON-PA348CGV</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix OLED XG34WCDG - 34-inch QD-OLED 3440x1440, 1800R Curve, 175Hz, 0.03ms (GTG), ASUS OLED Care Pro, G-Sync</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG34WCDG</t>
   </si>
   <si>
+    <t>Геймърски монитор GIGABYTE MO27U2 - 27" QD-OLED, 4K UHD, 240Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>GA-MON-MO27U2</t>
+  </si>
+  <si>
     <t>Гейминг монитор GIGABYTE AORUS FO32U - 31.5" QD-OLED 4K UHD, 165Hz, 0.03ms</t>
   </si>
   <si>
     <t>GA-MON-FO32U</t>
   </si>
   <si>
-    <t>Геймърски монитор GIGABYTE MO27U2 - 27" QD-OLED, 4K UHD, 240Hz, 0.03ms</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор Samsung Odyssey OLED G8 G85SD Ultra WQHD - 34" CURVED 1800R, 175 Hz, 0.03ms</t>
   </si>
   <si>
     <t>SAM-MON-LS34DG850SUXDU</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix OLED XG32UCDS - 32" QD-OLED 4K (3840x2160), 165Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG32UCDS</t>
   </si>
   <si>
     <t>Гейминг монитор GIGABYTE MO32U - 31.5" QD-OLED 4K UHD, 165Hz, 0.03ms</t>
   </si>
   <si>
     <t>GA-MON-MO32U</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix OLED XG27UCDMG - 27" QD-OLED 4K (3840x2160), 240Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG27UCDMG</t>
   </si>
   <si>
+    <t>Монитор SAMSUNG Odyssey OLED G8 - 27 inch QD-OLED 4K(3840x2160), 240 Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS27FG810SUXEN</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ROG Swift PG32UDCMZ - 32" QD-OLED 4K, 240Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-ROG-PG32UCDMZ</t>
+  </si>
+  <si>
+    <t>Геймърски монитор GIGABYTE AORUS FO27Q5P - 27" QD-OLED, QHD (2560 x 1440), 500Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>GA-MON-FO27Q5P</t>
+  </si>
+  <si>
     <t>Монитор Alienware AW3225QF 32" Curved QD-OLED, 4K UHD 3840 x 2160 , 240Hz, 0.3ms</t>
   </si>
   <si>
     <t>DELL-MON-AW3225QF</t>
   </si>
   <si>
     <t>Монитор BenQ PD2730S - 27 inch IPS 5K(5120x2880), 60Hz, HDMI, DP, USB-C PD</t>
   </si>
   <si>
     <t>BENQ-MON-PD2730S</t>
   </si>
   <si>
+    <t>Монитор ROG Swift OLED PG27UCDM - 27" 4K QD-OLED, 240Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-ROG-PG27UCDM</t>
+  </si>
+  <si>
+    <t>Монитор SAMSUNG Odyssey OLED G8 G81SF - 32 inch QD-OLED 4K(3840x2160), 240 Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS32FG810SUXEN</t>
+  </si>
+  <si>
     <t>Монитор за видео камера BENQ PVS7 - 7 inch IPS FHD(1920x1200), 60Hz, HDMI, MicroSD, SDI</t>
   </si>
   <si>
     <t>BENQ-MON-PVS7</t>
   </si>
   <si>
-    <t>Монитор SAMSUNG Odyssey OLED G8 - 27 inch QD-OLED 4K(3840x2160), 240 Hz, 0.3ms</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS ROG Swift OLED PG32UCDP 32" - 4K 240Hz или FHD 480Hz WOLED, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-PG32UCDP</t>
   </si>
   <si>
-    <t>Монитор ROG Swift OLED PG27UCDM - 27" 4K QD-OLED, 240Hz, 0.03ms</t>
-[...10 lines deleted...]
-  <si>
     <t>Монитор ZOWIE XL2586X+ 24.5" FastTN, 600Hz, DyAc2</t>
   </si>
   <si>
     <t>ZOWIE-MON-XL2586X-PLUS</t>
   </si>
   <si>
     <t>Монитор BenQ PD3226G, 32", Wide IPS, 4K, HDMI, DP, Thunderbolt 4, USB 3.2 Hub, HDR10, KVM Switch, CAD/CAM mode</t>
   </si>
   <si>
     <t>BENQ-MON-PD3226G</t>
   </si>
   <si>
-    <t>Монитор ASUS ROG Swift PG32UDCMZ - 32" QD-OLED 4K, 240Hz, 0.3ms</t>
-[...2 lines deleted...]
-    <t>ASUS-MON-ROG-PG32UCDMZ</t>
+    <t>Монитор EIZO FlexScan EV3240X - 32" inch 4K IPS, HDMI, DisplayPort, USB-C, Бял</t>
+  </si>
+  <si>
+    <t>EIZO-EV3240X-WT</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt Display 6K PA32QCV - 32-inch, IPS, 6K (6016 x 3384), 98% DCI-P3, LuxPixel™ AGLR, Light Sync, Color Accuracy ΔE &lt; 2, Calman Verified</t>
   </si>
   <si>
     <t>ASUS-MON-PA32QCV</t>
   </si>
   <si>
     <t>Монитор ROG Swift OLED PG32UCDMR - 32" QD-OLED 4K (3840x2160), 240Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-PG32UCDMR</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt OLED PA32UCDM - 32" QD-OLED 4K (3840x2160), 240Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-PA32UCDM</t>
   </si>
   <si>
     <t>3D Монитор SAMSUNG Odyssey 3D G6 G90XF - 27" IPS 4K UHD(3840x2160), 165Hz, 1ms</t>
   </si>
   <si>
     <t>SAM-MON-LS27FG900XUXEN</t>
   </si>
@@ -1327,6618 +1378,5456 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D469"/>
+  <dimension ref="A1:D386"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>189.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>198.996</v>
+        <v>189.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>198.996</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>198.996</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>204.216</v>
+        <v>198.996</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>219.0</v>
+        <v>204.216</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>219.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>219.0</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>228.996</v>
+        <v>219.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>228.996</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>238.8</v>
+        <v>228.996</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>238.8</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>245.7</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>249.0</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>249.0</v>
       </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>249.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
         <v>249.372</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
         <v>258.996</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
         <v>279.0</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>290.4</v>
+        <v>279.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>290.4</v>
+        <v>284.568</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>299.244</v>
+        <v>290.4</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>318.996</v>
+        <v>290.4</v>
       </c>
       <c r="D24" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
         <v>318.996</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>329.988</v>
+        <v>318.996</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>348.996</v>
+        <v>318.996</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>358.8</v>
+        <v>318.996</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>359.004</v>
+        <v>318.996</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>378.996</v>
+        <v>329.988</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>378.996</v>
+        <v>348.996</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>390.0</v>
+        <v>359.004</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>390.0</v>
+        <v>359.004</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>399.0</v>
+        <v>378.996</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>399.0</v>
+        <v>378.996</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>419.004</v>
+        <v>389.004</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>419.004</v>
+        <v>390.0</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>429.0</v>
+        <v>390.0</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>438.996</v>
+        <v>394.8</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>444.0</v>
+        <v>399.0</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>450.0</v>
+        <v>399.0</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>459.0</v>
+        <v>419.004</v>
       </c>
       <c r="D42" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>463.536</v>
+        <v>419.004</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>468.0</v>
+        <v>429.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>468.0</v>
+        <v>438.996</v>
       </c>
       <c r="D45" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>478.8</v>
+        <v>450.0</v>
       </c>
       <c r="D46" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>478.992</v>
+        <v>455.172</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>489.0</v>
+        <v>459.0</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>492.0</v>
+        <v>459.0</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>498.996</v>
+        <v>463.536</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>498.996</v>
+        <v>468.0</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>526.8</v>
+        <v>478.8</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>528.072</v>
+        <v>478.992</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>540.0</v>
+        <v>479.004</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>542.748</v>
+        <v>489.0</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>549.0</v>
+        <v>498.996</v>
       </c>
       <c r="D56" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>575.46</v>
+        <v>498.996</v>
       </c>
       <c r="D57" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>579.0</v>
+        <v>519.0</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>587.556</v>
+        <v>528.072</v>
       </c>
       <c r="D59" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>598.992</v>
+        <v>542.748</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>599.004</v>
+        <v>549.0</v>
       </c>
       <c r="D61" t="s">
-        <v>119</v>
+        <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>599.004</v>
+        <v>564.0</v>
       </c>
       <c r="D62" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>599.004</v>
+        <v>575.46</v>
       </c>
       <c r="D63" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B64" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C64">
-        <v>600.0</v>
+        <v>576.0</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B65" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C65">
-        <v>609.0</v>
+        <v>579.0</v>
       </c>
       <c r="D65" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B66" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C66">
-        <v>629.004</v>
+        <v>598.992</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B67" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C67">
-        <v>630.0</v>
+        <v>599.004</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B68" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C68">
-        <v>639.0</v>
+        <v>599.004</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B69" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C69">
-        <v>648.996</v>
+        <v>599.004</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B70" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C70">
-        <v>648.996</v>
+        <v>609.0</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B71" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C71">
-        <v>669.6</v>
+        <v>629.004</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B72" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C72">
-        <v>669.756</v>
+        <v>630.0</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B73" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C73">
-        <v>670.944</v>
+        <v>639.0</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B74" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C74">
-        <v>671.832</v>
+        <v>648.996</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B75" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C75">
-        <v>678.996</v>
+        <v>648.996</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B76" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C76">
-        <v>699.0</v>
+        <v>669.0</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B77" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C77">
-        <v>699.0</v>
+        <v>669.6</v>
       </c>
       <c r="D77" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B78" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C78">
-        <v>726.0</v>
+        <v>669.756</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B79" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C79">
-        <v>726.0</v>
+        <v>671.832</v>
       </c>
       <c r="D79" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B80" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C80">
-        <v>729.0</v>
+        <v>678.996</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B81" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C81">
-        <v>729.0</v>
+        <v>699.0</v>
       </c>
       <c r="D81" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B82" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C82">
-        <v>729.0</v>
+        <v>699.0</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B83" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C83">
-        <v>738.996</v>
+        <v>699.0</v>
       </c>
       <c r="D83" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B84" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C84">
-        <v>738.996</v>
+        <v>714.0</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B85" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C85">
-        <v>748.056</v>
+        <v>726.0</v>
       </c>
       <c r="D85" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B86" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C86">
-        <v>749.004</v>
+        <v>726.0</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B87" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C87">
-        <v>749.004</v>
+        <v>729.0</v>
       </c>
       <c r="D87" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B88" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C88">
-        <v>749.004</v>
+        <v>729.0</v>
       </c>
       <c r="D88" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B89" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C89">
-        <v>750.0</v>
+        <v>729.0</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B90" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C90">
-        <v>768.996</v>
+        <v>738.996</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B91" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C91">
-        <v>774.0</v>
+        <v>748.056</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B92" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C92">
-        <v>778.992</v>
+        <v>749.004</v>
       </c>
       <c r="D92" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B93" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C93">
-        <v>787.104</v>
+        <v>749.004</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B94" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C94">
-        <v>789.0</v>
+        <v>749.004</v>
       </c>
       <c r="D94" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B95" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C95">
-        <v>798.0</v>
+        <v>750.0</v>
       </c>
       <c r="D95" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B96" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C96">
-        <v>798.744</v>
+        <v>768.996</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B97" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C97">
-        <v>798.996</v>
+        <v>774.0</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B98" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C98">
-        <v>798.996</v>
+        <v>778.992</v>
       </c>
       <c r="D98" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B99" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C99">
-        <v>798.996</v>
+        <v>787.104</v>
       </c>
       <c r="D99" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B100" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C100">
-        <v>798.996</v>
+        <v>789.0</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B101" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C101">
-        <v>819.0</v>
+        <v>792.0</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
         <v>189.0</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>7</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103">
-        <v>198.996</v>
+        <v>189.0</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
+        <v>9</v>
+      </c>
+      <c r="B104" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C104">
         <v>198.996</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>12</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105">
         <v>198.996</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>14</v>
       </c>
       <c r="B106" t="s">
         <v>15</v>
       </c>
       <c r="C106">
-        <v>204.216</v>
+        <v>198.996</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B107" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C107">
-        <v>219.0</v>
+        <v>204.216</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B108" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C108">
         <v>219.0</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B109" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C109">
         <v>219.0</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B110" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C110">
-        <v>228.996</v>
+        <v>219.0</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B111" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C111">
         <v>228.996</v>
       </c>
       <c r="D111" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B112" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C112">
-        <v>238.8</v>
+        <v>228.996</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B113" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C113">
         <v>238.8</v>
       </c>
       <c r="D113" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>31</v>
       </c>
       <c r="B114" t="s">
         <v>32</v>
       </c>
       <c r="C114">
         <v>245.7</v>
       </c>
       <c r="D114" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>33</v>
       </c>
       <c r="B115" t="s">
         <v>34</v>
       </c>
       <c r="C115">
         <v>249.0</v>
       </c>
       <c r="D115" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>35</v>
       </c>
       <c r="B116" t="s">
         <v>36</v>
       </c>
       <c r="C116">
         <v>249.0</v>
       </c>
       <c r="D116" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>37</v>
       </c>
       <c r="B117" t="s">
         <v>38</v>
       </c>
       <c r="C117">
         <v>249.0</v>
       </c>
       <c r="D117" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B118" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C118">
         <v>249.372</v>
       </c>
       <c r="D118" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B119" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C119">
         <v>258.996</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B120" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C120">
         <v>279.0</v>
       </c>
       <c r="D120" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B121" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C121">
-        <v>290.4</v>
+        <v>279.0</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B122" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C122">
-        <v>290.4</v>
+        <v>284.568</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B123" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C123">
-        <v>299.244</v>
+        <v>290.4</v>
       </c>
       <c r="D123" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B124" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C124">
-        <v>318.996</v>
+        <v>290.4</v>
       </c>
       <c r="D124" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B125" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C125">
         <v>318.996</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B126" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C126">
-        <v>329.988</v>
+        <v>318.996</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B127" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C127">
-        <v>348.996</v>
+        <v>318.996</v>
       </c>
       <c r="D127" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B128" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C128">
-        <v>358.8</v>
+        <v>318.996</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B129" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C129">
-        <v>359.004</v>
+        <v>318.996</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B130" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C130">
-        <v>378.996</v>
+        <v>329.988</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B131" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C131">
-        <v>378.996</v>
+        <v>348.996</v>
       </c>
       <c r="D131" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B132" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C132">
-        <v>390.0</v>
+        <v>359.004</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B133" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C133">
-        <v>390.0</v>
+        <v>359.004</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B134" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C134">
-        <v>399.0</v>
+        <v>378.996</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B135" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C135">
-        <v>399.0</v>
+        <v>378.996</v>
       </c>
       <c r="D135" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B136" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C136">
-        <v>419.004</v>
+        <v>389.004</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B137" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C137">
-        <v>419.004</v>
+        <v>390.0</v>
       </c>
       <c r="D137" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B138" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C138">
-        <v>429.0</v>
+        <v>390.0</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B139" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C139">
-        <v>438.996</v>
+        <v>394.8</v>
       </c>
       <c r="D139" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B140" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C140">
-        <v>444.0</v>
+        <v>399.0</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B141" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C141">
-        <v>450.0</v>
+        <v>399.0</v>
       </c>
       <c r="D141" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B142" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C142">
-        <v>459.0</v>
+        <v>419.004</v>
       </c>
       <c r="D142" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
+        <v>90</v>
+      </c>
+      <c r="B143" t="s">
         <v>91</v>
       </c>
-      <c r="B143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143">
-        <v>468.0</v>
+        <v>419.004</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
+        <v>92</v>
+      </c>
+      <c r="B144" t="s">
         <v>93</v>
       </c>
-      <c r="B144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144">
-        <v>468.0</v>
+        <v>429.0</v>
       </c>
       <c r="D144" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
+        <v>94</v>
+      </c>
+      <c r="B145" t="s">
         <v>95</v>
       </c>
-      <c r="B145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145">
-        <v>478.8</v>
+        <v>438.996</v>
       </c>
       <c r="D145" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
+        <v>96</v>
+      </c>
+      <c r="B146" t="s">
         <v>97</v>
       </c>
-      <c r="B146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146">
-        <v>478.992</v>
+        <v>450.0</v>
       </c>
       <c r="D146" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
+        <v>98</v>
+      </c>
+      <c r="B147" t="s">
         <v>99</v>
       </c>
-      <c r="B147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147">
-        <v>489.0</v>
+        <v>455.172</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
+        <v>100</v>
+      </c>
+      <c r="B148" t="s">
         <v>101</v>
       </c>
-      <c r="B148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148">
-        <v>492.0</v>
+        <v>459.0</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
+        <v>102</v>
+      </c>
+      <c r="B149" t="s">
         <v>103</v>
       </c>
-      <c r="B149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149">
-        <v>498.996</v>
+        <v>459.0</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
+        <v>104</v>
+      </c>
+      <c r="B150" t="s">
         <v>105</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150">
-        <v>498.996</v>
+        <v>463.536</v>
       </c>
       <c r="D150" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
+        <v>106</v>
+      </c>
+      <c r="B151" t="s">
         <v>107</v>
       </c>
-      <c r="B151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151">
-        <v>526.8</v>
+        <v>468.0</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
+        <v>108</v>
+      </c>
+      <c r="B152" t="s">
         <v>109</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152">
-        <v>528.072</v>
+        <v>478.8</v>
       </c>
       <c r="D152" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
+        <v>110</v>
+      </c>
+      <c r="B153" t="s">
         <v>111</v>
       </c>
-      <c r="B153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153">
-        <v>540.0</v>
+        <v>478.992</v>
       </c>
       <c r="D153" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B154" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C154">
-        <v>549.0</v>
+        <v>479.004</v>
       </c>
       <c r="D154" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B155" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C155">
-        <v>575.46</v>
+        <v>489.0</v>
       </c>
       <c r="D155" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B156" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C156">
-        <v>579.0</v>
+        <v>498.996</v>
       </c>
       <c r="D156" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B157" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C157">
-        <v>587.556</v>
+        <v>498.996</v>
       </c>
       <c r="D157" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B158" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C158">
-        <v>598.992</v>
+        <v>519.0</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B159" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C159">
-        <v>599.004</v>
+        <v>528.072</v>
       </c>
       <c r="D159" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B160" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C160">
-        <v>599.004</v>
+        <v>549.0</v>
       </c>
       <c r="D160" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B161" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C161">
-        <v>599.004</v>
+        <v>564.0</v>
       </c>
       <c r="D161" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
+        <v>130</v>
+      </c>
+      <c r="B162" t="s">
+        <v>131</v>
+      </c>
+      <c r="C162">
+        <v>575.46</v>
+      </c>
+      <c r="D162" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
+        <v>133</v>
+      </c>
+      <c r="B163" t="s">
         <v>134</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163">
-        <v>609.0</v>
+        <v>576.0</v>
       </c>
       <c r="D163" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
+        <v>135</v>
+      </c>
+      <c r="B164" t="s">
         <v>136</v>
       </c>
-      <c r="B164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164">
-        <v>629.004</v>
+        <v>579.0</v>
       </c>
       <c r="D164" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
+        <v>137</v>
+      </c>
+      <c r="B165" t="s">
         <v>138</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165">
-        <v>630.0</v>
+        <v>598.992</v>
       </c>
       <c r="D165" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
+        <v>139</v>
+      </c>
+      <c r="B166" t="s">
         <v>140</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166">
-        <v>639.0</v>
+        <v>599.004</v>
       </c>
       <c r="D166" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
+        <v>141</v>
+      </c>
+      <c r="B167" t="s">
         <v>142</v>
       </c>
-      <c r="B167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167">
-        <v>648.996</v>
+        <v>599.004</v>
       </c>
       <c r="D167" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
+        <v>143</v>
+      </c>
+      <c r="B168" t="s">
         <v>144</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168">
-        <v>648.996</v>
+        <v>599.004</v>
       </c>
       <c r="D168" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
+        <v>145</v>
+      </c>
+      <c r="B169" t="s">
         <v>146</v>
       </c>
-      <c r="B169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169">
-        <v>669.6</v>
+        <v>609.0</v>
       </c>
       <c r="D169" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
+        <v>147</v>
+      </c>
+      <c r="B170" t="s">
         <v>148</v>
       </c>
-      <c r="B170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170">
-        <v>669.756</v>
+        <v>629.004</v>
       </c>
       <c r="D170" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
+        <v>149</v>
+      </c>
+      <c r="B171" t="s">
         <v>150</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171">
-        <v>670.944</v>
+        <v>630.0</v>
       </c>
       <c r="D171" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
+        <v>151</v>
+      </c>
+      <c r="B172" t="s">
         <v>152</v>
       </c>
-      <c r="B172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172">
-        <v>671.832</v>
+        <v>639.0</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
+        <v>153</v>
+      </c>
+      <c r="B173" t="s">
         <v>154</v>
       </c>
-      <c r="B173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173">
-        <v>678.996</v>
+        <v>648.996</v>
       </c>
       <c r="D173" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
+        <v>155</v>
+      </c>
+      <c r="B174" t="s">
         <v>156</v>
       </c>
-      <c r="B174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174">
-        <v>699.0</v>
+        <v>648.996</v>
       </c>
       <c r="D174" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
+        <v>157</v>
+      </c>
+      <c r="B175" t="s">
         <v>158</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175">
-        <v>699.0</v>
+        <v>669.0</v>
       </c>
       <c r="D175" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
+        <v>159</v>
+      </c>
+      <c r="B176" t="s">
         <v>160</v>
       </c>
-      <c r="B176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176">
-        <v>726.0</v>
+        <v>669.6</v>
       </c>
       <c r="D176" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
+        <v>161</v>
+      </c>
+      <c r="B177" t="s">
         <v>162</v>
       </c>
-      <c r="B177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177">
-        <v>726.0</v>
+        <v>669.756</v>
       </c>
       <c r="D177" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
+        <v>163</v>
+      </c>
+      <c r="B178" t="s">
         <v>164</v>
       </c>
-      <c r="B178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178">
-        <v>729.0</v>
+        <v>671.832</v>
       </c>
       <c r="D178" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
+        <v>165</v>
+      </c>
+      <c r="B179" t="s">
         <v>166</v>
       </c>
-      <c r="B179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179">
-        <v>729.0</v>
+        <v>678.996</v>
       </c>
       <c r="D179" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
+        <v>167</v>
+      </c>
+      <c r="B180" t="s">
         <v>168</v>
       </c>
-      <c r="B180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180">
-        <v>729.0</v>
+        <v>699.0</v>
       </c>
       <c r="D180" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
+        <v>169</v>
+      </c>
+      <c r="B181" t="s">
         <v>170</v>
       </c>
-      <c r="B181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181">
-        <v>738.996</v>
+        <v>699.0</v>
       </c>
       <c r="D181" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
+        <v>171</v>
+      </c>
+      <c r="B182" t="s">
         <v>172</v>
       </c>
-      <c r="B182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182">
-        <v>738.996</v>
+        <v>699.0</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
+        <v>173</v>
+      </c>
+      <c r="B183" t="s">
         <v>174</v>
       </c>
-      <c r="B183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183">
-        <v>748.056</v>
+        <v>714.0</v>
       </c>
       <c r="D183" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
+        <v>175</v>
+      </c>
+      <c r="B184" t="s">
         <v>176</v>
       </c>
-      <c r="B184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184">
-        <v>749.004</v>
+        <v>726.0</v>
       </c>
       <c r="D184" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
+        <v>177</v>
+      </c>
+      <c r="B185" t="s">
         <v>178</v>
       </c>
-      <c r="B185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185">
-        <v>749.004</v>
+        <v>726.0</v>
       </c>
       <c r="D185" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
+        <v>179</v>
+      </c>
+      <c r="B186" t="s">
         <v>180</v>
       </c>
-      <c r="B186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186">
-        <v>749.004</v>
+        <v>729.0</v>
       </c>
       <c r="D186" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
+        <v>181</v>
+      </c>
+      <c r="B187" t="s">
         <v>182</v>
       </c>
-      <c r="B187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187">
-        <v>750.0</v>
+        <v>729.0</v>
       </c>
       <c r="D187" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
+        <v>183</v>
+      </c>
+      <c r="B188" t="s">
         <v>184</v>
       </c>
-      <c r="B188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188">
-        <v>768.996</v>
+        <v>729.0</v>
       </c>
       <c r="D188" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
+        <v>185</v>
+      </c>
+      <c r="B189" t="s">
         <v>186</v>
       </c>
-      <c r="B189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189">
-        <v>774.0</v>
+        <v>738.996</v>
       </c>
       <c r="D189" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
+        <v>187</v>
+      </c>
+      <c r="B190" t="s">
         <v>188</v>
       </c>
-      <c r="B190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190">
-        <v>778.992</v>
+        <v>748.056</v>
       </c>
       <c r="D190" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B191" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C191">
-        <v>789.0</v>
+        <v>749.004</v>
       </c>
       <c r="D191" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C192">
-        <v>798.0</v>
+        <v>749.004</v>
       </c>
       <c r="D192" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B193" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C193">
-        <v>798.744</v>
+        <v>749.004</v>
       </c>
       <c r="D193" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B194" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C194">
-        <v>798.996</v>
+        <v>750.0</v>
       </c>
       <c r="D194" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B195" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C195">
-        <v>798.996</v>
+        <v>768.996</v>
       </c>
       <c r="D195" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B196" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C196">
-        <v>798.996</v>
+        <v>774.0</v>
       </c>
       <c r="D196" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B197" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C197">
-        <v>798.996</v>
+        <v>778.992</v>
       </c>
       <c r="D197" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B198" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C198">
-        <v>819.0</v>
+        <v>789.0</v>
       </c>
       <c r="D198" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
+        <v>209</v>
+      </c>
+      <c r="B199" t="s">
         <v>210</v>
       </c>
-      <c r="B199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199">
-        <v>826.8</v>
+        <v>798.0</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
+        <v>211</v>
+      </c>
+      <c r="B200" t="s">
         <v>212</v>
       </c>
-      <c r="B200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200">
-        <v>838.8</v>
+        <v>798.744</v>
       </c>
       <c r="D200" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
+        <v>213</v>
+      </c>
+      <c r="B201" t="s">
         <v>214</v>
       </c>
-      <c r="B201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201">
-        <v>849.0</v>
+        <v>798.996</v>
       </c>
       <c r="D201" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>4</v>
       </c>
       <c r="B202" t="s">
         <v>5</v>
       </c>
       <c r="C202">
         <v>189.0</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>7</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203">
-        <v>198.996</v>
+        <v>189.0</v>
       </c>
       <c r="D203" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
+        <v>9</v>
+      </c>
+      <c r="B204" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C204">
         <v>198.996</v>
       </c>
       <c r="D204" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>12</v>
       </c>
       <c r="B205" t="s">
         <v>13</v>
       </c>
       <c r="C205">
         <v>198.996</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>14</v>
       </c>
       <c r="B206" t="s">
         <v>15</v>
       </c>
       <c r="C206">
-        <v>204.216</v>
+        <v>198.996</v>
       </c>
       <c r="D206" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B207" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C207">
-        <v>219.0</v>
+        <v>204.216</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B208" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C208">
         <v>219.0</v>
       </c>
       <c r="D208" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B209" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C209">
         <v>219.0</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B210" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C210">
         <v>228.996</v>
       </c>
       <c r="D210" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B211" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C211">
         <v>228.996</v>
       </c>
       <c r="D211" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B212" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C212">
         <v>238.8</v>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B213" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C213">
-        <v>238.8</v>
+        <v>245.7</v>
       </c>
       <c r="D213" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B214" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C214">
-        <v>245.7</v>
+        <v>249.0</v>
       </c>
       <c r="D214" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B215" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C215">
         <v>249.0</v>
       </c>
       <c r="D215" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B216" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C216">
         <v>249.0</v>
       </c>
       <c r="D216" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B217" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C217">
-        <v>249.0</v>
+        <v>249.372</v>
       </c>
       <c r="D217" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B218" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C218">
-        <v>249.372</v>
+        <v>258.996</v>
       </c>
       <c r="D218" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B219" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C219">
-        <v>258.996</v>
+        <v>279.0</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B220" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C220">
         <v>279.0</v>
       </c>
       <c r="D220" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B221" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C221">
-        <v>290.4</v>
+        <v>284.568</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B222" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C222">
         <v>290.4</v>
       </c>
       <c r="D222" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B223" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C223">
-        <v>299.244</v>
+        <v>290.4</v>
       </c>
       <c r="D223" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B224" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C224">
         <v>318.996</v>
       </c>
       <c r="D224" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B225" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C225">
         <v>318.996</v>
       </c>
       <c r="D225" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B226" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C226">
-        <v>329.988</v>
+        <v>318.996</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B227" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C227">
-        <v>348.996</v>
+        <v>318.996</v>
       </c>
       <c r="D227" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B228" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C228">
-        <v>358.8</v>
+        <v>318.996</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B229" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C229">
-        <v>359.004</v>
+        <v>348.996</v>
       </c>
       <c r="D229" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="B230" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C230">
-        <v>378.996</v>
+        <v>359.004</v>
       </c>
       <c r="D230" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="B231" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="C231">
         <v>378.996</v>
       </c>
       <c r="D231" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="B232" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="C232">
-        <v>390.0</v>
+        <v>378.996</v>
       </c>
       <c r="D232" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="B233" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="C233">
         <v>390.0</v>
       </c>
       <c r="D233" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="B234" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="C234">
-        <v>399.0</v>
+        <v>390.0</v>
       </c>
       <c r="D234" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="B235" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="C235">
         <v>399.0</v>
       </c>
       <c r="D235" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="B236" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="C236">
-        <v>419.004</v>
+        <v>399.0</v>
       </c>
       <c r="D236" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="B237" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="C237">
         <v>419.004</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="B238" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C238">
         <v>429.0</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="B239" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="C239">
-        <v>438.996</v>
+        <v>450.0</v>
       </c>
       <c r="D239" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="B240" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="C240">
-        <v>444.0</v>
+        <v>455.172</v>
       </c>
       <c r="D240" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="B241" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="C241">
-        <v>450.0</v>
+        <v>459.0</v>
       </c>
       <c r="D241" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="B242" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="C242">
         <v>459.0</v>
       </c>
       <c r="D242" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="B243" t="s">
-        <v>92</v>
+        <v>107</v>
       </c>
       <c r="C243">
         <v>468.0</v>
       </c>
       <c r="D243" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
       <c r="B244" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="C244">
-        <v>468.0</v>
+        <v>478.8</v>
       </c>
       <c r="D244" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="B245" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="C245">
-        <v>478.8</v>
+        <v>479.004</v>
       </c>
       <c r="D245" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="B246" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="C246">
-        <v>478.992</v>
+        <v>498.996</v>
       </c>
       <c r="D246" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="B247" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="C247">
-        <v>489.0</v>
+        <v>519.0</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>101</v>
+        <v>126</v>
       </c>
       <c r="B248" t="s">
-        <v>102</v>
+        <v>127</v>
       </c>
       <c r="C248">
-        <v>492.0</v>
+        <v>549.0</v>
       </c>
       <c r="D248" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="B249" t="s">
-        <v>104</v>
+        <v>129</v>
       </c>
       <c r="C249">
-        <v>498.996</v>
+        <v>564.0</v>
       </c>
       <c r="D249" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="B250" t="s">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="C250">
-        <v>498.996</v>
+        <v>576.0</v>
       </c>
       <c r="D250" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="B251" t="s">
-        <v>108</v>
+        <v>140</v>
       </c>
       <c r="C251">
-        <v>526.8</v>
+        <v>599.004</v>
       </c>
       <c r="D251" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>109</v>
+        <v>141</v>
       </c>
       <c r="B252" t="s">
-        <v>110</v>
+        <v>142</v>
       </c>
       <c r="C252">
-        <v>528.072</v>
+        <v>599.004</v>
       </c>
       <c r="D252" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>111</v>
+        <v>143</v>
       </c>
       <c r="B253" t="s">
-        <v>112</v>
+        <v>144</v>
       </c>
       <c r="C253">
-        <v>540.0</v>
+        <v>599.004</v>
       </c>
       <c r="D253" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>115</v>
+        <v>147</v>
       </c>
       <c r="B254" t="s">
-        <v>116</v>
+        <v>148</v>
       </c>
       <c r="C254">
-        <v>549.0</v>
+        <v>629.004</v>
       </c>
       <c r="D254" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>117</v>
+        <v>149</v>
       </c>
       <c r="B255" t="s">
-        <v>118</v>
+        <v>150</v>
       </c>
       <c r="C255">
-        <v>575.46</v>
+        <v>630.0</v>
       </c>
       <c r="D255" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>120</v>
+        <v>151</v>
       </c>
       <c r="B256" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="C256">
-        <v>579.0</v>
+        <v>639.0</v>
       </c>
       <c r="D256" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>122</v>
+        <v>153</v>
       </c>
       <c r="B257" t="s">
-        <v>123</v>
+        <v>154</v>
       </c>
       <c r="C257">
-        <v>587.556</v>
+        <v>648.996</v>
       </c>
       <c r="D257" t="s">
-        <v>119</v>
+        <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>124</v>
+        <v>155</v>
       </c>
       <c r="B258" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="C258">
-        <v>598.992</v>
+        <v>648.996</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>126</v>
+        <v>157</v>
       </c>
       <c r="B259" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
       <c r="C259">
-        <v>599.004</v>
+        <v>669.0</v>
       </c>
       <c r="D259" t="s">
-        <v>119</v>
+        <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>128</v>
+        <v>165</v>
       </c>
       <c r="B260" t="s">
-        <v>129</v>
+        <v>166</v>
       </c>
       <c r="C260">
-        <v>599.004</v>
+        <v>678.996</v>
       </c>
       <c r="D260" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="B261" t="s">
-        <v>131</v>
+        <v>168</v>
       </c>
       <c r="C261">
-        <v>599.004</v>
+        <v>699.0</v>
       </c>
       <c r="D261" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>132</v>
+        <v>169</v>
       </c>
       <c r="B262" t="s">
-        <v>133</v>
+        <v>170</v>
       </c>
       <c r="C262">
-        <v>600.0</v>
+        <v>699.0</v>
       </c>
       <c r="D262" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>134</v>
+        <v>171</v>
       </c>
       <c r="B263" t="s">
-        <v>135</v>
+        <v>172</v>
       </c>
       <c r="C263">
-        <v>609.0</v>
+        <v>699.0</v>
       </c>
       <c r="D263" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>136</v>
+        <v>173</v>
       </c>
       <c r="B264" t="s">
-        <v>137</v>
+        <v>174</v>
       </c>
       <c r="C264">
-        <v>629.004</v>
+        <v>714.0</v>
       </c>
       <c r="D264" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>138</v>
+        <v>179</v>
       </c>
       <c r="B265" t="s">
-        <v>139</v>
+        <v>180</v>
       </c>
       <c r="C265">
-        <v>630.0</v>
+        <v>729.0</v>
       </c>
       <c r="D265" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>140</v>
+        <v>181</v>
       </c>
       <c r="B266" t="s">
-        <v>141</v>
+        <v>182</v>
       </c>
       <c r="C266">
-        <v>639.0</v>
+        <v>729.0</v>
       </c>
       <c r="D266" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>142</v>
+        <v>183</v>
       </c>
       <c r="B267" t="s">
-        <v>143</v>
+        <v>184</v>
       </c>
       <c r="C267">
-        <v>648.996</v>
+        <v>729.0</v>
       </c>
       <c r="D267" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="B268" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="C268">
-        <v>648.996</v>
+        <v>738.996</v>
       </c>
       <c r="D268" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="B269" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="C269">
-        <v>669.6</v>
+        <v>748.056</v>
       </c>
       <c r="D269" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="B270" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="C270">
-        <v>669.756</v>
+        <v>749.004</v>
       </c>
       <c r="D270" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>150</v>
+        <v>191</v>
       </c>
       <c r="B271" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="C271">
-        <v>670.944</v>
+        <v>749.004</v>
       </c>
       <c r="D271" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>154</v>
+        <v>193</v>
       </c>
       <c r="B272" t="s">
-        <v>155</v>
+        <v>194</v>
       </c>
       <c r="C272">
-        <v>678.996</v>
+        <v>749.004</v>
       </c>
       <c r="D272" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="B273" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="C273">
-        <v>699.0</v>
+        <v>774.0</v>
       </c>
       <c r="D273" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>158</v>
+        <v>201</v>
       </c>
       <c r="B274" t="s">
-        <v>159</v>
+        <v>202</v>
       </c>
       <c r="C274">
-        <v>699.0</v>
+        <v>778.992</v>
       </c>
       <c r="D274" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="B275" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="C275">
-        <v>726.0</v>
+        <v>789.0</v>
       </c>
       <c r="D275" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>162</v>
+        <v>215</v>
       </c>
       <c r="B276" t="s">
-        <v>163</v>
+        <v>216</v>
       </c>
       <c r="C276">
-        <v>726.0</v>
+        <v>798.996</v>
       </c>
       <c r="D276" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>164</v>
+        <v>217</v>
       </c>
       <c r="B277" t="s">
-        <v>165</v>
+        <v>218</v>
       </c>
       <c r="C277">
-        <v>729.0</v>
+        <v>798.996</v>
       </c>
       <c r="D277" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>166</v>
+        <v>219</v>
       </c>
       <c r="B278" t="s">
-        <v>167</v>
+        <v>220</v>
       </c>
       <c r="C278">
-        <v>729.0</v>
+        <v>798.996</v>
       </c>
       <c r="D278" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>168</v>
+        <v>221</v>
       </c>
       <c r="B279" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
       <c r="C279">
-        <v>729.0</v>
+        <v>819.0</v>
       </c>
       <c r="D279" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>170</v>
+        <v>223</v>
       </c>
       <c r="B280" t="s">
-        <v>171</v>
+        <v>224</v>
       </c>
       <c r="C280">
-        <v>738.996</v>
+        <v>828.996</v>
       </c>
       <c r="D280" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>172</v>
+        <v>225</v>
       </c>
       <c r="B281" t="s">
-        <v>173</v>
+        <v>226</v>
       </c>
       <c r="C281">
-        <v>738.996</v>
+        <v>838.8</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>174</v>
+        <v>227</v>
       </c>
       <c r="B282" t="s">
-        <v>175</v>
+        <v>228</v>
       </c>
       <c r="C282">
-        <v>748.056</v>
+        <v>849.0</v>
       </c>
       <c r="D282" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>176</v>
+        <v>229</v>
       </c>
       <c r="B283" t="s">
-        <v>177</v>
+        <v>230</v>
       </c>
       <c r="C283">
-        <v>749.004</v>
+        <v>849.0</v>
       </c>
       <c r="D283" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>178</v>
+        <v>231</v>
       </c>
       <c r="B284" t="s">
-        <v>179</v>
+        <v>232</v>
       </c>
       <c r="C284">
-        <v>749.004</v>
+        <v>879.0</v>
       </c>
       <c r="D284" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>180</v>
+        <v>233</v>
       </c>
       <c r="B285" t="s">
-        <v>181</v>
+        <v>234</v>
       </c>
       <c r="C285">
-        <v>749.004</v>
+        <v>899.004</v>
       </c>
       <c r="D285" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>182</v>
+        <v>235</v>
       </c>
       <c r="B286" t="s">
-        <v>183</v>
+        <v>236</v>
       </c>
       <c r="C286">
-        <v>750.0</v>
+        <v>922.8</v>
       </c>
       <c r="D286" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>184</v>
+        <v>237</v>
       </c>
       <c r="B287" t="s">
-        <v>185</v>
+        <v>238</v>
       </c>
       <c r="C287">
-        <v>768.996</v>
+        <v>939.0</v>
       </c>
       <c r="D287" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>186</v>
+        <v>239</v>
       </c>
       <c r="B288" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="C288">
-        <v>774.0</v>
+        <v>948.996</v>
       </c>
       <c r="D288" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>188</v>
+        <v>241</v>
       </c>
       <c r="B289" t="s">
-        <v>189</v>
+        <v>242</v>
       </c>
       <c r="C289">
-        <v>778.992</v>
+        <v>958.8</v>
       </c>
       <c r="D289" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>192</v>
+        <v>243</v>
       </c>
       <c r="B290" t="s">
-        <v>193</v>
+        <v>244</v>
       </c>
       <c r="C290">
-        <v>789.0</v>
+        <v>969.0</v>
       </c>
       <c r="D290" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>194</v>
+        <v>245</v>
       </c>
       <c r="B291" t="s">
-        <v>195</v>
+        <v>246</v>
       </c>
       <c r="C291">
-        <v>798.0</v>
+        <v>990.0</v>
       </c>
       <c r="D291" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>198</v>
+        <v>247</v>
       </c>
       <c r="B292" t="s">
-        <v>199</v>
+        <v>248</v>
       </c>
       <c r="C292">
-        <v>798.996</v>
+        <v>999.0</v>
       </c>
       <c r="D292" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>200</v>
+        <v>249</v>
       </c>
       <c r="B293" t="s">
-        <v>201</v>
+        <v>250</v>
       </c>
       <c r="C293">
-        <v>798.996</v>
+        <v>999.0</v>
       </c>
       <c r="D293" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>202</v>
+        <v>251</v>
       </c>
       <c r="B294" t="s">
-        <v>203</v>
+        <v>252</v>
       </c>
       <c r="C294">
-        <v>798.996</v>
+        <v>1078.992</v>
       </c>
       <c r="D294" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>204</v>
+        <v>253</v>
       </c>
       <c r="B295" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="C295">
-        <v>798.996</v>
+        <v>1079.004</v>
       </c>
       <c r="D295" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>208</v>
+        <v>255</v>
       </c>
       <c r="B296" t="s">
-        <v>209</v>
+        <v>256</v>
       </c>
       <c r="C296">
-        <v>819.0</v>
+        <v>1079.004</v>
       </c>
       <c r="D296" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>210</v>
+        <v>257</v>
       </c>
       <c r="B297" t="s">
-        <v>211</v>
+        <v>258</v>
       </c>
       <c r="C297">
-        <v>826.8</v>
+        <v>1128.0</v>
       </c>
       <c r="D297" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>212</v>
+        <v>259</v>
       </c>
       <c r="B298" t="s">
-        <v>213</v>
+        <v>260</v>
       </c>
       <c r="C298">
-        <v>838.8</v>
+        <v>1149.0</v>
       </c>
       <c r="D298" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>216</v>
+        <v>261</v>
       </c>
       <c r="B299" t="s">
-        <v>217</v>
+        <v>262</v>
       </c>
       <c r="C299">
-        <v>849.0</v>
+        <v>1149.0</v>
       </c>
       <c r="D299" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>218</v>
+        <v>263</v>
       </c>
       <c r="B300" t="s">
-        <v>219</v>
+        <v>264</v>
       </c>
       <c r="C300">
-        <v>849.0</v>
+        <v>1198.992</v>
       </c>
       <c r="D300" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>220</v>
+        <v>265</v>
       </c>
       <c r="B301" t="s">
-        <v>221</v>
+        <v>266</v>
       </c>
       <c r="C301">
-        <v>858.996</v>
+        <v>1198.992</v>
       </c>
       <c r="D301" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>4</v>
       </c>
       <c r="B302" t="s">
         <v>5</v>
       </c>
       <c r="C302">
         <v>189.0</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
         <v>7</v>
       </c>
       <c r="B303" t="s">
         <v>8</v>
       </c>
       <c r="C303">
-        <v>198.996</v>
+        <v>189.0</v>
       </c>
       <c r="D303" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B304" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C304">
         <v>198.996</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B305" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C305">
         <v>198.996</v>
       </c>
       <c r="D305" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B306" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="C306">
-        <v>204.216</v>
+        <v>219.0</v>
       </c>
       <c r="D306" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B307" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C307">
         <v>219.0</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="B308" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="C308">
-        <v>219.0</v>
+        <v>238.8</v>
       </c>
       <c r="D308" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="B309" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C309">
-        <v>219.0</v>
+        <v>245.7</v>
       </c>
       <c r="D309" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="B310" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C310">
-        <v>228.996</v>
+        <v>249.0</v>
       </c>
       <c r="D310" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="B311" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C311">
-        <v>228.996</v>
+        <v>258.996</v>
       </c>
       <c r="D311" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="B312" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="C312">
-        <v>238.8</v>
+        <v>279.0</v>
       </c>
       <c r="D312" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="B313" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="C313">
-        <v>245.7</v>
+        <v>279.0</v>
       </c>
       <c r="D313" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="B314" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="C314">
-        <v>249.0</v>
+        <v>318.996</v>
       </c>
       <c r="D314" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="B315" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="C315">
-        <v>249.0</v>
+        <v>318.996</v>
       </c>
       <c r="D315" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="B316" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="C316">
-        <v>249.0</v>
+        <v>318.996</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="B317" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="C317">
-        <v>249.372</v>
+        <v>348.996</v>
       </c>
       <c r="D317" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="B318" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="C318">
-        <v>258.996</v>
+        <v>390.0</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="B319" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="C319">
-        <v>279.0</v>
+        <v>419.004</v>
       </c>
       <c r="D319" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="B320" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="C320">
-        <v>290.4</v>
+        <v>455.172</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="B321" t="s">
-        <v>48</v>
+        <v>103</v>
       </c>
       <c r="C321">
-        <v>290.4</v>
+        <v>459.0</v>
       </c>
       <c r="D321" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>49</v>
+        <v>106</v>
       </c>
       <c r="B322" t="s">
-        <v>50</v>
+        <v>107</v>
       </c>
       <c r="C322">
-        <v>299.244</v>
+        <v>468.0</v>
       </c>
       <c r="D322" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>51</v>
+        <v>112</v>
       </c>
       <c r="B323" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="C323">
-        <v>318.996</v>
+        <v>479.004</v>
       </c>
       <c r="D323" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>53</v>
+        <v>120</v>
       </c>
       <c r="B324" t="s">
-        <v>54</v>
+        <v>121</v>
       </c>
       <c r="C324">
-        <v>318.996</v>
+        <v>519.0</v>
       </c>
       <c r="D324" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>57</v>
+        <v>126</v>
       </c>
       <c r="B325" t="s">
-        <v>58</v>
+        <v>127</v>
       </c>
       <c r="C325">
-        <v>348.996</v>
+        <v>549.0</v>
       </c>
       <c r="D325" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>61</v>
+        <v>128</v>
       </c>
       <c r="B326" t="s">
-        <v>62</v>
+        <v>129</v>
       </c>
       <c r="C326">
-        <v>359.004</v>
+        <v>564.0</v>
       </c>
       <c r="D326" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>63</v>
+        <v>143</v>
       </c>
       <c r="B327" t="s">
-        <v>64</v>
+        <v>144</v>
       </c>
       <c r="C327">
-        <v>378.996</v>
+        <v>599.004</v>
       </c>
       <c r="D327" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>65</v>
+        <v>157</v>
       </c>
       <c r="B328" t="s">
-        <v>66</v>
+        <v>158</v>
       </c>
       <c r="C328">
-        <v>378.996</v>
+        <v>669.0</v>
       </c>
       <c r="D328" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>67</v>
+        <v>169</v>
       </c>
       <c r="B329" t="s">
-        <v>68</v>
+        <v>170</v>
       </c>
       <c r="C329">
-        <v>390.0</v>
+        <v>699.0</v>
       </c>
       <c r="D329" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>69</v>
+        <v>171</v>
       </c>
       <c r="B330" t="s">
-        <v>70</v>
+        <v>172</v>
       </c>
       <c r="C330">
-        <v>390.0</v>
+        <v>699.0</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>71</v>
+        <v>173</v>
       </c>
       <c r="B331" t="s">
-        <v>72</v>
+        <v>174</v>
       </c>
       <c r="C331">
-        <v>399.0</v>
+        <v>714.0</v>
       </c>
       <c r="D331" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>73</v>
+        <v>185</v>
       </c>
       <c r="B332" t="s">
-        <v>74</v>
+        <v>186</v>
       </c>
       <c r="C332">
-        <v>399.0</v>
+        <v>738.996</v>
       </c>
       <c r="D332" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>77</v>
+        <v>187</v>
       </c>
       <c r="B333" t="s">
-        <v>78</v>
+        <v>188</v>
       </c>
       <c r="C333">
-        <v>419.004</v>
+        <v>748.056</v>
       </c>
       <c r="D333" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>83</v>
+        <v>193</v>
       </c>
       <c r="B334" t="s">
-        <v>84</v>
+        <v>194</v>
       </c>
       <c r="C334">
-        <v>444.0</v>
+        <v>749.004</v>
       </c>
       <c r="D334" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>85</v>
+        <v>201</v>
       </c>
       <c r="B335" t="s">
-        <v>86</v>
+        <v>202</v>
       </c>
       <c r="C335">
-        <v>450.0</v>
+        <v>778.992</v>
       </c>
       <c r="D335" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>87</v>
+        <v>217</v>
       </c>
       <c r="B336" t="s">
-        <v>88</v>
+        <v>218</v>
       </c>
       <c r="C336">
-        <v>459.0</v>
+        <v>798.996</v>
       </c>
       <c r="D336" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>91</v>
+        <v>219</v>
       </c>
       <c r="B337" t="s">
-        <v>92</v>
+        <v>220</v>
       </c>
       <c r="C337">
-        <v>468.0</v>
+        <v>798.996</v>
       </c>
       <c r="D337" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>93</v>
+        <v>225</v>
       </c>
       <c r="B338" t="s">
-        <v>94</v>
+        <v>226</v>
       </c>
       <c r="C338">
-        <v>468.0</v>
+        <v>838.8</v>
       </c>
       <c r="D338" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>95</v>
+        <v>227</v>
       </c>
       <c r="B339" t="s">
-        <v>96</v>
+        <v>228</v>
       </c>
       <c r="C339">
-        <v>478.8</v>
+        <v>849.0</v>
       </c>
       <c r="D339" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>97</v>
+        <v>229</v>
       </c>
       <c r="B340" t="s">
-        <v>98</v>
+        <v>230</v>
       </c>
       <c r="C340">
-        <v>478.992</v>
+        <v>849.0</v>
       </c>
       <c r="D340" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>101</v>
+        <v>231</v>
       </c>
       <c r="B341" t="s">
-        <v>102</v>
+        <v>232</v>
       </c>
       <c r="C341">
-        <v>492.0</v>
+        <v>879.0</v>
       </c>
       <c r="D341" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>105</v>
+        <v>233</v>
       </c>
       <c r="B342" t="s">
-        <v>106</v>
+        <v>234</v>
       </c>
       <c r="C342">
-        <v>498.996</v>
+        <v>899.004</v>
       </c>
       <c r="D342" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>107</v>
+        <v>237</v>
       </c>
       <c r="B343" t="s">
-        <v>108</v>
+        <v>238</v>
       </c>
       <c r="C343">
-        <v>526.8</v>
+        <v>939.0</v>
       </c>
       <c r="D343" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>111</v>
+        <v>239</v>
       </c>
       <c r="B344" t="s">
-        <v>112</v>
+        <v>240</v>
       </c>
       <c r="C344">
-        <v>540.0</v>
+        <v>948.996</v>
       </c>
       <c r="D344" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>115</v>
+        <v>241</v>
       </c>
       <c r="B345" t="s">
-        <v>116</v>
+        <v>242</v>
       </c>
       <c r="C345">
-        <v>549.0</v>
+        <v>958.8</v>
       </c>
       <c r="D345" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>122</v>
+        <v>251</v>
       </c>
       <c r="B346" t="s">
-        <v>123</v>
+        <v>252</v>
       </c>
       <c r="C346">
-        <v>587.556</v>
+        <v>1078.992</v>
       </c>
       <c r="D346" t="s">
-        <v>119</v>
+        <v>16</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>126</v>
+        <v>255</v>
       </c>
       <c r="B347" t="s">
-        <v>127</v>
+        <v>256</v>
       </c>
       <c r="C347">
-        <v>599.004</v>
+        <v>1079.004</v>
       </c>
       <c r="D347" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>128</v>
+        <v>257</v>
       </c>
       <c r="B348" t="s">
-        <v>129</v>
+        <v>258</v>
       </c>
       <c r="C348">
-        <v>599.004</v>
+        <v>1128.0</v>
       </c>
       <c r="D348" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>130</v>
+        <v>261</v>
       </c>
       <c r="B349" t="s">
-        <v>131</v>
+        <v>262</v>
       </c>
       <c r="C349">
-        <v>599.004</v>
+        <v>1149.0</v>
       </c>
       <c r="D349" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>132</v>
+        <v>267</v>
       </c>
       <c r="B350" t="s">
-        <v>133</v>
+        <v>268</v>
       </c>
       <c r="C350">
-        <v>600.0</v>
+        <v>1198.992</v>
       </c>
       <c r="D350" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>136</v>
+        <v>269</v>
       </c>
       <c r="B351" t="s">
-        <v>137</v>
+        <v>270</v>
       </c>
       <c r="C351">
-        <v>629.004</v>
+        <v>1199.004</v>
       </c>
       <c r="D351" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>138</v>
+        <v>271</v>
       </c>
       <c r="B352" t="s">
-        <v>139</v>
+        <v>272</v>
       </c>
       <c r="C352">
-        <v>630.0</v>
+        <v>1199.004</v>
       </c>
       <c r="D352" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>140</v>
+        <v>273</v>
       </c>
       <c r="B353" t="s">
-        <v>141</v>
+        <v>274</v>
       </c>
       <c r="C353">
-        <v>639.0</v>
+        <v>1209.0</v>
       </c>
       <c r="D353" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>142</v>
+        <v>275</v>
       </c>
       <c r="B354" t="s">
-        <v>143</v>
+        <v>276</v>
       </c>
       <c r="C354">
-        <v>648.996</v>
+        <v>1248.996</v>
       </c>
       <c r="D354" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>144</v>
+        <v>277</v>
       </c>
       <c r="B355" t="s">
-        <v>145</v>
+        <v>278</v>
       </c>
       <c r="C355">
-        <v>648.996</v>
+        <v>1263.972</v>
       </c>
       <c r="D355" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>154</v>
+        <v>279</v>
       </c>
       <c r="B356" t="s">
-        <v>155</v>
+        <v>280</v>
       </c>
       <c r="C356">
-        <v>678.996</v>
+        <v>1299.0</v>
       </c>
       <c r="D356" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>156</v>
+        <v>281</v>
       </c>
       <c r="B357" t="s">
-        <v>157</v>
+        <v>282</v>
       </c>
       <c r="C357">
-        <v>699.0</v>
+        <v>1398.996</v>
       </c>
       <c r="D357" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>158</v>
+        <v>283</v>
       </c>
       <c r="B358" t="s">
-        <v>159</v>
+        <v>284</v>
       </c>
       <c r="C358">
-        <v>699.0</v>
+        <v>1498.992</v>
       </c>
       <c r="D358" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>164</v>
+        <v>285</v>
       </c>
       <c r="B359" t="s">
-        <v>165</v>
+        <v>286</v>
       </c>
       <c r="C359">
-        <v>729.0</v>
+        <v>1528.344</v>
       </c>
       <c r="D359" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>166</v>
+        <v>287</v>
       </c>
       <c r="B360" t="s">
-        <v>167</v>
+        <v>288</v>
       </c>
       <c r="C360">
-        <v>729.0</v>
+        <v>1569.0</v>
       </c>
       <c r="D360" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>168</v>
+        <v>289</v>
       </c>
       <c r="B361" t="s">
-        <v>169</v>
+        <v>290</v>
       </c>
       <c r="C361">
-        <v>729.0</v>
+        <v>1569.0</v>
       </c>
       <c r="D361" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>170</v>
+        <v>291</v>
       </c>
       <c r="B362" t="s">
-        <v>171</v>
+        <v>292</v>
       </c>
       <c r="C362">
-        <v>738.996</v>
+        <v>1569.0</v>
       </c>
       <c r="D362" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>172</v>
+        <v>293</v>
       </c>
       <c r="B363" t="s">
-        <v>173</v>
+        <v>294</v>
       </c>
       <c r="C363">
-        <v>738.996</v>
+        <v>1678.8</v>
       </c>
       <c r="D363" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>174</v>
+        <v>295</v>
       </c>
       <c r="B364" t="s">
-        <v>175</v>
+        <v>296</v>
       </c>
       <c r="C364">
-        <v>748.056</v>
+        <v>1704.0</v>
       </c>
       <c r="D364" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>176</v>
+        <v>297</v>
       </c>
       <c r="B365" t="s">
-        <v>177</v>
+        <v>298</v>
       </c>
       <c r="C365">
-        <v>749.004</v>
+        <v>1798.992</v>
       </c>
       <c r="D365" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>178</v>
+        <v>299</v>
       </c>
       <c r="B366" t="s">
-        <v>179</v>
+        <v>300</v>
       </c>
       <c r="C366">
-        <v>749.004</v>
+        <v>1799.004</v>
       </c>
       <c r="D366" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>180</v>
+        <v>301</v>
       </c>
       <c r="B367" t="s">
-        <v>181</v>
+        <v>302</v>
       </c>
       <c r="C367">
-        <v>749.004</v>
+        <v>1800.0</v>
       </c>
       <c r="D367" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>186</v>
+        <v>303</v>
       </c>
       <c r="B368" t="s">
-        <v>187</v>
+        <v>304</v>
       </c>
       <c r="C368">
-        <v>774.0</v>
+        <v>1998.996</v>
       </c>
       <c r="D368" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>188</v>
+        <v>305</v>
       </c>
       <c r="B369" t="s">
-        <v>189</v>
+        <v>306</v>
       </c>
       <c r="C369">
-        <v>778.992</v>
+        <v>1998.996</v>
       </c>
       <c r="D369" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>192</v>
+        <v>307</v>
       </c>
       <c r="B370" t="s">
-        <v>193</v>
+        <v>308</v>
       </c>
       <c r="C370">
-        <v>789.0</v>
+        <v>1998.996</v>
       </c>
       <c r="D370" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>198</v>
+        <v>309</v>
       </c>
       <c r="B371" t="s">
-        <v>199</v>
+        <v>310</v>
       </c>
       <c r="C371">
-        <v>798.996</v>
+        <v>1998.996</v>
       </c>
       <c r="D371" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>200</v>
+        <v>311</v>
       </c>
       <c r="B372" t="s">
-        <v>201</v>
+        <v>312</v>
       </c>
       <c r="C372">
-        <v>798.996</v>
+        <v>2098.992</v>
       </c>
       <c r="D372" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>202</v>
+        <v>313</v>
       </c>
       <c r="B373" t="s">
-        <v>203</v>
+        <v>314</v>
       </c>
       <c r="C373">
-        <v>798.996</v>
+        <v>2098.992</v>
       </c>
       <c r="D373" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>204</v>
+        <v>315</v>
       </c>
       <c r="B374" t="s">
-        <v>205</v>
+        <v>316</v>
       </c>
       <c r="C374">
-        <v>798.996</v>
+        <v>2112.0</v>
       </c>
       <c r="D374" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>208</v>
+        <v>317</v>
       </c>
       <c r="B375" t="s">
-        <v>209</v>
+        <v>318</v>
       </c>
       <c r="C375">
-        <v>819.0</v>
+        <v>2148.996</v>
       </c>
       <c r="D375" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>210</v>
+        <v>319</v>
       </c>
       <c r="B376" t="s">
-        <v>211</v>
+        <v>320</v>
       </c>
       <c r="C376">
-        <v>826.8</v>
+        <v>2199.0</v>
       </c>
       <c r="D376" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>212</v>
+        <v>321</v>
       </c>
       <c r="B377" t="s">
-        <v>213</v>
+        <v>322</v>
       </c>
       <c r="C377">
-        <v>838.8</v>
+        <v>2349.0</v>
       </c>
       <c r="D377" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>216</v>
+        <v>323</v>
       </c>
       <c r="B378" t="s">
-        <v>217</v>
+        <v>324</v>
       </c>
       <c r="C378">
-        <v>849.0</v>
+        <v>2398.992</v>
       </c>
       <c r="D378" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>218</v>
+        <v>325</v>
       </c>
       <c r="B379" t="s">
-        <v>219</v>
+        <v>326</v>
       </c>
       <c r="C379">
-        <v>849.0</v>
+        <v>2398.992</v>
       </c>
       <c r="D379" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>222</v>
+        <v>327</v>
       </c>
       <c r="B380" t="s">
-        <v>223</v>
+        <v>328</v>
       </c>
       <c r="C380">
-        <v>898.992</v>
+        <v>2634.0</v>
       </c>
       <c r="D380" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>224</v>
+        <v>329</v>
       </c>
       <c r="B381" t="s">
-        <v>225</v>
+        <v>330</v>
       </c>
       <c r="C381">
-        <v>922.8</v>
+        <v>2799.0</v>
       </c>
       <c r="D381" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="B382" t="s">
-        <v>227</v>
+        <v>332</v>
       </c>
       <c r="C382">
-        <v>939.0</v>
+        <v>3048.996</v>
       </c>
       <c r="D382" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>228</v>
+        <v>333</v>
       </c>
       <c r="B383" t="s">
-        <v>229</v>
+        <v>334</v>
       </c>
       <c r="C383">
-        <v>948.996</v>
+        <v>3519.0</v>
       </c>
       <c r="D383" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>230</v>
+        <v>335</v>
       </c>
       <c r="B384" t="s">
-        <v>231</v>
+        <v>336</v>
       </c>
       <c r="C384">
-        <v>969.0</v>
+        <v>3726.0</v>
       </c>
       <c r="D384" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>232</v>
+        <v>337</v>
       </c>
       <c r="B385" t="s">
-        <v>233</v>
+        <v>338</v>
       </c>
       <c r="C385">
-        <v>990.0</v>
+        <v>9129.0</v>
       </c>
       <c r="D385" t="s">
-        <v>30</v>
-[...1161 lines deleted...]
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D469"/>
+  <autoFilter ref="A1:D386"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>