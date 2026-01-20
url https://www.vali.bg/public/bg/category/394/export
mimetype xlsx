--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,335 +7,314 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$386</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$241</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Геймърски Монитор ASRock CL25FFA 24.5" IPS FHD (1920x1080), 120Hz, 1ms,</t>
   </si>
   <si>
     <t>ASR-MON-CL25FFA</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Монитор BenQ BL2490, 24" IPS FHD, 100Hz, HDMI, DP</t>
+  </si>
+  <si>
+    <t>BENQ-MON-BL2490</t>
+  </si>
+  <si>
+    <t>Монитор Samsung LS24F320GAUXEN - 24" IPS Full HD (1920x1080) 120Hz</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS24F320GAUXEN</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Монитор BenQ GW2491, 24", IPS, 1920x1080, 100Hz, 99% sRGB, HDMI, DisplayPort</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2491</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW2490, 24" IPS FHD, 100Hz, HDMI, DP</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2490</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW2791, 27", IPS, 1920x1080, 100Hz, 99% sRGB, HDMI, DisplayPort</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2791</t>
+  </si>
+  <si>
     <t>Геймърски Монитор ASRock CL27FFA - 27" FHD (1920x1080) IPS, 120Hz, 1ms, FreeSync</t>
   </si>
   <si>
     <t>ASR-MON-CL27FFA</t>
   </si>
   <si>
-    <t>Монитор BenQ BL2490, 24" IPS FHD, 100Hz, HDMI, DP</t>
-[...19 lines deleted...]
-  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Монитор BenQ GW2490, 24" IPS FHD, 100Hz, HDMI, DP</t>
-[...2 lines deleted...]
-    <t>BENQ-MON-GW2490</t>
+    <t>Монитор Samsung S3 S32GF LS27F320GAUXEN - 27" IPS Full HD (1920x1080) 120Hz</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS27F320GAUXEN</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW2790, 27" IPS FHD, 100Hz, HDMI, DP</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2790</t>
+  </si>
+  <si>
+    <t>Монитор BenQ BL2790, 27" IPS FHD, 100Hz, HDMI, DP</t>
+  </si>
+  <si>
+    <t>BENQ-MON-BL2790</t>
   </si>
   <si>
     <t>Монитор BenQ EX240N MOBIUZ 165Hz</t>
   </si>
   <si>
     <t>BENQ-MON-EX240N</t>
   </si>
   <si>
-    <t>Монитор BenQ GW2791, 27", IPS, 1920x1080, 100Hz, 99% sRGB, HDMI, DisplayPort</t>
-[...28 lines deleted...]
-  <si>
     <t>Монитор Dell E2425H 23.8" VA Full HD 1920x1080, 75Hz, 5ms</t>
   </si>
   <si>
     <t>DELL-MON-E2425H</t>
   </si>
   <si>
-    <t>Монитор ASUS TUF GAMING VG246H1A 23.8"</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS VY249HF-W, 23.8" IPS FHD(1920x1080), 100Hz, 1ms</t>
   </si>
   <si>
     <t>ASUS-MON-VY249HF-W</t>
   </si>
   <si>
     <t>Гейминг монитор Gigabyte GS25F2 - 24.5 inch SS IPS FHD (1920x1080), 200 Hz, 1 ms, HDR10</t>
   </si>
   <si>
     <t>GA-MON-GS25F2</t>
   </si>
   <si>
-    <t>на път</t>
-[...7 lines deleted...]
-  <si>
     <t>Монитор Samsung Odyssey G3 G30D - 24" VA FHD(1920x1080), 180Hz, 1ms</t>
   </si>
   <si>
     <t>SAM-MON-LS24DG300EUXEN</t>
   </si>
   <si>
     <t>Гейминг монитор Gigabyte G25F2 - 24.5 inch SS IPS FHD (1920x1080), 200 Hz, 1 ms, HDR10</t>
   </si>
   <si>
     <t>GA-MON-G25F2</t>
   </si>
   <si>
     <t>Геймърски Монитор ASRock PG27FFT1A - 27" inch IPS FHD(1920x1080) 180Hz, 1ms, FreeSync</t>
   </si>
   <si>
     <t>ASR-MON-PG27FFT1A</t>
   </si>
   <si>
     <t>Монитор BenQ GW2490T, 24", IPS, 1920x1080, 100Hz</t>
   </si>
   <si>
     <t>BENQ-MON-GW2490T</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte GS27FC, 27" VA FHD, 180Hz, 1ms</t>
   </si>
   <si>
     <t>GA-MON-GS27FC-EK1</t>
   </si>
   <si>
     <t>Монитор Gigabyte GS27FA - 27 inch SS IPS FHD(1920x1080), 180 Hz, 1 ms, HDR Ready</t>
   </si>
   <si>
     <t>GA-MON-GS27FA</t>
   </si>
   <si>
+    <t>Геймърски Монитор ASRock PG25FFT</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG25FFT</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор Gigabyte GS27FC2 - 27" VA 1500R FHD(1920x1080), 240Hz, 1ms</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27FC2</t>
+  </si>
+  <si>
+    <t>Монитор ASUS TUF GAMING VG279Q3R - 27" Fast IPS FHD(1920x1080) 180Hz, 1ms, FreeSync</t>
+  </si>
+  <si>
+    <t>ASUS-MON-VG279Q3R</t>
+  </si>
+  <si>
+    <t>Монитор ASUS TUF GAMING VG249QM5A - 23.8 inch Fast IPS FHD(1920x1080) 240Hz, 0.3ms, G-Sync, FreeSync</t>
+  </si>
+  <si>
+    <t>ASUS-MON-TUF-VG249QM5A</t>
+  </si>
+  <si>
+    <t>Монитор Dell P2425H, 23.8" IPS, 1920 x 1080, 5ms</t>
+  </si>
+  <si>
+    <t>DELL-MON-P2425H</t>
+  </si>
+  <si>
     <t>Монитор BenQ GW2790T, 27", IPS, 1920x1080, 100Hz</t>
   </si>
   <si>
     <t>BENQ-MON-GW2790T</t>
   </si>
   <si>
-    <t>Геймърски Монитор ASRock PG25FFT</t>
-[...20 lines deleted...]
-    <t>ASUS-MON-TUF-VG249QM5A</t>
+    <t>Геймърски Монитор Gigabyte GS27QCA - 27" inch SS/VA 1500R, QHD (2560x1440), 180Hz, 1ms, HDR Ready</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27QCA</t>
   </si>
   <si>
     <t>Монитор SAMSUNG 25BG400 25" Odyssey G4, 1920x1080, IPS 240Hz, 1 ms, 400cd/m2, 1000:1, DP, 2xHDMI, Черен</t>
   </si>
   <si>
     <t>SAM-MON-25BG400-P</t>
   </si>
   <si>
-    <t>Геймърски Монитор Gigabyte GS27QCA - 27" inch SS/VA 1500R, QHD (2560x1440), 180Hz, 1ms, HDR Ready</t>
-[...2 lines deleted...]
-    <t>GA-MON-GS27QCA</t>
+    <t>Монитор ASUS ZenScreen MB16ACV, 15.6" FHD (1920x1080) IPS</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB16ACV</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ZenScreen MB16AHV 15.6" IPS FHD (1920x1080)</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB16AHV</t>
+  </si>
+  <si>
+    <t>Монитор Dell P2725H, 27" IPS, 1920 x 1080, 5ms</t>
+  </si>
+  <si>
+    <t>DELL-MON-P2725H</t>
   </si>
   <si>
     <t>Монитор SAMSUNG 27BG400 27"Odyssey G4, 1920x1080, IPS 240Hz, 1 ms, 400cd/m2, 1000:1, DP, 2xHDMI</t>
   </si>
   <si>
     <t>SAM-MON-27BG400-P</t>
   </si>
   <si>
-    <t>Монитор ASUS ZenScreen MB16ACV, 15.6" FHD (1920x1080) IPS</t>
-[...14 lines deleted...]
-    <t>DELL-MON-P2725H</t>
+    <t>Монитор BenQ GW2486TC, 23.8", IPS, 1920x1080, 100Hz, Speaker 2 x 2W</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2486TC</t>
+  </si>
+  <si>
+    <t>Монитор AOC 25G3ZM/BK - 24.5" FHD VA, 240Hz, 0.5ms</t>
+  </si>
+  <si>
+    <t>AOC-MON-25G3ZMBK</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор ASRock PG27Q15R2A 27" QHD (2560X1440) 1500R VA</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG27Q15R2A</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор ASRock PG27QFT1B</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG27QFT1B</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор Gigabyte GS27QA 27" SS-IPS QHD(2560x1440), 180Hz, 1ms</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27QA</t>
+  </si>
+  <si>
+    <t>Монитор ASUS BE249QFK - 23.8" IPS FullHD(1920x1080), 100Hz, 1ms, WebCam</t>
+  </si>
+  <si>
+    <t>ASUS-MON-BE249QFK</t>
   </si>
   <si>
     <t>Монитор BenQ EX2710S MOBIUZ 165Hz, IPS, 27 inch, Wide, FHD, 1ms, HDR, HDMI, DisplayPort, Черен</t>
   </si>
   <si>
     <t>BENQ-MON-EX2710S</t>
   </si>
   <si>
-    <t>Монитор BenQ GW2486TC, 23.8", IPS, 1920x1080, 100Hz, Speaker 2 x 2W</t>
-[...40 lines deleted...]
-  <si>
     <t>Монитор NEC MultiSync® E244FL LCD 24", VA, 1920 x 1080, DisplayPort, HDMI, USB-C, USB 3.1, Черен</t>
   </si>
   <si>
     <t>NEC-MON-E244FL</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA248QV Professional 24.1", 16:10, WUXGA (1920 x 1200) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA248QV</t>
   </si>
   <si>
     <t>Монитор BenQ GW2780T</t>
   </si>
   <si>
     <t>BENQ-MON-GW2780T</t>
   </si>
   <si>
     <t>Геймърски монитор Alienware AW2725DM - 27" Fast IPS WQHD(2560x1440) 180Hz, 1ms, G-Sync Compatible</t>
   </si>
   <si>
     <t>DELL-MON-AW2725DM</t>
   </si>
   <si>
     <t>Монитор NEC MultiSync® E274FL LCD 27", VA, 1920 x 1080, DisplayPort, HDMI, USB-C, USB 3.1, Черен</t>
@@ -376,705 +355,645 @@
   <si>
     <t>Монитор ASUS TUF GAMING VG328QA1A - 32" VA FHD(1920x1080), 170Hz, 1ms, 125% sRGB, FreeSync Premium</t>
   </si>
   <si>
     <t>ASUS-MON-VG328QA1A</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA278QV - 27-inch</t>
   </si>
   <si>
     <t>ASUS-MON-PA278QV</t>
   </si>
   <si>
     <t>Тъч монитор ASUS VT229H 21.5" FHD (1920x1080)</t>
   </si>
   <si>
     <t>ASUS-MON-VT229H</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA247CV Professional 23.8", FHD (1920 x 1080) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA247CV</t>
   </si>
   <si>
+    <t>Геймърски монитор GIGABYTE M27Q2 QD - 27" SS IPS QuantumDot, QHD(2560 x 1440), 210Hz, 1ms</t>
+  </si>
+  <si>
+    <t>GA-MON-M27Q2-QD</t>
+  </si>
+  <si>
     <t>Геймърски Монитор ASRock PG34QRT2B - 34" WQHD (3440x1440) 1500R VA, 180Hz, 1ms</t>
   </si>
   <si>
     <t>ASR-MON-PG34QRT2B</t>
   </si>
   <si>
     <t>Тъч монитор HANNSPREE HT221PPB, TFT, 21.5 inch, Wide, Full HD, D-Sub, USB-C, HDMI, DP, 10 Point Touch, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HT221PPB</t>
   </si>
   <si>
     <t>Тъч монитор HANNSPREE HT225HPB, LED, 21.5 inch, Wide, Full HD, Display Port, VGA, HDMI, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HT225HPB</t>
   </si>
   <si>
     <t>Монитор ASUS TUF Gaming VG27AQL5A - 27" Fast IPS, WQHD, 210 Hz, 1ms</t>
   </si>
   <si>
     <t>ASUS-MON-VG27AQL5A</t>
   </si>
   <si>
+    <t>Геймърски монитор GIGABYTE M27Q3 - 27" SS IPS, QHD(2560 x 1440), 320Hz, 1ms, G-Sync Compatible</t>
+  </si>
+  <si>
+    <t>GA-MON-M27Q3</t>
+  </si>
+  <si>
     <t>Геймърски Монитор Gigabyte G34WQCP - 34" SS VA WQHD 3440x1440, Curved 1500R, 180Hz, 1ms, HDR Ready</t>
   </si>
   <si>
     <t>GA-MON-G34WQCP</t>
   </si>
   <si>
     <t>Монитор NEC MultiSync® EA242F LCD 23.8", 1920x1080, USB-C, DisplayPort, HDMI, USB 3.1,</t>
   </si>
   <si>
     <t>NEC-MON-EA242F</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte GS27Q X 27" SS-IPS QHD (2560x1440), 240Hz, 1 ms</t>
   </si>
   <si>
     <t>GA-MON-GS27Q-X</t>
   </si>
   <si>
-    <t>Монитор BenQ EX2710Q MOBIUZ 165Hz</t>
-[...2 lines deleted...]
-    <t>BENQ-MON-EX2710Q</t>
+    <t>Монитор ASUS TUF GAMING VG34VQEL1A  – 34" VA UWQHD(3440x1440), 1500R, 100Hz, 1ms, 125% sRGB, FreeSync Premium Pro</t>
+  </si>
+  <si>
+    <t>ASUS-MON-VG34VQEL1A</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ProArt Professional PA248CRV – 24.1" IPS</t>
+  </si>
+  <si>
+    <t>ASUS-MON-PA248CRV</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ZenScreen Go MB16AHP 15.6" FHD (1920x1080) IPS, USB Type-C, Преносим</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB16AHP</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор Gigabyte G34WQC2 - 34" VA 1500R WQHD (3440x1440), 200Hz, 1ms, VESA Display HDR400</t>
+  </si>
+  <si>
+    <t>GA-MON-G34WQC2</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ZenScreen Touch MB16AHT, 15.6" FHD (1920x1080) IPS</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB16AHT</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW2790QT, 27" IPS QHD, 75Hz, HDMI, DP, USB-C</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2790QT</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор Gigabyte GS27U 27" IPS UHD(3840x2160), 160Hz, 1 ms</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27U</t>
   </si>
   <si>
     <t>Монитор BenQ PD2705Q</t>
   </si>
   <si>
     <t>BENQ-MON-PD2705Q</t>
   </si>
   <si>
+    <t>Монитор Samsung Odyssey G5 34 inch, VA Curved UWQHD 3440x1440</t>
+  </si>
+  <si>
+    <t>SAM-MON-C34G55TWWP</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ZenScreen MB16AHG 15.6" IPS FHD (1920x1080) 144Hz</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB16AHG</t>
+  </si>
+  <si>
     <t>Монитор ASUS ProArt PA248CNV Professional 24.1", 16:10, WUXGA (1920 x 1200) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA248CNV</t>
   </si>
   <si>
-    <t>Монитор ASUS TUF GAMING VG34VQEL1A  – 34" VA UWQHD(3440x1440), 1500R, 100Hz, 1ms, 125% sRGB, FreeSync Premium Pro</t>
-[...44 lines deleted...]
-    <t>ASUS-MON-MB16AHG</t>
+    <t>Монитор EIZO FlexScan EV2360, IPS, 22.5 inch, Wide, WUXGA, D-Sub, HDMI, DisplayPort, Бял</t>
+  </si>
+  <si>
+    <t>EIZO-EV2360-WT</t>
+  </si>
+  <si>
+    <t>Монитор EIZO FlexScan EV2360, IPS, 22.5 inch, Wide, WUXGA, D-Sub, HDMI, DisplayPort, Черен</t>
+  </si>
+  <si>
+    <t>EIZO-EV2360-BK</t>
+  </si>
+  <si>
+    <t>Тъч монитор HANNSPREE HT248PPB, LED, 23.8 inch, Wide, Full HD, D-Sub, HDMI, DP, Черен</t>
+  </si>
+  <si>
+    <t>HSG-MON-HT248PPB</t>
+  </si>
+  <si>
+    <t>Монитор BenQ BL2790QT, 27 inch, IPS QHD, DisplayPort, HDMI, USB-C, Черен</t>
+  </si>
+  <si>
+    <t>BENQ-MON-BL2790QT</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор Gigabyte M27UP - 27" inch SS IPS UHD(3840x2160) 160Hz, 1ms, HDR 400</t>
+  </si>
+  <si>
+    <t>GA-MON-M27UP</t>
+  </si>
+  <si>
+    <t>Монитор ASUS TUF Gaming VG27AQML1A  - 27" Fast IPS, WQHD(2560x1440), 260 Hz, 1ms, G-Sync Compatible, FreeSync Premium</t>
+  </si>
+  <si>
+    <t>ASUS-MON-VG27AQML1A</t>
+  </si>
+  <si>
+    <t>Монитор BenQ PD2706QN, 27 inch, IPS, 2560x1440, 60Hz, HDMI, DP, USB-C PD, 100% sRGB, 95% DCI-P3, USB-A Hub X 4</t>
+  </si>
+  <si>
+    <t>BENQ-MON-PD2706QN</t>
+  </si>
+  <si>
+    <t>Геймърски монитор Alienware AW3425DWM - 34" inch VA Curved WQHD(3440x1440), 180 Hz, 1ms, FreeSync Premium+</t>
+  </si>
+  <si>
+    <t>DELL-MON-AW3425DWM</t>
+  </si>
+  <si>
+    <t>Монитор EIZO FlexScan EV2460, IPS, 23.8 inch, Wide, Full HD, D-Sub, DVI-D, HDMI, DisplayPort, Черен</t>
+  </si>
+  <si>
+    <t>EIZO-EV2460-BK</t>
+  </si>
+  <si>
+    <t>Монитор EIZO FlexScan EV2460, IPS, 23.8 inch, Wide, Full HD, D-Sub, DVI-D, HDMI, DisplayPort, Бял</t>
+  </si>
+  <si>
+    <t>EIZO-EV2460-WT</t>
+  </si>
+  <si>
+    <t>Монитор Dell Alienware AW2523HF 24.5" IPS, 1920 x 1080, 360Hz, 1ms</t>
+  </si>
+  <si>
+    <t>DELL-MON-AW2523HF</t>
+  </si>
+  <si>
+    <t>Монитор Dell Alienware AW2724HF 27" Fast-IPS, 1920 x 1080, 360Hz, 0.5ms</t>
+  </si>
+  <si>
+    <t>DELL-MON-AW2724HF</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ProArt PA278CGV – 27", IPS, WQHD (2560 x 1440), 144Hz</t>
+  </si>
+  <si>
+    <t>ASUS-MON-PA278CGV</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор Gigabyte M27UP ICE - 27" inch SS IPS UHD(3840x2160) 160Hz, 1ms, HDR 400</t>
+  </si>
+  <si>
+    <t>GA-MON-M27UP-ICE</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ZenScreen MB249C, 23.8" IPS FHD (1920x1080), 75Hz, USB-C, HDMI</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB249C</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte M27UA - 27" inch UHD(3840x2160) 160Hz, 1ms, HDR 400</t>
   </si>
   <si>
     <t>GA-MON-M27UA</t>
   </si>
   <si>
-    <t>Монитор EIZO FlexScan EV2360, IPS, 22.5 inch, Wide, WUXGA, D-Sub, HDMI, DisplayPort, Бял</t>
-[...82 lines deleted...]
-  <si>
     <t>Монитор Dell S2725QC 27" IPS 4K(3840x2160), 120Hz, USB-C</t>
   </si>
   <si>
     <t>DELL-MON-S2725QC</t>
   </si>
   <si>
-    <t>Монитор ASUS ROG Strix XG27ACS-W</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS ZenScreen MB17AHG</t>
   </si>
   <si>
     <t>ASUS-MON-MB17AHG</t>
   </si>
   <si>
     <t>Портативен тъч Монитор ASUS ZenScreen Touch MB16AMTR, 16" IPS FHD (1920x1080)</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AMTR</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan EV2430, IPS, 24 inch, Wide, UXGA, DVI-D, DisplayPort, D-Sub, USB Hub, Черен</t>
   </si>
   <si>
     <t>EIZO-EV2430-BK</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan EV2430, IPS, 24 inch, Wide, UXGA, DVI-D, DisplayPort, D-Sub, USB Hub, Сив</t>
   </si>
   <si>
     <t>EIZO-EV2430-GY</t>
   </si>
   <si>
     <t>Монитор BenQ GW3290QT, IPS, 31.5 inch, Wide, QHD, DP, HDMI, USB, Бял</t>
   </si>
   <si>
     <t>BENQ-MON-GW3290QT</t>
   </si>
   <si>
-    <t>Монитор BenQ PD2706QN, 27 inch, IPS, 2560x1440, 60Hz, HDMI, DP, USB-C PD, 100% sRGB, 95% DCI-P3, USB-A Hub X 4</t>
-[...4 lines deleted...]
-  <si>
     <t>Тъч монитор HANNSPREE HT273HPB, HS-IPS, 27 inch, Wide, Full HD, D-Sub, HDMI, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HT273HPB</t>
   </si>
   <si>
-    <t>Монитор ASUS ROG Strix XG27UCS</t>
-[...10 lines deleted...]
-  <si>
     <t>Монитор EIZO FlexScan EV2480, IPS, 23.8 inch, Wide, Full HD, HDMI, DisplayPort, USB-C, Черен</t>
   </si>
   <si>
     <t>EIZO-EV2480-BK</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan S1934H, IPS, 19 inch, Clasic, SXGA, D-Sub, DVI-D, DisplayPort, Черен</t>
   </si>
   <si>
     <t>EIZO-S1934H-BK</t>
   </si>
   <si>
     <t>Монитор Dell Alienware AW2723DF 27" IPS, 2560 x 1440, 280Hz, 1ms</t>
   </si>
   <si>
     <t>DELL-MON-AW2723DF</t>
   </si>
   <si>
     <t>Монитор за програмиране BenQ RD240Q, 24.1", IPS, 2560x1600, 5 ms, 60Hz, HDR10</t>
   </si>
   <si>
     <t>BENQ-MON-RD240Q</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix XG279CNS - 27" inch Fast IPS, FullHD, 380Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-XG279CNS</t>
   </si>
   <si>
-    <t>Монитор ASUS TUF GAMING VG34WQML5A  – 34" VA UWQHD(3440x1440), 1500R, 250Hz, 0.5ms, 130% sRGB, FreeSync Premium</t>
-[...16 lines deleted...]
-  <si>
     <t>Монитор EIZO FlexScan EV2410R - 23.8 inch IPS, Wide, Full HD, HDMI, DisplayPort - Черен</t>
   </si>
   <si>
     <t>EIZO-EV2410R-BK</t>
   </si>
   <si>
-    <t>Монитор ASUS ZenScreen MQ16AHE - 15.6" OLED, 1ms, HDR-10</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS Professional ProArt PA278CFRV</t>
   </si>
   <si>
     <t>ASUS-MON-PA278CFRV</t>
   </si>
   <si>
+    <t>Монитор ASUS ROG Strix XG27ACMEG-G Hatsune Miku Edition - 27" Fast IPS, WQHD(2560x1440), 260 Hz, 1ms, G-Sync Compatible, FreeSync Premium</t>
+  </si>
+  <si>
+    <t>ASUS-MON-XG27ACMEG-G</t>
+  </si>
+  <si>
     <t>Монитор ASUS ZenScreen MB27ACF - 27" IPS QHD(2560x1440), 100Hz, USB-C</t>
   </si>
   <si>
     <t>ASUS-MON-MB27ACF</t>
   </si>
   <si>
+    <t>Монитор Alienware AW2725QF - 27" IPS 4K UHD 3840 x 2160, 180Hz, 0.5ms</t>
+  </si>
+  <si>
+    <t>DELL-MON-AW2725QF</t>
+  </si>
+  <si>
+    <t>Монитор за фото и видео редактиране BenQ SW242Q, 24.1", IPS, 2K, HDR10</t>
+  </si>
+  <si>
+    <t>BENQ-MON-SW242Q</t>
+  </si>
+  <si>
     <t>Монитор ZOWIE XL2546X+ 24.5" FastTN, 280Hz, DyAc2</t>
   </si>
   <si>
     <t>ZOWIE-MON-XL2546X-PLUS</t>
   </si>
   <si>
-    <t>Монитор BenQ PD2506Q 25 inch IPS</t>
-[...16 lines deleted...]
-  <si>
     <t>Монитор BenQ MA270U за MacBook- 27 inch IPS 4K(3840x2160), 60Hz, HDMI, DP, USB-C PD</t>
   </si>
   <si>
     <t>BENQ-MON-MA270U</t>
   </si>
   <si>
-    <t>Преносим тъч монитор RICOH 150, OLED, 15.6", 560г, USB-C</t>
-[...22 lines deleted...]
-  <si>
     <t>Монитор Alienware AW2524HF 24.5" IPS FHD(1920 x 1080), 540Hz, 0.5ms</t>
   </si>
   <si>
     <t>DELL-MON-AW2524HF</t>
   </si>
   <si>
-    <t>Монитор BenQ PD2705UA, 27 inch, IPS, 3840x2160, 60Hz, HDMI, DP, USB-C PD</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS ProArt PA34VCNV - 34.1" IPS 3800R Curved</t>
   </si>
   <si>
     <t>ASUS-MON-PA34VCNV</t>
   </si>
   <si>
+    <t>Геймърски Монитор ASRock PGO27QFS</t>
+  </si>
+  <si>
+    <t>ASR-MON-PGO27QFS</t>
+  </si>
+  <si>
+    <t>Монитор за програмиране BenQ RD280U, 28.2"</t>
+  </si>
+  <si>
+    <t>BENQ-MON-RD280U</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор GIGABYTE M32UP - 31.5 SS IPS 4K UHD, 160Hz, 1ms</t>
+  </si>
+  <si>
+    <t>GA-MON-M32UP</t>
+  </si>
+  <si>
     <t>Широкоформатен дисплей NEC MultiSync E498, 49", UHD, 400cd/m2, Direct LED backlight, 16/7 proof, Media Player</t>
   </si>
   <si>
     <t>NEC-MON-E498</t>
   </si>
   <si>
-    <t>Монитор за програмиране BenQ RD280U, 28.2"</t>
-[...22 lines deleted...]
-  <si>
     <t>Монитор BenQ MA320U за MacBook Pro и MacBook Air, 31,5" , IPS , LED, 3840x2160, HDR10, 178°/178° , 1300:1</t>
   </si>
   <si>
     <t>BENQ-MON-MA320U</t>
   </si>
   <si>
-    <t>Монитор ASUS ZenScreen Duo OLED MQ149CD</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS ROG Strix XG27AQWMG - 27" WOLED WQHD (2560 x 1440), 280Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG27AQWMG</t>
   </si>
   <si>
     <t>Геймърски монитор GIGABYTE MO27Q2 - 27" QD-OLED, QHD (2560 x 1440), 280Hz, 0.03ms</t>
   </si>
   <si>
     <t>GA-MON-MO27Q2A</t>
   </si>
   <si>
+    <t>Геймърски монитор GIGABYTE MO27Q28G - 27" WOLED, QHD (2560 x 1440), 280Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>GA-MON-MO27Q28G</t>
+  </si>
+  <si>
+    <t>Широкоформатен дисплей NEC MultiSync E558, 55", UHD, 400cd/m2, Direct LED backlight, 16/7 proof, Media Player</t>
+  </si>
+  <si>
+    <t>NEC-MON-E558</t>
+  </si>
+  <si>
+    <t>Монитор за програмиране BenQ RD280UA, 28.2", Ergo Stand</t>
+  </si>
+  <si>
+    <t>BENQ-MON-RD280UA</t>
+  </si>
+  <si>
+    <t>Монитор ZOWIE XL2566 Plus 400Hz DyAc, TN, 24.1inch, Wide, Full HD, HDMI, DP, Черен</t>
+  </si>
+  <si>
+    <t>ZOWIE-MON-XL2566X-PLUS</t>
+  </si>
+  <si>
+    <t>Монитор SAMSUNG Odyssey OLED G6 G61SD - 27" OLED, WQHD(2560x1440) 240Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS27DG610SUXEN</t>
+  </si>
+  <si>
+    <t>Монитор за програмиране BenQ RD320U, 31.5"</t>
+  </si>
+  <si>
+    <t>BENQ-MON-RD320U</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ROG Strix OLED XG27ACDNG - 27" QD-OLED WQHD (2560 x 1440), 360Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-ROG-XG27ACDNG</t>
+  </si>
+  <si>
     <t>Гейминг монитор GIGABYTE MO34WQC - 34" QD-OLED, WQHD, 175Hz, 0.03ms, Vesa ClearMR 10000, HDR 400, KVM</t>
   </si>
   <si>
     <t>GA-MON-MO34WQC</t>
   </si>
   <si>
-    <t>Широкоформатен дисплей NEC MultiSync E558, 55", UHD, 400cd/m2, Direct LED backlight, 16/7 proof, Media Player</t>
-[...14 lines deleted...]
-    <t>ASUS-MON-ROG-XG27ACDNG</t>
+    <t>Монитор за програмиране BenQ RD320UA, 31.5", Ergo Stand</t>
+  </si>
+  <si>
+    <t>BENQ-MON-RD320UA</t>
   </si>
   <si>
     <t>Монитор Samsung Odyssey G7 G75F - 37" inch Curved 1000R 4K(3840x2160), 165Hz, 1ms</t>
   </si>
   <si>
     <t>SAM-MON-LS37FG750EUXEN</t>
   </si>
   <si>
     <t>Монитор EIZO ColorEdge EV2740S-BK, 27'', 3140x2160, IPS, USB-C, DP, HDMI, 4xUSB-A, Черен</t>
   </si>
   <si>
     <t>EIZO-EV2740S-BK</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA27JCV – 27", IPS, 5K (5120x2880), USB-C</t>
   </si>
   <si>
     <t>ASUS-MON-PA27JCV</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA348CGV - 34.1" IPS, UWQHD 3440x1440, 120Hz, 2ms</t>
   </si>
   <si>
     <t>ASUS-MON-PA348CGV</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix OLED XG34WCDG - 34-inch QD-OLED 3440x1440, 1800R Curve, 175Hz, 0.03ms (GTG), ASUS OLED Care Pro, G-Sync</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG34WCDG</t>
   </si>
   <si>
+    <t>Гейминг монитор GIGABYTE MO34WQC2,QD-OLED, WQHD(3440x1440), 240Hz, 0.03ms, Vesa ClearMR 13000, HDR 400, KVM</t>
+  </si>
+  <si>
+    <t>GA-MON-MO34WQC2</t>
+  </si>
+  <si>
+    <t>Гейминг монитор GIGABYTE AORUS FO32U - 31.5" QD-OLED 4K UHD, 165Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>GA-MON-FO32U</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор ASRock PGO32UFS 32" OLED Dual Mode UHD/FHD 240/480Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>ASR-MON-PGO32UFS</t>
+  </si>
+  <si>
     <t>Геймърски монитор GIGABYTE MO27U2 - 27" QD-OLED, 4K UHD, 240Hz, 0.03ms</t>
   </si>
   <si>
     <t>GA-MON-MO27U2</t>
   </si>
   <si>
-    <t>Гейминг монитор GIGABYTE AORUS FO32U - 31.5" QD-OLED 4K UHD, 165Hz, 0.03ms</t>
-[...2 lines deleted...]
-    <t>GA-MON-FO32U</t>
+    <t>Медицински монитор EIZO RadiForce S2134-GR Цветен, Сив</t>
+  </si>
+  <si>
+    <t>EIZO-S2134-GY</t>
   </si>
   <si>
     <t>Монитор Samsung Odyssey OLED G8 G85SD Ultra WQHD - 34" CURVED 1800R, 175 Hz, 0.03ms</t>
   </si>
   <si>
     <t>SAM-MON-LS34DG850SUXDU</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix OLED XG32UCDS - 32" QD-OLED 4K (3840x2160), 165Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG32UCDS</t>
   </si>
   <si>
     <t>Гейминг монитор GIGABYTE MO32U - 31.5" QD-OLED 4K UHD, 165Hz, 0.03ms</t>
   </si>
   <si>
     <t>GA-MON-MO32U</t>
   </si>
   <si>
-    <t>Монитор ASUS ROG Strix OLED XG27UCDMG - 27" QD-OLED 4K (3840x2160), 240Hz, 0.3ms</t>
-[...8 lines deleted...]
-    <t>SAM-MON-LS27FG810SUXEN</t>
+    <t>Медицински монитор EIZO RadiForce S2134-BK Цветен, Черен</t>
+  </si>
+  <si>
+    <t>EIZO-S2134-BK</t>
+  </si>
+  <si>
+    <t>Монитор Samsung Odyssey G95C LS49CG950EUXEN 49" VA CURVED 1000R, 240 Hz, 1ms, 5120x1440, FreeSync Premium</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS49CG950EUXEN</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Swift PG32UDCMZ - 32" QD-OLED 4K, 240Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-PG32UCDMZ</t>
   </si>
   <si>
     <t>Геймърски монитор GIGABYTE AORUS FO27Q5P - 27" QD-OLED, QHD (2560 x 1440), 500Hz, 0.03ms</t>
   </si>
   <si>
     <t>GA-MON-FO27Q5P</t>
   </si>
   <si>
-    <t>Монитор Alienware AW3225QF 32" Curved QD-OLED, 4K UHD 3840 x 2160 , 240Hz, 0.3ms</t>
-[...20 lines deleted...]
-    <t>SAM-MON-LS32FG810SUXEN</t>
+    <t>Монитор EIZO FlexScan EV2740X, IPS, 27 inch, Wide, 4K, HDMI, DisplayPort, USB-C, Черен</t>
+  </si>
+  <si>
+    <t>EIZO-EV2740X-BK</t>
+  </si>
+  <si>
+    <t>Монитор EIZO FlexScan EV2740X, IPS, 27 inch, Wide, 4K, HDMI, DisplayPort, USB-C, Бял</t>
+  </si>
+  <si>
+    <t>EIZO-EV2740X-WT</t>
   </si>
   <si>
     <t>Монитор за видео камера BENQ PVS7 - 7 inch IPS FHD(1920x1200), 60Hz, HDMI, MicroSD, SDI</t>
   </si>
   <si>
     <t>BENQ-MON-PVS7</t>
   </si>
   <si>
-    <t>Монитор ASUS ROG Swift OLED PG32UCDP 32" - 4K 240Hz или FHD 480Hz WOLED, 0.3ms</t>
-[...20 lines deleted...]
-    <t>EIZO-EV3240X-WT</t>
+    <t>Монитор ASUS Rog Swift OLED PG27AQWP-W - 27" OLED Dual-Mode (QHD - 540Hz, HD - 720Hz), 0.2ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-ROG-PG27AQWP-W</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt Display 6K PA32QCV - 32-inch, IPS, 6K (6016 x 3384), 98% DCI-P3, LuxPixel™ AGLR, Light Sync, Color Accuracy ΔE &lt; 2, Calman Verified</t>
   </si>
   <si>
     <t>ASUS-MON-PA32QCV</t>
   </si>
   <si>
     <t>Монитор ROG Swift OLED PG32UCDMR - 32" QD-OLED 4K (3840x2160), 240Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-PG32UCDMR</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt OLED PA32UCDM - 32" QD-OLED 4K (3840x2160), 240Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-PA32UCDM</t>
   </si>
   <si>
-    <t>3D Монитор SAMSUNG Odyssey 3D G6 G90XF - 27" IPS 4K UHD(3840x2160), 165Hz, 1ms</t>
-[...8 lines deleted...]
-    <t>EIZO-RX270</t>
+    <t>Професионален монитор ASUS ProArt PA32UCG-K - 32”IPS MiniLED 4K(3840x2160) HDR 1600 nits, 120Hz</t>
+  </si>
+  <si>
+    <t>ASUS-MON-PA32UCG-K</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1378,5456 +1297,3426 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D386"/>
+  <dimension ref="A1:D241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>189.0</v>
+        <v>96.636</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>189.0</v>
+        <v>101.748</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>198.996</v>
+        <v>104.412</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>204.216</v>
+        <v>111.972</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>111.972</v>
+      </c>
+      <c r="D8" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>219.0</v>
+        <v>111.972</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>219.0</v>
+        <v>117.084</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>228.996</v>
+        <v>117.084</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>228.996</v>
+        <v>122.1</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>238.8</v>
+        <v>125.628</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>245.7</v>
+        <v>127.308</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>249.0</v>
+        <v>127.308</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>249.0</v>
+        <v>132.42</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>249.0</v>
+        <v>142.656</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>249.372</v>
+        <v>142.656</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>258.996</v>
+        <v>145.5</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>279.0</v>
+        <v>148.476</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>279.0</v>
+        <v>148.476</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>284.568</v>
+        <v>163.104</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>290.4</v>
+        <v>163.104</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>290.4</v>
+        <v>163.104</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>318.996</v>
+        <v>163.104</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>318.996</v>
+        <v>173.916</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>318.996</v>
+        <v>174.864</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>318.996</v>
+        <v>178.44</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>318.996</v>
+        <v>183.552</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>329.988</v>
+        <v>183.552</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>348.996</v>
+        <v>193.776</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>359.004</v>
+        <v>193.776</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>359.004</v>
+        <v>198.888</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>378.996</v>
+        <v>199.404</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>378.996</v>
+        <v>199.404</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>389.004</v>
+        <v>201.864</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>390.0</v>
+        <v>204.0</v>
       </c>
       <c r="D37" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>390.0</v>
+        <v>204.0</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>394.8</v>
+        <v>214.236</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>399.0</v>
+        <v>219.348</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>399.0</v>
+        <v>219.348</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>419.004</v>
+        <v>224.46</v>
       </c>
       <c r="D42" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>419.004</v>
+        <v>230.076</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>429.0</v>
+        <v>232.728</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>438.996</v>
+        <v>234.684</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>450.0</v>
+        <v>235.5</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>455.172</v>
+        <v>237.0</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>459.0</v>
+        <v>239.28</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>459.0</v>
+        <v>244.812</v>
       </c>
       <c r="D49" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>463.536</v>
+        <v>244.908</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>468.0</v>
+        <v>244.908</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>478.8</v>
+        <v>250.02</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>478.992</v>
+        <v>255.132</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>479.004</v>
+        <v>255.132</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>489.0</v>
+        <v>263.832</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>498.996</v>
+        <v>265.356</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>498.996</v>
+        <v>270.0</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>519.0</v>
+        <v>277.5</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>528.072</v>
+        <v>280.704</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>542.748</v>
+        <v>282.228</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>549.0</v>
+        <v>288.372</v>
       </c>
       <c r="D61" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62">
+        <v>294.228</v>
+      </c>
+      <c r="D62" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>575.46</v>
+        <v>294.504</v>
       </c>
       <c r="D63" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>132</v>
+      </c>
+      <c r="B64" t="s">
         <v>133</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>576.0</v>
+        <v>306.264</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>134</v>
+      </c>
+      <c r="B65" t="s">
         <v>135</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>579.0</v>
+        <v>306.264</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>136</v>
+      </c>
+      <c r="B66" t="s">
         <v>137</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>598.992</v>
+        <v>311.376</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>138</v>
+      </c>
+      <c r="B67" t="s">
         <v>139</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>599.004</v>
+        <v>319.044</v>
       </c>
       <c r="D67" t="s">
-        <v>132</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>140</v>
+      </c>
+      <c r="B68" t="s">
         <v>141</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>599.004</v>
+        <v>321.6</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>142</v>
+      </c>
+      <c r="B69" t="s">
         <v>143</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>599.004</v>
+        <v>322.116</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>144</v>
+      </c>
+      <c r="B70" t="s">
         <v>145</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>609.0</v>
+        <v>326.712</v>
       </c>
       <c r="D70" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>146</v>
+      </c>
+      <c r="B71" t="s">
         <v>147</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>629.004</v>
+        <v>330.708</v>
       </c>
       <c r="D71" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>148</v>
+      </c>
+      <c r="B72" t="s">
         <v>149</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>630.0</v>
+        <v>331.824</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>150</v>
+      </c>
+      <c r="B73" t="s">
         <v>151</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>639.0</v>
+        <v>331.824</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>152</v>
+      </c>
+      <c r="B74" t="s">
         <v>153</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>648.996</v>
+        <v>331.824</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" t="s">
         <v>155</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>648.996</v>
+        <v>342.36</v>
       </c>
       <c r="D75" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" t="s">
         <v>157</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>669.0</v>
+        <v>342.444</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>158</v>
+      </c>
+      <c r="B77" t="s">
         <v>159</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>669.6</v>
+        <v>343.5</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>160</v>
+      </c>
+      <c r="B78" t="s">
         <v>161</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>669.756</v>
+        <v>357.396</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>162</v>
+      </c>
+      <c r="B79" t="s">
         <v>163</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>671.832</v>
+        <v>357.396</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>164</v>
+      </c>
+      <c r="B80" t="s">
         <v>165</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>678.996</v>
+        <v>357.396</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>166</v>
+      </c>
+      <c r="B81" t="s">
         <v>167</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>699.0</v>
+        <v>358.8</v>
       </c>
       <c r="D81" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>168</v>
+      </c>
+      <c r="B82" t="s">
         <v>169</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>699.0</v>
+        <v>365.064</v>
       </c>
       <c r="D82" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>170</v>
+      </c>
+      <c r="B83" t="s">
         <v>171</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>699.0</v>
+        <v>371.196</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>172</v>
+      </c>
+      <c r="B84" t="s">
         <v>173</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>714.0</v>
+        <v>371.196</v>
       </c>
       <c r="D84" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" t="s">
         <v>175</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>726.0</v>
+        <v>372.732</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>176</v>
+      </c>
+      <c r="B86" t="s">
         <v>177</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>726.0</v>
+        <v>372.732</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>178</v>
+      </c>
+      <c r="B87" t="s">
         <v>179</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>729.0</v>
+        <v>372.732</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>180</v>
+      </c>
+      <c r="B88" t="s">
         <v>181</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>729.0</v>
+        <v>375.804</v>
       </c>
       <c r="D88" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>182</v>
+      </c>
+      <c r="B89" t="s">
         <v>183</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>729.0</v>
+        <v>377.844</v>
       </c>
       <c r="D89" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>184</v>
+      </c>
+      <c r="B90" t="s">
         <v>185</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>738.996</v>
+        <v>377.844</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>186</v>
+      </c>
+      <c r="B91" t="s">
         <v>187</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>748.056</v>
+        <v>382.476</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>188</v>
+      </c>
+      <c r="B92" t="s">
         <v>189</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>749.004</v>
+        <v>382.956</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>190</v>
+      </c>
+      <c r="B93" t="s">
         <v>191</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>749.004</v>
+        <v>382.956</v>
       </c>
       <c r="D93" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>192</v>
+      </c>
+      <c r="B94" t="s">
         <v>193</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>749.004</v>
+        <v>383.472</v>
       </c>
       <c r="D94" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>194</v>
+      </c>
+      <c r="B95" t="s">
         <v>195</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>750.0</v>
+        <v>393.18</v>
       </c>
       <c r="D95" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>196</v>
+      </c>
+      <c r="B96" t="s">
         <v>197</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>768.996</v>
+        <v>395.736</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>198</v>
+      </c>
+      <c r="B97" t="s">
         <v>199</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>774.0</v>
+        <v>402.444</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>200</v>
+      </c>
+      <c r="B98" t="s">
         <v>201</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>778.992</v>
+        <v>408.012</v>
       </c>
       <c r="D98" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>202</v>
+      </c>
+      <c r="B99" t="s">
         <v>203</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>787.104</v>
+        <v>408.396</v>
       </c>
       <c r="D99" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>204</v>
+      </c>
+      <c r="B100" t="s">
         <v>205</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>789.0</v>
+        <v>408.516</v>
       </c>
       <c r="D100" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>206</v>
+      </c>
+      <c r="B101" t="s">
         <v>207</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>792.0</v>
+        <v>408.516</v>
       </c>
       <c r="D101" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
-        <v>189.0</v>
+        <v>96.636</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C103">
-        <v>189.0</v>
+        <v>101.748</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B104" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C104">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D104" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B105" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C105">
-        <v>198.996</v>
+        <v>111.972</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C106">
-        <v>198.996</v>
+        <v>111.972</v>
       </c>
       <c r="D106" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B107" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C107">
-        <v>204.216</v>
+        <v>111.972</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="B108" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C108">
-        <v>219.0</v>
+        <v>125.628</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B109" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="C109">
-        <v>219.0</v>
+        <v>127.308</v>
       </c>
       <c r="D109" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="B110" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="C110">
-        <v>219.0</v>
+        <v>132.42</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="B111" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="C111">
-        <v>228.996</v>
+        <v>142.656</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="B112" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="C112">
-        <v>228.996</v>
+        <v>142.656</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="B113" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="C113">
-        <v>238.8</v>
+        <v>145.5</v>
       </c>
       <c r="D113" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="B114" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="C114">
-        <v>245.7</v>
+        <v>148.476</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="B115" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="C115">
-        <v>249.0</v>
+        <v>163.104</v>
       </c>
       <c r="D115" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="B116" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="C116">
-        <v>249.0</v>
+        <v>163.104</v>
       </c>
       <c r="D116" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="B117" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="C117">
-        <v>249.0</v>
+        <v>163.104</v>
       </c>
       <c r="D117" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="B118" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="C118">
-        <v>249.372</v>
+        <v>163.104</v>
       </c>
       <c r="D118" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="B119" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="C119">
-        <v>258.996</v>
+        <v>173.916</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="B120" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="C120">
-        <v>279.0</v>
+        <v>174.864</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="B121" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="C121">
-        <v>279.0</v>
+        <v>178.44</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="B122" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="C122">
-        <v>284.568</v>
+        <v>193.776</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="B123" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="C123">
-        <v>290.4</v>
+        <v>199.404</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="B124" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="C124">
-        <v>290.4</v>
+        <v>199.404</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="B125" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="C125">
-        <v>318.996</v>
+        <v>204.0</v>
       </c>
       <c r="D125" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="B126" t="s">
-        <v>57</v>
+        <v>82</v>
       </c>
       <c r="C126">
-        <v>318.996</v>
+        <v>214.236</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="B127" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="C127">
-        <v>318.996</v>
+        <v>219.348</v>
       </c>
       <c r="D127" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="B128" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="C128">
-        <v>318.996</v>
+        <v>230.076</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="B129" t="s">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="C129">
-        <v>318.996</v>
+        <v>232.728</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="B130" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="C130">
-        <v>329.988</v>
+        <v>234.684</v>
       </c>
       <c r="D130" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="B131" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="C131">
-        <v>348.996</v>
+        <v>235.5</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="B132" t="s">
-        <v>69</v>
+        <v>100</v>
       </c>
       <c r="C132">
-        <v>359.004</v>
+        <v>239.28</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="B133" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="C133">
-        <v>359.004</v>
+        <v>244.812</v>
       </c>
       <c r="D133" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>72</v>
+        <v>105</v>
       </c>
       <c r="B134" t="s">
-        <v>73</v>
+        <v>106</v>
       </c>
       <c r="C134">
-        <v>378.996</v>
+        <v>244.908</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>74</v>
+        <v>113</v>
       </c>
       <c r="B135" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
       <c r="C135">
-        <v>378.996</v>
+        <v>263.832</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>76</v>
+        <v>115</v>
       </c>
       <c r="B136" t="s">
-        <v>77</v>
+        <v>116</v>
       </c>
       <c r="C136">
-        <v>389.004</v>
+        <v>265.356</v>
       </c>
       <c r="D136" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="B137" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="C137">
-        <v>390.0</v>
+        <v>280.704</v>
       </c>
       <c r="D137" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>80</v>
+        <v>123</v>
       </c>
       <c r="B138" t="s">
-        <v>81</v>
+        <v>124</v>
       </c>
       <c r="C138">
-        <v>390.0</v>
+        <v>282.228</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>82</v>
+        <v>125</v>
       </c>
       <c r="B139" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="C139">
-        <v>394.8</v>
+        <v>288.372</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>84</v>
+        <v>130</v>
       </c>
       <c r="B140" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="C140">
-        <v>399.0</v>
+        <v>294.504</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>86</v>
+        <v>132</v>
       </c>
       <c r="B141" t="s">
-        <v>87</v>
+        <v>133</v>
       </c>
       <c r="C141">
-        <v>399.0</v>
+        <v>306.264</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>88</v>
+        <v>134</v>
       </c>
       <c r="B142" t="s">
-        <v>89</v>
+        <v>135</v>
       </c>
       <c r="C142">
-        <v>419.004</v>
+        <v>306.264</v>
       </c>
       <c r="D142" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>90</v>
+        <v>138</v>
       </c>
       <c r="B143" t="s">
-        <v>91</v>
+        <v>139</v>
       </c>
       <c r="C143">
-        <v>419.004</v>
+        <v>319.044</v>
       </c>
       <c r="D143" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>92</v>
+        <v>144</v>
       </c>
       <c r="B144" t="s">
-        <v>93</v>
+        <v>145</v>
       </c>
       <c r="C144">
-        <v>429.0</v>
+        <v>326.712</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>94</v>
+        <v>152</v>
       </c>
       <c r="B145" t="s">
-        <v>95</v>
+        <v>153</v>
       </c>
       <c r="C145">
-        <v>438.996</v>
+        <v>331.824</v>
       </c>
       <c r="D145" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="B146" t="s">
-        <v>97</v>
+        <v>163</v>
       </c>
       <c r="C146">
-        <v>450.0</v>
+        <v>357.396</v>
       </c>
       <c r="D146" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>98</v>
+        <v>164</v>
       </c>
       <c r="B147" t="s">
-        <v>99</v>
+        <v>165</v>
       </c>
       <c r="C147">
-        <v>455.172</v>
+        <v>357.396</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>100</v>
+        <v>166</v>
       </c>
       <c r="B148" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="C148">
-        <v>459.0</v>
+        <v>358.8</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>102</v>
+        <v>168</v>
       </c>
       <c r="B149" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="C149">
-        <v>459.0</v>
+        <v>365.064</v>
       </c>
       <c r="D149" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>104</v>
+        <v>180</v>
       </c>
       <c r="B150" t="s">
-        <v>105</v>
+        <v>181</v>
       </c>
       <c r="C150">
-        <v>463.536</v>
+        <v>375.804</v>
       </c>
       <c r="D150" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>106</v>
+        <v>182</v>
       </c>
       <c r="B151" t="s">
-        <v>107</v>
+        <v>183</v>
       </c>
       <c r="C151">
-        <v>468.0</v>
+        <v>377.844</v>
       </c>
       <c r="D151" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>108</v>
+        <v>184</v>
       </c>
       <c r="B152" t="s">
-        <v>109</v>
+        <v>185</v>
       </c>
       <c r="C152">
-        <v>478.8</v>
+        <v>377.844</v>
       </c>
       <c r="D152" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>110</v>
+        <v>186</v>
       </c>
       <c r="B153" t="s">
-        <v>111</v>
+        <v>187</v>
       </c>
       <c r="C153">
-        <v>478.992</v>
+        <v>382.476</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>112</v>
+        <v>190</v>
       </c>
       <c r="B154" t="s">
-        <v>113</v>
+        <v>191</v>
       </c>
       <c r="C154">
-        <v>479.004</v>
+        <v>382.956</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>114</v>
+        <v>208</v>
       </c>
       <c r="B155" t="s">
-        <v>115</v>
+        <v>209</v>
       </c>
       <c r="C155">
-        <v>489.0</v>
+        <v>408.516</v>
       </c>
       <c r="D155" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>116</v>
+        <v>210</v>
       </c>
       <c r="B156" t="s">
-        <v>117</v>
+        <v>211</v>
       </c>
       <c r="C156">
-        <v>498.996</v>
+        <v>428.868</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>118</v>
+        <v>212</v>
       </c>
       <c r="B157" t="s">
-        <v>119</v>
+        <v>213</v>
       </c>
       <c r="C157">
-        <v>498.996</v>
+        <v>434.088</v>
       </c>
       <c r="D157" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>120</v>
+        <v>214</v>
       </c>
       <c r="B158" t="s">
-        <v>121</v>
+        <v>215</v>
       </c>
       <c r="C158">
-        <v>519.0</v>
+        <v>434.088</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>122</v>
+        <v>216</v>
       </c>
       <c r="B159" t="s">
-        <v>123</v>
+        <v>217</v>
       </c>
       <c r="C159">
-        <v>528.072</v>
+        <v>449.424</v>
       </c>
       <c r="D159" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>126</v>
+        <v>218</v>
       </c>
       <c r="B160" t="s">
-        <v>127</v>
+        <v>219</v>
       </c>
       <c r="C160">
-        <v>549.0</v>
+        <v>485.22</v>
       </c>
       <c r="D160" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>128</v>
+        <v>220</v>
       </c>
       <c r="B161" t="s">
-        <v>129</v>
+        <v>221</v>
       </c>
       <c r="C161">
-        <v>564.0</v>
+        <v>510.78</v>
       </c>
       <c r="D161" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>130</v>
+        <v>222</v>
       </c>
       <c r="B162" t="s">
-        <v>131</v>
+        <v>223</v>
       </c>
       <c r="C162">
-        <v>575.46</v>
+        <v>510.78</v>
       </c>
       <c r="D162" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>133</v>
+        <v>224</v>
       </c>
       <c r="B163" t="s">
-        <v>134</v>
+        <v>225</v>
       </c>
       <c r="C163">
-        <v>576.0</v>
+        <v>510.78</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>135</v>
+        <v>226</v>
       </c>
       <c r="B164" t="s">
-        <v>136</v>
+        <v>227</v>
       </c>
       <c r="C164">
-        <v>579.0</v>
+        <v>551.676</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>137</v>
+        <v>228</v>
       </c>
       <c r="B165" t="s">
-        <v>138</v>
+        <v>229</v>
       </c>
       <c r="C165">
-        <v>598.992</v>
+        <v>551.688</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>139</v>
+        <v>230</v>
       </c>
       <c r="B166" t="s">
-        <v>140</v>
+        <v>231</v>
       </c>
       <c r="C166">
-        <v>599.004</v>
+        <v>569.988</v>
       </c>
       <c r="D166" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>141</v>
+        <v>232</v>
       </c>
       <c r="B167" t="s">
-        <v>142</v>
+        <v>233</v>
       </c>
       <c r="C167">
-        <v>599.004</v>
+        <v>587.472</v>
       </c>
       <c r="D167" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>143</v>
+        <v>234</v>
       </c>
       <c r="B168" t="s">
-        <v>144</v>
+        <v>235</v>
       </c>
       <c r="C168">
-        <v>599.004</v>
+        <v>587.472</v>
       </c>
       <c r="D168" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>145</v>
+        <v>236</v>
       </c>
       <c r="B169" t="s">
-        <v>146</v>
+        <v>237</v>
       </c>
       <c r="C169">
-        <v>609.0</v>
+        <v>608.064</v>
       </c>
       <c r="D169" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>147</v>
+        <v>238</v>
       </c>
       <c r="B170" t="s">
-        <v>148</v>
+        <v>239</v>
       </c>
       <c r="C170">
-        <v>629.004</v>
+        <v>613.032</v>
       </c>
       <c r="D170" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>149</v>
+        <v>240</v>
       </c>
       <c r="B171" t="s">
-        <v>150</v>
+        <v>241</v>
       </c>
       <c r="C171">
-        <v>630.0</v>
+        <v>613.044</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>151</v>
+        <v>242</v>
       </c>
       <c r="B172" t="s">
-        <v>152</v>
+        <v>243</v>
       </c>
       <c r="C172">
-        <v>639.0</v>
+        <v>618.156</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>153</v>
+        <v>244</v>
       </c>
       <c r="B173" t="s">
-        <v>154</v>
+        <v>245</v>
       </c>
       <c r="C173">
-        <v>648.996</v>
+        <v>644.232</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>155</v>
+        <v>246</v>
       </c>
       <c r="B174" t="s">
-        <v>156</v>
+        <v>247</v>
       </c>
       <c r="C174">
-        <v>648.996</v>
+        <v>646.26</v>
       </c>
       <c r="D174" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>157</v>
+        <v>248</v>
       </c>
       <c r="B175" t="s">
-        <v>158</v>
+        <v>249</v>
       </c>
       <c r="C175">
-        <v>669.0</v>
+        <v>664.164</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>159</v>
+        <v>250</v>
       </c>
       <c r="B176" t="s">
-        <v>160</v>
+        <v>251</v>
       </c>
       <c r="C176">
-        <v>669.6</v>
+        <v>664.164</v>
       </c>
       <c r="D176" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>161</v>
+        <v>252</v>
       </c>
       <c r="B177" t="s">
-        <v>162</v>
+        <v>253</v>
       </c>
       <c r="C177">
-        <v>669.756</v>
+        <v>664.164</v>
       </c>
       <c r="D177" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>163</v>
+        <v>254</v>
       </c>
       <c r="B178" t="s">
-        <v>164</v>
+        <v>255</v>
       </c>
       <c r="C178">
-        <v>671.832</v>
+        <v>715.296</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>165</v>
+        <v>256</v>
       </c>
       <c r="B179" t="s">
-        <v>166</v>
+        <v>257</v>
       </c>
       <c r="C179">
-        <v>678.996</v>
+        <v>715.296</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>167</v>
+        <v>258</v>
       </c>
       <c r="B180" t="s">
-        <v>168</v>
+        <v>259</v>
       </c>
       <c r="C180">
-        <v>699.0</v>
+        <v>756.204</v>
       </c>
       <c r="D180" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>169</v>
+        <v>260</v>
       </c>
       <c r="B181" t="s">
-        <v>170</v>
+        <v>261</v>
       </c>
       <c r="C181">
-        <v>699.0</v>
+        <v>766.428</v>
       </c>
       <c r="D181" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>171</v>
+        <v>262</v>
       </c>
       <c r="B182" t="s">
-        <v>172</v>
+        <v>263</v>
       </c>
       <c r="C182">
-        <v>699.0</v>
+        <v>766.428</v>
       </c>
       <c r="D182" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>173</v>
+        <v>264</v>
       </c>
       <c r="B183" t="s">
-        <v>174</v>
+        <v>265</v>
       </c>
       <c r="C183">
-        <v>714.0</v>
+        <v>781.428</v>
       </c>
       <c r="D183" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="B184" t="s">
-        <v>176</v>
+        <v>267</v>
       </c>
       <c r="C184">
-        <v>726.0</v>
+        <v>802.212</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>177</v>
+        <v>268</v>
       </c>
       <c r="B185" t="s">
-        <v>178</v>
+        <v>269</v>
       </c>
       <c r="C185">
-        <v>726.0</v>
+        <v>802.212</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>179</v>
+        <v>270</v>
       </c>
       <c r="B186" t="s">
-        <v>180</v>
+        <v>271</v>
       </c>
       <c r="C186">
-        <v>729.0</v>
+        <v>802.212</v>
       </c>
       <c r="D186" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>181</v>
+        <v>272</v>
       </c>
       <c r="B187" t="s">
-        <v>182</v>
+        <v>273</v>
       </c>
       <c r="C187">
-        <v>729.0</v>
+        <v>868.68</v>
       </c>
       <c r="D187" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>183</v>
+        <v>274</v>
       </c>
       <c r="B188" t="s">
-        <v>184</v>
+        <v>275</v>
       </c>
       <c r="C188">
-        <v>729.0</v>
+        <v>871.236</v>
       </c>
       <c r="D188" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>185</v>
+        <v>276</v>
       </c>
       <c r="B189" t="s">
-        <v>186</v>
+        <v>277</v>
       </c>
       <c r="C189">
-        <v>738.996</v>
+        <v>886.584</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>187</v>
+        <v>278</v>
       </c>
       <c r="B190" t="s">
-        <v>188</v>
+        <v>279</v>
       </c>
       <c r="C190">
-        <v>748.056</v>
+        <v>889.644</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>189</v>
+        <v>280</v>
       </c>
       <c r="B191" t="s">
-        <v>190</v>
+        <v>281</v>
       </c>
       <c r="C191">
-        <v>749.004</v>
+        <v>919.716</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>191</v>
+        <v>282</v>
       </c>
       <c r="B192" t="s">
-        <v>192</v>
+        <v>283</v>
       </c>
       <c r="C192">
-        <v>749.004</v>
+        <v>919.812</v>
       </c>
       <c r="D192" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>193</v>
+        <v>284</v>
       </c>
       <c r="B193" t="s">
-        <v>194</v>
+        <v>285</v>
       </c>
       <c r="C193">
-        <v>749.004</v>
+        <v>919.812</v>
       </c>
       <c r="D193" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>195</v>
+        <v>286</v>
       </c>
       <c r="B194" t="s">
-        <v>196</v>
+        <v>287</v>
       </c>
       <c r="C194">
-        <v>750.0</v>
+        <v>920.328</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>197</v>
+        <v>288</v>
       </c>
       <c r="B195" t="s">
-        <v>198</v>
+        <v>289</v>
       </c>
       <c r="C195">
-        <v>768.996</v>
+        <v>935.088</v>
       </c>
       <c r="D195" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>199</v>
+        <v>290</v>
       </c>
       <c r="B196" t="s">
-        <v>200</v>
+        <v>291</v>
       </c>
       <c r="C196">
-        <v>774.0</v>
+        <v>970.944</v>
       </c>
       <c r="D196" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>201</v>
+        <v>292</v>
       </c>
       <c r="B197" t="s">
-        <v>202</v>
+        <v>293</v>
       </c>
       <c r="C197">
-        <v>778.992</v>
+        <v>1022.076</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>205</v>
+        <v>294</v>
       </c>
       <c r="B198" t="s">
-        <v>206</v>
+        <v>295</v>
       </c>
       <c r="C198">
-        <v>789.0</v>
+        <v>1022.076</v>
       </c>
       <c r="D198" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>209</v>
+        <v>296</v>
       </c>
       <c r="B199" t="s">
-        <v>210</v>
+        <v>297</v>
       </c>
       <c r="C199">
-        <v>798.0</v>
+        <v>1039.968</v>
       </c>
       <c r="D199" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>211</v>
+        <v>298</v>
       </c>
       <c r="B200" t="s">
-        <v>212</v>
+        <v>299</v>
       </c>
       <c r="C200">
-        <v>798.744</v>
+        <v>1039.968</v>
       </c>
       <c r="D200" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>213</v>
+        <v>300</v>
       </c>
       <c r="B201" t="s">
-        <v>214</v>
+        <v>301</v>
       </c>
       <c r="C201">
-        <v>798.996</v>
+        <v>1042.8</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="B202" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C202">
-        <v>189.0</v>
+        <v>101.748</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B203" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C203">
-        <v>189.0</v>
+        <v>111.972</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B204" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C204">
-        <v>198.996</v>
+        <v>111.972</v>
       </c>
       <c r="D204" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B205" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="C205">
-        <v>198.996</v>
+        <v>111.972</v>
       </c>
       <c r="D205" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B206" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="C206">
-        <v>198.996</v>
+        <v>142.656</v>
       </c>
       <c r="D206" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="B207" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="C207">
-        <v>204.216</v>
+        <v>163.104</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="B208" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="C208">
-        <v>219.0</v>
+        <v>163.104</v>
       </c>
       <c r="D208" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="B209" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="C209">
-        <v>219.0</v>
+        <v>163.104</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="B210" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="C210">
-        <v>228.996</v>
+        <v>214.236</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="B211" t="s">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="C211">
-        <v>228.996</v>
+        <v>232.728</v>
       </c>
       <c r="D211" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="B212" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="C212">
-        <v>238.8</v>
+        <v>244.908</v>
       </c>
       <c r="D212" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>31</v>
+        <v>113</v>
       </c>
       <c r="B213" t="s">
-        <v>32</v>
+        <v>114</v>
       </c>
       <c r="C213">
-        <v>245.7</v>
+        <v>263.832</v>
       </c>
       <c r="D213" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>33</v>
+        <v>115</v>
       </c>
       <c r="B214" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="C214">
-        <v>249.0</v>
+        <v>265.356</v>
       </c>
       <c r="D214" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>35</v>
+        <v>121</v>
       </c>
       <c r="B215" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="C215">
-        <v>249.0</v>
+        <v>280.704</v>
       </c>
       <c r="D215" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="B216" t="s">
-        <v>38</v>
+        <v>124</v>
       </c>
       <c r="C216">
-        <v>249.0</v>
+        <v>282.228</v>
       </c>
       <c r="D216" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>40</v>
+        <v>138</v>
       </c>
       <c r="B217" t="s">
-        <v>41</v>
+        <v>139</v>
       </c>
       <c r="C217">
-        <v>249.372</v>
+        <v>319.044</v>
       </c>
       <c r="D217" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>42</v>
+        <v>162</v>
       </c>
       <c r="B218" t="s">
-        <v>43</v>
+        <v>163</v>
       </c>
       <c r="C218">
-        <v>258.996</v>
+        <v>357.396</v>
       </c>
       <c r="D218" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>44</v>
+        <v>164</v>
       </c>
       <c r="B219" t="s">
-        <v>45</v>
+        <v>165</v>
       </c>
       <c r="C219">
-        <v>279.0</v>
+        <v>357.396</v>
       </c>
       <c r="D219" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="B220" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="C220">
-        <v>279.0</v>
+        <v>365.064</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="B221" t="s">
-        <v>49</v>
+        <v>181</v>
       </c>
       <c r="C221">
-        <v>284.568</v>
+        <v>375.804</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>50</v>
+        <v>210</v>
       </c>
       <c r="B222" t="s">
-        <v>51</v>
+        <v>211</v>
       </c>
       <c r="C222">
-        <v>290.4</v>
+        <v>428.868</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>52</v>
+        <v>214</v>
       </c>
       <c r="B223" t="s">
-        <v>53</v>
+        <v>215</v>
       </c>
       <c r="C223">
-        <v>290.4</v>
+        <v>434.088</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>54</v>
+        <v>216</v>
       </c>
       <c r="B224" t="s">
-        <v>55</v>
+        <v>217</v>
       </c>
       <c r="C224">
-        <v>318.996</v>
+        <v>449.424</v>
       </c>
       <c r="D224" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>56</v>
+        <v>236</v>
       </c>
       <c r="B225" t="s">
-        <v>57</v>
+        <v>237</v>
       </c>
       <c r="C225">
-        <v>318.996</v>
+        <v>608.064</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>58</v>
+        <v>240</v>
       </c>
       <c r="B226" t="s">
-        <v>59</v>
+        <v>241</v>
       </c>
       <c r="C226">
-        <v>318.996</v>
+        <v>613.044</v>
       </c>
       <c r="D226" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>60</v>
+        <v>242</v>
       </c>
       <c r="B227" t="s">
-        <v>61</v>
+        <v>243</v>
       </c>
       <c r="C227">
-        <v>318.996</v>
+        <v>618.156</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>62</v>
+        <v>244</v>
       </c>
       <c r="B228" t="s">
-        <v>63</v>
+        <v>245</v>
       </c>
       <c r="C228">
-        <v>318.996</v>
+        <v>644.232</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>66</v>
+        <v>246</v>
       </c>
       <c r="B229" t="s">
-        <v>67</v>
+        <v>247</v>
       </c>
       <c r="C229">
-        <v>348.996</v>
+        <v>646.26</v>
       </c>
       <c r="D229" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>70</v>
+        <v>262</v>
       </c>
       <c r="B230" t="s">
-        <v>71</v>
+        <v>263</v>
       </c>
       <c r="C230">
-        <v>359.004</v>
+        <v>766.428</v>
       </c>
       <c r="D230" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>72</v>
+        <v>264</v>
       </c>
       <c r="B231" t="s">
-        <v>73</v>
+        <v>265</v>
       </c>
       <c r="C231">
-        <v>378.996</v>
+        <v>781.428</v>
       </c>
       <c r="D231" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>74</v>
+        <v>268</v>
       </c>
       <c r="B232" t="s">
-        <v>75</v>
+        <v>269</v>
       </c>
       <c r="C232">
-        <v>378.996</v>
+        <v>802.212</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>78</v>
+        <v>270</v>
       </c>
       <c r="B233" t="s">
-        <v>79</v>
+        <v>271</v>
       </c>
       <c r="C233">
-        <v>390.0</v>
+        <v>802.212</v>
       </c>
       <c r="D233" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>80</v>
+        <v>284</v>
       </c>
       <c r="B234" t="s">
-        <v>81</v>
+        <v>285</v>
       </c>
       <c r="C234">
-        <v>390.0</v>
+        <v>919.812</v>
       </c>
       <c r="D234" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>84</v>
+        <v>294</v>
       </c>
       <c r="B235" t="s">
-        <v>85</v>
+        <v>295</v>
       </c>
       <c r="C235">
-        <v>399.0</v>
+        <v>1022.076</v>
       </c>
       <c r="D235" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>86</v>
+        <v>302</v>
       </c>
       <c r="B236" t="s">
-        <v>87</v>
+        <v>303</v>
       </c>
       <c r="C236">
-        <v>399.0</v>
+        <v>1098.768</v>
       </c>
       <c r="D236" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>90</v>
+        <v>304</v>
       </c>
       <c r="B237" t="s">
-        <v>91</v>
+        <v>305</v>
       </c>
       <c r="C237">
-        <v>419.004</v>
+        <v>1431.108</v>
       </c>
       <c r="D237" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>92</v>
+        <v>306</v>
       </c>
       <c r="B238" t="s">
-        <v>93</v>
+        <v>307</v>
       </c>
       <c r="C238">
-        <v>429.0</v>
+        <v>1558.932</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>96</v>
+        <v>308</v>
       </c>
       <c r="B239" t="s">
-        <v>97</v>
+        <v>309</v>
       </c>
       <c r="C239">
-        <v>450.0</v>
+        <v>1799.232</v>
       </c>
       <c r="D239" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>98</v>
+        <v>310</v>
       </c>
       <c r="B240" t="s">
-        <v>99</v>
+        <v>311</v>
       </c>
       <c r="C240">
-        <v>455.172</v>
+        <v>3527.916</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
-[...2029 lines deleted...]
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D386"/>
+  <autoFilter ref="A1:D241"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>