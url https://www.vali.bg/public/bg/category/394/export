--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,993 +7,1038 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$241</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$296</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="327">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Монитор Samsung Essential S3 S30GD - 24" IPS Full HD (1920x1080) 100Hz</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS24D300GAUXEN</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор ASRock CL25FFB - 24.5" IPS FHD (1920x1080), 144Hz, 1ms, FreeSync</t>
+  </si>
+  <si>
+    <t>ASR-MON-CL25FFB</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Геймърски Монитор ASRock CL25FFA 24.5" IPS FHD (1920x1080), 120Hz, 1ms,</t>
   </si>
   <si>
     <t>ASR-MON-CL25FFA</t>
   </si>
   <si>
-    <t>не е в наличност</t>
+    <t>Монитор Samsung LS24F320GAUXEN - 24" IPS Full HD (1920x1080) 120Hz</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS24F320GAUXEN</t>
+  </si>
+  <si>
+    <t>Монитор Samsung Essential S3 S30GD - 27" IPS Full HD (1920x1080) 100Hz</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS27D300GAUXEN</t>
   </si>
   <si>
     <t>Монитор BenQ BL2490, 24" IPS FHD, 100Hz, HDMI, DP</t>
   </si>
   <si>
     <t>BENQ-MON-BL2490</t>
   </si>
   <si>
-    <t>Монитор Samsung LS24F320GAUXEN - 24" IPS Full HD (1920x1080) 120Hz</t>
-[...7 lines deleted...]
-  <si>
     <t>Монитор BenQ GW2491, 24", IPS, 1920x1080, 100Hz, 99% sRGB, HDMI, DisplayPort</t>
   </si>
   <si>
     <t>BENQ-MON-GW2491</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор ASRock PG25FFT</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG25FFT</t>
+  </si>
+  <si>
     <t>Монитор BenQ GW2490, 24" IPS FHD, 100Hz, HDMI, DP</t>
   </si>
   <si>
     <t>BENQ-MON-GW2490</t>
   </si>
   <si>
+    <t>Геймърски Монитор ASRock CL27FFB - 27" FHD (1920x1080) IPS, 144Hz, 1ms, FreeSync</t>
+  </si>
+  <si>
+    <t>ASR-MON-CL27FFB</t>
+  </si>
+  <si>
     <t>Монитор BenQ GW2791, 27", IPS, 1920x1080, 100Hz, 99% sRGB, HDMI, DisplayPort</t>
   </si>
   <si>
     <t>BENQ-MON-GW2791</t>
   </si>
   <si>
     <t>Геймърски Монитор ASRock CL27FFA - 27" FHD (1920x1080) IPS, 120Hz, 1ms, FreeSync</t>
   </si>
   <si>
     <t>ASR-MON-CL27FFA</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Монитор Samsung S3 S32GF LS27F320GAUXEN - 27" IPS Full HD (1920x1080) 120Hz</t>
   </si>
   <si>
     <t>SAM-MON-LS27F320GAUXEN</t>
   </si>
   <si>
+    <t>Монитор BenQ BL2790, 27" IPS FHD, 100Hz, HDMI, DP</t>
+  </si>
+  <si>
+    <t>BENQ-MON-BL2790</t>
+  </si>
+  <si>
+    <t>Гейминг монитор Gigabyte GS25F14 - 24.5 inch SS IPS FHD (1920x1080), 144 Hz, 1 ms, HDR10</t>
+  </si>
+  <si>
+    <t>GA-MON-GS25F14</t>
+  </si>
+  <si>
     <t>Монитор BenQ GW2790, 27" IPS FHD, 100Hz, HDMI, DP</t>
   </si>
   <si>
     <t>BENQ-MON-GW2790</t>
   </si>
   <si>
-    <t>Монитор BenQ BL2790, 27" IPS FHD, 100Hz, HDMI, DP</t>
-[...10 lines deleted...]
-  <si>
     <t>Монитор Dell E2425H 23.8" VA Full HD 1920x1080, 75Hz, 5ms</t>
   </si>
   <si>
     <t>DELL-MON-E2425H</t>
   </si>
   <si>
+    <t>Гейминг монитор Gigabyte GS25F2 - 24.5 inch SS IPS FHD (1920x1080), 200 Hz, 1 ms, HDR10</t>
+  </si>
+  <si>
+    <t>GA-MON-GS25F2</t>
+  </si>
+  <si>
     <t>Монитор ASUS VY249HF-W, 23.8" IPS FHD(1920x1080), 100Hz, 1ms</t>
   </si>
   <si>
     <t>ASUS-MON-VY249HF-W</t>
   </si>
   <si>
-    <t>Гейминг монитор Gigabyte GS25F2 - 24.5 inch SS IPS FHD (1920x1080), 200 Hz, 1 ms, HDR10</t>
-[...8 lines deleted...]
-    <t>SAM-MON-LS24DG300EUXEN</t>
+    <t>Гейминг монитор Gigabyte GS25F2A - 24.5 inch SS IPS FHD (1920x1080), 240 Hz, 1 ms, HDR10</t>
+  </si>
+  <si>
+    <t>GA-MON-GS25F2A</t>
   </si>
   <si>
     <t>Гейминг монитор Gigabyte G25F2 - 24.5 inch SS IPS FHD (1920x1080), 200 Hz, 1 ms, HDR10</t>
   </si>
   <si>
     <t>GA-MON-G25F2</t>
   </si>
   <si>
     <t>Геймърски Монитор ASRock PG27FFT1A - 27" inch IPS FHD(1920x1080) 180Hz, 1ms, FreeSync</t>
   </si>
   <si>
     <t>ASR-MON-PG27FFT1A</t>
   </si>
   <si>
+    <t>Геймърски Монитор Gigabyte GS27FC, 27" VA FHD, 180Hz, 1ms</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27FC-EK1</t>
+  </si>
+  <si>
+    <t>Монитор Gigabyte GS27FA - 27 inch SS IPS FHD(1920x1080), 180 Hz, 1 ms, HDR Ready</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27FA</t>
+  </si>
+  <si>
     <t>Монитор BenQ GW2490T, 24", IPS, 1920x1080, 100Hz</t>
   </si>
   <si>
     <t>BENQ-MON-GW2490T</t>
   </si>
   <si>
-    <t>Геймърски Монитор Gigabyte GS27FC, 27" VA FHD, 180Hz, 1ms</t>
-[...16 lines deleted...]
-  <si>
     <t>Геймърски Монитор Gigabyte GS27FC2 - 27" VA 1500R FHD(1920x1080), 240Hz, 1ms</t>
   </si>
   <si>
     <t>GA-MON-GS27FC2</t>
   </si>
   <si>
     <t>Монитор ASUS TUF GAMING VG279Q3R - 27" Fast IPS FHD(1920x1080) 180Hz, 1ms, FreeSync</t>
   </si>
   <si>
     <t>ASUS-MON-VG279Q3R</t>
   </si>
   <si>
     <t>Монитор ASUS TUF GAMING VG249QM5A - 23.8 inch Fast IPS FHD(1920x1080) 240Hz, 0.3ms, G-Sync, FreeSync</t>
   </si>
   <si>
     <t>ASUS-MON-TUF-VG249QM5A</t>
   </si>
   <si>
+    <t>Геймърски Монитор Gigabyte GS27QA 27" SS-IPS QHD(2560x1440), 180Hz, 1ms</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27QA</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW2790TC, 27", IPS, 1920x1080, 100Hz, 99% sRGB, HDMI, DisplayPort, Speakers, Height adjustable stand, white</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2790TC</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор Gigabyte G27Q2 - 27" inch SS IPS QHD(2560x1440) 210Hz,  0.5ms, HDR10</t>
+  </si>
+  <si>
+    <t>GA-MON-G27Q2</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW2790T, 27", IPS, 1920x1080, 100Hz</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2790T</t>
+  </si>
+  <si>
     <t>Монитор Dell P2425H, 23.8" IPS, 1920 x 1080, 5ms</t>
   </si>
   <si>
     <t>DELL-MON-P2425H</t>
   </si>
   <si>
-    <t>Монитор BenQ GW2790T, 27", IPS, 1920x1080, 100Hz</t>
-[...2 lines deleted...]
-    <t>BENQ-MON-GW2790T</t>
+    <t>Монитор SAMSUNG 25BG400 25" Odyssey G4, 1920x1080, IPS 240Hz, 1 ms, 400cd/m2, 1000:1, DP, 2xHDMI, Черен</t>
+  </si>
+  <si>
+    <t>SAM-MON-25BG400-P</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte GS27QCA - 27" inch SS/VA 1500R, QHD (2560x1440), 180Hz, 1ms, HDR Ready</t>
   </si>
   <si>
     <t>GA-MON-GS27QCA</t>
   </si>
   <si>
-    <t>Монитор SAMSUNG 25BG400 25" Odyssey G4, 1920x1080, IPS 240Hz, 1 ms, 400cd/m2, 1000:1, DP, 2xHDMI, Черен</t>
-[...2 lines deleted...]
-    <t>SAM-MON-25BG400-P</t>
+    <t>Монитор ASUS ZenScreen MB16AHV 15.6" IPS FHD (1920x1080)</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB16AHV</t>
+  </si>
+  <si>
+    <t>Монитор Dell P2725H, 27" IPS, 1920 x 1080, 5ms</t>
+  </si>
+  <si>
+    <t>DELL-MON-P2725H</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор ASRock PG27QFT1B</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG27QFT1B</t>
+  </si>
+  <si>
+    <t>Монитор SAMSUNG 27BG400 27"Odyssey G4, 1920x1080, IPS 240Hz, 1 ms, 400cd/m2, 1000:1, DP, 2xHDMI</t>
+  </si>
+  <si>
+    <t>SAM-MON-27BG400-P</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW2486TC, 23.8", IPS, 1920x1080, 100Hz, Speaker 2 x 2W</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2486TC</t>
+  </si>
+  <si>
+    <t>Монитор AOC 25G3ZM/BK - 24.5" FHD VA, 240Hz, 0.5ms</t>
+  </si>
+  <si>
+    <t>AOC-MON-25G3ZMBK</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор ASRock PG27Q15R2A 27" QHD (2560X1440) 1500R VA</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG27Q15R2A</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB16ACV, 15.6" FHD (1920x1080) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-MB16ACV</t>
   </si>
   <si>
-    <t>Монитор ASUS ZenScreen MB16AHV 15.6" IPS FHD (1920x1080)</t>
-[...46 lines deleted...]
-  <si>
     <t>Монитор ASUS BE249QFK - 23.8" IPS FullHD(1920x1080), 100Hz, 1ms, WebCam</t>
   </si>
   <si>
     <t>ASUS-MON-BE249QFK</t>
   </si>
   <si>
     <t>Монитор BenQ EX2710S MOBIUZ 165Hz, IPS, 27 inch, Wide, FHD, 1ms, HDR, HDMI, DisplayPort, Черен</t>
   </si>
   <si>
     <t>BENQ-MON-EX2710S</t>
   </si>
   <si>
     <t>Монитор NEC MultiSync® E244FL LCD 24", VA, 1920 x 1080, DisplayPort, HDMI, USB-C, USB 3.1, Черен</t>
   </si>
   <si>
     <t>NEC-MON-E244FL</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA248QV Professional 24.1", 16:10, WUXGA (1920 x 1200) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA248QV</t>
   </si>
   <si>
-    <t>Монитор BenQ GW2780T</t>
-[...2 lines deleted...]
-    <t>BENQ-MON-GW2780T</t>
+    <t>Монитор BenQ BL2790TC, 27", IPS, 1920x1080, 100Hz, 99% sRGB, HDMI, DisplayPort, Speakers</t>
+  </si>
+  <si>
+    <t>BENQ-MON-BL2790TC</t>
+  </si>
+  <si>
+    <t>Тъч монитор HANNSPREE HT 161 HNB, TFT, 15.6 inch, Whide, HD Ready, D-Sub, HDMI, 10 Point Touch, Черен</t>
+  </si>
+  <si>
+    <t>HSG-MON-HT161HNBREX</t>
+  </si>
+  <si>
+    <t>Монитор NEC MultiSync® E274FL LCD 27", VA, 1920 x 1080, DisplayPort, HDMI, USB-C, USB 3.1, Черен</t>
+  </si>
+  <si>
+    <t>NEC-MON-E274FL</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW2786TC - 27" inch IPS, 1920x1080, 100Hz, Speaker 2 x 2W</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW2786TC</t>
+  </si>
+  <si>
+    <t>Монитор BenQ BL2786TC, 27", IPS, 1920x1080, 100Hz, Speaker 2 x 2W</t>
+  </si>
+  <si>
+    <t>BENQ-MON-BL2786TC</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор ASRock PG32QF2B 32" QHD (2560X1440) Flat VA</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG32QF2B</t>
+  </si>
+  <si>
+    <t>Монитор ASUS TUF GAMING VG328QA1A - 32" VA FHD(1920x1080), 170Hz, 1ms, 125% sRGB, FreeSync Premium</t>
+  </si>
+  <si>
+    <t>ASUS-MON-VG328QA1A</t>
+  </si>
+  <si>
+    <t>Геймърски Монитор Gigabyte GS27Q X 27" SS-IPS QHD (2560x1440), 240Hz, 1 ms</t>
+  </si>
+  <si>
+    <t>GA-MON-GS27Q-X</t>
+  </si>
+  <si>
+    <t>Портативен тъч Монитор Hanspree HT165HPB - 15.6" IPS FHD(1920x1080), HDMI, VGA</t>
+  </si>
+  <si>
+    <t>HSG-MON-HT165HPBREX</t>
   </si>
   <si>
     <t>Геймърски монитор Alienware AW2725DM - 27" Fast IPS WQHD(2560x1440) 180Hz, 1ms, G-Sync Compatible</t>
   </si>
   <si>
     <t>DELL-MON-AW2725DM</t>
   </si>
   <si>
-    <t>Монитор NEC MultiSync® E274FL LCD 27", VA, 1920 x 1080, DisplayPort, HDMI, USB-C, USB 3.1, Черен</t>
-[...14 lines deleted...]
-    <t>HSG-MON-HT161HNBREX</t>
+    <t>Монитор ASUS ProArt PA278QV - 27-inch</t>
+  </si>
+  <si>
+    <t>ASUS-MON-PA278QV</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ProArt PA247CV Professional 23.8", FHD (1920 x 1080) IPS</t>
+  </si>
+  <si>
+    <t>ASUS-MON-PA247CV</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte GS32QCA - 32" inch SS/VA 1500R, QHD (2560x1440), 180Hz, 1ms, HDR Ready</t>
   </si>
   <si>
     <t>GA-MON-GS32QCA</t>
   </si>
   <si>
-    <t>Монитор BenQ BL2786TC, 27", IPS, 1920x1080, 100Hz, Speaker 2 x 2W</t>
-[...20 lines deleted...]
-    <t>ASUS-MON-PA278QV</t>
+    <t>Геймърски Монитор ASRock PG34QRT2B - 34" WQHD (3440x1440) 1500R VA, 180Hz, 1ms</t>
+  </si>
+  <si>
+    <t>ASR-MON-PG34QRT2B</t>
+  </si>
+  <si>
+    <t>Тъч монитор HANNSPREE HT225HPB, LED, 21.5 inch, Wide, Full HD, Display Port, VGA, HDMI, Черен</t>
+  </si>
+  <si>
+    <t>HSG-MON-HT225HPB</t>
+  </si>
+  <si>
+    <t>Тъч монитор HANNSPREE HT221PPB, TFT, 21.5 inch, Wide, Full HD, D-Sub, USB-C, HDMI, DP, 10 Point Touch, Черен</t>
+  </si>
+  <si>
+    <t>HSG-MON-HT221PPB</t>
+  </si>
+  <si>
+    <t>Геймърски монитор GIGABYTE M27Q2 QD - 27" SS IPS QuantumDot, QHD(2560 x 1440), 210Hz, 1ms</t>
+  </si>
+  <si>
+    <t>GA-MON-M27Q2-QD</t>
+  </si>
+  <si>
+    <t>Монитор ASUS TUF Gaming VG27AQL5A - 27" Fast IPS, WQHD, 210 Hz, 1ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-VG27AQL5A</t>
   </si>
   <si>
     <t>Тъч монитор ASUS VT229H 21.5" FHD (1920x1080)</t>
   </si>
   <si>
     <t>ASUS-MON-VT229H</t>
   </si>
   <si>
-    <t>Монитор ASUS ProArt PA247CV Professional 23.8", FHD (1920 x 1080) IPS</t>
-[...32 lines deleted...]
-    <t>ASUS-MON-VG27AQL5A</t>
+    <t>Монитор NEC MultiSync® EA242F LCD 23.8", 1920x1080, USB-C, DisplayPort, HDMI, USB 3.1,</t>
+  </si>
+  <si>
+    <t>NEC-MON-EA242F</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ROG Strix XG27ACS-W - 27" Fast IPS WQHD(2560 x 1440), 255Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-XG27ACMES-W</t>
   </si>
   <si>
     <t>Геймърски монитор GIGABYTE M27Q3 - 27" SS IPS, QHD(2560 x 1440), 320Hz, 1ms, G-Sync Compatible</t>
   </si>
   <si>
     <t>GA-MON-M27Q3</t>
   </si>
   <si>
-    <t>Геймърски Монитор Gigabyte G34WQCP - 34" SS VA WQHD 3440x1440, Curved 1500R, 180Hz, 1ms, HDR Ready</t>
-[...19 lines deleted...]
-  <si>
     <t>Монитор ASUS TUF GAMING VG34VQEL1A  – 34" VA UWQHD(3440x1440), 1500R, 100Hz, 1ms, 125% sRGB, FreeSync Premium Pro</t>
   </si>
   <si>
     <t>ASUS-MON-VG34VQEL1A</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt Professional PA248CRV – 24.1" IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA248CRV</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen Go MB16AHP 15.6" FHD (1920x1080) IPS, USB Type-C, Преносим</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AHP</t>
   </si>
   <si>
     <t>Геймърски Монитор Gigabyte G34WQC2 - 34" VA 1500R WQHD (3440x1440), 200Hz, 1ms, VESA Display HDR400</t>
   </si>
   <si>
     <t>GA-MON-G34WQC2</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen Touch MB16AHT, 15.6" FHD (1920x1080) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AHT</t>
   </si>
   <si>
     <t>Монитор BenQ GW2790QT, 27" IPS QHD, 75Hz, HDMI, DP, USB-C</t>
   </si>
   <si>
     <t>BENQ-MON-GW2790QT</t>
   </si>
   <si>
-    <t>Геймърски Монитор Gigabyte GS27U 27" IPS UHD(3840x2160), 160Hz, 1 ms</t>
-[...2 lines deleted...]
-    <t>GA-MON-GS27U</t>
+    <t>Геймърски Монитор Gigabyte G27U - 27" inch SS IPS Dual Mode FHD/UHD(3840x2160) 160Hz/320Hz, 1ms, HDR 400</t>
+  </si>
+  <si>
+    <t>GA-MON-G27U</t>
+  </si>
+  <si>
+    <t>Монитор ASUS TUF Gaming VG27AQML1A  - 27" Fast IPS, WQHD(2560x1440), 260 Hz, 1ms, G-Sync Compatible, FreeSync Premium</t>
+  </si>
+  <si>
+    <t>ASUS-MON-VG27AQML1A</t>
   </si>
   <si>
     <t>Монитор BenQ PD2705Q</t>
   </si>
   <si>
     <t>BENQ-MON-PD2705Q</t>
   </si>
   <si>
     <t>Монитор Samsung Odyssey G5 34 inch, VA Curved UWQHD 3440x1440</t>
   </si>
   <si>
     <t>SAM-MON-C34G55TWWP</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB16AHG 15.6" IPS FHD (1920x1080) 144Hz</t>
   </si>
   <si>
     <t>ASUS-MON-MB16AHG</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA248CNV Professional 24.1", 16:10, WUXGA (1920 x 1200) IPS</t>
   </si>
   <si>
     <t>ASUS-MON-PA248CNV</t>
   </si>
   <si>
+    <t>Геймърски Монитор Gigabyte G27UP - 27" inch SS IPS Dual Mode FHD/UHD(3840x2160) 160Hz, 1ms, HDR10</t>
+  </si>
+  <si>
+    <t>GA-MON-G27UP</t>
+  </si>
+  <si>
     <t>Монитор EIZO FlexScan EV2360, IPS, 22.5 inch, Wide, WUXGA, D-Sub, HDMI, DisplayPort, Бял</t>
   </si>
   <si>
     <t>EIZO-EV2360-WT</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan EV2360, IPS, 22.5 inch, Wide, WUXGA, D-Sub, HDMI, DisplayPort, Черен</t>
   </si>
   <si>
     <t>EIZO-EV2360-BK</t>
   </si>
   <si>
     <t>Тъч монитор HANNSPREE HT248PPB, LED, 23.8 inch, Wide, Full HD, D-Sub, HDMI, DP, Черен</t>
   </si>
   <si>
     <t>HSG-MON-HT248PPB</t>
   </si>
   <si>
+    <t>Монитор ASUS ZenScreen MB249C, 23.8" IPS FHD (1920x1080), 75Hz, USB-C, HDMI</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB249C</t>
+  </si>
+  <si>
     <t>Монитор BenQ BL2790QT, 27 inch, IPS QHD, DisplayPort, HDMI, USB-C, Черен</t>
   </si>
   <si>
     <t>BENQ-MON-BL2790QT</t>
   </si>
   <si>
+    <t>Монитор BenQ PD2706QN, 27 inch, IPS, 2560x1440, 60Hz, HDMI, DP, USB-C PD, 100% sRGB, 95% DCI-P3, USB-A Hub X 4</t>
+  </si>
+  <si>
+    <t>BENQ-MON-PD2706QN</t>
+  </si>
+  <si>
     <t>Геймърски Монитор Gigabyte M27UP - 27" inch SS IPS UHD(3840x2160) 160Hz, 1ms, HDR 400</t>
   </si>
   <si>
     <t>GA-MON-M27UP</t>
   </si>
   <si>
-    <t>Монитор ASUS TUF Gaming VG27AQML1A  - 27" Fast IPS, WQHD(2560x1440), 260 Hz, 1ms, G-Sync Compatible, FreeSync Premium</t>
-[...10 lines deleted...]
-  <si>
     <t>Геймърски монитор Alienware AW3425DWM - 34" inch VA Curved WQHD(3440x1440), 180 Hz, 1ms, FreeSync Premium+</t>
   </si>
   <si>
     <t>DELL-MON-AW3425DWM</t>
   </si>
   <si>
-    <t>Монитор EIZO FlexScan EV2460, IPS, 23.8 inch, Wide, Full HD, D-Sub, DVI-D, HDMI, DisplayPort, Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Монитор Dell Alienware AW2523HF 24.5" IPS, 1920 x 1080, 360Hz, 1ms</t>
   </si>
   <si>
     <t>DELL-MON-AW2523HF</t>
   </si>
   <si>
     <t>Монитор Dell Alienware AW2724HF 27" Fast-IPS, 1920 x 1080, 360Hz, 0.5ms</t>
   </si>
   <si>
     <t>DELL-MON-AW2724HF</t>
   </si>
   <si>
     <t>Монитор ASUS ProArt PA278CGV – 27", IPS, WQHD (2560 x 1440), 144Hz</t>
   </si>
   <si>
     <t>ASUS-MON-PA278CGV</t>
   </si>
   <si>
+    <t>Монитор Dell S2725QC 27" IPS 4K(3840x2160), 120Hz, USB-C</t>
+  </si>
+  <si>
+    <t>DELL-MON-S2725QC</t>
+  </si>
+  <si>
+    <t>Портативен тъч Монитор ASUS ZenScreen Touch MB16AMTR, 16" IPS FHD (1920x1080)</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB16AMTR</t>
+  </si>
+  <si>
+    <t>Монитор EIZO FlexScan EV2430, IPS, 24 inch, Wide, UXGA, DVI-D, DisplayPort, D-Sub, USB Hub, Черен</t>
+  </si>
+  <si>
+    <t>EIZO-EV2430-BK</t>
+  </si>
+  <si>
     <t>Геймърски Монитор Gigabyte M27UP ICE - 27" inch SS IPS UHD(3840x2160) 160Hz, 1ms, HDR 400</t>
   </si>
   <si>
     <t>GA-MON-M27UP-ICE</t>
   </si>
   <si>
-    <t>Монитор ASUS ZenScreen MB249C, 23.8" IPS FHD (1920x1080), 75Hz, USB-C, HDMI</t>
-[...14 lines deleted...]
-    <t>DELL-MON-S2725QC</t>
+    <t>Портативен тъч Монитор Hanspree HT240CUA - 23.8" VA FHD(1920x1080), HDMI, USB-C</t>
+  </si>
+  <si>
+    <t>HSG-MON-HT240CUA</t>
+  </si>
+  <si>
+    <t>Монитор EIZO FlexScan EV2430, IPS, 24 inch, Wide, UXGA, DVI-D, DisplayPort, D-Sub, USB Hub, Сив</t>
+  </si>
+  <si>
+    <t>EIZO-EV2430-GY</t>
+  </si>
+  <si>
+    <t>Монитор BenQ GW3290QT, IPS, 31.5 inch, Wide, QHD, DP, HDMI, USB, Бял</t>
+  </si>
+  <si>
+    <t>BENQ-MON-GW3290QT</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ZenScreen MB16AWP 16" IPS FHD (1920 x 1080) ,60Hz, USB Type-C, Mini HDMI</t>
+  </si>
+  <si>
+    <t>ASUS-MON-MB16AWP</t>
+  </si>
+  <si>
+    <t>Монитор за програмиране BenQ RD240Q, 24.1", IPS, 2560x1600, 5 ms, 60Hz, HDR10</t>
+  </si>
+  <si>
+    <t>BENQ-MON-RD240Q</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ROG Strix XG279CNS - 27" inch Fast IPS, FullHD, 380Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-XG279CNS</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB17AHG</t>
   </si>
   <si>
     <t>ASUS-MON-MB17AHG</t>
   </si>
   <si>
-    <t>Портативен тъч Монитор ASUS ZenScreen Touch MB16AMTR, 16" IPS FHD (1920x1080)</t>
-[...56 lines deleted...]
-    <t>ASUS-MON-XG279CNS</t>
+    <t>Монитор Alienware AW2725QF - 27" IPS 4K UHD 3840 x 2160, 180Hz, 0.5ms</t>
+  </si>
+  <si>
+    <t>DELL-MON-AW2725QF</t>
+  </si>
+  <si>
+    <t>Монитор SAMSUNG Odyssey G7 G70F - 27" IPS DualMode UHD(3840x2160) 180Hz/360Hz, 1ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS27FG702EUXEN</t>
+  </si>
+  <si>
+    <t>Преносим тъч монитор RICOH 150, OLED, 15.6", 560г, USB-C</t>
+  </si>
+  <si>
+    <t>RICOH-MON-150</t>
   </si>
   <si>
     <t>Монитор EIZO FlexScan EV2410R - 23.8 inch IPS, Wide, Full HD, HDMI, DisplayPort - Черен</t>
   </si>
   <si>
     <t>EIZO-EV2410R-BK</t>
   </si>
   <si>
+    <t>Монитор EIZO FlexScan EV2410R - 23.8 inch IPS, Wide, Full HD, HDMI, DisplayPort - Бял</t>
+  </si>
+  <si>
+    <t>EIZO-EV2410R-WT</t>
+  </si>
+  <si>
+    <t>Широкоформатен дисплей SHARP MultiSync E329, 32", FHD, 350cd/m2, D-LED backlight, 16/7 proof, USB MediaPlayer</t>
+  </si>
+  <si>
+    <t>SHARP-MON-E329</t>
+  </si>
+  <si>
     <t>Монитор ASUS Professional ProArt PA278CFRV</t>
   </si>
   <si>
     <t>ASUS-MON-PA278CFRV</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix XG27ACMEG-G Hatsune Miku Edition - 27" Fast IPS, WQHD(2560x1440), 260 Hz, 1ms, G-Sync Compatible, FreeSync Premium</t>
   </si>
   <si>
     <t>ASUS-MON-XG27ACMEG-G</t>
   </si>
   <si>
     <t>Монитор ASUS ZenScreen MB27ACF - 27" IPS QHD(2560x1440), 100Hz, USB-C</t>
   </si>
   <si>
     <t>ASUS-MON-MB27ACF</t>
   </si>
   <si>
-    <t>Монитор Alienware AW2725QF - 27" IPS 4K UHD 3840 x 2160, 180Hz, 0.5ms</t>
-[...2 lines deleted...]
-    <t>DELL-MON-AW2725QF</t>
+    <t>Монитор Samsung Odyssey G6 G650 - LS32BG650EUXEN</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS32BG650EU</t>
+  </si>
+  <si>
+    <t>Монитор SAMSUNG Odyssey OLED G5 G50SF - 27" QD-OLED WQHD(2560x1440) 180Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS27FG500SUXEN</t>
+  </si>
+  <si>
+    <t>Монитор BenQ BL3290QT, 32 inch, IPS QHD, DisplayPort, HDMI, USB-C, EyeCare</t>
+  </si>
+  <si>
+    <t>BENQ-MON-BL3290QT</t>
+  </si>
+  <si>
+    <t>Монитор ZOWIE XL2546X+ 24.5" FastTN, 280Hz, DyAc2</t>
+  </si>
+  <si>
+    <t>ZOWIE-MON-XL2546X-PLUS</t>
+  </si>
+  <si>
+    <t>Монитор BenQ PD2706U, 27 inch, IPS, 3840x2160, 60Hz, HDMI, DP, USB-C PD</t>
+  </si>
+  <si>
+    <t>BENQ-MON-PD2706U</t>
   </si>
   <si>
     <t>Монитор за фото и видео редактиране BenQ SW242Q, 24.1", IPS, 2K, HDR10</t>
   </si>
   <si>
     <t>BENQ-MON-SW242Q</t>
   </si>
   <si>
-    <t>Монитор ZOWIE XL2546X+ 24.5" FastTN, 280Hz, DyAc2</t>
-[...2 lines deleted...]
-    <t>ZOWIE-MON-XL2546X-PLUS</t>
+    <t>Преносим тъч монитор  RICOH 150BW, OLED, 15.6", 715 г, USB-C, Li-Ion 3740mAh</t>
+  </si>
+  <si>
+    <t>RICOH-MON-150BW</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ProArt PA34VCNV - 34.1" IPS 3800R Curved</t>
+  </si>
+  <si>
+    <t>ASUS-MON-PA34VCNV</t>
+  </si>
+  <si>
+    <t>Монитор BenQ PD2706UA, 27 inch, W-LED, IPS, 3840x2160, 60Hz, HDMI, DP, USB-C PD</t>
+  </si>
+  <si>
+    <t>BENQ-MON-PD2706UA</t>
+  </si>
+  <si>
+    <t>Монитор Alienware AW2524HF 24.5" IPS FHD(1920 x 1080), 540Hz, 0.5ms</t>
+  </si>
+  <si>
+    <t>DELL-MON-AW2524HF</t>
   </si>
   <si>
     <t>Монитор BenQ MA270U за MacBook- 27 inch IPS 4K(3840x2160), 60Hz, HDMI, DP, USB-C PD</t>
   </si>
   <si>
     <t>BENQ-MON-MA270U</t>
   </si>
   <si>
-    <t>Монитор Alienware AW2524HF 24.5" IPS FHD(1920 x 1080), 540Hz, 0.5ms</t>
-[...26 lines deleted...]
-    <t>GA-MON-M32UP</t>
+    <t>Широкоформатен дисплей SHARP MultiSync E439, 43", UHD, 350cd/m2, D-LED backlight, 16/7 proof, USB MediaPlayer</t>
+  </si>
+  <si>
+    <t>SHARP-MON-E439</t>
   </si>
   <si>
     <t>Широкоформатен дисплей NEC MultiSync E498, 49", UHD, 400cd/m2, Direct LED backlight, 16/7 proof, Media Player</t>
   </si>
   <si>
     <t>NEC-MON-E498</t>
   </si>
   <si>
-    <t>Монитор BenQ MA320U за MacBook Pro и MacBook Air, 31,5" , IPS , LED, 3840x2160, HDR10, 178°/178° , 1300:1</t>
-[...2 lines deleted...]
-    <t>BENQ-MON-MA320U</t>
+    <t>Геймърски монитор GIGABYTE MO27Q2 - 27" QD-OLED, QHD (2560 x 1440), 280Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>GA-MON-MO27Q2A</t>
+  </si>
+  <si>
+    <t>Широкоформатен дисплей NEC MultiSync E558, 55", UHD, 400cd/m2, Direct LED backlight, 16/7 proof, Media Player</t>
+  </si>
+  <si>
+    <t>NEC-MON-E558</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix XG27AQWMG - 27" WOLED WQHD (2560 x 1440), 280Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG27AQWMG</t>
   </si>
   <si>
-    <t>Геймърски монитор GIGABYTE MO27Q2 - 27" QD-OLED, QHD (2560 x 1440), 280Hz, 0.03ms</t>
-[...2 lines deleted...]
-    <t>GA-MON-MO27Q2A</t>
+    <t>на път</t>
   </si>
   <si>
     <t>Геймърски монитор GIGABYTE MO27Q28G - 27" WOLED, QHD (2560 x 1440), 280Hz, 0.03ms</t>
   </si>
   <si>
     <t>GA-MON-MO27Q28G</t>
   </si>
   <si>
-    <t>Широкоформатен дисплей NEC MultiSync E558, 55", UHD, 400cd/m2, Direct LED backlight, 16/7 proof, Media Player</t>
-[...28 lines deleted...]
-  <si>
     <t>Монитор ASUS ROG Strix OLED XG27ACDNG - 27" QD-OLED WQHD (2560 x 1440), 360Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG27ACDNG</t>
   </si>
   <si>
-    <t>Гейминг монитор GIGABYTE MO34WQC - 34" QD-OLED, WQHD, 175Hz, 0.03ms, Vesa ClearMR 10000, HDR 400, KVM</t>
-[...8 lines deleted...]
-    <t>BENQ-MON-RD320UA</t>
+    <t>Широкоформатен дисплей SHARP MultiSync E509, 50", UHD, 350cd/m2, D-LED backlight, 16/7 proof, USB MediaPlayer</t>
+  </si>
+  <si>
+    <t>SHARP-MON-E509</t>
   </si>
   <si>
     <t>Монитор Samsung Odyssey G7 G75F - 37" inch Curved 1000R 4K(3840x2160), 165Hz, 1ms</t>
   </si>
   <si>
     <t>SAM-MON-LS37FG750EUXEN</t>
   </si>
   <si>
     <t>Монитор EIZO ColorEdge EV2740S-BK, 27'', 3140x2160, IPS, USB-C, DP, HDMI, 4xUSB-A, Черен</t>
   </si>
   <si>
     <t>EIZO-EV2740S-BK</t>
   </si>
   <si>
-    <t>Монитор ASUS ProArt PA27JCV – 27", IPS, 5K (5120x2880), USB-C</t>
-[...4 lines deleted...]
-  <si>
     <t>Монитор ASUS ProArt PA348CGV - 34.1" IPS, UWQHD 3440x1440, 120Hz, 2ms</t>
   </si>
   <si>
     <t>ASUS-MON-PA348CGV</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix OLED XG34WCDG - 34-inch QD-OLED 3440x1440, 1800R Curve, 175Hz, 0.03ms (GTG), ASUS OLED Care Pro, G-Sync</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG34WCDG</t>
   </si>
   <si>
-    <t>Гейминг монитор GIGABYTE MO34WQC2,QD-OLED, WQHD(3440x1440), 240Hz, 0.03ms, Vesa ClearMR 13000, HDR 400, KVM</t>
-[...14 lines deleted...]
-    <t>ASR-MON-PGO32UFS</t>
+    <t>Гейминг монитор GIGABYTE MO32U - 31.5" QD-OLED 4K UHD, 165Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>GA-MON-MO32U</t>
   </si>
   <si>
     <t>Геймърски монитор GIGABYTE MO27U2 - 27" QD-OLED, 4K UHD, 240Hz, 0.03ms</t>
   </si>
   <si>
     <t>GA-MON-MO27U2</t>
   </si>
   <si>
-    <t>Медицински монитор EIZO RadiForce S2134-GR Цветен, Сив</t>
-[...8 lines deleted...]
-    <t>SAM-MON-LS34DG850SUXDU</t>
+    <t>Монитор SAMSUNG Odyssey OLED G6 G60SF - 27" QD-OLED, WQHD(2560x1440) 500Hz, 0.03ms, G-Sync Compatible</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS27FG602SUXEN</t>
+  </si>
+  <si>
+    <t>Гейминг монитор GIGABYTE MO32U2 - 31.5" QD-OLED 4K UHD, 240Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>GA-MON-MO32U2</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Strix OLED XG32UCDS - 32" QD-OLED 4K (3840x2160), 165Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-XG32UCDS</t>
   </si>
   <si>
-    <t>Гейминг монитор GIGABYTE MO32U - 31.5" QD-OLED 4K UHD, 165Hz, 0.03ms</t>
-[...14 lines deleted...]
-    <t>SAM-MON-LS49CG950EUXEN</t>
+    <t>Монитор SAMSUNG Odyssey OLED G8 - 27 inch QD-OLED 4K(3840x2160), 240 Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS27FG810SUXEN</t>
+  </si>
+  <si>
+    <t>Монитор за видео камера BENQ PVS7 - 7 inch IPS FHD(1920x1200), 60Hz, HDMI, MicroSD, SDI</t>
+  </si>
+  <si>
+    <t>BENQ-MON-PVS7</t>
+  </si>
+  <si>
+    <t>Геймърски монитор GIGABYTE AORUS FO27Q5P - 27" QD-OLED, QHD (2560 x 1440), 500Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>GA-MON-FO27Q5P</t>
   </si>
   <si>
     <t>Монитор ASUS ROG Swift PG32UDCMZ - 32" QD-OLED 4K, 240Hz, 0.3ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-PG32UCDMZ</t>
   </si>
   <si>
-    <t>Геймърски монитор GIGABYTE AORUS FO27Q5P - 27" QD-OLED, QHD (2560 x 1440), 500Hz, 0.03ms</t>
-[...20 lines deleted...]
-    <t>BENQ-MON-PVS7</t>
+    <t>Монитор SAMSUNG Odyssey OLED G8 G81SF - 32 inch QD-OLED 4K(3840x2160), 240 Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS32FG810SUXEN</t>
   </si>
   <si>
     <t>Монитор ASUS Rog Swift OLED PG27AQWP-W - 27" OLED Dual-Mode (QHD - 540Hz, HD - 720Hz), 0.2ms</t>
   </si>
   <si>
     <t>ASUS-MON-ROG-PG27AQWP-W</t>
   </si>
   <si>
+    <t>Монитор ROG Swift OLED PG32UCDMR - 32" QD-OLED 4K (3840x2160), 240Hz, 0.3ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-ROG-PG32UCDMR</t>
+  </si>
+  <si>
+    <t>Монитор BenQ PD2730S - 27 inch IPS 5K(5120x2880), 60Hz, HDMI, DP, USB-C PD</t>
+  </si>
+  <si>
+    <t>BENQ-MON-PD2730S</t>
+  </si>
+  <si>
+    <t>Широкоформатен дисплей SHARP MultiSync E659, 65", UHD, 350cd/m2, D-LED backlight, 16/7 proof, USB MediaPlayer</t>
+  </si>
+  <si>
+    <t>SHARP-MON-E659</t>
+  </si>
+  <si>
+    <t>Монитор Samsung Odyssey OLED G9 G93SD - 49" OLED DUAL QHD CURVED 1800R, 240 Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS49DG934SUXEN</t>
+  </si>
+  <si>
+    <t>Монитор ROG Swift OLED PG27UCDM - 27" 4K QD-OLED, 240Hz, 0.03ms</t>
+  </si>
+  <si>
+    <t>ASUS-MON-ROG-PG27UCDM</t>
+  </si>
+  <si>
+    <t>Монитор BenQ PD3226G, 32", Wide IPS, 4K, HDMI, DP, Thunderbolt 4, USB 3.2 Hub, HDR10, KVM Switch, CAD/CAM mode</t>
+  </si>
+  <si>
+    <t>BENQ-MON-PD3226G</t>
+  </si>
+  <si>
     <t>Монитор ASUS ProArt Display 6K PA32QCV - 32-inch, IPS, 6K (6016 x 3384), 98% DCI-P3, LuxPixel™ AGLR, Light Sync, Color Accuracy ΔE &lt; 2, Calman Verified</t>
   </si>
   <si>
     <t>ASUS-MON-PA32QCV</t>
   </si>
   <si>
-    <t>Монитор ROG Swift OLED PG32UCDMR - 32" QD-OLED 4K (3840x2160), 240Hz, 0.3ms</t>
-[...5 lines deleted...]
-    <t>Монитор ASUS ProArt OLED PA32UCDM - 32" QD-OLED 4K (3840x2160), 240Hz, 0.3ms</t>
+    <t>Широкоформатен дисплей SHARP MultiSync E759, 75", UHD, 350cd/m2, D-LED backlight, 16/7 proof, USB MediaPlayer</t>
+  </si>
+  <si>
+    <t>SHARP-MON-E759</t>
+  </si>
+  <si>
+    <t>Монитор ASUS ProArt OLED PA32UCDM - 32" QD-OLED 4K (3840x2160), 240Hz, 0.1ms</t>
   </si>
   <si>
     <t>ASUS-MON-PA32UCDM</t>
   </si>
   <si>
+    <t>3D Монитор SAMSUNG Odyssey 3D G6 G90XF - 27" IPS 4K UHD(3840x2160), 165Hz, 1ms</t>
+  </si>
+  <si>
+    <t>SAM-MON-LS27FG900XUXEN</t>
+  </si>
+  <si>
     <t>Професионален монитор ASUS ProArt PA32UCG-K - 32”IPS MiniLED 4K(3840x2160) HDR 1600 nits, 120Hz</t>
   </si>
   <si>
     <t>ASUS-MON-PA32UCG-K</t>
+  </si>
+  <si>
+    <t>Медицински монитор EIZO Radi Force RX270 - 21.3" инч, 2MP Цветен LED</t>
+  </si>
+  <si>
+    <t>EIZO-RX270</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1297,3426 +1342,4196 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D241"/>
+  <dimension ref="A1:D296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>96.636</v>
+        <v>84.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>101.748</v>
+        <v>88.992</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>101.748</v>
+        <v>96.636</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>104.412</v>
+        <v>99.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>111.972</v>
+        <v>101.748</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>111.972</v>
+        <v>101.748</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>111.972</v>
+        <v>105.732</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>117.084</v>
+        <v>105.972</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>117.084</v>
+        <v>108.996</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>122.1</v>
+        <v>111.972</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>125.628</v>
+        <v>111.972</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>127.308</v>
+        <v>114.996</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>127.308</v>
+        <v>117.084</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>132.42</v>
+        <v>120.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>142.656</v>
+        <v>123.42</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>142.656</v>
+        <v>125.628</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>145.5</v>
+        <v>126.0</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>148.476</v>
+        <v>127.308</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>148.476</v>
+        <v>132.0</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>163.104</v>
+        <v>138.0</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>163.104</v>
+        <v>142.656</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>163.104</v>
+        <v>144.0</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>163.104</v>
+        <v>144.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>173.916</v>
+        <v>145.5</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>174.864</v>
+        <v>162.0</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>178.44</v>
+        <v>163.104</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>183.552</v>
+        <v>163.104</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>183.552</v>
+        <v>168.0</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>193.776</v>
+        <v>169.5</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>193.776</v>
+        <v>174.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>198.888</v>
+        <v>174.864</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>199.404</v>
+        <v>178.176</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>199.404</v>
+        <v>183.552</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>201.864</v>
+        <v>192.0</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>204.0</v>
+        <v>193.776</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>204.0</v>
+        <v>193.776</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>214.236</v>
+        <v>196.8</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>219.348</v>
+        <v>198.888</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>219.348</v>
+        <v>199.404</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>224.46</v>
+        <v>199.404</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>230.076</v>
+        <v>201.864</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>232.728</v>
+        <v>209.004</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>234.684</v>
+        <v>214.236</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>235.5</v>
+        <v>219.348</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>237.0</v>
+        <v>219.348</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>239.28</v>
+        <v>224.46</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>244.812</v>
+        <v>226.5</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>244.908</v>
+        <v>232.5</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>244.908</v>
+        <v>234.684</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>250.02</v>
+        <v>235.5</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>255.132</v>
+        <v>244.812</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>255.132</v>
+        <v>244.908</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>263.832</v>
+        <v>244.908</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>265.356</v>
+        <v>246.0</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>270.0</v>
+        <v>247.5</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>277.5</v>
+        <v>249.0</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>280.704</v>
+        <v>250.02</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>282.228</v>
+        <v>255.132</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>288.372</v>
+        <v>264.0</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>294.228</v>
+        <v>265.356</v>
       </c>
       <c r="D62" t="s">
-        <v>129</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>294.504</v>
+        <v>270.0</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>306.264</v>
+        <v>270.0</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>306.264</v>
+        <v>270.0</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>311.376</v>
+        <v>280.704</v>
       </c>
       <c r="D66" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>319.044</v>
+        <v>288.996</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68">
+        <v>294.228</v>
+      </c>
+      <c r="D68" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>322.116</v>
+        <v>299.004</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>326.712</v>
+        <v>300.0</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>330.708</v>
+        <v>306.264</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>331.824</v>
+        <v>306.264</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>331.824</v>
+        <v>311.376</v>
       </c>
       <c r="D73" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>331.824</v>
+        <v>319.044</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>342.36</v>
+        <v>321.6</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>342.444</v>
+        <v>322.116</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>343.5</v>
+        <v>324.0</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>357.396</v>
+        <v>326.4</v>
       </c>
       <c r="D78" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>357.396</v>
+        <v>330.708</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>357.396</v>
+        <v>331.824</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>358.8</v>
+        <v>331.824</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>365.064</v>
+        <v>331.824</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>371.196</v>
+        <v>342.0</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>371.196</v>
+        <v>342.36</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>372.732</v>
+        <v>342.444</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>372.732</v>
+        <v>343.5</v>
       </c>
       <c r="D86" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>372.732</v>
+        <v>348.996</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>375.804</v>
+        <v>357.396</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>377.844</v>
+        <v>358.8</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>377.844</v>
+        <v>360.0</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>382.476</v>
+        <v>365.064</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>382.956</v>
+        <v>372.732</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>382.956</v>
+        <v>372.732</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>383.472</v>
+        <v>372.732</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>393.18</v>
+        <v>382.476</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>395.736</v>
+        <v>382.956</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>402.444</v>
+        <v>383.472</v>
       </c>
       <c r="D97" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>408.012</v>
+        <v>384.0</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>408.396</v>
+        <v>388.5</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>408.516</v>
+        <v>393.18</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
-        <v>408.516</v>
+        <v>395.736</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
-        <v>96.636</v>
+        <v>84.996</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B103" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C103">
-        <v>101.748</v>
+        <v>88.992</v>
       </c>
       <c r="D103" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B104" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C104">
-        <v>101.748</v>
+        <v>96.636</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B105" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C105">
-        <v>111.972</v>
+        <v>99.0</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B106" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C106">
-        <v>111.972</v>
+        <v>99.0</v>
       </c>
       <c r="D106" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B107" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="C107">
-        <v>111.972</v>
+        <v>101.748</v>
       </c>
       <c r="D107" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="B108" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C108">
-        <v>125.628</v>
+        <v>101.748</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="B109" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C109">
-        <v>127.308</v>
+        <v>105.732</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="B110" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="C110">
-        <v>132.42</v>
+        <v>105.972</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="B111" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="C111">
-        <v>142.656</v>
+        <v>108.996</v>
       </c>
       <c r="D111" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B112" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="C112">
-        <v>142.656</v>
+        <v>111.972</v>
       </c>
       <c r="D112" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="B113" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="C113">
-        <v>145.5</v>
+        <v>111.972</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="B114" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="C114">
-        <v>148.476</v>
+        <v>114.996</v>
       </c>
       <c r="D114" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="B115" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="C115">
-        <v>163.104</v>
+        <v>117.084</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="B116" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="C116">
-        <v>163.104</v>
+        <v>120.0</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="B117" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="C117">
-        <v>163.104</v>
+        <v>123.42</v>
       </c>
       <c r="D117" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="B118" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="C118">
-        <v>163.104</v>
+        <v>125.628</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="B119" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="C119">
-        <v>173.916</v>
+        <v>126.0</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="B120" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="C120">
-        <v>174.864</v>
+        <v>127.308</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="B121" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="C121">
-        <v>178.44</v>
+        <v>132.0</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="B122" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="C122">
-        <v>193.776</v>
+        <v>138.0</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="B123" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="C123">
-        <v>199.404</v>
+        <v>142.656</v>
       </c>
       <c r="D123" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>73</v>
+        <v>51</v>
       </c>
       <c r="B124" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="C124">
-        <v>199.404</v>
+        <v>144.0</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
       <c r="B125" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="C125">
-        <v>204.0</v>
+        <v>144.0</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="B126" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="C126">
-        <v>214.236</v>
+        <v>145.5</v>
       </c>
       <c r="D126" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="B127" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="C127">
-        <v>219.348</v>
+        <v>162.0</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="B128" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="C128">
-        <v>230.076</v>
+        <v>163.104</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="B129" t="s">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="C129">
-        <v>232.728</v>
+        <v>163.104</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>93</v>
+        <v>63</v>
       </c>
       <c r="B130" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="C130">
-        <v>234.684</v>
+        <v>168.0</v>
       </c>
       <c r="D130" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="B131" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="C131">
-        <v>235.5</v>
+        <v>169.5</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>99</v>
+        <v>67</v>
       </c>
       <c r="B132" t="s">
-        <v>100</v>
+        <v>68</v>
       </c>
       <c r="C132">
-        <v>239.28</v>
+        <v>174.0</v>
       </c>
       <c r="D132" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="B133" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
       <c r="C133">
-        <v>244.812</v>
+        <v>174.864</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>105</v>
+        <v>71</v>
       </c>
       <c r="B134" t="s">
-        <v>106</v>
+        <v>72</v>
       </c>
       <c r="C134">
-        <v>244.908</v>
+        <v>178.176</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="B135" t="s">
-        <v>114</v>
+        <v>76</v>
       </c>
       <c r="C135">
-        <v>263.832</v>
+        <v>192.0</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="B136" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
       <c r="C136">
-        <v>265.356</v>
+        <v>193.776</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>121</v>
+        <v>79</v>
       </c>
       <c r="B137" t="s">
-        <v>122</v>
+        <v>80</v>
       </c>
       <c r="C137">
-        <v>280.704</v>
+        <v>193.776</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="B138" t="s">
-        <v>124</v>
+        <v>82</v>
       </c>
       <c r="C138">
-        <v>282.228</v>
+        <v>196.8</v>
       </c>
       <c r="D138" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>125</v>
+        <v>85</v>
       </c>
       <c r="B139" t="s">
-        <v>126</v>
+        <v>86</v>
       </c>
       <c r="C139">
-        <v>288.372</v>
+        <v>199.404</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>130</v>
+        <v>87</v>
       </c>
       <c r="B140" t="s">
-        <v>131</v>
+        <v>88</v>
       </c>
       <c r="C140">
-        <v>294.504</v>
+        <v>199.404</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>132</v>
+        <v>91</v>
       </c>
       <c r="B141" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="C141">
-        <v>306.264</v>
+        <v>209.004</v>
       </c>
       <c r="D141" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>134</v>
+        <v>93</v>
       </c>
       <c r="B142" t="s">
-        <v>135</v>
+        <v>94</v>
       </c>
       <c r="C142">
-        <v>306.264</v>
+        <v>214.236</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="B143" t="s">
-        <v>139</v>
+        <v>98</v>
       </c>
       <c r="C143">
-        <v>319.044</v>
+        <v>219.348</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>144</v>
+        <v>101</v>
       </c>
       <c r="B144" t="s">
-        <v>145</v>
+        <v>102</v>
       </c>
       <c r="C144">
-        <v>326.712</v>
+        <v>226.5</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>152</v>
+        <v>105</v>
       </c>
       <c r="B145" t="s">
-        <v>153</v>
+        <v>106</v>
       </c>
       <c r="C145">
-        <v>331.824</v>
+        <v>234.684</v>
       </c>
       <c r="D145" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="B146" t="s">
-        <v>163</v>
+        <v>108</v>
       </c>
       <c r="C146">
-        <v>357.396</v>
+        <v>235.5</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>164</v>
+        <v>109</v>
       </c>
       <c r="B147" t="s">
-        <v>165</v>
+        <v>110</v>
       </c>
       <c r="C147">
-        <v>357.396</v>
+        <v>244.812</v>
       </c>
       <c r="D147" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>166</v>
+        <v>113</v>
       </c>
       <c r="B148" t="s">
-        <v>167</v>
+        <v>114</v>
       </c>
       <c r="C148">
-        <v>358.8</v>
+        <v>244.908</v>
       </c>
       <c r="D148" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>168</v>
+        <v>115</v>
       </c>
       <c r="B149" t="s">
-        <v>169</v>
+        <v>116</v>
       </c>
       <c r="C149">
-        <v>365.064</v>
+        <v>246.0</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>180</v>
+        <v>117</v>
       </c>
       <c r="B150" t="s">
-        <v>181</v>
+        <v>118</v>
       </c>
       <c r="C150">
-        <v>375.804</v>
+        <v>247.5</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>182</v>
+        <v>119</v>
       </c>
       <c r="B151" t="s">
-        <v>183</v>
+        <v>120</v>
       </c>
       <c r="C151">
-        <v>377.844</v>
+        <v>249.0</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>184</v>
+        <v>125</v>
       </c>
       <c r="B152" t="s">
-        <v>185</v>
+        <v>126</v>
       </c>
       <c r="C152">
-        <v>377.844</v>
+        <v>264.0</v>
       </c>
       <c r="D152" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>186</v>
+        <v>127</v>
       </c>
       <c r="B153" t="s">
-        <v>187</v>
+        <v>128</v>
       </c>
       <c r="C153">
-        <v>382.476</v>
+        <v>265.356</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>190</v>
+        <v>133</v>
       </c>
       <c r="B154" t="s">
-        <v>191</v>
+        <v>134</v>
       </c>
       <c r="C154">
-        <v>382.956</v>
+        <v>270.0</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>208</v>
+        <v>135</v>
       </c>
       <c r="B155" t="s">
-        <v>209</v>
+        <v>136</v>
       </c>
       <c r="C155">
-        <v>408.516</v>
+        <v>280.704</v>
       </c>
       <c r="D155" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>210</v>
+        <v>142</v>
       </c>
       <c r="B156" t="s">
-        <v>211</v>
+        <v>143</v>
       </c>
       <c r="C156">
-        <v>428.868</v>
+        <v>299.004</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>212</v>
+        <v>144</v>
       </c>
       <c r="B157" t="s">
-        <v>213</v>
+        <v>145</v>
       </c>
       <c r="C157">
-        <v>434.088</v>
+        <v>300.0</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>214</v>
+        <v>146</v>
       </c>
       <c r="B158" t="s">
-        <v>215</v>
+        <v>147</v>
       </c>
       <c r="C158">
-        <v>434.088</v>
+        <v>306.264</v>
       </c>
       <c r="D158" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>216</v>
+        <v>148</v>
       </c>
       <c r="B159" t="s">
-        <v>217</v>
+        <v>149</v>
       </c>
       <c r="C159">
-        <v>449.424</v>
+        <v>306.264</v>
       </c>
       <c r="D159" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>218</v>
+        <v>152</v>
       </c>
       <c r="B160" t="s">
-        <v>219</v>
+        <v>153</v>
       </c>
       <c r="C160">
-        <v>485.22</v>
+        <v>319.044</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>220</v>
+        <v>154</v>
       </c>
       <c r="B161" t="s">
-        <v>221</v>
+        <v>155</v>
       </c>
       <c r="C161">
-        <v>510.78</v>
+        <v>321.6</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>222</v>
+        <v>156</v>
       </c>
       <c r="B162" t="s">
-        <v>223</v>
+        <v>157</v>
       </c>
       <c r="C162">
-        <v>510.78</v>
+        <v>322.116</v>
       </c>
       <c r="D162" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>224</v>
+        <v>158</v>
       </c>
       <c r="B163" t="s">
-        <v>225</v>
+        <v>159</v>
       </c>
       <c r="C163">
-        <v>510.78</v>
+        <v>324.0</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>226</v>
+        <v>160</v>
       </c>
       <c r="B164" t="s">
-        <v>227</v>
+        <v>161</v>
       </c>
       <c r="C164">
-        <v>551.676</v>
+        <v>326.4</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>228</v>
+        <v>166</v>
       </c>
       <c r="B165" t="s">
-        <v>229</v>
+        <v>167</v>
       </c>
       <c r="C165">
-        <v>551.688</v>
+        <v>331.824</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>230</v>
+        <v>168</v>
       </c>
       <c r="B166" t="s">
-        <v>231</v>
+        <v>169</v>
       </c>
       <c r="C166">
-        <v>569.988</v>
+        <v>331.824</v>
       </c>
       <c r="D166" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>232</v>
+        <v>170</v>
       </c>
       <c r="B167" t="s">
-        <v>233</v>
+        <v>171</v>
       </c>
       <c r="C167">
-        <v>587.472</v>
+        <v>342.0</v>
       </c>
       <c r="D167" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>234</v>
+        <v>178</v>
       </c>
       <c r="B168" t="s">
-        <v>235</v>
+        <v>179</v>
       </c>
       <c r="C168">
-        <v>587.472</v>
+        <v>348.996</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>236</v>
+        <v>180</v>
       </c>
       <c r="B169" t="s">
-        <v>237</v>
+        <v>181</v>
       </c>
       <c r="C169">
-        <v>608.064</v>
+        <v>357.396</v>
       </c>
       <c r="D169" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>238</v>
+        <v>182</v>
       </c>
       <c r="B170" t="s">
-        <v>239</v>
+        <v>183</v>
       </c>
       <c r="C170">
-        <v>613.032</v>
+        <v>358.8</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>240</v>
+        <v>184</v>
       </c>
       <c r="B171" t="s">
-        <v>241</v>
+        <v>185</v>
       </c>
       <c r="C171">
-        <v>613.044</v>
+        <v>360.0</v>
       </c>
       <c r="D171" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>242</v>
+        <v>186</v>
       </c>
       <c r="B172" t="s">
-        <v>243</v>
+        <v>187</v>
       </c>
       <c r="C172">
-        <v>618.156</v>
+        <v>365.064</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>244</v>
+        <v>190</v>
       </c>
       <c r="B173" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="C173">
-        <v>644.232</v>
+        <v>372.732</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>246</v>
+        <v>192</v>
       </c>
       <c r="B174" t="s">
-        <v>247</v>
+        <v>193</v>
       </c>
       <c r="C174">
-        <v>646.26</v>
+        <v>372.732</v>
       </c>
       <c r="D174" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>248</v>
+        <v>194</v>
       </c>
       <c r="B175" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="C175">
-        <v>664.164</v>
+        <v>382.476</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>250</v>
+        <v>196</v>
       </c>
       <c r="B176" t="s">
-        <v>251</v>
+        <v>197</v>
       </c>
       <c r="C176">
-        <v>664.164</v>
+        <v>382.956</v>
       </c>
       <c r="D176" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>252</v>
+        <v>200</v>
       </c>
       <c r="B177" t="s">
-        <v>253</v>
+        <v>201</v>
       </c>
       <c r="C177">
-        <v>664.164</v>
+        <v>384.0</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>254</v>
+        <v>202</v>
       </c>
       <c r="B178" t="s">
-        <v>255</v>
+        <v>203</v>
       </c>
       <c r="C178">
-        <v>715.296</v>
+        <v>388.5</v>
       </c>
       <c r="D178" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>256</v>
+        <v>208</v>
       </c>
       <c r="B179" t="s">
-        <v>257</v>
+        <v>209</v>
       </c>
       <c r="C179">
-        <v>715.296</v>
+        <v>408.0</v>
       </c>
       <c r="D179" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>258</v>
+        <v>210</v>
       </c>
       <c r="B180" t="s">
-        <v>259</v>
+        <v>211</v>
       </c>
       <c r="C180">
-        <v>756.204</v>
+        <v>408.516</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>260</v>
+        <v>212</v>
       </c>
       <c r="B181" t="s">
-        <v>261</v>
+        <v>213</v>
       </c>
       <c r="C181">
-        <v>766.428</v>
+        <v>408.516</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>262</v>
+        <v>214</v>
       </c>
       <c r="B182" t="s">
-        <v>263</v>
+        <v>215</v>
       </c>
       <c r="C182">
-        <v>766.428</v>
+        <v>408.996</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>264</v>
+        <v>216</v>
       </c>
       <c r="B183" t="s">
-        <v>265</v>
+        <v>217</v>
       </c>
       <c r="C183">
-        <v>781.428</v>
+        <v>408.996</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>266</v>
+        <v>218</v>
       </c>
       <c r="B184" t="s">
-        <v>267</v>
+        <v>219</v>
       </c>
       <c r="C184">
-        <v>802.212</v>
+        <v>418.992</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>268</v>
+        <v>220</v>
       </c>
       <c r="B185" t="s">
-        <v>269</v>
+        <v>221</v>
       </c>
       <c r="C185">
-        <v>802.212</v>
+        <v>420.0</v>
       </c>
       <c r="D185" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>270</v>
+        <v>222</v>
       </c>
       <c r="B186" t="s">
-        <v>271</v>
+        <v>223</v>
       </c>
       <c r="C186">
-        <v>802.212</v>
+        <v>428.868</v>
       </c>
       <c r="D186" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>272</v>
+        <v>224</v>
       </c>
       <c r="B187" t="s">
-        <v>273</v>
+        <v>225</v>
       </c>
       <c r="C187">
-        <v>868.68</v>
+        <v>428.868</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>274</v>
+        <v>226</v>
       </c>
       <c r="B188" t="s">
-        <v>275</v>
+        <v>227</v>
       </c>
       <c r="C188">
-        <v>871.236</v>
+        <v>428.928</v>
       </c>
       <c r="D188" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>276</v>
+        <v>228</v>
       </c>
       <c r="B189" t="s">
-        <v>277</v>
+        <v>229</v>
       </c>
       <c r="C189">
-        <v>886.584</v>
+        <v>434.088</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>278</v>
+        <v>230</v>
       </c>
       <c r="B190" t="s">
-        <v>279</v>
+        <v>231</v>
       </c>
       <c r="C190">
-        <v>889.644</v>
+        <v>434.088</v>
       </c>
       <c r="D190" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>280</v>
+        <v>232</v>
       </c>
       <c r="B191" t="s">
-        <v>281</v>
+        <v>233</v>
       </c>
       <c r="C191">
-        <v>919.716</v>
+        <v>449.424</v>
       </c>
       <c r="D191" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>282</v>
+        <v>234</v>
       </c>
       <c r="B192" t="s">
-        <v>283</v>
+        <v>235</v>
       </c>
       <c r="C192">
-        <v>919.812</v>
+        <v>459.648</v>
       </c>
       <c r="D192" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>284</v>
+        <v>236</v>
       </c>
       <c r="B193" t="s">
-        <v>285</v>
+        <v>237</v>
       </c>
       <c r="C193">
-        <v>919.812</v>
+        <v>468.996</v>
       </c>
       <c r="D193" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>286</v>
+        <v>238</v>
       </c>
       <c r="B194" t="s">
-        <v>287</v>
+        <v>239</v>
       </c>
       <c r="C194">
-        <v>920.328</v>
+        <v>481.464</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="B195" t="s">
-        <v>289</v>
+        <v>241</v>
       </c>
       <c r="C195">
-        <v>935.088</v>
+        <v>498.996</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>290</v>
+        <v>242</v>
       </c>
       <c r="B196" t="s">
-        <v>291</v>
+        <v>243</v>
       </c>
       <c r="C196">
-        <v>970.944</v>
+        <v>510.78</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>292</v>
+        <v>244</v>
       </c>
       <c r="B197" t="s">
-        <v>293</v>
+        <v>245</v>
       </c>
       <c r="C197">
-        <v>1022.076</v>
+        <v>510.78</v>
       </c>
       <c r="D197" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>294</v>
+        <v>246</v>
       </c>
       <c r="B198" t="s">
-        <v>295</v>
+        <v>247</v>
       </c>
       <c r="C198">
-        <v>1022.076</v>
+        <v>528.996</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>296</v>
+        <v>248</v>
       </c>
       <c r="B199" t="s">
-        <v>297</v>
+        <v>249</v>
       </c>
       <c r="C199">
-        <v>1039.968</v>
+        <v>549.0</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>298</v>
+        <v>250</v>
       </c>
       <c r="B200" t="s">
-        <v>299</v>
+        <v>251</v>
       </c>
       <c r="C200">
-        <v>1039.968</v>
+        <v>556.92</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>300</v>
+        <v>252</v>
       </c>
       <c r="B201" t="s">
-        <v>301</v>
+        <v>253</v>
       </c>
       <c r="C201">
-        <v>1042.8</v>
+        <v>558.996</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B202" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C202">
-        <v>101.748</v>
+        <v>84.996</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="B203" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C203">
-        <v>111.972</v>
+        <v>88.992</v>
       </c>
       <c r="D203" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="B204" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C204">
-        <v>111.972</v>
+        <v>96.636</v>
       </c>
       <c r="D204" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="B205" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="C205">
-        <v>111.972</v>
+        <v>99.0</v>
       </c>
       <c r="D205" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="B206" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="C206">
-        <v>142.656</v>
+        <v>99.0</v>
       </c>
       <c r="D206" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="B207" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="C207">
-        <v>163.104</v>
+        <v>101.748</v>
       </c>
       <c r="D207" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="B208" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="C208">
-        <v>163.104</v>
+        <v>108.996</v>
       </c>
       <c r="D208" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="B209" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="C209">
-        <v>163.104</v>
+        <v>111.972</v>
       </c>
       <c r="D209" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="B210" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="C210">
-        <v>214.236</v>
+        <v>111.972</v>
       </c>
       <c r="D210" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
       <c r="B211" t="s">
-        <v>92</v>
+        <v>32</v>
       </c>
       <c r="C211">
-        <v>232.728</v>
+        <v>114.996</v>
       </c>
       <c r="D211" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>105</v>
+        <v>35</v>
       </c>
       <c r="B212" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="C212">
-        <v>244.908</v>
+        <v>120.0</v>
       </c>
       <c r="D212" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>113</v>
+        <v>39</v>
       </c>
       <c r="B213" t="s">
-        <v>114</v>
+        <v>40</v>
       </c>
       <c r="C213">
-        <v>263.832</v>
+        <v>125.628</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>115</v>
+        <v>41</v>
       </c>
       <c r="B214" t="s">
-        <v>116</v>
+        <v>42</v>
       </c>
       <c r="C214">
-        <v>265.356</v>
+        <v>126.0</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>121</v>
+        <v>45</v>
       </c>
       <c r="B215" t="s">
-        <v>122</v>
+        <v>46</v>
       </c>
       <c r="C215">
-        <v>280.704</v>
+        <v>132.0</v>
       </c>
       <c r="D215" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="B216" t="s">
-        <v>124</v>
+        <v>48</v>
       </c>
       <c r="C216">
-        <v>282.228</v>
+        <v>138.0</v>
       </c>
       <c r="D216" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>138</v>
+        <v>49</v>
       </c>
       <c r="B217" t="s">
-        <v>139</v>
+        <v>50</v>
       </c>
       <c r="C217">
-        <v>319.044</v>
+        <v>142.656</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>162</v>
+        <v>57</v>
       </c>
       <c r="B218" t="s">
-        <v>163</v>
+        <v>58</v>
       </c>
       <c r="C218">
-        <v>357.396</v>
+        <v>162.0</v>
       </c>
       <c r="D218" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>164</v>
+        <v>59</v>
       </c>
       <c r="B219" t="s">
-        <v>165</v>
+        <v>60</v>
       </c>
       <c r="C219">
-        <v>357.396</v>
+        <v>163.104</v>
       </c>
       <c r="D219" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>168</v>
+        <v>61</v>
       </c>
       <c r="B220" t="s">
-        <v>169</v>
+        <v>62</v>
       </c>
       <c r="C220">
-        <v>365.064</v>
+        <v>163.104</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>180</v>
+        <v>65</v>
       </c>
       <c r="B221" t="s">
-        <v>181</v>
+        <v>66</v>
       </c>
       <c r="C221">
-        <v>375.804</v>
+        <v>169.5</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>210</v>
+        <v>67</v>
       </c>
       <c r="B222" t="s">
-        <v>211</v>
+        <v>68</v>
       </c>
       <c r="C222">
-        <v>428.868</v>
+        <v>174.0</v>
       </c>
       <c r="D222" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>214</v>
+        <v>75</v>
       </c>
       <c r="B223" t="s">
-        <v>215</v>
+        <v>76</v>
       </c>
       <c r="C223">
-        <v>434.088</v>
+        <v>192.0</v>
       </c>
       <c r="D223" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>216</v>
+        <v>87</v>
       </c>
       <c r="B224" t="s">
-        <v>217</v>
+        <v>88</v>
       </c>
       <c r="C224">
-        <v>449.424</v>
+        <v>199.404</v>
       </c>
       <c r="D224" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>236</v>
+        <v>93</v>
       </c>
       <c r="B225" t="s">
-        <v>237</v>
+        <v>94</v>
       </c>
       <c r="C225">
-        <v>608.064</v>
+        <v>214.236</v>
       </c>
       <c r="D225" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>240</v>
+        <v>101</v>
       </c>
       <c r="B226" t="s">
-        <v>241</v>
+        <v>102</v>
       </c>
       <c r="C226">
-        <v>613.044</v>
+        <v>226.5</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>242</v>
+        <v>107</v>
       </c>
       <c r="B227" t="s">
-        <v>243</v>
+        <v>108</v>
       </c>
       <c r="C227">
-        <v>618.156</v>
+        <v>235.5</v>
       </c>
       <c r="D227" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>244</v>
+        <v>113</v>
       </c>
       <c r="B228" t="s">
-        <v>245</v>
+        <v>114</v>
       </c>
       <c r="C228">
-        <v>644.232</v>
+        <v>244.908</v>
       </c>
       <c r="D228" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>246</v>
+        <v>117</v>
       </c>
       <c r="B229" t="s">
-        <v>247</v>
+        <v>118</v>
       </c>
       <c r="C229">
-        <v>646.26</v>
+        <v>247.5</v>
       </c>
       <c r="D229" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>262</v>
+        <v>119</v>
       </c>
       <c r="B230" t="s">
-        <v>263</v>
+        <v>120</v>
       </c>
       <c r="C230">
-        <v>766.428</v>
+        <v>249.0</v>
       </c>
       <c r="D230" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>264</v>
+        <v>125</v>
       </c>
       <c r="B231" t="s">
-        <v>265</v>
+        <v>126</v>
       </c>
       <c r="C231">
-        <v>781.428</v>
+        <v>264.0</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>268</v>
+        <v>127</v>
       </c>
       <c r="B232" t="s">
-        <v>269</v>
+        <v>128</v>
       </c>
       <c r="C232">
-        <v>802.212</v>
+        <v>265.356</v>
       </c>
       <c r="D232" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>270</v>
+        <v>133</v>
       </c>
       <c r="B233" t="s">
-        <v>271</v>
+        <v>134</v>
       </c>
       <c r="C233">
-        <v>802.212</v>
+        <v>270.0</v>
       </c>
       <c r="D233" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>284</v>
+        <v>135</v>
       </c>
       <c r="B234" t="s">
-        <v>285</v>
+        <v>136</v>
       </c>
       <c r="C234">
-        <v>919.812</v>
+        <v>280.704</v>
       </c>
       <c r="D234" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>294</v>
+        <v>142</v>
       </c>
       <c r="B235" t="s">
-        <v>295</v>
+        <v>143</v>
       </c>
       <c r="C235">
-        <v>1022.076</v>
+        <v>299.004</v>
       </c>
       <c r="D235" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>302</v>
+        <v>144</v>
       </c>
       <c r="B236" t="s">
-        <v>303</v>
+        <v>145</v>
       </c>
       <c r="C236">
-        <v>1098.768</v>
+        <v>300.0</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>304</v>
+        <v>148</v>
       </c>
       <c r="B237" t="s">
-        <v>305</v>
+        <v>149</v>
       </c>
       <c r="C237">
-        <v>1431.108</v>
+        <v>306.264</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>306</v>
+        <v>152</v>
       </c>
       <c r="B238" t="s">
-        <v>307</v>
+        <v>153</v>
       </c>
       <c r="C238">
-        <v>1558.932</v>
+        <v>319.044</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>308</v>
+        <v>158</v>
       </c>
       <c r="B239" t="s">
-        <v>309</v>
+        <v>159</v>
       </c>
       <c r="C239">
-        <v>1799.232</v>
+        <v>324.0</v>
       </c>
       <c r="D239" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
+        <v>160</v>
+      </c>
+      <c r="B240" t="s">
+        <v>161</v>
+      </c>
+      <c r="C240">
+        <v>326.4</v>
+      </c>
+      <c r="D240" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>170</v>
+      </c>
+      <c r="B241" t="s">
+        <v>171</v>
+      </c>
+      <c r="C241">
+        <v>342.0</v>
+      </c>
+      <c r="D241" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>184</v>
+      </c>
+      <c r="B242" t="s">
+        <v>185</v>
+      </c>
+      <c r="C242">
+        <v>360.0</v>
+      </c>
+      <c r="D242" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>186</v>
+      </c>
+      <c r="B243" t="s">
+        <v>187</v>
+      </c>
+      <c r="C243">
+        <v>365.064</v>
+      </c>
+      <c r="D243" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>194</v>
+      </c>
+      <c r="B244" t="s">
+        <v>195</v>
+      </c>
+      <c r="C244">
+        <v>382.476</v>
+      </c>
+      <c r="D244" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>196</v>
+      </c>
+      <c r="B245" t="s">
+        <v>197</v>
+      </c>
+      <c r="C245">
+        <v>382.956</v>
+      </c>
+      <c r="D245" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>200</v>
+      </c>
+      <c r="B246" t="s">
+        <v>201</v>
+      </c>
+      <c r="C246">
+        <v>384.0</v>
+      </c>
+      <c r="D246" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>202</v>
+      </c>
+      <c r="B247" t="s">
+        <v>203</v>
+      </c>
+      <c r="C247">
+        <v>388.5</v>
+      </c>
+      <c r="D247" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>208</v>
+      </c>
+      <c r="B248" t="s">
+        <v>209</v>
+      </c>
+      <c r="C248">
+        <v>408.0</v>
+      </c>
+      <c r="D248" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>212</v>
+      </c>
+      <c r="B249" t="s">
+        <v>213</v>
+      </c>
+      <c r="C249">
+        <v>408.516</v>
+      </c>
+      <c r="D249" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>218</v>
+      </c>
+      <c r="B250" t="s">
+        <v>219</v>
+      </c>
+      <c r="C250">
+        <v>418.992</v>
+      </c>
+      <c r="D250" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>222</v>
+      </c>
+      <c r="B251" t="s">
+        <v>223</v>
+      </c>
+      <c r="C251">
+        <v>428.868</v>
+      </c>
+      <c r="D251" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>224</v>
+      </c>
+      <c r="B252" t="s">
+        <v>225</v>
+      </c>
+      <c r="C252">
+        <v>428.868</v>
+      </c>
+      <c r="D252" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>226</v>
+      </c>
+      <c r="B253" t="s">
+        <v>227</v>
+      </c>
+      <c r="C253">
+        <v>428.928</v>
+      </c>
+      <c r="D253" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>228</v>
+      </c>
+      <c r="B254" t="s">
+        <v>229</v>
+      </c>
+      <c r="C254">
+        <v>434.088</v>
+      </c>
+      <c r="D254" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>230</v>
+      </c>
+      <c r="B255" t="s">
+        <v>231</v>
+      </c>
+      <c r="C255">
+        <v>434.088</v>
+      </c>
+      <c r="D255" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>232</v>
+      </c>
+      <c r="B256" t="s">
+        <v>233</v>
+      </c>
+      <c r="C256">
+        <v>449.424</v>
+      </c>
+      <c r="D256" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>236</v>
+      </c>
+      <c r="B257" t="s">
+        <v>237</v>
+      </c>
+      <c r="C257">
+        <v>468.996</v>
+      </c>
+      <c r="D257" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>240</v>
+      </c>
+      <c r="B258" t="s">
+        <v>241</v>
+      </c>
+      <c r="C258">
+        <v>498.996</v>
+      </c>
+      <c r="D258" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>248</v>
+      </c>
+      <c r="B259" t="s">
+        <v>249</v>
+      </c>
+      <c r="C259">
+        <v>549.0</v>
+      </c>
+      <c r="D259" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>254</v>
+      </c>
+      <c r="B260" t="s">
+        <v>255</v>
+      </c>
+      <c r="C260">
+        <v>570.0</v>
+      </c>
+      <c r="D260" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>256</v>
+      </c>
+      <c r="B261" t="s">
+        <v>257</v>
+      </c>
+      <c r="C261">
+        <v>596.772</v>
+      </c>
+      <c r="D261" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>258</v>
+      </c>
+      <c r="B262" t="s">
+        <v>259</v>
+      </c>
+      <c r="C262">
+        <v>608.064</v>
+      </c>
+      <c r="D262" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>260</v>
+      </c>
+      <c r="B263" t="s">
+        <v>261</v>
+      </c>
+      <c r="C263">
+        <v>618.0</v>
+      </c>
+      <c r="D263" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>262</v>
+      </c>
+      <c r="B264" t="s">
+        <v>263</v>
+      </c>
+      <c r="C264">
+        <v>646.26</v>
+      </c>
+      <c r="D264" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>264</v>
+      </c>
+      <c r="B265" t="s">
+        <v>265</v>
+      </c>
+      <c r="C265">
+        <v>648.996</v>
+      </c>
+      <c r="D265" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>267</v>
+      </c>
+      <c r="B266" t="s">
+        <v>268</v>
+      </c>
+      <c r="C266">
+        <v>648.996</v>
+      </c>
+      <c r="D266" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>269</v>
+      </c>
+      <c r="B267" t="s">
+        <v>270</v>
+      </c>
+      <c r="C267">
+        <v>715.296</v>
+      </c>
+      <c r="D267" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>271</v>
+      </c>
+      <c r="B268" t="s">
+        <v>272</v>
+      </c>
+      <c r="C268">
+        <v>727.32</v>
+      </c>
+      <c r="D268" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>273</v>
+      </c>
+      <c r="B269" t="s">
+        <v>274</v>
+      </c>
+      <c r="C269">
+        <v>766.428</v>
+      </c>
+      <c r="D269" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>275</v>
+      </c>
+      <c r="B270" t="s">
+        <v>276</v>
+      </c>
+      <c r="C270">
+        <v>781.428</v>
+      </c>
+      <c r="D270" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>277</v>
+      </c>
+      <c r="B271" t="s">
+        <v>278</v>
+      </c>
+      <c r="C271">
+        <v>802.212</v>
+      </c>
+      <c r="D271" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>279</v>
+      </c>
+      <c r="B272" t="s">
+        <v>280</v>
+      </c>
+      <c r="C272">
+        <v>802.212</v>
+      </c>
+      <c r="D272" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>281</v>
+      </c>
+      <c r="B273" t="s">
+        <v>282</v>
+      </c>
+      <c r="C273">
+        <v>816.0</v>
+      </c>
+      <c r="D273" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>283</v>
+      </c>
+      <c r="B274" t="s">
+        <v>284</v>
+      </c>
+      <c r="C274">
+        <v>840.0</v>
+      </c>
+      <c r="D274" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>285</v>
+      </c>
+      <c r="B275" t="s">
+        <v>286</v>
+      </c>
+      <c r="C275">
+        <v>849.0</v>
+      </c>
+      <c r="D275" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>287</v>
+      </c>
+      <c r="B276" t="s">
+        <v>288</v>
+      </c>
+      <c r="C276">
+        <v>864.0</v>
+      </c>
+      <c r="D276" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>289</v>
+      </c>
+      <c r="B277" t="s">
+        <v>290</v>
+      </c>
+      <c r="C277">
+        <v>919.812</v>
+      </c>
+      <c r="D277" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>291</v>
+      </c>
+      <c r="B278" t="s">
+        <v>292</v>
+      </c>
+      <c r="C278">
+        <v>970.8</v>
+      </c>
+      <c r="D278" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>293</v>
+      </c>
+      <c r="B279" t="s">
+        <v>294</v>
+      </c>
+      <c r="C279">
+        <v>994.8</v>
+      </c>
+      <c r="D279" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>295</v>
+      </c>
+      <c r="B280" t="s">
+        <v>296</v>
+      </c>
+      <c r="C280">
+        <v>1008.0</v>
+      </c>
+      <c r="D280" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>297</v>
+      </c>
+      <c r="B281" t="s">
+        <v>298</v>
+      </c>
+      <c r="C281">
+        <v>1022.076</v>
+      </c>
+      <c r="D281" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>299</v>
+      </c>
+      <c r="B282" t="s">
+        <v>300</v>
+      </c>
+      <c r="C282">
+        <v>1054.8</v>
+      </c>
+      <c r="D282" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>301</v>
+      </c>
+      <c r="B283" t="s">
+        <v>302</v>
+      </c>
+      <c r="C283">
+        <v>1098.768</v>
+      </c>
+      <c r="D283" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>303</v>
+      </c>
+      <c r="B284" t="s">
+        <v>304</v>
+      </c>
+      <c r="C284">
+        <v>1098.996</v>
+      </c>
+      <c r="D284" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>305</v>
+      </c>
+      <c r="B285" t="s">
+        <v>306</v>
+      </c>
+      <c r="C285">
+        <v>1103.772</v>
+      </c>
+      <c r="D285" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>307</v>
+      </c>
+      <c r="B286" t="s">
+        <v>308</v>
+      </c>
+      <c r="C286">
+        <v>1137.6</v>
+      </c>
+      <c r="D286" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>309</v>
+      </c>
+      <c r="B287" t="s">
         <v>310</v>
       </c>
-      <c r="B240" t="s">
+      <c r="C287">
+        <v>1149.0</v>
+      </c>
+      <c r="D287" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
         <v>311</v>
       </c>
-      <c r="C240">
+      <c r="B288" t="s">
+        <v>312</v>
+      </c>
+      <c r="C288">
+        <v>1199.004</v>
+      </c>
+      <c r="D288" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>313</v>
+      </c>
+      <c r="B289" t="s">
+        <v>314</v>
+      </c>
+      <c r="C289">
+        <v>1226.58</v>
+      </c>
+      <c r="D289" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>315</v>
+      </c>
+      <c r="B290" t="s">
+        <v>316</v>
+      </c>
+      <c r="C290">
+        <v>1431.108</v>
+      </c>
+      <c r="D290" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>317</v>
+      </c>
+      <c r="B291" t="s">
+        <v>318</v>
+      </c>
+      <c r="C291">
+        <v>1771.668</v>
+      </c>
+      <c r="D291" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>319</v>
+      </c>
+      <c r="B292" t="s">
+        <v>320</v>
+      </c>
+      <c r="C292">
+        <v>1799.232</v>
+      </c>
+      <c r="D292" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>321</v>
+      </c>
+      <c r="B293" t="s">
+        <v>322</v>
+      </c>
+      <c r="C293">
+        <v>1993.524</v>
+      </c>
+      <c r="D293" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>323</v>
+      </c>
+      <c r="B294" t="s">
+        <v>324</v>
+      </c>
+      <c r="C294">
         <v>3527.916</v>
       </c>
-      <c r="D240" t="s">
-        <v>20</v>
+      <c r="D294" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>325</v>
+      </c>
+      <c r="B295" t="s">
+        <v>326</v>
+      </c>
+      <c r="C295">
+        <v>4667.58</v>
+      </c>
+      <c r="D295" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D241"/>
+  <autoFilter ref="A1:D296"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>