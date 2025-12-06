--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -34,120 +34,120 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>UPS FSP Nano 600, 600VA, Off-Line</t>
   </si>
   <si>
     <t>FORT-UPS-600NANO</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>UPS FSP Group FP600, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>FORT-UPS-600VA</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>UPS FSP Group FP600, 600VA, Line Interactive</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFD 600, 600VA, Off-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFD600</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>UPS FSP Nano 800, 800VA, Off-Line</t>
   </si>
   <si>
     <t>FORT-UPS-800NANO</t>
   </si>
   <si>
     <t>UPS FSP Eco 800, 800VA, 480W, USB-B, 2 x RJ11/45, Черен</t>
   </si>
   <si>
     <t>FORT-UPS-ECO800-GE</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VFD 600 APFC, 600VA, Off-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFD600APFC</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>UPS FSP Group FP1000, 1000VA, Line Interactive</t>
   </si>
   <si>
     <t>FORT-UPS-FP1000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFD 800 APFC, 800VA, Off-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFD800APFC</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFD 1000, 1000VA, Off-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFD1000</t>
   </si>
   <si>
     <t>UPS FSP FP1500, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>FORT-UPS-FP1500</t>
   </si>
   <si>
     <t>UPS FSP Group FP2000, 2000VA, Line Interactive</t>
   </si>
   <si>
     <t>FORT-UPS-FP2000VA</t>
-  </si>
-[...1 lines deleted...]
-    <t>не е в наличност</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -501,180 +501,180 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>117.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>120.912</v>
+        <v>118.86</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>127.296</v>
+        <v>127.896</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5">
         <v>136.38</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>137.808</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C7">
-        <v>167.784</v>
+        <v>168.564</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C8">
-        <v>209.172</v>
+        <v>205.608</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C9">
-        <v>237.756</v>
+        <v>232.176</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>275.676</v>
+        <v>268.872</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>294.864</v>
+        <v>298.512</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>359.928</v>
+        <v>374.376</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>