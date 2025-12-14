--- v1 (2025-12-06)
+++ v2 (2025-12-14)
@@ -43,87 +43,87 @@
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>UPS FSP Nano 600, 600VA, Off-Line</t>
   </si>
   <si>
     <t>FORT-UPS-600NANO</t>
   </si>
   <si>
     <t>на път</t>
   </si>
   <si>
     <t>UPS FSP Group FP600, 600VA, Line Interactive</t>
   </si>
   <si>
     <t>FORT-UPS-600VA</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFD 600, 600VA, Off-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFD600</t>
+  </si>
+  <si>
+    <t>UPS FSP Nano 800, 800VA, Off-Line</t>
+  </si>
+  <si>
+    <t>FORT-UPS-800NANO</t>
+  </si>
+  <si>
+    <t>UPS FSP Eco 800, 800VA, 480W, USB-B, 2 x RJ11/45, Черен</t>
+  </si>
+  <si>
+    <t>FORT-UPS-ECO800-GE</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFD 600 APFC, 600VA, Off-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFD600APFC</t>
+  </si>
+  <si>
+    <t>UPS FSP Group FP1000, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>FORT-UPS-FP1000VA</t>
+  </si>
+  <si>
     <t>наличен</t>
-  </si>
-[...34 lines deleted...]
-    <t>FORT-UPS-FP1000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFD 800 APFC, 800VA, Off-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFD800APFC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFD 1000, 1000VA, Off-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFD1000</t>
   </si>
   <si>
     <t>UPS FSP FP1500, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>FORT-UPS-FP1500</t>
   </si>
   <si>
     <t>UPS FSP Group FP2000, 2000VA, Line Interactive</t>
   </si>
   <si>
     <t>FORT-UPS-FP2000VA</t>
   </si>
@@ -515,152 +515,152 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>118.86</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>127.896</v>
+        <v>127.068</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>136.38</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>137.808</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>168.564</v>
+        <v>167.484</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C8">
         <v>205.608</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
-        <v>232.176</v>
+        <v>230.688</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
-        <v>268.872</v>
+        <v>267.144</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
         <v>298.512</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
         <v>374.376</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>