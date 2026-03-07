--- v2 (2025-12-14)
+++ v3 (2026-03-07)
@@ -14,134 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$13</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>UPS FSP Group FP600, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>FORT-UPS-600VA</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>UPS FSP Nano 600, 600VA, Off-Line</t>
   </si>
   <si>
     <t>FORT-UPS-600NANO</t>
   </si>
   <si>
-    <t>на път</t>
-[...5 lines deleted...]
-    <t>FORT-UPS-600VA</t>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFD 600, 600VA, Off-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFD600</t>
+  </si>
+  <si>
+    <t>UPS FSP Nano 800, 800VA, Off-Line</t>
+  </si>
+  <si>
+    <t>FORT-UPS-800NANO</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VFD 600, 600VA, Off-Line</t>
-[...10 lines deleted...]
-  <si>
     <t>UPS FSP Eco 800, 800VA, 480W, USB-B, 2 x RJ11/45, Черен</t>
   </si>
   <si>
     <t>FORT-UPS-ECO800-GE</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFD 600 APFC, 600VA, Off-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFD600APFC</t>
   </si>
   <si>
     <t>UPS FSP Group FP1000, 1000VA, Line Interactive</t>
   </si>
   <si>
     <t>FORT-UPS-FP1000VA</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFD 800 APFC, 800VA, Off-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFD800APFC</t>
   </si>
   <si>
+    <t>UPS FSP FP1500, 1500VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>FORT-UPS-FP1500</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VFD 1000, 1000VA, Off-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFD1000</t>
-  </si>
-[...4 lines deleted...]
-    <t>FORT-UPS-FP1500</t>
   </si>
   <si>
     <t>UPS FSP Group FP2000, 2000VA, Line Interactive</t>
   </si>
   <si>
     <t>FORT-UPS-FP2000VA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -487,191 +484,191 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>117.0</v>
+        <v>48.84</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>118.86</v>
+        <v>57.48</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>127.068</v>
+        <v>65.88</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>136.38</v>
+        <v>69.336</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6">
+        <v>72.0</v>
+      </c>
+      <c r="D6" t="s">
         <v>14</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>167.484</v>
+        <v>87.264</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>205.608</v>
+        <v>106.8</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>230.688</v>
+        <v>123.804</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>267.144</v>
+        <v>135.612</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>298.512</v>
+        <v>142.56</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>374.376</v>
+        <v>190.512</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>