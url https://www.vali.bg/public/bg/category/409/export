--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,258 +7,267 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$33</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Скенер Canon CanoScan LiDE 300, А4, 2400 x 2400, USB2.0, Черен</t>
   </si>
   <si>
     <t>CAN-SCAN-LiDE300</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
+    <t>Мулти-функционален скенер IRIS Desk 6, A4, 12 Mp, USB 2.0, Сив</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-DESK6</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Преносим скенер и визуализатор IRIScan Visualizer 7, 4K, USB-C</t>
   </si>
   <si>
     <t>IRIS-SCAN-VISUALIZER</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>Преносим двустранен скенер IRIS IRIScan Executive 4, A4, USB 2.0, Черен, 8 стр/минута</t>
   </si>
   <si>
     <t>IRIS-SCAN-EXEC4</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Преносим скенер iris IRIScan Express 4, A4, 8 стр/минута, USB 2.0</t>
   </si>
   <si>
     <t>IRIS-SCAN-EXPRESS4</t>
   </si>
   <si>
     <t>Преносим скенер IRIS IRIScan Anywhere 6 Wifi, A4, USB-C, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-ANYWHERE6WIFI</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...5 lines deleted...]
-    <t>IRIS-SCAN-DESK6</t>
+    <t>IRIScan Book 7</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-BOOK7</t>
+  </si>
+  <si>
+    <t>Документна камера с преносим скенер-визуализатор IRIScan VISUALIZER 7 Dislexic , 4K, USB-C</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-VISUALIZER-DYSL</t>
   </si>
   <si>
     <t>Двустранен преносим скенер IRIS IRIScan Anywhere 6 Wifi Duplex, A4, USB-C, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-ANYWHERE6WIFID</t>
   </si>
   <si>
+    <t>Преносим скенер Ricoh ScanSnap iX100, A4, USB2.0, WiFi</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-IX100</t>
+  </si>
+  <si>
     <t>Мулти-функционален скенер IRIS Desk 6 Pro, A3, 13 Mp, USB 2.0, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK6-PRO</t>
   </si>
   <si>
-    <t>на път</t>
-[...7 lines deleted...]
-  <si>
     <t>Скенер iris IRIScan Pro 5, A4, USB 3.0, 23 стр/минута, ADF- 20 стр.</t>
   </si>
   <si>
     <t>IRIS-SCAN-PRO5</t>
   </si>
   <si>
     <t>Плосък бърз скенер Ricoh fi-70F, A6, 1.3s, LED, USB 2.0, AC адаптер</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-70F</t>
   </si>
   <si>
     <t>Мулти-функционален скенер IRIS Desk 6 Pro Dyslexic, A3, 13 Mp, USB 2.0, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK6-PRO-DSX</t>
   </si>
   <si>
+    <t>Документен скенер Ricoh ScanSnap iX1300, ADF, 30 ppm, 600 dpi, USB, WiFi</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-IX1300</t>
+  </si>
+  <si>
     <t>Скенер Ricoh SP1120N, A4, Duplex, ADF USB 3.2, Gigabit LAN,20ppm</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1120N</t>
   </si>
   <si>
     <t>Документен скенер Ricoh SP-1425 комбиниран с настолен, 25ppm, Duplex ADF, LED, USB 2.0</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1425</t>
   </si>
   <si>
-    <t>Документен скенер Ricoh ScanSnap iX1300, ADF, 30 ppm, 600 dpi, USB, WiFi</t>
-[...4 lines deleted...]
-  <si>
     <t>Документен скенер Ricoh SP-1125N, A4, USB 3.2 gen1, ADF, 25 ppm</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1125N</t>
   </si>
   <si>
     <t>Мулти-функционален скенер и камера IRIScan Desk 7 Business</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK7-BUSINESS</t>
   </si>
   <si>
     <t>Документен скенер Ricoh ScanSnap iX1400, Duplex ADF, 600 dpi, USB 3.2</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX1400</t>
   </si>
   <si>
+    <t>Скенер Ricoh ScanSnap iX2400,A4, USB 3.2, Duplex ADF/100 листа/, 45ppm/90 ipm, бял</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-iX2400</t>
+  </si>
+  <si>
+    <t>Скенер Ricoh ScanSnap iX2500,A4, USB 3.2,Wi-Fi, Duplex ADF, 45ppm/90 ipm, 5" тъч дисплей;бял</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-iX2500</t>
+  </si>
+  <si>
     <t>Скенер Ricoh SP-1130N, A4, ADF USB 3.2 LED, 30ppm</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1130N</t>
   </si>
   <si>
     <t>Документен скенер Ricoh Fi-8040, 40 ppm, 80 ipm, ADF 50 листа, 4.3" тъч, USB 3.2, LAN</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8040</t>
   </si>
   <si>
-    <t>Документен скенер Ricoh ScanSnap iX1600, A4, USB 3.2, Wi-Fi, ADF, 40ppm</t>
-[...10 lines deleted...]
-  <si>
     <t>Плосък бърз скенер Ricoh Fi-800R, 40ppm, 80 ipm, ADF, A4</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-800R</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Скенер Ricoh ScanSnap SV600 Overhead за книги, LED, A3, USB2.0</t>
   </si>
   <si>
     <t>RICOH-SCAN-SV600</t>
   </si>
   <si>
     <t>Документен скенер Ricoh fi-8150, A4, USB 3.2 gen1, ADF за 100 страници</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8150</t>
   </si>
   <si>
     <t>Документен скенер Ricoh fi-8170, A4, USB 3.2 gen1, 70ppm, ADF за 140 страници</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8170</t>
   </si>
   <si>
     <t>Документен скенер Ricoh Image scanner fi-7300NX, USB3.1, Wi-Fi, LAN, ADF</t>
   </si>
   <si>
     <t>RICOH-SCAN-7300NX</t>
   </si>
   <si>
+    <t>Документен скенер Ricoh fi-8270, Ethernet, A4, USB 3.2, 70ppm, ADF A4 за 100 листа</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-FI-8270</t>
+  </si>
+  <si>
     <t>Документен скенер Ricoh fi-8250, Комбиниран с настолен, A4</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8250</t>
-  </si>
-[...4 lines deleted...]
-    <t>RICOH-SCAN-FI-8270</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -562,486 +571,514 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>177.936</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>261.168</v>
+        <v>247.212</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>261.6</v>
+        <v>261.168</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>280.776</v>
+        <v>261.6</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>283.896</v>
+        <v>280.776</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>288.828</v>
+        <v>283.896</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>358.572</v>
+        <v>316.872</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>390.0</v>
+        <v>353.208</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>486.0</v>
+        <v>358.572</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>514.8</v>
+        <v>444.0</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>684.0</v>
+        <v>530.172</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>702.0</v>
+        <v>538.8</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>759.0</v>
+        <v>684.0</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>784.8</v>
+        <v>702.0</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>789.0</v>
+        <v>720.0</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>798.996</v>
+        <v>759.0</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>826.8</v>
+        <v>784.8</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>849.0</v>
+        <v>798.996</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>999.0</v>
+        <v>838.8</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>999.0</v>
+        <v>849.0</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>1059.0</v>
+        <v>918.996</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>1098.996</v>
+        <v>984.0</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>1198.992</v>
+        <v>999.0</v>
       </c>
       <c r="D24" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>1458.996</v>
+        <v>999.0</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26">
+        <v>1198.992</v>
+      </c>
+      <c r="D26" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
         <v>59</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>1899.0</v>
+        <v>1458.996</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" t="s">
         <v>61</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>2548.992</v>
+        <v>1599.0</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" t="s">
         <v>63</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>2968.8</v>
+        <v>1899.0</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" t="s">
         <v>65</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30">
+        <v>2289.0</v>
+      </c>
+      <c r="D30" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
         <v>66</v>
       </c>
-      <c r="C30">
+      <c r="B31" t="s">
+        <v>67</v>
+      </c>
+      <c r="C31">
         <v>3126.0</v>
       </c>
-      <c r="D30" t="s">
-        <v>16</v>
+      <c r="D31" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
+        <v>69</v>
+      </c>
+      <c r="C32">
+        <v>3298.992</v>
+      </c>
+      <c r="D32" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D31"/>
+  <autoFilter ref="A1:D33"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>