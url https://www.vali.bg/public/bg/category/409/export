--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -14,260 +14,263 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$33</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Скенер Canon CanoScan LiDE 300, А4, 2400 x 2400, USB2.0, Черен</t>
   </si>
   <si>
     <t>CAN-SCAN-LiDE300</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Мулти-функционален скенер IRIS Desk 6, A4, 12 Mp, USB 2.0, Сив</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK6</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Преносим скенер iris IRIScan Express 4, A4, 8 стр/минута, USB 2.0</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-EXPRESS4</t>
+  </si>
+  <si>
+    <t>Преносим двустранен скенер IRIS IRIScan Executive 4, A4, USB 2.0, Черен, 8 стр/минута</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-EXEC4</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Преносим скенер и визуализатор IRIScan Visualizer 7, 4K, USB-C</t>
   </si>
   <si>
     <t>IRIS-SCAN-VISUALIZER</t>
   </si>
   <si>
-    <t>Преносим двустранен скенер IRIS IRIScan Executive 4, A4, USB 2.0, Черен, 8 стр/минута</t>
-[...11 lines deleted...]
-    <t>IRIS-SCAN-EXPRESS4</t>
+    <t>на път</t>
   </si>
   <si>
     <t>Преносим скенер IRIS IRIScan Anywhere 6 Wifi, A4, USB-C, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-ANYWHERE6WIFI</t>
   </si>
   <si>
     <t>IRIScan Book 7</t>
   </si>
   <si>
     <t>IRIS-SCAN-BOOK7</t>
   </si>
   <si>
     <t>Документна камера с преносим скенер-визуализатор IRIScan VISUALIZER 7 Dislexic , 4K, USB-C</t>
   </si>
   <si>
     <t>IRIS-SCAN-VISUALIZER-DYSL</t>
   </si>
   <si>
     <t>Двустранен преносим скенер IRIS IRIScan Anywhere 6 Wifi Duplex, A4, USB-C, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-ANYWHERE6WIFID</t>
   </si>
   <si>
     <t>Преносим скенер Ricoh ScanSnap iX100, A4, USB2.0, WiFi</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX100</t>
   </si>
   <si>
     <t>Мулти-функционален скенер IRIS Desk 6 Pro, A3, 13 Mp, USB 2.0, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK6-PRO</t>
   </si>
   <si>
     <t>Скенер iris IRIScan Pro 5, A4, USB 3.0, 23 стр/минута, ADF- 20 стр.</t>
   </si>
   <si>
     <t>IRIS-SCAN-PRO5</t>
   </si>
   <si>
+    <t>Мулти-функционален скенер IRIS Desk 6 Pro Dyslexic, A3, 13 Mp, USB 2.0, Черен</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-DESK6-PRO-DSX</t>
+  </si>
+  <si>
     <t>Плосък бърз скенер Ricoh fi-70F, A6, 1.3s, LED, USB 2.0, AC адаптер</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-70F</t>
   </si>
   <si>
-    <t>Мулти-функционален скенер IRIS Desk 6 Pro Dyslexic, A3, 13 Mp, USB 2.0, Черен</t>
-[...2 lines deleted...]
-    <t>IRIS-SCAN-DESK6-PRO-DSX</t>
+    <t>Скенер Ricoh SP1120N, A4, Duplex, ADF USB 3.2, Gigabit LAN,20ppm</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-SP1120N</t>
+  </si>
+  <si>
+    <t>Документен скенер Ricoh SP-1425 комбиниран с настолен, 25ppm, Duplex ADF, LED, USB 2.0</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-SP1425</t>
   </si>
   <si>
     <t>Документен скенер Ricoh ScanSnap iX1300, ADF, 30 ppm, 600 dpi, USB, WiFi</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX1300</t>
   </si>
   <si>
-    <t>Скенер Ricoh SP1120N, A4, Duplex, ADF USB 3.2, Gigabit LAN,20ppm</t>
-[...10 lines deleted...]
-  <si>
     <t>Документен скенер Ricoh SP-1125N, A4, USB 3.2 gen1, ADF, 25 ppm</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1125N</t>
   </si>
   <si>
     <t>Мулти-функционален скенер и камера IRIScan Desk 7 Business</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK7-BUSINESS</t>
   </si>
   <si>
     <t>Документен скенер Ricoh ScanSnap iX1400, Duplex ADF, 600 dpi, USB 3.2</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX1400</t>
   </si>
   <si>
     <t>Скенер Ricoh ScanSnap iX2400,A4, USB 3.2, Duplex ADF/100 листа/, 45ppm/90 ipm, бял</t>
   </si>
   <si>
     <t>RICOH-SCAN-iX2400</t>
   </si>
   <si>
+    <t>Скенер Ricoh SP-1130N, A4, ADF USB 3.2 LED, 30ppm</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-SP1130N</t>
+  </si>
+  <si>
+    <t>Документен скенер Ricoh Fi-8040, 40 ppm, 80 ipm, ADF 50 листа, 4.3" тъч, USB 3.2, LAN</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-FI-8040</t>
+  </si>
+  <si>
     <t>Скенер Ricoh ScanSnap iX2500,A4, USB 3.2,Wi-Fi, Duplex ADF, 45ppm/90 ipm, 5" тъч дисплей;бял</t>
   </si>
   <si>
     <t>RICOH-SCAN-iX2500</t>
   </si>
   <si>
-    <t>Скенер Ricoh SP-1130N, A4, ADF USB 3.2 LED, 30ppm</t>
-[...10 lines deleted...]
-  <si>
     <t>Плосък бърз скенер Ricoh Fi-800R, 40ppm, 80 ipm, ADF, A4</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-800R</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Скенер Ricoh ScanSnap SV600 Overhead за книги, LED, A3, USB2.0</t>
   </si>
   <si>
     <t>RICOH-SCAN-SV600</t>
   </si>
   <si>
     <t>Документен скенер Ricoh fi-8150, A4, USB 3.2 gen1, ADF за 100 страници</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8150</t>
   </si>
   <si>
     <t>Документен скенер Ricoh fi-8170, A4, USB 3.2 gen1, 70ppm, ADF за 140 страници</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8170</t>
   </si>
   <si>
     <t>Документен скенер Ricoh Image scanner fi-7300NX, USB3.1, Wi-Fi, LAN, ADF</t>
   </si>
   <si>
     <t>RICOH-SCAN-7300NX</t>
   </si>
   <si>
+    <t>Документен скенер Ricoh fi-8250, Комбиниран с настолен, A4</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-FI-8250</t>
+  </si>
+  <si>
     <t>Документен скенер Ricoh fi-8270, Ethernet, A4, USB 3.2, 70ppm, ADF A4 за 100 листа</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8270</t>
-  </si>
-[...4 lines deleted...]
-    <t>RICOH-SCAN-FI-8250</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -607,471 +610,471 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>177.936</v>
+        <v>94.476</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>247.212</v>
+        <v>126.396</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>261.168</v>
+        <v>130.464</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>261.6</v>
+        <v>133.752</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>280.776</v>
+        <v>134.832</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7">
-        <v>283.896</v>
+        <v>145.152</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8">
-        <v>316.872</v>
+        <v>162.012</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9">
-        <v>353.208</v>
+        <v>180.588</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>358.572</v>
+        <v>183.336</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>444.0</v>
+        <v>248.484</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>530.172</v>
+        <v>271.08</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>538.8</v>
+        <v>275.484</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>684.0</v>
+        <v>358.932</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>702.0</v>
+        <v>377.604</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>720.0</v>
+        <v>388.068</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>759.0</v>
+        <v>401.256</v>
       </c>
       <c r="D17" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>784.8</v>
+        <v>403.404</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>798.996</v>
+        <v>408.516</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>838.8</v>
+        <v>428.868</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>849.0</v>
+        <v>434.088</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>918.996</v>
+        <v>469.872</v>
       </c>
       <c r="D22" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>984.0</v>
+        <v>510.78</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>999.0</v>
+        <v>510.78</v>
       </c>
       <c r="D24" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>999.0</v>
+        <v>561.912</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>1198.992</v>
+        <v>613.032</v>
       </c>
       <c r="D26" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27">
-        <v>1458.996</v>
+        <v>745.968</v>
       </c>
       <c r="D27" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28">
-        <v>1599.0</v>
+        <v>817.56</v>
       </c>
       <c r="D28" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29">
-        <v>1899.0</v>
+        <v>970.944</v>
       </c>
       <c r="D29" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30">
-        <v>2289.0</v>
+        <v>1303.284</v>
       </c>
       <c r="D30" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31">
-        <v>3126.0</v>
+        <v>1686.744</v>
       </c>
       <c r="D31" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32">
-        <v>3298.992</v>
+        <v>1737.876</v>
       </c>
       <c r="D32" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D33"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>