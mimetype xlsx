--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,270 +7,273 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$33</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Скенер Canon CanoScan LiDE 300, А4, 2400 x 2400, USB2.0, Черен</t>
   </si>
   <si>
     <t>CAN-SCAN-LiDE300</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Мулти-функционален скенер IRIS Desk 6, A4, 12 Mp, USB 2.0, Сив</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK6</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Преносим скенер и визуализатор IRIScan Visualizer 7, 4K, USB-C</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-VISUALIZER</t>
+  </si>
+  <si>
+    <t>Преносим двустранен скенер IRIS IRIScan Executive 4, A4, USB 2.0, Черен, 8 стр/минута</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-EXEC4</t>
+  </si>
+  <si>
     <t>Преносим скенер iris IRIScan Express 4, A4, 8 стр/минута, USB 2.0</t>
   </si>
   <si>
     <t>IRIS-SCAN-EXPRESS4</t>
   </si>
   <si>
-    <t>Преносим двустранен скенер IRIS IRIScan Executive 4, A4, USB 2.0, Черен, 8 стр/минута</t>
-[...2 lines deleted...]
-    <t>IRIS-SCAN-EXEC4</t>
+    <t>Преносим скенер IRIS IRIScan Anywhere 6 Wifi, A4, USB-C, Черен</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-ANYWHERE6WIFI</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Преносим скенер и визуализатор IRIScan Visualizer 7, 4K, USB-C</t>
-[...13 lines deleted...]
-  <si>
     <t>IRIScan Book 7</t>
   </si>
   <si>
     <t>IRIS-SCAN-BOOK7</t>
   </si>
   <si>
     <t>Документна камера с преносим скенер-визуализатор IRIScan VISUALIZER 7 Dislexic , 4K, USB-C</t>
   </si>
   <si>
     <t>IRIS-SCAN-VISUALIZER-DYSL</t>
   </si>
   <si>
     <t>Двустранен преносим скенер IRIS IRIScan Anywhere 6 Wifi Duplex, A4, USB-C, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-ANYWHERE6WIFID</t>
   </si>
   <si>
+    <t>Мулти-функционален скенер IRIS Desk 6 Pro, A3, 13 Mp, USB 2.0, Черен</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-DESK6-PRO</t>
+  </si>
+  <si>
     <t>Преносим скенер Ricoh ScanSnap iX100, A4, USB2.0, WiFi</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX100</t>
   </si>
   <si>
-    <t>Мулти-функционален скенер IRIS Desk 6 Pro, A3, 13 Mp, USB 2.0, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Скенер iris IRIScan Pro 5, A4, USB 3.0, 23 стр/минута, ADF- 20 стр.</t>
   </si>
   <si>
     <t>IRIS-SCAN-PRO5</t>
   </si>
   <si>
     <t>Мулти-функционален скенер IRIS Desk 6 Pro Dyslexic, A3, 13 Mp, USB 2.0, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK6-PRO-DSX</t>
   </si>
   <si>
     <t>Плосък бърз скенер Ricoh fi-70F, A6, 1.3s, LED, USB 2.0, AC адаптер</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-70F</t>
   </si>
   <si>
     <t>Скенер Ricoh SP1120N, A4, Duplex, ADF USB 3.2, Gigabit LAN,20ppm</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1120N</t>
   </si>
   <si>
+    <t>Документен скенер Ricoh ScanSnap iX1300, ADF, 30 ppm, 600 dpi, USB, WiFi</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-IX1300</t>
+  </si>
+  <si>
+    <t>Документен скенер Ricoh SP-1125N, A4, USB 3.2 gen1, ADF, 25 ppm</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-SP1125N</t>
+  </si>
+  <si>
     <t>Документен скенер Ricoh SP-1425 комбиниран с настолен, 25ppm, Duplex ADF, LED, USB 2.0</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1425</t>
   </si>
   <si>
-    <t>Документен скенер Ricoh ScanSnap iX1300, ADF, 30 ppm, 600 dpi, USB, WiFi</t>
-[...10 lines deleted...]
-  <si>
     <t>Мулти-функционален скенер и камера IRIScan Desk 7 Business</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK7-BUSINESS</t>
   </si>
   <si>
     <t>Документен скенер Ricoh ScanSnap iX1400, Duplex ADF, 600 dpi, USB 3.2</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX1400</t>
   </si>
   <si>
+    <t>Скенер Ricoh SP-1130N, A4, ADF USB 3.2 LED, 30ppm</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-SP1130N</t>
+  </si>
+  <si>
     <t>Скенер Ricoh ScanSnap iX2400,A4, USB 3.2, Duplex ADF/100 листа/, 45ppm/90 ipm, бял</t>
   </si>
   <si>
     <t>RICOH-SCAN-iX2400</t>
   </si>
   <si>
-    <t>Скенер Ricoh SP-1130N, A4, ADF USB 3.2 LED, 30ppm</t>
-[...4 lines deleted...]
-  <si>
     <t>Документен скенер Ricoh Fi-8040, 40 ppm, 80 ipm, ADF 50 листа, 4.3" тъч, USB 3.2, LAN</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8040</t>
   </si>
   <si>
     <t>Скенер Ricoh ScanSnap iX2500,A4, USB 3.2,Wi-Fi, Duplex ADF, 45ppm/90 ipm, 5" тъч дисплей;бял</t>
   </si>
   <si>
     <t>RICOH-SCAN-iX2500</t>
   </si>
   <si>
     <t>Плосък бърз скенер Ricoh Fi-800R, 40ppm, 80 ipm, ADF, A4</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-800R</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
+    <t>Документен скенер Ricoh fi-8150, A4, USB 3.2 gen1, ADF за 100 страници</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-FI-8150</t>
+  </si>
+  <si>
     <t>Скенер Ricoh ScanSnap SV600 Overhead за книги, LED, A3, USB2.0</t>
   </si>
   <si>
     <t>RICOH-SCAN-SV600</t>
   </si>
   <si>
-    <t>Документен скенер Ricoh fi-8150, A4, USB 3.2 gen1, ADF за 100 страници</t>
-[...4 lines deleted...]
-  <si>
     <t>Документен скенер Ricoh fi-8170, A4, USB 3.2 gen1, 70ppm, ADF за 140 страници</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8170</t>
   </si>
   <si>
     <t>Документен скенер Ricoh Image scanner fi-7300NX, USB3.1, Wi-Fi, LAN, ADF</t>
   </si>
   <si>
     <t>RICOH-SCAN-7300NX</t>
   </si>
   <si>
     <t>Документен скенер Ricoh fi-8250, Комбиниран с настолен, A4</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8250</t>
   </si>
   <si>
     <t>Документен скенер Ricoh fi-8270, Ethernet, A4, USB 3.2, 70ppm, ADF A4 за 100 листа</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8270</t>
+  </si>
+  <si>
+    <t>Документен скенер мрежов Ricoh fi-7460, A3,Duplex ADF, 60ppm/120ipm,USB 3.0</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-FI-7460</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -574,61 +577,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -638,450 +641,464 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>126.396</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>130.464</v>
+        <v>130.656</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>133.752</v>
+        <v>141.108</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>134.832</v>
+        <v>142.896</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C7">
         <v>145.152</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C8">
         <v>162.012</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C9">
         <v>180.588</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C10">
         <v>183.336</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>248.484</v>
+        <v>194.028</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>271.08</v>
+        <v>248.484</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>275.484</v>
+        <v>291.408</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>358.932</v>
+        <v>300.0</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>377.604</v>
+        <v>336.0</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>388.068</v>
+        <v>384.0</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>401.256</v>
+        <v>402.0</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>403.404</v>
+        <v>408.516</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>408.516</v>
+        <v>426.0</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>428.868</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>434.088</v>
+        <v>432.0</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>469.872</v>
+        <v>432.0</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>510.78</v>
+        <v>432.0</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>510.78</v>
+        <v>459.0</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>561.912</v>
+        <v>495.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C26">
         <v>613.032</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
         <v>59</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>745.968</v>
+        <v>738.996</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" t="s">
         <v>61</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>817.56</v>
+        <v>744.0</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" t="s">
         <v>63</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>970.944</v>
+        <v>918.996</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" t="s">
         <v>65</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>1303.284</v>
+        <v>1176.0</v>
       </c>
       <c r="D30" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
         <v>67</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>1686.744</v>
+        <v>1260.0</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
         <v>69</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32">
+        <v>1488.0</v>
+      </c>
+      <c r="D32" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
         <v>70</v>
       </c>
-      <c r="C32">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="B33" t="s">
+        <v>71</v>
+      </c>
+      <c r="C33">
+        <v>3159.0</v>
+      </c>
+      <c r="D33" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D33"/>
+  <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>