--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -14,134 +14,137 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$20</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Пасивно POE захранващо устройство MikroTik RBPOE,PoE, 28 V</t>
   </si>
   <si>
     <t>MIKROTIK-CABL-RBPOE</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Гигабитов етернет MikroTik RBGPOE,10,100,1000 Мбит/с, 48 V, 2 A</t>
+  </si>
+  <si>
+    <t>MIKROTIK-INJEC-RBGPOE</t>
+  </si>
+  <si>
+    <t>SFP модул Mikrotik S-85DLC05D, 1.25G, 550m</t>
+  </si>
+  <si>
+    <t>MIKROTIK-S-85DLC05D</t>
+  </si>
+  <si>
+    <t>SFP модул DeLock, 1000Base-LX SM, 1310 nm</t>
+  </si>
+  <si>
+    <t>DELOCK-86187</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Гигабитов етернет MikroTik RBGPOE,10,100,1000 Мбит/с, 48 V, 2 A</t>
-[...19 lines deleted...]
-  <si>
     <t>SFP модул Mikrotik S-31DLC20D, 1.25G, 20km</t>
   </si>
   <si>
     <t>MIKROTIK-S-31DLC20D</t>
   </si>
   <si>
     <t>Мрежов комутационен модул Mikrotik S-RJ01, 1.25Gbps</t>
   </si>
   <si>
     <t>MIKROTIK-SFP-S-RJ01</t>
   </si>
   <si>
+    <t>PoE адаптер Cudy POE400, 90W, Монтиране на стена</t>
+  </si>
+  <si>
+    <t>CUDY-INJ-POE400</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>PowerLine адаптер TP-Link TL-PA4010 KIT</t>
   </si>
   <si>
     <t>TP-TL-PA4010-KIT</t>
   </si>
   <si>
     <t>PowerLine адаптер TP-Link TL-PA7017 KIT</t>
   </si>
   <si>
     <t>TP-TL-PA7017-KIT</t>
   </si>
   <si>
     <t>ZYXEL Transceiver Modules SFP-LX-10</t>
   </si>
   <si>
     <t>ZYXEL-SFP-SX-D</t>
   </si>
   <si>
     <t>PowerLine адаптер TP-Link TL-PA4010P KIT 2 бр</t>
   </si>
   <si>
     <t>TP-TL-PA4010P-KIT</t>
-  </si>
-[...4 lines deleted...]
-    <t>CUDY-INJ-POE400</t>
   </si>
   <si>
     <t>Свързващ кабел MikroTik XS+DA0003, 1G/10G/25G, 3м.</t>
   </si>
   <si>
     <t>MIKROTIK-XSPlus-DA0003</t>
   </si>
   <si>
     <t>SFP модул Mikrotik XSPlus-85LC01D, 1.25GB,10GB, 25GB, 100m</t>
   </si>
   <si>
     <t>MIKROTIK-XSPlus-85LC01D</t>
   </si>
   <si>
     <t>PowerLine адаптер TP-Link TL-WPA4220 Starter Kit</t>
   </si>
   <si>
     <t>TP-TL-WPA4220-KIT</t>
   </si>
   <si>
     <t xml:space="preserve">Мрежов трансивърен модул Mikrotik S+RJ10, 10Gbps SFP+ </t>
   </si>
   <si>
     <t>MIKROTIK-SFP-S-RJ10</t>
   </si>
@@ -540,275 +543,275 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>9.6</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>11.856</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>37.38</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>40.452</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>47.688</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>62.4</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>88.992</v>
+        <v>88.248</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>91.428</v>
+        <v>88.992</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>95.76</v>
+        <v>91.428</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>106.8</v>
+        <v>95.76</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>114.108</v>
+        <v>106.8</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>115.5</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>116.928</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>120.072</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>125.688</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>199.08</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>222.456</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>277.5</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>