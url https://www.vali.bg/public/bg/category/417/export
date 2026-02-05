--- v1 (2025-12-06)
+++ v2 (2026-02-05)
@@ -43,132 +43,132 @@
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Пасивно POE захранващо устройство MikroTik RBPOE,PoE, 28 V</t>
   </si>
   <si>
     <t>MIKROTIK-CABL-RBPOE</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Гигабитов етернет MikroTik RBGPOE,10,100,1000 Мбит/с, 48 V, 2 A</t>
   </si>
   <si>
     <t>MIKROTIK-INJEC-RBGPOE</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>SFP модул Mikrotik S-85DLC05D, 1.25G, 550m</t>
   </si>
   <si>
     <t>MIKROTIK-S-85DLC05D</t>
   </si>
   <si>
     <t>SFP модул DeLock, 1000Base-LX SM, 1310 nm</t>
   </si>
   <si>
     <t>DELOCK-86187</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>SFP модул Mikrotik S-31DLC20D, 1.25G, 20km</t>
   </si>
   <si>
     <t>MIKROTIK-S-31DLC20D</t>
   </si>
   <si>
     <t>Мрежов комутационен модул Mikrotik S-RJ01, 1.25Gbps</t>
   </si>
   <si>
     <t>MIKROTIK-SFP-S-RJ01</t>
   </si>
   <si>
+    <t>PowerLine адаптер TP-Link TL-PA4010 KIT</t>
+  </si>
+  <si>
+    <t>TP-TL-PA4010-KIT</t>
+  </si>
+  <si>
+    <t>PowerLine адаптер TP-Link TL-PA7017 KIT</t>
+  </si>
+  <si>
+    <t>TP-TL-PA7017-KIT</t>
+  </si>
+  <si>
+    <t>ZYXEL Transceiver Modules SFP-LX-10</t>
+  </si>
+  <si>
+    <t>ZYXEL-SFP-SX-D</t>
+  </si>
+  <si>
+    <t>PowerLine адаптер TP-Link TL-PA4010P KIT 2 бр</t>
+  </si>
+  <si>
+    <t>TP-TL-PA4010P-KIT</t>
+  </si>
+  <si>
+    <t>Свързващ кабел MikroTik XS+DA0003, 1G/10G/25G, 3м.</t>
+  </si>
+  <si>
+    <t>MIKROTIK-XSPlus-DA0003</t>
+  </si>
+  <si>
+    <t>SFP модул Mikrotik XSPlus-85LC01D, 1.25GB,10GB, 25GB, 100m</t>
+  </si>
+  <si>
+    <t>MIKROTIK-XSPlus-85LC01D</t>
+  </si>
+  <si>
+    <t>PowerLine адаптер TP-Link TL-WPA4220 Starter Kit</t>
+  </si>
+  <si>
+    <t>TP-TL-WPA4220-KIT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мрежов трансивърен модул Mikrotik S+RJ10, 10Gbps SFP+ </t>
+  </si>
+  <si>
+    <t>MIKROTIK-SFP-S-RJ10</t>
+  </si>
+  <si>
     <t>PoE адаптер Cudy POE400, 90W, Монтиране на стена</t>
   </si>
   <si>
     <t>CUDY-INJ-POE400</t>
-  </si>
-[...49 lines deleted...]
-    <t>MIKROTIK-SFP-S-RJ10</t>
   </si>
   <si>
     <t>Модул ZYXEL SFP-1000T, SFP към Gb RJ-45</t>
   </si>
   <si>
     <t>ZYXEL-SFP-1000T</t>
   </si>
   <si>
     <t>PowerLine адаптер TP-Link TL-WPA8631P WiFi, 1 брой</t>
   </si>
   <si>
     <t>TP-TL-WPA8631P</t>
   </si>
   <si>
     <t>PowerLine адаптер TP-Link TL-WPA8631P WiFi Kit</t>
   </si>
   <si>
     <t>TP-TL-WPA8631P-KIT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -526,292 +526,292 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>9.6</v>
+        <v>4.908</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>11.856</v>
+        <v>6.06</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>37.38</v>
+        <v>19.116</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>40.452</v>
+        <v>20.676</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>47.688</v>
+        <v>24.384</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>62.4</v>
+        <v>31.908</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>88.248</v>
+        <v>45.504</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>88.992</v>
+        <v>46.74</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>91.428</v>
+        <v>48.96</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>95.76</v>
+        <v>54.612</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>106.8</v>
+        <v>59.052</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>115.5</v>
+        <v>59.784</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>116.928</v>
+        <v>61.392</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>120.072</v>
+        <v>64.26</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>125.688</v>
+        <v>69.6</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>199.08</v>
+        <v>101.796</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>222.456</v>
+        <v>113.736</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>277.5</v>
+        <v>141.888</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>