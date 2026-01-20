--- v0 (2025-10-19)
+++ v1 (2026-01-20)
@@ -14,239 +14,242 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$32</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Лазерна показалка Hama "LP-1R", червена, 03500</t>
   </si>
   <si>
     <t>HAMA-03500</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Лазерна показалка A4tech LP15</t>
+  </si>
+  <si>
+    <t>A4-PEN-LP15</t>
+  </si>
+  <si>
     <t>HAMA Стойка за проектор за таван, до 13.5 кг, 220879</t>
   </si>
   <si>
     <t>HAMA-220879</t>
   </si>
   <si>
     <t>Лазерен безжичен презентер HAMA X-Pointer, Wireless , Черен</t>
   </si>
   <si>
     <t>HAMA-139915</t>
   </si>
   <si>
     <t>Лазерен безжичен презентер HAMA "X-Pointer 6 in 1" , Черен</t>
   </si>
   <si>
     <t>HAMA-139916</t>
   </si>
   <si>
     <t>Безжичен презентер Logitech R400, Черен</t>
   </si>
   <si>
     <t>LOGITECH-R400</t>
   </si>
   <si>
     <t>Чанта за проектор BenQ BGQM01,  Черен</t>
   </si>
   <si>
     <t>BENQ-CB-BGQM01</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Безжичен презентер Logitech R500s, Bluetooth, 2.4 GHz Wireless, Сив</t>
   </si>
   <si>
     <t>LOGITECH-R500s</t>
   </si>
   <si>
     <t>Безжичен Лазерен презентатор "Greenlight Pointer", 4в1, 139918</t>
   </si>
   <si>
     <t>HAMA-139918</t>
   </si>
   <si>
+    <t>Таванна стойка за проектор HAMA, 8 kg, Сребрист</t>
+  </si>
+  <si>
+    <t>HAMA-108784</t>
+  </si>
+  <si>
     <t>Безжичен презентер Logitech R500s, Bluetooth, 2.4 GHz Wireless, Черен</t>
   </si>
   <si>
     <t>LOGITECH-R500S-BK</t>
   </si>
   <si>
-    <t>Таванна стойка за проектор HAMA, 8 kg, Сребрист</t>
-[...2 lines deleted...]
-    <t>HAMA-108784</t>
+    <t>не е в наличност</t>
   </si>
   <si>
     <t>Чанта за проектор HAMA "Sportsline", L, Черен</t>
   </si>
   <si>
     <t>HAMA-101066</t>
   </si>
   <si>
     <t>Стойка за проектор HAMA, таван и стена, до 15 кг, 220880</t>
   </si>
   <si>
     <t>HAMA-220880</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Стойка за проектор ESTILLO C718, За таван, С удължително рамо, Бяла</t>
   </si>
   <si>
     <t>EST-PROJECTOR-108786</t>
   </si>
   <si>
     <t>Стойка за проектор за таван Celexon MultiCel 4070W, до 25 кг, регулируема, бял</t>
   </si>
   <si>
     <t>CELEXON-1090154</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Таванна стойка за проектори BenQ CM00G3</t>
   </si>
   <si>
     <t>BENQ-MOUNT-CM00G3</t>
   </si>
   <si>
     <t>Стойка за проектор за таван Celexon Multicel 63100S, до 25 кг; регулируема, сива</t>
   </si>
   <si>
     <t>CELEXON-1090299</t>
   </si>
   <si>
     <t>Маса за проектор Hama на 2 нива, HAMA-77510</t>
   </si>
   <si>
     <t>HAMA-77510</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Стойка за проектор за стена Celexon Multicel WM800, до 15 кг, регулируема, бял</t>
   </si>
   <si>
     <t>CELEXON-1090381</t>
   </si>
   <si>
+    <t>Безжичен презентер Logitech Spotlight Plus, Wireless, Bluetooth, 2.4 GHz</t>
+  </si>
+  <si>
+    <t>LOGITECH-910-005166</t>
+  </si>
+  <si>
     <t>Стойка за проектор за стена Celexon Multicel WM1000, до 15 кг, регулируема, бял</t>
   </si>
   <si>
     <t>CELEXON-1090382</t>
   </si>
   <si>
-    <t>Безжичен презентер Logitech Spotlight Plus, Wireless, Bluetooth, 2.4 GHz</t>
-[...4 lines deleted...]
-  <si>
     <t>Стойка за проектор за стена Avtek WallMount Next 1200, до 20 кг, регулируема, бял</t>
   </si>
   <si>
     <t>AVTEK-1MVWM11</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Стойка за проектори BenQ WM04G3, За стена, Сребриста</t>
   </si>
   <si>
     <t>BENQ-MOUNT-WM04G3</t>
   </si>
   <si>
     <t>Стойка за проектори BenQ WM06G3, За стена, Сребриста</t>
   </si>
   <si>
     <t>BENQ-MOUNT-WM06G3</t>
   </si>
   <si>
     <t>Стойка за проектор за стена Celexon Multicel WM1200, до 15 кг, регулируема, бял</t>
   </si>
   <si>
     <t>CELEXON-1090383</t>
   </si>
   <si>
     <t>Сертифициран донгъл за Android TV</t>
   </si>
   <si>
     <t>BENQ-QS02</t>
   </si>
   <si>
     <t>Лампа за проектор BenQ MH560 5J.JNG05.001</t>
   </si>
   <si>
     <t>BENQ-LM-MH560</t>
-  </si>
-[...4 lines deleted...]
-    <t>BENQ-PW21U</t>
   </si>
   <si>
     <t>Интерактивен модул BenQ Pointwrite PW30U</t>
   </si>
   <si>
     <t>BENQ-PW30U</t>
   </si>
   <si>
     <t>Интерактивен модул BenQ Pointwrite PW40U</t>
   </si>
   <si>
     <t>BENQ-PW40U</t>
   </si>
   <si>
     <t>Презентационен Кит BenQ INSTASHOW WDC10C, Wireless, USB-C</t>
   </si>
   <si>
     <t>BENQ-INSTASHOW-WDC10C</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -604,460 +607,460 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>18.792</v>
+        <v>9.612</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>37.188</v>
+        <v>12.732</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>40.572</v>
+        <v>19.008</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>48.12</v>
+        <v>20.736</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>48.408</v>
+        <v>25.872</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>66.0</v>
+        <v>29.088</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>33.744</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>70.308</v>
+        <v>35.616</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>72.072</v>
+        <v>35.94</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>73.2</v>
+        <v>37.428</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>80.34</v>
+        <v>37.788</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>88.176</v>
+        <v>41.184</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>90.0</v>
+        <v>45.132</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>0.0</v>
+        <v>46.02</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16">
+        <v>0.0</v>
+      </c>
+      <c r="D16" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>0.0</v>
+        <v>60.0</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>151.248</v>
+        <v>0.0</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>186.0</v>
+        <v>77.328</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20">
-        <v>222.0</v>
+        <v>95.1</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21">
-        <v>242.808</v>
+        <v>110.352</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22">
-        <v>249.0</v>
+        <v>113.508</v>
       </c>
       <c r="D22" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
-        <v>270.0</v>
+        <v>127.308</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C24">
-        <v>270.0</v>
+        <v>138.048</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B25" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C25">
-        <v>295.5</v>
+        <v>138.048</v>
       </c>
       <c r="D25" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C26">
-        <v>328.584</v>
+        <v>151.092</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B27" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C27">
-        <v>358.8</v>
+        <v>168.0</v>
       </c>
       <c r="D27" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C28">
-        <v>492.0</v>
+        <v>183.456</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B29" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C29">
-        <v>678.0</v>
+        <v>346.656</v>
       </c>
       <c r="D29" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30">
-        <v>678.0</v>
+        <v>346.656</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B31" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C31">
         <v>0.0</v>
       </c>
       <c r="D31" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>