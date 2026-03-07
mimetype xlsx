--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -7,243 +7,234 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Лазерна показалка Hama "LP-1R", червена, 03500</t>
   </si>
   <si>
     <t>HAMA-03500</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Лазерна показалка A4tech LP15</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Стойка за проектор за таван, до 13.5 кг, 220879</t>
   </si>
   <si>
     <t>HAMA-220879</t>
   </si>
   <si>
     <t>Лазерен безжичен презентер HAMA X-Pointer, Wireless , Черен</t>
   </si>
   <si>
     <t>HAMA-139915</t>
   </si>
   <si>
     <t>Лазерен безжичен презентер HAMA "X-Pointer 6 in 1" , Черен</t>
   </si>
   <si>
     <t>HAMA-139916</t>
   </si>
   <si>
     <t>Безжичен презентер Logitech R400, Черен</t>
   </si>
   <si>
     <t>LOGITECH-R400</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Чанта за проектор BenQ BGQM01,  Черен</t>
   </si>
   <si>
     <t>BENQ-CB-BGQM01</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Безжичен презентер Logitech R500s, Bluetooth, 2.4 GHz Wireless, Сив</t>
   </si>
   <si>
     <t>LOGITECH-R500s</t>
   </si>
   <si>
     <t>Безжичен Лазерен презентатор "Greenlight Pointer", 4в1, 139918</t>
   </si>
   <si>
     <t>HAMA-139918</t>
   </si>
   <si>
     <t>Таванна стойка за проектор HAMA, 8 kg, Сребрист</t>
   </si>
   <si>
     <t>HAMA-108784</t>
   </si>
   <si>
     <t>Безжичен презентер Logitech R500s, Bluetooth, 2.4 GHz Wireless, Черен</t>
   </si>
   <si>
     <t>LOGITECH-R500S-BK</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Чанта за проектор HAMA "Sportsline", L, Черен</t>
   </si>
   <si>
     <t>HAMA-101066</t>
   </si>
   <si>
     <t>Стойка за проектор HAMA, таван и стена, до 15 кг, 220880</t>
   </si>
   <si>
     <t>HAMA-220880</t>
   </si>
   <si>
     <t>Стойка за проектор ESTILLO C718, За таван, С удължително рамо, Бяла</t>
   </si>
   <si>
     <t>EST-PROJECTOR-108786</t>
   </si>
   <si>
     <t>Стойка за проектор за таван Celexon MultiCel 4070W, до 25 кг, регулируема, бял</t>
   </si>
   <si>
     <t>CELEXON-1090154</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Таванна стойка за проектори BenQ CM00G3</t>
   </si>
   <si>
     <t>BENQ-MOUNT-CM00G3</t>
   </si>
   <si>
     <t>Стойка за проектор за таван Celexon Multicel 63100S, до 25 кг; регулируема, сива</t>
   </si>
   <si>
     <t>CELEXON-1090299</t>
   </si>
   <si>
     <t>Маса за проектор Hama на 2 нива, HAMA-77510</t>
   </si>
   <si>
     <t>HAMA-77510</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Стойка за проектор за стена Celexon Multicel WM800, до 15 кг, регулируема, бял</t>
   </si>
   <si>
     <t>CELEXON-1090381</t>
   </si>
   <si>
     <t>Безжичен презентер Logitech Spotlight Plus, Wireless, Bluetooth, 2.4 GHz</t>
   </si>
   <si>
     <t>LOGITECH-910-005166</t>
   </si>
   <si>
     <t>Стойка за проектор за стена Celexon Multicel WM1000, до 15 кг, регулируема, бял</t>
   </si>
   <si>
     <t>CELEXON-1090382</t>
   </si>
   <si>
     <t>Стойка за проектор за стена Avtek WallMount Next 1200, до 20 кг, регулируема, бял</t>
   </si>
   <si>
     <t>AVTEK-1MVWM11</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Стойка за проектори BenQ WM04G3, За стена, Сребриста</t>
   </si>
   <si>
     <t>BENQ-MOUNT-WM04G3</t>
   </si>
   <si>
     <t>Стойка за проектори BenQ WM06G3, За стена, Сребриста</t>
   </si>
   <si>
     <t>BENQ-MOUNT-WM06G3</t>
   </si>
   <si>
+    <t>Сертифициран донгъл за Android TV</t>
+  </si>
+  <si>
+    <t>BENQ-QS02</t>
+  </si>
+  <si>
     <t>Стойка за проектор за стена Celexon Multicel WM1200, до 15 кг, регулируема, бял</t>
   </si>
   <si>
     <t>CELEXON-1090383</t>
-  </si>
-[...4 lines deleted...]
-    <t>BENQ-QS02</t>
   </si>
   <si>
     <t>Лампа за проектор BenQ MH560 5J.JNG05.001</t>
   </si>
   <si>
     <t>BENQ-LM-MH560</t>
   </si>
   <si>
     <t>Интерактивен модул BenQ Pointwrite PW30U</t>
   </si>
   <si>
     <t>BENQ-PW30U</t>
   </si>
   <si>
     <t>Интерактивен модул BenQ Pointwrite PW40U</t>
   </si>
   <si>
     <t>BENQ-PW40U</t>
   </si>
   <si>
     <t>Презентационен Кит BenQ INSTASHOW WDC10C, Wireless, USB-C</t>
   </si>
   <si>
     <t>BENQ-INSTASHOW-WDC10C</t>
   </si>
@@ -571,500 +562,486 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>9.612</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>12.732</v>
+        <v>19.008</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>19.008</v>
+        <v>20.688</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>20.736</v>
+        <v>25.872</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>25.872</v>
+        <v>29.088</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>29.088</v>
+        <v>33.744</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>33.744</v>
+        <v>35.616</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>35.616</v>
+        <v>35.94</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>35.94</v>
+        <v>37.428</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>37.428</v>
+        <v>39.3</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>37.788</v>
+        <v>41.184</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>41.184</v>
+        <v>45.132</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>45.132</v>
+        <v>46.02</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>46.02</v>
+        <v>0.0</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>0.0</v>
+        <v>60.0</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>60.0</v>
+        <v>0.0</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>0.0</v>
+        <v>77.196</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>77.328</v>
+        <v>95.1</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" t="s">
         <v>45</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>95.1</v>
+        <v>110.352</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" t="s">
         <v>47</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>110.352</v>
+        <v>113.508</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" t="s">
         <v>49</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22">
+        <v>127.308</v>
+      </c>
+      <c r="D22" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
-        <v>127.308</v>
+        <v>138.048</v>
       </c>
       <c r="D23" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C24">
         <v>138.048</v>
       </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" t="s">
         <v>56</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>138.048</v>
+        <v>147.0</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C26">
         <v>151.092</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" t="s">
         <v>60</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>168.0</v>
+        <v>183.456</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" t="s">
         <v>62</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>183.456</v>
+        <v>346.656</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C29">
         <v>346.656</v>
       </c>
       <c r="D29" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" t="s">
         <v>66</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>346.656</v>
+        <v>0.0</v>
       </c>
       <c r="D30" t="s">
-        <v>28</v>
-[...13 lines deleted...]
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D32"/>
+  <autoFilter ref="A1:D31"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>