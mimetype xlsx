--- v0 (2025-10-19)
+++ v1 (2026-01-20)
@@ -7,429 +7,441 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$62</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$64</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>Външен диск Toshiba 2.5" 1TB Canvio Ready 2020 , USB 3.2 Gen 1</t>
-[...2 lines deleted...]
-    <t>TOSH-HDD-CR-1TB</t>
+    <t>Intenso 1TB 2.5" външен диск USB 3.2 memory board</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-1TB-EX-MB</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Външен хард диск Intenso, 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-1TB-EX-BK</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Външен хард диск Intenso, 2.5", 1TB</t>
-[...4 lines deleted...]
-  <si>
     <t>Intenso 1TB 2.5" външен диск USB 3.2 memory drive</t>
   </si>
   <si>
     <t>INTENSO-HDD-1TB-EX-MD</t>
   </si>
   <si>
-    <t>Intenso 1TB 2.5" външен диск USB 3.2 memory board</t>
-[...2 lines deleted...]
-    <t>INTENSO-HDD-1TB-EX-MB</t>
+    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Външен хард диск Seagate Basic, 2.5", 1TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STJL1000400-1TB</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Външен хард диск SILICON POWER Armor A60 , 2.5", 1TB</t>
   </si>
   <si>
     <t>SLP-HDD-A60-1TB</t>
   </si>
   <si>
+    <t>Външен хард диск Toshiba Canvio Basics 2022, 2.5", 1TB, USB3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-CB22-1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A60-1TB-USB32</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A66-1TB-BK</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A65B, 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A65B-1TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER  Armor A30 , 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A30-1TB-W</t>
+  </si>
+  <si>
     <t>Външен хард диск SILICON POWER Diamond D30 Black 1TB 2.5"</t>
   </si>
   <si>
     <t>SLP-HDD-D30-1TB</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...10 lines deleted...]
-  <si>
     <t>Външен хард диск SILICON POWER Armor A30, 2.5", 1TB</t>
   </si>
   <si>
     <t>SLP-HDD-A30-1TB-B</t>
   </si>
   <si>
-    <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 1TB</t>
-[...1 lines deleted...]
-  <si>
     <t>SLP-HDD-A66-1TB-BL</t>
   </si>
   <si>
-    <t>SLP-HDD-A66-1TB-BK</t>
-[...5 lines deleted...]
-    <t>SLP-HDD-A65B-1TB</t>
+    <t>Външен хард диск Toshiba 2.5" 1TB Canvio Flex, USB 3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-CF-1TB-SL1</t>
+  </si>
+  <si>
+    <t>Външен хард диск Seagate Basic, 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STJL2000400-2TB</t>
   </si>
   <si>
     <t>Външен хард диск Western Digital Elements Portable, 1TB, 2.5"</t>
   </si>
   <si>
     <t>WD-HDD-ELEMENT-1TB</t>
   </si>
   <si>
+    <t>Intenso 2TB 2.5" външен диск USB 3.2 memory board</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-2TB-EX-MB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital My Passport, 1TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-PASSPORT-1TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Intenso, 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-2TB-EX-BK</t>
+  </si>
+  <si>
+    <t>Intenso 2TB 2.5" външен диск USB 3.2 memory drive</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-2TB-EX-MD</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Diamond D30 Black 2TB 2.5"</t>
+  </si>
+  <si>
+    <t>SLP-HDD-D30-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A66-2TB-BK</t>
+  </si>
+  <si>
+    <t>Външен хард диск Toshiba Canvio Basics 2022, 2.5", 2TB, USB3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-CB22-2TB</t>
+  </si>
+  <si>
     <t>Външен хард диск Seagate Expansion Portable, 2.5", 1TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKM1000400-1TB</t>
   </si>
   <si>
-    <t>Външен хард диск Western Digital My Passport, 1TB, 2.5"</t>
-[...44 lines deleted...]
-    <t>INTENSO-HDD-2TB-EX-MB</t>
+    <t>Външен хард диск SILICON POWER Armor A65B, 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A65B-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Seagate Expansion Portable, 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKM2000400-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements Portable, 2TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM2-2TB</t>
   </si>
   <si>
     <t>Външен хард диск SILICON POWER Armor A60, 2.5", 2TB</t>
   </si>
   <si>
     <t>SLP-HDD-A60-2TB</t>
   </si>
   <si>
     <t>Външен хард диск SILICON POWER  Armor A30 , 2.5", 2TB</t>
   </si>
   <si>
     <t>SLP-HDD-A30-2TB-W</t>
   </si>
   <si>
-    <t>Външен хард диск SILICON POWER Diamond D30 Black 2TB 2.5"</t>
-[...19 lines deleted...]
-  <si>
     <t>SLP-HDD-A66-2TB-BL</t>
   </si>
   <si>
-    <t>Външен хард диск SILICON POWER Armor A65B, 2.5", 2TB</t>
-[...10 lines deleted...]
-  <si>
     <t>Външен хард диск Western Digital My Passport, 2TB, 2.5"</t>
   </si>
   <si>
     <t>WD-HDD-PASSPORT-2TB</t>
   </si>
   <si>
     <t>Външен SSD диск Western Digital My Passport, 500GB</t>
   </si>
   <si>
     <t>WD-SSD-PASSPORT-500GB-GR</t>
   </si>
   <si>
     <t>Външен SSD диск Western Digital My Passport, 500GB, USB-C, Син</t>
   </si>
   <si>
     <t>WD-SSD-PASSPORT-500GB-BLU</t>
   </si>
   <si>
+    <t>Външен хард диск Intenso, 2.5", 4TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-4TB-EX-BK</t>
+  </si>
+  <si>
+    <t>Intenso 4TB 2.5" външен диск USB 3.0 memory drive</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-4TB-EX-MD</t>
+  </si>
+  <si>
     <t>Външен хард диск Toshiba Canvio Basics 2022, 2.5", 4TB, USB3.2 Gen 1</t>
   </si>
   <si>
     <t>TOSH-HDD-CBS-4TB</t>
   </si>
   <si>
-    <t>Външен хард диск Intenso, 2.5", 4TB</t>
-[...8 lines deleted...]
-    <t>INTENSO-HDD-4TB-EX-MD</t>
+    <t>Външен хард диск Seagate Basic, 2.5", 4TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STJL4000400-4TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 4TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A66-4TB-BK</t>
+  </si>
+  <si>
+    <t>Външен хард диск Intenso, 2.5", 5TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-5TB-EX-BK</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements Portable, 4TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM2-4TB</t>
   </si>
   <si>
     <t>Външен хард диск Seagate Expansion Portable, 2.5", 4TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKM4000400-4TB</t>
   </si>
   <si>
-    <t>Външен хард диск Western Digital Elements Portable, 4TB, 2.5"</t>
-[...5 lines deleted...]
-    <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 4TB</t>
+    <t>Intenso 5TB 2.5" външен диск USB 3.0 memory drive</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-5TB-EX-MD</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital My Passport, 4TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-PASSPORT-4TB</t>
   </si>
   <si>
     <t>SLP-HDD-A66-4TB-BL</t>
   </si>
   <si>
+    <t>Външен хард диск Western Digital My Passport, 5TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-PASSPORT-5TB-BK</t>
+  </si>
+  <si>
     <t>Външен хард диск SILICON POWER Armor A60 , 2.5", 4TB</t>
   </si>
   <si>
     <t>SLP-HDD-A60-4TB</t>
   </si>
   <si>
-    <t>Външен хард диск Seagate Basic, 2.5", 4TB</t>
-[...17 lines deleted...]
-    <t>INTENSO-HDD-5TB-EX-MD</t>
+    <t>Външен хард диск Seagate Expansion Portable, 2.5", 5TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKM5000400-5TB</t>
   </si>
   <si>
     <t>Външен хард диск Western Digital Elements Portable, 5TB, 2.5"</t>
   </si>
   <si>
     <t>WD-HDD-ELM2-5TB</t>
   </si>
   <si>
-    <t>Външен хард диск Western Digital My Passport, 5TB, 2.5"</t>
-[...10 lines deleted...]
-  <si>
     <t>Външен хард диск Seagate Basic, 2.5", 5TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STJL5000400-5TB</t>
   </si>
   <si>
     <t>Външен хард диск SILICON POWER Armor A60 , 2.5", 5TB</t>
   </si>
   <si>
     <t>SLP-HDD-A60-5TB</t>
   </si>
   <si>
     <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 5TB</t>
   </si>
   <si>
     <t>SLP-HDD-A66-5TB-BK</t>
   </si>
   <si>
+    <t>Външен хард диск Western Digital My Passport, 6TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-PASSPORT-6TB-BK</t>
+  </si>
+  <si>
     <t>Външен хард диск SEAGATE Expansion Desktop External Drive 8TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKP8000400-8</t>
   </si>
   <si>
     <t>Външен хард диск Intenso, 3.5", 8TB</t>
   </si>
   <si>
     <t>INTENSO-HDD-8TB-EX-BK</t>
   </si>
   <si>
-    <t>Външен хард диск Seagate Expansion Portable, 2.5", 5TB</t>
-[...4 lines deleted...]
-  <si>
     <t>Външен хард диск Western Digital My Book, 8TB</t>
   </si>
   <si>
     <t>WD-HDD-MY-BOOK-8TB</t>
   </si>
   <si>
-    <t>Външен хард диск Western Digital My Passport, 6TB, 2.5"</t>
-[...2 lines deleted...]
-    <t>WD-HDD-PASSPORT-6TB-BK</t>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 10 TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP10000400</t>
   </si>
   <si>
     <t>Външен хард диск Western Digital, 10TB</t>
   </si>
   <si>
     <t>WD-HDD-ELM-10TB</t>
   </si>
   <si>
     <t>Външен хард диск Western Digital, 14TB</t>
   </si>
   <si>
     <t>HDD-WD-G0140HBK-14TB</t>
   </si>
   <si>
     <t>Външен хард диск Western Digital My Book, 12TB</t>
   </si>
   <si>
     <t>WD-HDD-MY-BOOK-12TB</t>
   </si>
   <si>
     <t>Външен хард диск SEAGATE Expansion Desktop External Drive 16TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKP16000400-16</t>
+  </si>
+  <si>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 24 TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP24000400-24</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements 26TB</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM-26TB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -733,920 +745,948 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>114.396</v>
+        <v>60.768</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>115.848</v>
+        <v>62.928</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>116.748</v>
+        <v>63.384</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>120.552</v>
+        <v>63.648</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C6">
-        <v>124.476</v>
+        <v>64.188</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C7">
-        <v>124.656</v>
+        <v>65.892</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>124.656</v>
+        <v>66.396</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>128.232</v>
+        <v>69.06</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>128.952</v>
+        <v>69.588</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>129.012</v>
+        <v>71.688</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>134.124</v>
+        <v>71.688</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>134.124</v>
+        <v>73.536</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14">
-        <v>135.144</v>
+        <v>73.536</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C15">
-        <v>139.848</v>
+        <v>73.692</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C16">
-        <v>140.004</v>
+        <v>81.192</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C17">
-        <v>151.404</v>
+        <v>81.876</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C18">
-        <v>152.7</v>
+        <v>84.456</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C19">
-        <v>152.808</v>
+        <v>85.98</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C20">
-        <v>158.808</v>
+        <v>87.54</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C21">
-        <v>159.78</v>
+        <v>87.996</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C22">
-        <v>162.18</v>
+        <v>91.428</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C23">
-        <v>163.092</v>
+        <v>91.428</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C24">
-        <v>167.556</v>
+        <v>92.136</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C25">
-        <v>173.196</v>
+        <v>93.252</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26">
-        <v>173.196</v>
+        <v>93.384</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C27">
-        <v>177.552</v>
+        <v>95.736</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C28">
-        <v>177.552</v>
+        <v>96.168</v>
       </c>
       <c r="D28" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>179.436</v>
+        <v>98.652</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C30">
-        <v>180.108</v>
+        <v>98.652</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="B31" t="s">
         <v>64</v>
       </c>
       <c r="C31">
-        <v>181.368</v>
+        <v>98.652</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>65</v>
       </c>
       <c r="B32" t="s">
         <v>66</v>
       </c>
       <c r="C32">
-        <v>182.424</v>
+        <v>105.576</v>
       </c>
       <c r="D32" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>67</v>
       </c>
       <c r="B33" t="s">
         <v>68</v>
       </c>
       <c r="C33">
-        <v>183.9</v>
+        <v>107.76</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>69</v>
       </c>
       <c r="B34" t="s">
         <v>70</v>
       </c>
       <c r="C34">
-        <v>210.768</v>
+        <v>107.76</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>71</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35">
-        <v>210.768</v>
+        <v>127.536</v>
       </c>
       <c r="D35" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>73</v>
       </c>
       <c r="B36" t="s">
         <v>74</v>
       </c>
       <c r="C36">
-        <v>228.012</v>
+        <v>128.004</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>75</v>
       </c>
       <c r="B37" t="s">
         <v>76</v>
       </c>
       <c r="C37">
-        <v>249.444</v>
+        <v>135.624</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>77</v>
       </c>
       <c r="B38" t="s">
         <v>78</v>
       </c>
       <c r="C38">
-        <v>253.932</v>
+        <v>138.0</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>79</v>
       </c>
       <c r="B39" t="s">
         <v>80</v>
       </c>
       <c r="C39">
-        <v>254.676</v>
+        <v>143.376</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>81</v>
       </c>
       <c r="B40" t="s">
         <v>82</v>
       </c>
       <c r="C40">
-        <v>263.664</v>
+        <v>143.844</v>
       </c>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>83</v>
       </c>
       <c r="B41" t="s">
         <v>84</v>
       </c>
       <c r="C41">
-        <v>267.204</v>
+        <v>143.94</v>
       </c>
       <c r="D41" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>85</v>
       </c>
       <c r="B42" t="s">
         <v>86</v>
       </c>
       <c r="C42">
-        <v>269.76</v>
+        <v>144.096</v>
       </c>
       <c r="D42" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>87</v>
       </c>
       <c r="B43" t="s">
         <v>88</v>
       </c>
       <c r="C43">
-        <v>269.904</v>
+        <v>144.312</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="B44" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C44">
-        <v>278.436</v>
+        <v>151.272</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45">
-        <v>281.34</v>
+        <v>151.932</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46">
-        <v>286.284</v>
+        <v>154.584</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47">
-        <v>288.504</v>
+        <v>154.944</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48">
-        <v>294.84</v>
+        <v>160.86</v>
       </c>
       <c r="D48" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49">
-        <v>300.648</v>
+        <v>161.52</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50">
-        <v>324.036</v>
+        <v>165.672</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51">
-        <v>324.42</v>
+        <v>185.34</v>
       </c>
       <c r="D51" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52">
-        <v>345.636</v>
+        <v>188.364</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53">
-        <v>374.412</v>
+        <v>189.504</v>
       </c>
       <c r="D53" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54">
-        <v>393.384</v>
+        <v>191.436</v>
       </c>
       <c r="D54" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55">
-        <v>418.128</v>
+        <v>201.132</v>
       </c>
       <c r="D55" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56">
-        <v>424.716</v>
+        <v>237.492</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57">
-        <v>446.796</v>
+        <v>260.292</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58">
-        <v>527.736</v>
+        <v>281.652</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59">
-        <v>608.52</v>
+        <v>329.196</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60">
-        <v>699.12</v>
+        <v>352.536</v>
       </c>
       <c r="D60" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61">
-        <v>794.844</v>
+        <v>406.404</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>124</v>
+      </c>
+      <c r="B62" t="s">
+        <v>125</v>
+      </c>
+      <c r="C62">
+        <v>583.08</v>
+      </c>
+      <c r="D62" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>126</v>
+      </c>
+      <c r="B63" t="s">
+        <v>127</v>
+      </c>
+      <c r="C63">
+        <v>749.856</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D62"/>
+  <autoFilter ref="A1:D64"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>