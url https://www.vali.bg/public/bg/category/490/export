--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -7,423 +7,459 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$64</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$70</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Външен хард диск Intenso, 2.5", 500 GB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-500GB-EX-BKR</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Външен хард диск Intenso, 2.5", 1 TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-1TB-EX-BKR</t>
+  </si>
+  <si>
+    <t>Външен хард диск Seagate Basic, 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STJL1000400-1TB</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Intenso 1TB 2.5" външен диск USB 3.2 memory board</t>
   </si>
   <si>
     <t>INTENSO-HDD-1TB-EX-MB</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Външен хард диск Intenso, 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-1TB-EX-BK</t>
+  </si>
+  <si>
+    <t>Intenso 1TB 2.5" външен диск USB 3.2 memory drive</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-1TB-EX-MD</t>
+  </si>
+  <si>
+    <t>Външен хард диск Toshiba 2.5" 1TB Canvio Flex, USB 3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-CF-1TB-SL1</t>
+  </si>
+  <si>
+    <t>Външен хард диск Toshiba Canvio Basics 2022, 2.5", 1TB, USB3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-CB22-1TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Seagate Expansion Portable, 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKM1000400-1TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Seagate Basic, 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STJL2000400-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A60 , 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A60-1TB-USB32</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements Portable, 1TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELEMENT-1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A60-1TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER  Armor A30 , 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A30-1TB-W</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Diamond D30 Black 1TB 2.5"</t>
+  </si>
+  <si>
+    <t>SLP-HDD-D30-1TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A30, 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A30-1TB-B</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A66-1TB-BL</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A66-1TB-BK</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A65B, 2.5", 1TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A65B-1TB</t>
+  </si>
+  <si>
+    <t>Intenso 2TB 2.5" външен диск USB 3.2 memory board</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-2TB-EX-MB</t>
+  </si>
+  <si>
+    <t>Външен диск LaCie Mobile Drive 1TB USB-C 3.2</t>
+  </si>
+  <si>
+    <t>LACIE-HDD-STLP1000400</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Diamond D30 Black 2TB 2.5"</t>
+  </si>
+  <si>
+    <t>SLP-HDD-D30-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A66-2TB-BK</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital My Passport, 1TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-PASSPORT-1TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A65B, 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A65B-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Intenso, 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-2TB-EX-BK</t>
+  </si>
+  <si>
+    <t>Intenso 2TB 2.5" външен диск USB 3.2 memory drive</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-2TB-EX-MD</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A60, 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A60-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER  Armor A30 , 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A30-2TB-W</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A66-2TB-BL</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital My Passport, 2TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-PASSPORT-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements Portable, 2TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM2-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Seagate Expansion Portable, 2.5", 2TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKM2000400-2TB</t>
+  </si>
+  <si>
+    <t>Външен SSD диск Western Digital My Passport, 500GB, USB-C, Син</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-500GB-BLU</t>
+  </si>
+  <si>
+    <t>Външен SSD диск Western Digital My Passport, 500GB</t>
+  </si>
+  <si>
+    <t>WD-SSD-PASSPORT-500GB-GR</t>
+  </si>
+  <si>
+    <t>Външен хард диск Toshiba Canvio Basics 2022, 2.5", 2TB, USB3.2 Gen 1</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-CB22-2TB</t>
+  </si>
+  <si>
+    <t>Intenso 4TB 2.5" външен диск USB 3.0 memory drive</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-4TB-EX-MD</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Външен хард диск Intenso, 2.5", 1TB</t>
-[...190 lines deleted...]
-  <si>
     <t>Външен хард диск Intenso, 2.5", 4TB</t>
   </si>
   <si>
     <t>INTENSO-HDD-4TB-EX-BK</t>
   </si>
   <si>
-    <t>Intenso 4TB 2.5" външен диск USB 3.0 memory drive</t>
-[...2 lines deleted...]
-    <t>INTENSO-HDD-4TB-EX-MD</t>
+    <t>Външен хард диск Seagate Basic, 2.5", 4TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STJL4000400-4TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements Portable, 4TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM2-4TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 4TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A66-4TB-BK</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital My Passport, 4TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-PASSPORT-4TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A66-4TB-BL</t>
+  </si>
+  <si>
+    <t>Външен хард диск Intenso, 2.5", 5TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-5TB-EX-BK</t>
+  </si>
+  <si>
+    <t>Intenso 5TB 2.5" външен диск USB 3.0 memory drive</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-5TB-EX-MD</t>
+  </si>
+  <si>
+    <t>Външен хард диск SILICON POWER Armor A60 , 2.5", 4TB</t>
+  </si>
+  <si>
+    <t>SLP-HDD-A60-4TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements Portable, 5TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM2-5TB</t>
   </si>
   <si>
     <t>Външен хард диск Toshiba Canvio Basics 2022, 2.5", 4TB, USB3.2 Gen 1</t>
   </si>
   <si>
     <t>TOSH-HDD-CBS-4TB</t>
   </si>
   <si>
-    <t>Външен хард диск Seagate Basic, 2.5", 4TB</t>
-[...20 lines deleted...]
-    <t>WD-HDD-ELM2-4TB</t>
+    <t>Външен хард диск Seagate Basic, 2.5", 5TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STJL5000400-5TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Seagate Expansion Portable, 2.5", 5TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKM5000400-5TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital My Passport, 5TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-PASSPORT-5TB-BK</t>
   </si>
   <si>
     <t>Външен хард диск Seagate Expansion Portable, 2.5", 4TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKM4000400-4TB</t>
   </si>
   <si>
-    <t>Intenso 5TB 2.5" външен диск USB 3.0 memory drive</t>
-[...41 lines deleted...]
-    <t>SEAG-HDD-STJL5000400-5TB</t>
+    <t>Външен хард диск Western Digital Elements Portable, 6TB, 2.5"</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM2-6TB</t>
   </si>
   <si>
     <t>Външен хард диск SILICON POWER Armor A60 , 2.5", 5TB</t>
   </si>
   <si>
     <t>SLP-HDD-A60-5TB</t>
   </si>
   <si>
     <t>Външен хард диск SILICON POWER Armor A66 , 2.5", 5TB</t>
   </si>
   <si>
     <t>SLP-HDD-A66-5TB-BK</t>
   </si>
   <si>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 8TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP8000400-8</t>
+  </si>
+  <si>
+    <t>Външен хард диск Seagate Expansion Portable, 3.5", 6TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP6000400-6</t>
+  </si>
+  <si>
+    <t>Външен хард диск Intenso, 3.5", 8TB</t>
+  </si>
+  <si>
+    <t>INTENSO-HDD-8TB-EX-BK</t>
+  </si>
+  <si>
     <t>Външен хард диск Western Digital My Passport, 6TB, 2.5"</t>
   </si>
   <si>
     <t>WD-HDD-PASSPORT-6TB-BK</t>
   </si>
   <si>
-    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 8TB</t>
-[...10 lines deleted...]
-  <si>
     <t>Външен хард диск Western Digital My Book, 8TB</t>
   </si>
   <si>
     <t>WD-HDD-MY-BOOK-8TB</t>
   </si>
   <si>
     <t>Външен хард диск SEAGATE Expansion Desktop External Drive 10 TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKP10000400</t>
   </si>
   <si>
     <t>Външен хард диск Western Digital, 10TB</t>
   </si>
   <si>
     <t>WD-HDD-ELM-10TB</t>
   </si>
   <si>
+    <t>Външен хард диск Western Digital Elements Portable, 12TB, 3.5", USB 3.2 Gen 1, Черен</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELEM-12TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital My Book, 12TB</t>
+  </si>
+  <si>
+    <t>WD-HDD-MY-BOOK-12TB</t>
+  </si>
+  <si>
     <t>Външен хард диск Western Digital, 14TB</t>
   </si>
   <si>
     <t>HDD-WD-G0140HBK-14TB</t>
-  </si>
-[...4 lines deleted...]
-    <t>WD-HDD-MY-BOOK-12TB</t>
   </si>
   <si>
     <t>Външен хард диск SEAGATE Expansion Desktop External Drive 16TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKP16000400-16</t>
   </si>
   <si>
     <t>Външен хард диск SEAGATE Expansion Desktop External Drive 24 TB</t>
   </si>
   <si>
     <t>SEAG-HDD-STKP24000400-24</t>
   </si>
   <si>
     <t>Външен хард диск Western Digital Elements 26TB</t>
   </si>
   <si>
     <t>WD-HDD-ELM-26TB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -745,948 +781,1032 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D64"/>
+  <dimension ref="A1:D70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>60.768</v>
+        <v>35.148</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>62.928</v>
+        <v>54.996</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>63.384</v>
+        <v>63.648</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>64.464</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
         <v>16</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>64.188</v>
+        <v>67.692</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>65.892</v>
+        <v>68.148</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>66.396</v>
+        <v>73.692</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>69.06</v>
+        <v>73.992</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>69.588</v>
+        <v>80.88</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>71.688</v>
+        <v>81.192</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>71.688</v>
+        <v>85.38</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>73.536</v>
+        <v>85.812</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>73.536</v>
+        <v>86.4</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>73.692</v>
+        <v>86.4</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>81.192</v>
+        <v>86.4</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>81.876</v>
+        <v>87.42</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>84.456</v>
+        <v>87.42</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" t="s">
         <v>40</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>85.98</v>
+        <v>87.42</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" t="s">
         <v>42</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>87.54</v>
+        <v>87.936</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
         <v>44</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>87.996</v>
+        <v>89.076</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
         <v>46</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>91.428</v>
+        <v>89.856</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" t="s">
         <v>48</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>91.428</v>
+        <v>91.884</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" t="s">
         <v>50</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>92.136</v>
+        <v>91.884</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" t="s">
         <v>52</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>93.252</v>
+        <v>92.652</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" t="s">
         <v>54</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>93.384</v>
+        <v>93.864</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" t="s">
         <v>56</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>95.736</v>
+        <v>93.924</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" t="s">
         <v>58</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>96.168</v>
+        <v>94.38</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>59</v>
+      </c>
+      <c r="B29" t="s">
         <v>60</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>98.652</v>
+        <v>99.144</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>61</v>
+      </c>
+      <c r="B30" t="s">
         <v>62</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>98.652</v>
+        <v>99.144</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C31">
-        <v>98.652</v>
+        <v>99.144</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" t="s">
         <v>65</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>105.576</v>
+        <v>101.064</v>
       </c>
       <c r="D32" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" t="s">
         <v>67</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>107.76</v>
+        <v>104.28</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" t="s">
         <v>69</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>107.76</v>
+        <v>107.148</v>
       </c>
       <c r="D34" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" t="s">
         <v>71</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>127.536</v>
+        <v>107.76</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" t="s">
         <v>73</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>128.004</v>
+        <v>112.092</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" t="s">
         <v>75</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>135.624</v>
+        <v>112.2</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>76</v>
+      </c>
+      <c r="B38" t="s">
         <v>77</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38">
+        <v>128.004</v>
+      </c>
+      <c r="D38" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>79</v>
       </c>
       <c r="B39" t="s">
         <v>80</v>
       </c>
       <c r="C39">
-        <v>143.376</v>
+        <v>135.228</v>
       </c>
       <c r="D39" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>81</v>
       </c>
       <c r="B40" t="s">
         <v>82</v>
       </c>
       <c r="C40">
-        <v>143.844</v>
+        <v>138.0</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>83</v>
       </c>
       <c r="B41" t="s">
         <v>84</v>
       </c>
       <c r="C41">
-        <v>143.94</v>
+        <v>139.224</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>85</v>
       </c>
       <c r="B42" t="s">
         <v>86</v>
       </c>
       <c r="C42">
         <v>144.096</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>87</v>
       </c>
       <c r="B43" t="s">
         <v>88</v>
       </c>
       <c r="C43">
-        <v>144.312</v>
+        <v>151.272</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>85</v>
+      </c>
+      <c r="B44" t="s">
         <v>89</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>151.272</v>
+        <v>152.688</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45">
-        <v>151.932</v>
+        <v>154.62</v>
       </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46">
-        <v>154.584</v>
+        <v>155.076</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47">
-        <v>154.944</v>
+        <v>155.724</v>
       </c>
       <c r="D47" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48">
-        <v>160.86</v>
+        <v>159.576</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49">
-        <v>161.52</v>
+        <v>161.748</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50">
         <v>165.672</v>
       </c>
       <c r="D50" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51">
-        <v>185.34</v>
+        <v>166.956</v>
       </c>
       <c r="D51" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52">
-        <v>188.364</v>
+        <v>168.708</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53">
-        <v>189.504</v>
+        <v>175.956</v>
       </c>
       <c r="D53" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54">
-        <v>191.436</v>
+        <v>184.716</v>
       </c>
       <c r="D54" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55">
-        <v>201.132</v>
+        <v>186.264</v>
       </c>
       <c r="D55" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56">
-        <v>237.492</v>
+        <v>189.3</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57">
-        <v>260.292</v>
+        <v>191.436</v>
       </c>
       <c r="D57" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58">
-        <v>281.652</v>
+        <v>192.588</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59">
-        <v>329.196</v>
+        <v>201.132</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60">
-        <v>352.536</v>
+        <v>216.588</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61">
-        <v>406.404</v>
+        <v>249.768</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62">
-        <v>583.08</v>
+        <v>260.292</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63">
+        <v>307.872</v>
+      </c>
+      <c r="D63" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>128</v>
+      </c>
+      <c r="B64" t="s">
+        <v>129</v>
+      </c>
+      <c r="C64">
+        <v>336.84</v>
+      </c>
+      <c r="D64" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>130</v>
+      </c>
+      <c r="B65" t="s">
+        <v>131</v>
+      </c>
+      <c r="C65">
+        <v>369.528</v>
+      </c>
+      <c r="D65" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>132</v>
+      </c>
+      <c r="B66" t="s">
+        <v>133</v>
+      </c>
+      <c r="C66">
+        <v>371.472</v>
+      </c>
+      <c r="D66" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>134</v>
+      </c>
+      <c r="B67" t="s">
+        <v>135</v>
+      </c>
+      <c r="C67">
+        <v>406.404</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>136</v>
+      </c>
+      <c r="B68" t="s">
+        <v>137</v>
+      </c>
+      <c r="C68">
+        <v>565.368</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>138</v>
+      </c>
+      <c r="B69" t="s">
+        <v>139</v>
+      </c>
+      <c r="C69">
         <v>749.856</v>
       </c>
-      <c r="D63" t="s">
-        <v>12</v>
+      <c r="D69" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D64"/>
+  <autoFilter ref="A1:D70"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>