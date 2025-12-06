--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -34,80 +34,80 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Софтуер за управление работата в класна стая Netsupport school NSS ver.15 +поддръжка за 3 год.</t>
   </si>
   <si>
     <t>SOFT-NET-NSS-IKT-3Y</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Софтуер Readiris PDF 22 Business 1 Lic WIN - BOX електронен лиценз</t>
+  </si>
+  <si>
+    <t>IRIS-SOFT-READIRIS22-BOX</t>
+  </si>
+  <si>
+    <t>Електронен лиценз - антивирусен софтуер ESET HOME Security Essential, 1 бр. , 1 година</t>
+  </si>
+  <si>
+    <t>SOFT-NOD32-HOMESecEssent</t>
+  </si>
+  <si>
+    <t>Софтуер WinZip SafeMedia 6 License (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-WZ-550</t>
+  </si>
+  <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
-    <t>Електронен лиценз - антивирусен софтуер ESET HOME Security Essential, 1 бр. , 1 година</t>
-[...13 lines deleted...]
-  <si>
     <t>Софтуер VideoStudio 2022 Business &amp; Education License (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-VS22-14</t>
   </si>
   <si>
-    <t>Софтуер Readiris PDF 22 Business 1 Lic WIN - BOX електронен лиценз</t>
-[...4 lines deleted...]
-  <si>
     <t>Софтуер Microsoft 365 Business Basic (no Teams)</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF365-BB-NOT</t>
   </si>
   <si>
     <t>Софтуер PaintShop Pro 2022 Corporate Edition License Single User</t>
   </si>
   <si>
     <t>FS-SOFT-PAINT-PS-CE1</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Education 365-Day Subscription (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-1</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Education 365-Day Subscription (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-50</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Business Basic</t>
@@ -154,62 +154,62 @@
   <si>
     <t>Софтуер Microsoft Office Home 2024 English EuroZone Medialess ESD</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFFHS24EN-ESD</t>
   </si>
   <si>
     <t>Софтуер Microsoft Windows 11 Home English 64 bit  FPP USB</t>
   </si>
   <si>
     <t>FS-SOFT-MS-HAJ-00090</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Enterprise CorelSure Maintenance Renewal (1 year) (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSEMR1Y</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 1 година</t>
   </si>
   <si>
     <t>SOFT-VR-BB-1</t>
   </si>
   <si>
+    <t>Софтуер Microsoft Windows 11 Pro x64 Английски език OEM</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-FQC-10528</t>
+  </si>
+  <si>
     <t>Софтуер Microsoft 365 Business Standard</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF-365-BS</t>
   </si>
   <si>
-    <t>Софтуер Microsoft Windows 11 Pro x64 Английски език OEM</t>
-[...4 lines deleted...]
-  <si>
     <t>Софтуер  ABBYY FineReader PDF Corporate, Single User License (ESD), Subscription, 1y</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRCW-FMBL-X</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, индивидуален уеб лиценз, абонамент за 1 година</t>
   </si>
   <si>
     <t>CORINTH-1DEV-WEB-1Y</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, индивидуален настолен лиценз, абонамент за 1 година</t>
   </si>
   <si>
     <t>CORINTH-1DEV-DESK-1Y</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Apps for enterprise</t>
   </si>
   <si>
     <t>FS-SOFT-MS-365-APPS-E</t>
@@ -337,72 +337,72 @@
   <si>
     <t>Софтуер ABBYY FineReader PDF Corporate, Volume License (per Seat), Subscription 3y, 5 - 25 Licenses</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRCW-FMCS-A</t>
   </si>
   <si>
     <t>Софтуер Painter 2022 License (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-PAINTER-1</t>
   </si>
   <si>
     <t>Софтуер  ABBYY FineReader PDF Corporate, Single User License (ESD), Subscription, 3y</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRCW-FMCL-X</t>
   </si>
   <si>
     <t>Софтуер Adobe Audition for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-AUD</t>
   </si>
   <si>
+    <t>Софтуер SOUND FORGE Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-SOUNDFORGE</t>
+  </si>
+  <si>
+    <t>Софтуер MAGIX VEGAS Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-VEGAS-PRO</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Illustrator for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-ILLUSTR</t>
+  </si>
+  <si>
     <t>Софтуер Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-PREMPRO</t>
-  </si>
-[...16 lines deleted...]
-    <t>FS-SOFT-ADOBE-ILLUSTR</t>
   </si>
   <si>
     <t>Софтуер Adobe Photoshop for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-PHOTOSH</t>
   </si>
   <si>
     <t>Софтуер Adobe Sign for business, Other, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-SIGNBA</t>
   </si>
   <si>
     <t>Софтуер Autodesk AUTOCAD LT 2024 NEW SGL-US 1YR SUBSCRIPTION</t>
   </si>
   <si>
     <t>FS-SOFT-AUTODESK-CADLT</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
   </si>
   <si>
     <t>SOFT-VR-BC-3</t>
   </si>
@@ -885,320 +885,320 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>49.98</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>70.8</v>
+        <v>60.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>119.1</v>
+        <v>70.8</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>119.712</v>
+        <v>119.1</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>120.0</v>
+        <v>119.712</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>129.552</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>138.036</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>143.184</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>143.184</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>157.716</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>195.24</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>195.24</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>238.992</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>268.5</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>276.012</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>285.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
         <v>294.996</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>303.408</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>312.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>318.0</v>
+        <v>317.448</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>319.404</v>
+        <v>318.0</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>325.44</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>0.0</v>
@@ -1238,555 +1238,555 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
         <v>361.68</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
         <v>420.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
         <v>438.996</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
         <v>466.8</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>68</v>
       </c>
       <c r="C31">
         <v>468.828</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>70</v>
       </c>
       <c r="C32">
         <v>478.8</v>
       </c>
       <c r="D32" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>72</v>
       </c>
       <c r="C33">
         <v>482.256</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>74</v>
       </c>
       <c r="C34">
         <v>492.0</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>76</v>
       </c>
       <c r="C35">
         <v>510.0</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" t="s">
         <v>78</v>
       </c>
       <c r="C36">
         <v>526.56</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>79</v>
       </c>
       <c r="B37" t="s">
         <v>80</v>
       </c>
       <c r="C37">
         <v>538.8</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>82</v>
       </c>
       <c r="C38">
         <v>545.76</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
       <c r="C39">
         <v>585.72</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40">
         <v>643.464</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41">
         <v>663.024</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>89</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
       <c r="C42">
         <v>699.0</v>
       </c>
       <c r="D42" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>91</v>
       </c>
       <c r="B43" t="s">
         <v>92</v>
       </c>
       <c r="C43">
         <v>702.144</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>94</v>
       </c>
       <c r="C44">
         <v>702.144</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
       <c r="C45">
         <v>702.144</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>98</v>
       </c>
       <c r="C46">
         <v>702.144</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>99</v>
       </c>
       <c r="B47" t="s">
         <v>100</v>
       </c>
       <c r="C47">
         <v>790.764</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>101</v>
       </c>
       <c r="B48" t="s">
         <v>102</v>
       </c>
       <c r="C48">
         <v>819.168</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>103</v>
       </c>
       <c r="B49" t="s">
         <v>104</v>
       </c>
       <c r="C49">
         <v>879.6</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>105</v>
       </c>
       <c r="B50" t="s">
         <v>106</v>
       </c>
       <c r="C50">
         <v>907.2</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>107</v>
       </c>
       <c r="B51" t="s">
         <v>108</v>
       </c>
       <c r="C51">
-        <v>907.2</v>
+        <v>936.528</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>109</v>
       </c>
       <c r="B52" t="s">
         <v>110</v>
       </c>
       <c r="C52">
         <v>936.528</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>111</v>
       </c>
       <c r="B53" t="s">
         <v>112</v>
       </c>
       <c r="C53">
-        <v>936.528</v>
+        <v>944.4</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>113</v>
       </c>
       <c r="B54" t="s">
         <v>114</v>
       </c>
       <c r="C54">
-        <v>944.4</v>
+        <v>945.216</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>115</v>
       </c>
       <c r="B55" t="s">
         <v>116</v>
       </c>
       <c r="C55">
         <v>954.0</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>117</v>
       </c>
       <c r="B56" t="s">
         <v>118</v>
       </c>
       <c r="C56">
         <v>1092.0</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>119</v>
       </c>
       <c r="B57" t="s">
         <v>120</v>
       </c>
       <c r="C57">
         <v>1150.8</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>121</v>
       </c>
       <c r="B58" t="s">
         <v>122</v>
       </c>
       <c r="C58">
         <v>1260.0</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>123</v>
       </c>
       <c r="B59" t="s">
         <v>124</v>
       </c>
       <c r="C59">
         <v>0.0</v>
       </c>
       <c r="D59" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>125</v>
       </c>
       <c r="B60" t="s">
         <v>126</v>
       </c>
       <c r="C60">
         <v>0.0</v>
       </c>
       <c r="D60" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>127</v>
       </c>
       <c r="B61" t="s">
         <v>128</v>
       </c>
       <c r="C61">
         <v>1581.564</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>129</v>
       </c>
       <c r="B62" t="s">
         <v>130</v>
       </c>
       <c r="C62">
         <v>1680.0</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>131</v>
       </c>
       <c r="B63" t="s">
         <v>132</v>
       </c>
       <c r="C63">
         <v>1771.98</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>133</v>
       </c>
       <c r="B64" t="s">
         <v>134</v>
       </c>
       <c r="C64">
         <v>1771.98</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>135</v>
       </c>
       <c r="B65" t="s">
         <v>136</v>
       </c>
       <c r="C65">
         <v>1899.0</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>137</v>
       </c>
       <c r="B66" t="s">
         <v>138</v>
       </c>
       <c r="C66">
         <v>0.0</v>
@@ -1812,121 +1812,121 @@
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>141</v>
       </c>
       <c r="B68" t="s">
         <v>142</v>
       </c>
       <c r="C68">
         <v>2340.0</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>143</v>
       </c>
       <c r="B69" t="s">
         <v>144</v>
       </c>
       <c r="C69">
         <v>2488.992</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>129</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
         <v>3192.0</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
         <v>3828.0</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
         <v>0.0</v>
       </c>
       <c r="D72" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
         <v>0.0</v>
       </c>
       <c r="D73" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
         <v>7272.0</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
         <v>0.0</v>
       </c>
       <c r="D75" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
         <v>0.0</v>