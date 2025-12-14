--- v1 (2025-12-06)
+++ v2 (2025-12-14)
@@ -34,72 +34,72 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Софтуер за управление работата в класна стая Netsupport school NSS ver.15 +поддръжка за 3 год.</t>
   </si>
   <si>
     <t>SOFT-NET-NSS-IKT-3Y</t>
   </si>
   <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>Софтуер Readiris PDF 22 Business 1 Lic WIN - BOX електронен лиценз</t>
+  </si>
+  <si>
+    <t>IRIS-SOFT-READIRIS22-BOX</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Софтуер Readiris PDF 22 Business 1 Lic WIN - BOX електронен лиценз</t>
-[...4 lines deleted...]
-  <si>
     <t>Електронен лиценз - антивирусен софтуер ESET HOME Security Essential, 1 бр. , 1 година</t>
   </si>
   <si>
     <t>SOFT-NOD32-HOMESecEssent</t>
   </si>
   <si>
     <t>Софтуер WinZip SafeMedia 6 License (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-WZ-550</t>
-  </si>
-[...1 lines deleted...]
-    <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Софтуер VideoStudio 2022 Business &amp; Education License (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-VS22-14</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Business Basic (no Teams)</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF365-BB-NOT</t>
   </si>
   <si>
     <t>Софтуер PaintShop Pro 2022 Corporate Edition License Single User</t>
   </si>
   <si>
     <t>FS-SOFT-PAINT-PS-CE1</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Education 365-Day Subscription (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-1</t>
   </si>
@@ -888,219 +888,219 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>49.98</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>60.0</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>70.8</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>119.1</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>119.712</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>129.552</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>138.036</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>143.184</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>143.184</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>157.716</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>195.24</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>195.24</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>238.992</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>268.5</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>276.012</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>285.0</v>
@@ -1112,79 +1112,79 @@
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
         <v>294.996</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>303.408</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>312.0</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>317.448</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>318.0</v>
       </c>
       <c r="D22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>325.44</v>
@@ -1238,569 +1238,569 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
         <v>361.68</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
         <v>420.0</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
         <v>438.996</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
         <v>466.8</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>68</v>
       </c>
       <c r="C31">
         <v>468.828</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>70</v>
       </c>
       <c r="C32">
         <v>478.8</v>
       </c>
       <c r="D32" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>72</v>
       </c>
       <c r="C33">
         <v>482.256</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>74</v>
       </c>
       <c r="C34">
         <v>492.0</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>76</v>
       </c>
       <c r="C35">
         <v>510.0</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" t="s">
         <v>78</v>
       </c>
       <c r="C36">
         <v>526.56</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>79</v>
       </c>
       <c r="B37" t="s">
         <v>80</v>
       </c>
       <c r="C37">
         <v>538.8</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>82</v>
       </c>
       <c r="C38">
         <v>545.76</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
       <c r="C39">
         <v>585.72</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40">
         <v>643.464</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41">
         <v>663.024</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>89</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
       <c r="C42">
         <v>699.0</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>91</v>
       </c>
       <c r="B43" t="s">
         <v>92</v>
       </c>
       <c r="C43">
         <v>702.144</v>
       </c>
       <c r="D43" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>94</v>
       </c>
       <c r="C44">
         <v>702.144</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
       <c r="C45">
         <v>702.144</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>98</v>
       </c>
       <c r="C46">
         <v>702.144</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>99</v>
       </c>
       <c r="B47" t="s">
         <v>100</v>
       </c>
       <c r="C47">
         <v>790.764</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>101</v>
       </c>
       <c r="B48" t="s">
         <v>102</v>
       </c>
       <c r="C48">
         <v>819.168</v>
       </c>
       <c r="D48" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>103</v>
       </c>
       <c r="B49" t="s">
         <v>104</v>
       </c>
       <c r="C49">
         <v>879.6</v>
       </c>
       <c r="D49" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>105</v>
       </c>
       <c r="B50" t="s">
         <v>106</v>
       </c>
       <c r="C50">
         <v>907.2</v>
       </c>
       <c r="D50" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>107</v>
       </c>
       <c r="B51" t="s">
         <v>108</v>
       </c>
       <c r="C51">
         <v>936.528</v>
       </c>
       <c r="D51" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>109</v>
       </c>
       <c r="B52" t="s">
         <v>110</v>
       </c>
       <c r="C52">
         <v>936.528</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>111</v>
       </c>
       <c r="B53" t="s">
         <v>112</v>
       </c>
       <c r="C53">
         <v>944.4</v>
       </c>
       <c r="D53" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>113</v>
       </c>
       <c r="B54" t="s">
         <v>114</v>
       </c>
       <c r="C54">
         <v>945.216</v>
       </c>
       <c r="D54" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>115</v>
       </c>
       <c r="B55" t="s">
         <v>116</v>
       </c>
       <c r="C55">
         <v>954.0</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>117</v>
       </c>
       <c r="B56" t="s">
         <v>118</v>
       </c>
       <c r="C56">
         <v>1092.0</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>119</v>
       </c>
       <c r="B57" t="s">
         <v>120</v>
       </c>
       <c r="C57">
         <v>1150.8</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>121</v>
       </c>
       <c r="B58" t="s">
         <v>122</v>
       </c>
       <c r="C58">
         <v>1260.0</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>123</v>
       </c>
       <c r="B59" t="s">
         <v>124</v>
       </c>
       <c r="C59">
         <v>0.0</v>
       </c>
       <c r="D59" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>125</v>
       </c>
       <c r="B60" t="s">
         <v>126</v>
       </c>
       <c r="C60">
         <v>0.0</v>
       </c>
       <c r="D60" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>127</v>
       </c>
       <c r="B61" t="s">
         <v>128</v>
       </c>
       <c r="C61">
         <v>1581.564</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>129</v>
       </c>
       <c r="B62" t="s">
         <v>130</v>
       </c>
       <c r="C62">
         <v>1680.0</v>
       </c>
       <c r="D62" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>131</v>
       </c>
       <c r="B63" t="s">
         <v>132</v>
       </c>
       <c r="C63">
         <v>1771.98</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>133</v>
       </c>
       <c r="B64" t="s">
         <v>134</v>
       </c>
       <c r="C64">
         <v>1771.98</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>135</v>
       </c>
       <c r="B65" t="s">
         <v>136</v>
       </c>
       <c r="C65">
         <v>1899.0</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>137</v>
       </c>
       <c r="B66" t="s">
         <v>138</v>
       </c>
       <c r="C66">
         <v>0.0</v>
       </c>
       <c r="D66" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>139</v>
       </c>
       <c r="B67" t="s">
         <v>140</v>
       </c>
       <c r="C67">
         <v>0.0</v>
@@ -1826,107 +1826,107 @@
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>143</v>
       </c>
       <c r="B69" t="s">
         <v>144</v>
       </c>
       <c r="C69">
         <v>2488.992</v>
       </c>
       <c r="D69" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>129</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
         <v>3192.0</v>
       </c>
       <c r="D70" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
         <v>3828.0</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
         <v>0.0</v>
       </c>
       <c r="D72" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
         <v>0.0</v>
       </c>
       <c r="D73" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
         <v>7272.0</v>
       </c>
       <c r="D74" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
         <v>0.0</v>
       </c>
       <c r="D75" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
         <v>0.0</v>