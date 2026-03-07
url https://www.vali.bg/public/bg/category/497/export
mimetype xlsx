--- v2 (2025-12-14)
+++ v3 (2026-03-07)
@@ -7,426 +7,414 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$77</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$75</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Софтуер за управление работата в класна стая Netsupport school NSS ver.15 +поддръжка за 3 год.</t>
   </si>
   <si>
     <t>SOFT-NET-NSS-IKT-3Y</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
+    <t>Електронен лиценз - антивирусен софтуер ESET HOME Security Essential, 1 бр. , 1 година</t>
+  </si>
+  <si>
+    <t>SOFT-NOD32-HOMESecEssent</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Софтуер WinZip SafeMedia 6 License (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-WZ-550</t>
+  </si>
+  <si>
+    <t>Софтуер VideoStudio 2022 Business &amp; Education License (1-4)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-VS22-14</t>
+  </si>
+  <si>
     <t>Софтуер Readiris PDF 22 Business 1 Lic WIN - BOX електронен лиценз</t>
   </si>
   <si>
     <t>IRIS-SOFT-READIRIS22-BOX</t>
   </si>
   <si>
-    <t>наличен</t>
-[...17 lines deleted...]
-    <t>FS-SOFT-VS22-14</t>
+    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Business Basic (no Teams)</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF365-BB-NOT</t>
   </si>
   <si>
     <t>Софтуер PaintShop Pro 2022 Corporate Edition License Single User</t>
   </si>
   <si>
     <t>FS-SOFT-PAINT-PS-CE1</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Education 365-Day Subscription (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-1</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Education 365-Day Subscription (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-50</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Business Basic</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF365-BB</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Софтуер ABBYY FineReader PDF Standard, Single User License (ESD), Subscription, 1y</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRSW-FMBL-X</t>
   </si>
   <si>
     <t>Софтуер ABBYY FineReader PDF Standard,Volume License (per Seat), GOV/NPO/EDU, Subscription 1y, 5 - 25 Licenses</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRSW-FGBS-A</t>
   </si>
   <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 1 година</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BB-1</t>
+  </si>
+  <si>
     <t>Софтуер RICOH Smart Integration CONTROL+, 1Y- лиценз, 1 машина</t>
   </si>
   <si>
     <t>RICOH-SOFT-RSI-CTR-1Y-1-4</t>
   </si>
   <si>
     <t>Софтуер Microsoft Windows 11 Home x64 Английски език OEM</t>
   </si>
   <si>
     <t>FS-SOFT-MS-KW9-00632</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Apps for business</t>
   </si>
   <si>
     <t>FS-SOFT-MS-365-APPS-B</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>Софтуер Microsoft Office Home 2024 All Language Euro Zone Reatail Online ESD!!!!</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-OFF-2024-6798</t>
+  </si>
+  <si>
+    <t>Софтуер Microsoft Windows 11 Home English 64 bit  FPP USB</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-HAJ-00090</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite Enterprise CorelSure Maintenance Renewal (1 year) (1-4)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGSEMR1Y</t>
+  </si>
+  <si>
+    <t>Софтуер Microsoft 365 Business Standard</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-OFF-365-BS</t>
+  </si>
+  <si>
+    <t>Софтуер Microsoft Windows 11 Pro x64 Английски език OEM</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-FQC-10528</t>
+  </si>
+  <si>
+    <t>Софтуер  ABBYY FineReader PDF Corporate, Single User License (ESD), Subscription, 1y</t>
+  </si>
+  <si>
+    <t>FS-SOFT-AB-FRCW-FMBL-X</t>
+  </si>
+  <si>
+    <t>Софтуерен пакет за виртуална реалност Corinth, индивидуален уеб лиценз, абонамент за 1 година</t>
+  </si>
+  <si>
+    <t>CORINTH-1DEV-WEB-1Y</t>
+  </si>
+  <si>
+    <t>Попитай за цена</t>
+  </si>
+  <si>
+    <t>Софтуерен пакет за виртуална реалност Corinth, индивидуален настолен лиценз, абонамент за 1 година</t>
+  </si>
+  <si>
+    <t>CORINTH-1DEV-DESK-1Y</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет и Corinth за 1 година за 1 бр очила</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BC-1</t>
+  </si>
+  <si>
+    <t>Софтуер Microsoft 365 Apps for enterprise</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-365-APPS-E</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite Enterprise Education License (incl. 1 Yr CorelSure Maintenance) (1-4)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-GSEE14</t>
+  </si>
+  <si>
+    <t>Софтуер Acrobat Standard for teams Multi European Languages Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-ACRSTD</t>
+  </si>
+  <si>
+    <t>Софтуер MS Windows Pro 11 ESD 64-bit All lang Downloadable</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-ESD-10572</t>
+  </si>
+  <si>
+    <t>Софтуер Microsoft 365 Business Premium</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-OFF-365-BP</t>
+  </si>
+  <si>
+    <t>Софтуер MS Windows Pro FPP 11 64-bit Eng Intl</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-HAV-00163</t>
+  </si>
+  <si>
+    <t>Софтуер Microsoft Office Home and Business 2024 English EuroZone</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-OFF-HB-2024-EN</t>
+  </si>
+  <si>
+    <t>Софтуер Microsoft Office Home and Business 2024 English EuroZone ESD</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-OFFHB-2024-ESD</t>
+  </si>
+  <si>
+    <t>Софтуер Microsoft Office Home and Business 2024 Bulgarian EuroZone Medialess</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-OFF-HB-2024BUL</t>
   </si>
   <si>
     <t>Софтуер Microsoft Office Home 2024 English EuroZone Medialess ESD</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFFHS24EN-ESD</t>
   </si>
   <si>
-    <t>Софтуер Microsoft Windows 11 Home English 64 bit  FPP USB</t>
-[...89 lines deleted...]
-    <t>FS-SOFT-MS-HAV-00163</t>
+    <t>Софтуер  ABBYY FineReader PDF Corporate, Volume Licenses (concurrent), Subscription 1y, 5 - 25 Licenses</t>
+  </si>
+  <si>
+    <t>FS-SOFT-AB-FR15CCSM1Y</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BB-3</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subs. (51-250)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-250</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subscription Renewal (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CORELDRGS365RNW-2</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Acrobat Pro for teams Multi European Languages Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-ACRPRO-N19</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subs. (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-550</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subs. (Single User)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-1</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subscription Renewal (51-250)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CRLDRGS365RNW250</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subscription Renewal Single User</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CORELDRGS365RNW</t>
+  </si>
+  <si>
+    <t>Софтуер Painter 2022 License (Single User)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-PAINTER-1</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BC-3</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Audition for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-AUD</t>
+  </si>
+  <si>
+    <t>Софтуер SOUND FORGE Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-SOUNDFORGE</t>
+  </si>
+  <si>
+    <t>Софтуер MAGIX VEGAS Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-VEGAS-PRO</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-PREMPRO</t>
   </si>
   <si>
     <t>Софтуер Adobe InDesign for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-INDESIG</t>
   </si>
   <si>
-    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
-[...112 lines deleted...]
-  <si>
     <t>Софтуер Adobe Illustrator for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-ILLUSTR</t>
   </si>
   <si>
-    <t>Софтуер Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
-[...4 lines deleted...]
-  <si>
     <t>Софтуер Adobe Photoshop for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-PHOTOSH</t>
   </si>
   <si>
     <t>Софтуер Adobe Sign for business, Other, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-SIGNBA</t>
   </si>
   <si>
     <t>Софтуер Autodesk AUTOCAD LT 2024 NEW SGL-US 1YR SUBSCRIPTION</t>
   </si>
   <si>
     <t>FS-SOFT-AUTODESK-CADLT</t>
-  </si>
-[...4 lines deleted...]
-    <t>SOFT-VR-BC-3</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, уеб лиценз за класна стая от 2 до 20 устройства, абонамент за 1 година</t>
   </si>
   <si>
     <t>CORINTH-CLASS-WEB-1Y</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, настолен лиценз за класна стая от 2 до 20 устройства, абонамент за 1 година</t>
   </si>
   <si>
     <t>CORINTH-CLASS-DESK-1Y</t>
   </si>
   <si>
     <t>Софтуер  ABBYY FineReader PDF Corporate, Volume Licenses (concurrent), Subscription 3y, 5 - 25 Licenses</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRCW-FMCC-A</t>
   </si>
   <si>
     <t>Софтуер Netsupport DNA Corporate Edition Pack A- за упрaвление и контрол на ИТ активи</t>
   </si>
   <si>
     <t>SOFT-NET-DNA-CORP-A-25</t>
   </si>
@@ -835,1130 +823,1102 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D77"/>
+  <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>49.98</v>
+        <v>30.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>60.0</v>
+        <v>36.204</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>70.8</v>
+        <v>60.888</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>119.1</v>
+        <v>61.2</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>119.712</v>
+        <v>61.356</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>129.552</v>
+        <v>66.24</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>138.036</v>
+        <v>70.584</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>143.184</v>
+        <v>73.212</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>143.184</v>
+        <v>73.212</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>157.716</v>
+        <v>80.64</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>195.24</v>
+        <v>99.828</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>195.24</v>
+        <v>99.828</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>238.992</v>
+        <v>117.6</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>268.5</v>
+        <v>122.196</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>276.012</v>
+        <v>137.28</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>285.0</v>
+        <v>141.12</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>294.996</v>
+        <v>145.716</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>303.408</v>
+        <v>150.828</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>312.0</v>
+        <v>154.8</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>317.448</v>
+        <v>162.588</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>318.0</v>
+        <v>163.2</v>
       </c>
       <c r="D22" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>325.44</v>
+        <v>166.392</v>
       </c>
       <c r="D23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>0.0</v>
       </c>
       <c r="D24" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
         <v>0.0</v>
       </c>
       <c r="D25" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
-        <v>360.504</v>
+        <v>180.0</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
-        <v>361.68</v>
+        <v>184.32</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
-        <v>420.0</v>
+        <v>184.92</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
-        <v>438.996</v>
+        <v>224.46</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
-        <v>466.8</v>
+        <v>238.668</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>68</v>
       </c>
       <c r="C31">
-        <v>468.828</v>
+        <v>239.712</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>70</v>
       </c>
       <c r="C32">
-        <v>478.8</v>
+        <v>244.812</v>
       </c>
       <c r="D32" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>72</v>
       </c>
       <c r="C33">
-        <v>482.256</v>
+        <v>275.484</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>74</v>
       </c>
       <c r="C34">
-        <v>492.0</v>
+        <v>275.484</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>76</v>
       </c>
       <c r="C35">
-        <v>510.0</v>
+        <v>279.048</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" t="s">
         <v>78</v>
       </c>
       <c r="C36">
-        <v>526.56</v>
+        <v>285.0</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>79</v>
       </c>
       <c r="B37" t="s">
         <v>80</v>
       </c>
       <c r="C37">
-        <v>538.8</v>
+        <v>299.472</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>82</v>
       </c>
       <c r="C38">
-        <v>545.76</v>
+        <v>300.0</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
       <c r="C39">
-        <v>585.72</v>
+        <v>328.992</v>
       </c>
       <c r="D39" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40">
-        <v>643.464</v>
+        <v>339.0</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41">
-        <v>663.024</v>
+        <v>357.396</v>
       </c>
       <c r="D41" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>89</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
       <c r="C42">
-        <v>699.0</v>
+        <v>359.004</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>91</v>
       </c>
       <c r="B43" t="s">
         <v>92</v>
       </c>
       <c r="C43">
-        <v>702.144</v>
+        <v>359.004</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>94</v>
       </c>
       <c r="C44">
-        <v>702.144</v>
+        <v>359.004</v>
       </c>
       <c r="D44" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
       <c r="C45">
-        <v>702.144</v>
+        <v>359.004</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>98</v>
       </c>
       <c r="C46">
-        <v>702.144</v>
+        <v>418.836</v>
       </c>
       <c r="D46" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>99</v>
       </c>
       <c r="B47" t="s">
         <v>100</v>
       </c>
       <c r="C47">
-        <v>790.764</v>
+        <v>444.0</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>101</v>
       </c>
       <c r="B48" t="s">
         <v>102</v>
       </c>
       <c r="C48">
-        <v>819.168</v>
+        <v>463.848</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>103</v>
       </c>
       <c r="B49" t="s">
         <v>104</v>
       </c>
       <c r="C49">
-        <v>879.6</v>
+        <v>478.836</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>105</v>
       </c>
       <c r="B50" t="s">
         <v>106</v>
       </c>
       <c r="C50">
-        <v>907.2</v>
+        <v>478.836</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>107</v>
       </c>
       <c r="B51" t="s">
         <v>108</v>
       </c>
       <c r="C51">
-        <v>936.528</v>
+        <v>482.256</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>109</v>
       </c>
       <c r="B52" t="s">
         <v>110</v>
       </c>
       <c r="C52">
-        <v>936.528</v>
+        <v>482.256</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>111</v>
       </c>
       <c r="B53" t="s">
         <v>112</v>
       </c>
       <c r="C53">
-        <v>944.4</v>
+        <v>482.868</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>113</v>
       </c>
       <c r="B54" t="s">
         <v>114</v>
       </c>
       <c r="C54">
-        <v>945.216</v>
+        <v>526.8</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>115</v>
       </c>
       <c r="B55" t="s">
         <v>116</v>
       </c>
       <c r="C55">
-        <v>954.0</v>
+        <v>558.336</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>117</v>
       </c>
       <c r="B56" t="s">
         <v>118</v>
       </c>
       <c r="C56">
-        <v>1092.0</v>
+        <v>588.396</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>119</v>
       </c>
       <c r="B57" t="s">
         <v>120</v>
       </c>
       <c r="C57">
-        <v>1150.8</v>
+        <v>0.0</v>
       </c>
       <c r="D57" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>121</v>
       </c>
       <c r="B58" t="s">
         <v>122</v>
       </c>
       <c r="C58">
-        <v>1260.0</v>
+        <v>0.0</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>123</v>
       </c>
       <c r="B59" t="s">
         <v>124</v>
       </c>
       <c r="C59">
-        <v>0.0</v>
+        <v>808.644</v>
       </c>
       <c r="D59" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>125</v>
       </c>
       <c r="B60" t="s">
         <v>126</v>
       </c>
       <c r="C60">
-        <v>0.0</v>
+        <v>858.972</v>
       </c>
       <c r="D60" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>127</v>
       </c>
       <c r="B61" t="s">
         <v>128</v>
       </c>
       <c r="C61">
-        <v>1581.564</v>
+        <v>906.0</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>129</v>
       </c>
       <c r="B62" t="s">
         <v>130</v>
       </c>
       <c r="C62">
-        <v>1680.0</v>
+        <v>906.0</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>131</v>
       </c>
       <c r="B63" t="s">
         <v>132</v>
       </c>
       <c r="C63">
-        <v>1771.98</v>
+        <v>970.944</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>133</v>
       </c>
       <c r="B64" t="s">
         <v>134</v>
       </c>
       <c r="C64">
-        <v>1771.98</v>
+        <v>0.0</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>135</v>
       </c>
       <c r="B65" t="s">
         <v>136</v>
       </c>
       <c r="C65">
-        <v>1899.0</v>
+        <v>0.0</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>137</v>
       </c>
       <c r="B66" t="s">
         <v>138</v>
       </c>
       <c r="C66">
-        <v>0.0</v>
+        <v>1196.424</v>
       </c>
       <c r="D66" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>139</v>
       </c>
       <c r="B67" t="s">
         <v>140</v>
       </c>
       <c r="C67">
-        <v>0.0</v>
+        <v>1272.6</v>
       </c>
       <c r="D67" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>125</v>
+      </c>
+      <c r="B68" t="s">
         <v>141</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>2340.0</v>
+        <v>1632.048</v>
       </c>
       <c r="D68" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>142</v>
+      </c>
+      <c r="B69" t="s">
         <v>143</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>2488.992</v>
+        <v>1957.224</v>
       </c>
       <c r="D69" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>129</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>3192.0</v>
+        <v>0.0</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>3828.0</v>
+        <v>0.0</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>0.0</v>
+        <v>3718.116</v>
       </c>
       <c r="D72" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
         <v>0.0</v>
       </c>
       <c r="D73" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>7272.0</v>
+        <v>0.0</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
-[...12 lines deleted...]
-      <c r="D75" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="76" spans="1:4">
-[...12 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D77"/>
+  <autoFilter ref="A1:D75"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>