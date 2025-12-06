--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -14,344 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$77</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 650 SB, 650VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI650SB</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI850SB</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 600 STL, 600VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI600STL</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
-[...5 lines deleted...]
-    <t>на път</t>
+    <t>не е в наличност</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI650SH</t>
   </si>
   <si>
     <t>UPS FSP Group IFP800, 800VA, 480W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
   <si>
     <t>FORT-UPS-IFP800</t>
   </si>
   <si>
+    <t>UPS POWERWALKER  VI 850 SH, 850VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI850SH</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 800 STL, 800VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI800STL</t>
   </si>
   <si>
-    <t>UPS POWERWALKER  VI 850 SH, 850VA, Line Interactive</t>
-[...2 lines deleted...]
-    <t>POWER-UPS-VI850SH</t>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 MS, 1000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000MS</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 SB, 1000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000SB</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
-[...13 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 600 SW, 600VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-Vi600SW</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>UPS FSP Group IFP1000, 1000VA, 600W, Line Interactive, LCD, 2x шуко+ 2xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-IFP1000VA</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 800 SW, 800VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-Vi800SW</t>
   </si>
   <si>
+    <t>UPS POWERWALKER  VI 1200 IEC, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200IEC</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 LCD, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000LCD</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER  VI 1200 SH, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200SH</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500STL</t>
   </si>
   <si>
-    <t>UPS POWERWALKER  VI 1200 IEC, 1200VA, Line Interactive</t>
-[...16 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 600 CSW, 600VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI600CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1200 SHL LCD, 1200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200SHL</t>
   </si>
   <si>
+    <t>UPS FSP Group IFP1500, 1500VA, 900W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP1500</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 800 CSW, 800VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI800CSW</t>
   </si>
   <si>
-    <t>UPS FSP Group IFP1500, 1500VA, 900W, Line Interactive, LCD, 2x RJ11/RJ45</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 2200 SH, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SH</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 500 R1U, 500 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI500R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 SH 6x IEC, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SH-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 SHL LCD, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SHL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 CSW, 1000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1200 CSW, 1200 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500LCD</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI1000GXB, За професионален гейминг, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000GXB</t>
+  </si>
+  <si>
+    <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP2000</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 2000 LCD, 2000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000LCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 750 R1U, 750 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI750R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW IEC, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI1000GXB, За професионален гейминг, 1000VA, Line Interactive</t>
-[...10 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 1000 TG 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000TG</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Tower, 1000VA, 900W, OnLine, LCD, 3xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-1000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI VI1200RLE, 1200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI1500GXB за професионален гейминг, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500GXB</t>
   </si>
   <si>
     <t>UPS POWERWALKER  VI2200RLE, 2200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CW IEC, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CWIEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000C LCD, 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CLCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000 STL, 3000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000STL</t>
   </si>
   <si>
+    <t>UPS FSP Group Champ Rack 1K, 1000VA, 900W, LCD, 3 Schuko, USB, RS-232</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-1000VA-RK</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 1000 R1U, 1000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000R1U</t>
-  </si>
-[...4 lines deleted...]
-    <t>FORT-UPS-CHAMP-1000VA-RK</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 ICT IoT PF1 1000VA/ 1000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000ICT-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2000 CW IEC, 2000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000CWIEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500RT HID LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500RT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 CG PF1 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CG</t>
   </si>
@@ -874,1090 +871,1090 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>102.24</v>
+        <v>102.72</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>120.0</v>
+        <v>135.168</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>134.532</v>
+        <v>137.34</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>136.272</v>
+        <v>137.52</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>146.484</v>
+        <v>148.164</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>147.6</v>
+        <v>154.176</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>153.72</v>
+        <v>169.8</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>160.8</v>
+        <v>171.624</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>160.8</v>
+        <v>172.74</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>170.472</v>
+        <v>174.528</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>181.884</v>
+        <v>182.736</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>219.792</v>
+        <v>211.656</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>222.756</v>
+        <v>223.8</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>249.6</v>
+        <v>252.54</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>251.364</v>
+        <v>253.98</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>252.792</v>
+        <v>254.592</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>253.404</v>
+        <v>260.184</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>262.068</v>
+        <v>263.304</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>263.628</v>
+        <v>264.864</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>280.8</v>
+        <v>279.0</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>310.632</v>
+        <v>305.928</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>314.52</v>
+        <v>312.084</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>314.712</v>
+        <v>316.188</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>314.712</v>
+        <v>316.188</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>314.712</v>
+        <v>316.188</v>
       </c>
       <c r="D26" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>329.016</v>
+        <v>330.564</v>
       </c>
       <c r="D27" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>330.432</v>
+        <v>331.98</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>353.544</v>
+        <v>355.2</v>
       </c>
       <c r="D29" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>371.94</v>
+        <v>373.68</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>380.112</v>
+        <v>373.74</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>394.416</v>
+        <v>378.996</v>
       </c>
       <c r="D32" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>396.456</v>
+        <v>381.9</v>
       </c>
       <c r="D33" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>398.508</v>
+        <v>396.264</v>
       </c>
       <c r="D34" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>411.924</v>
+        <v>398.316</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>421.68</v>
+        <v>400.38</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>453.684</v>
+        <v>455.808</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>474.0</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>480.252</v>
+        <v>482.508</v>
       </c>
       <c r="D39" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>488.424</v>
+        <v>490.716</v>
       </c>
       <c r="D40" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>527.244</v>
+        <v>529.728</v>
       </c>
       <c r="D41" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>527.244</v>
+        <v>529.728</v>
       </c>
       <c r="D42" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>543.6</v>
+        <v>546.156</v>
       </c>
       <c r="D43" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>570.168</v>
+        <v>572.844</v>
       </c>
       <c r="D44" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>602.868</v>
+        <v>592.644</v>
       </c>
       <c r="D45" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>602.916</v>
+        <v>605.7</v>
       </c>
       <c r="D46" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>633.516</v>
+        <v>636.492</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>674.388</v>
+        <v>677.556</v>
       </c>
       <c r="D48" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>694.824</v>
+        <v>698.088</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>715.26</v>
+        <v>718.62</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>715.26</v>
+        <v>718.62</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>719.352</v>
+        <v>722.724</v>
       </c>
       <c r="D52" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C53">
         <v>730.644</v>
       </c>
       <c r="D53" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>731.604</v>
+        <v>735.048</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>752.04</v>
+        <v>755.58</v>
       </c>
       <c r="D55" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>758.172</v>
+        <v>761.736</v>
       </c>
       <c r="D56" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>797.004</v>
+        <v>800.748</v>
       </c>
       <c r="D57" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>849.504</v>
+        <v>847.944</v>
       </c>
       <c r="D58" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>856.272</v>
+        <v>860.292</v>
       </c>
       <c r="D59" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>856.272</v>
+        <v>860.292</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>864.444</v>
+        <v>868.5</v>
       </c>
       <c r="D61" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="C62">
         <v>948.468</v>
       </c>
       <c r="D62" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>976.836</v>
+        <v>1006.068</v>
       </c>
       <c r="D63" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>1113.768</v>
+        <v>1119.0</v>
       </c>
       <c r="D64" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>1140.324</v>
+        <v>1145.688</v>
       </c>
       <c r="D65" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>1318.728</v>
+        <v>1298.172</v>
       </c>
       <c r="D66" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>1324.248</v>
+        <v>1330.476</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>1532.7</v>
+        <v>1539.9</v>
       </c>
       <c r="D68" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="C69">
         <v>1575.624</v>
       </c>
       <c r="D69" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C70">
         <v>1726.416</v>
       </c>
       <c r="D70" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71">
+        <v>1800.66</v>
+      </c>
+      <c r="D71" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>148</v>
+      </c>
+      <c r="B72" t="s">
         <v>149</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>2231.616</v>
+        <v>2242.092</v>
       </c>
       <c r="D72" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>150</v>
+      </c>
+      <c r="B73" t="s">
         <v>151</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>2799.732</v>
+        <v>2812.884</v>
       </c>
       <c r="D73" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>152</v>
+      </c>
+      <c r="B74" t="s">
         <v>153</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>3106.272</v>
+        <v>3120.864</v>
       </c>
       <c r="D74" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" t="s">
         <v>155</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>3214.584</v>
+        <v>3229.68</v>
       </c>
       <c r="D75" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" t="s">
         <v>157</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>3993.192</v>
+        <v>4011.948</v>
       </c>
       <c r="D76" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D77"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>