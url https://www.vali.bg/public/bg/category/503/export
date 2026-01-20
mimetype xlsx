--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,206 +7,212 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$77</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$78</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 650 SB, 650VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI650SB</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI850SB</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 600 STL, 600VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI600STL</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI650SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER  VI 850 SH, 850VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI850SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 MS, 1000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000MS</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 800 STL, 800VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI800STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 SB, 1000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000SB</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 600 SW, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-Vi600SW</t>
+  </si>
+  <si>
+    <t>UPS FSP Group IFP800, 800VA, 480W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP800</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
-[...47 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>UPS POWERWALKER VI 800 SW, 800VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-Vi800SW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER  VI 1200 IEC, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200IEC</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 LCD, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000LCD</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER  VI 1200 SH, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 600 CSW, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI600CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 SHL LCD, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200SHL</t>
   </si>
   <si>
     <t>UPS FSP Group IFP1000, 1000VA, 600W, Line Interactive, LCD, 2x шуко+ 2xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-IFP1000VA</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 800 SW, 800VA, Line Interactive</t>
-[...40 lines deleted...]
-  <si>
     <t>UPS FSP Group IFP1500, 1500VA, 900W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
   <si>
     <t>FORT-UPS-IFP1500</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200STL</t>
   </si>
   <si>
+    <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP2000</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 800 CSW, 800VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI800CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 SH, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SH</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 500 R1U, 500 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI500R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 SH 6x IEC, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SH-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 SHL LCD, 2200VA, Line Interactive</t>
@@ -217,56 +223,50 @@
   <si>
     <t>UPS POWERWALKER VI 1000 CSW, 1000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1200 CSW, 1200 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500LCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI1000GXB, За професионален гейминг, 1000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000GXB</t>
   </si>
   <si>
-    <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 2000 LCD, 2000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000LCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 750 R1U, 750 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI750R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW IEC, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 TG 1000VA, On-Line</t>
@@ -295,213 +295,219 @@
   <si>
     <t>UPS POWERWALKER  VI2200RLE, 2200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CW IEC, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CWIEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000C LCD, 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CLCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000 STL, 3000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000STL</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 1000 R1U, 1000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000R1U</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 1000 ICT IoT PF1 1000VA/ 1000 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1000ICT-IoT</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2000 CW IEC, 2000 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2000CWIEC</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500RT HID LCD, 1500VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500RT</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 1000 CG PF1 1000VA, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1000CG</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 2000 TG 2000VA, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI2000TG</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 R1U, 1500 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500R1U</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 1500 ICT IoT  PF1 1500VA/ 1500 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1500ICT-IoT</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 3000RLE, 3000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI3000RLE</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 3000 CW, 3000 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI3000CW</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ Rack 1K, 1000VA, 900W, LCD, 3 Schuko, USB, RS-232</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-1000VA-RK</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 R1U, 1000 VA Line Interactive</t>
-[...38 lines deleted...]
-    <t>POWER-UPS-VI1500R1U</t>
+    <t>UPS POWERWALKER VFI 1000 ICR IoT PF1 1000VA/ 1000 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1000ICR-IoT</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 1500 CG PF1 1500VA, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1500CG</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 3000 TG 3000VA, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI3000TG</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2000RT HID LCD, 1500VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2000RT</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 1500 ICR IoT PF1 1500VA/ 1500 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1500ICR-IoT</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Tower, 2000VA, 1800W, OnLine, LCD, 4xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-2000VA</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VFI 1500 ICT IoT  PF1 1500VA/ 1500 W, On-Line</t>
-[...20 lines deleted...]
-    <t>POWER-UPS-VFI1000ICR-IoT</t>
+    <t>UPS POWERWALKER VFI 2000 ICT IoT  PF1 2000VA/ 2000 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI2000ICT-IoT</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 3000 ICT IoT  PF1 3000VA - 3000 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI3000ICT-IoT</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Tower, 3000VA, 2700W, OnLine, LCD, 4xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-3000VA</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VFI 1500 CG PF1 1500VA, On-Line</t>
-[...14 lines deleted...]
-    <t>POWER-UPS-VFI1500ICR-IoT</t>
+    <t>UPS POWERWALKER VFI 2000 ICR IoT PF1 2000VA/ 2000 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI2000ICR-IoT</t>
+  </si>
+  <si>
+    <t>UPS FSP Group Champ Rack 3K, 3000VA, 2700W, LCD, 3 Schuko, USB, RS-232</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-3000VA-RK</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Rack 2K, 2000VA, 1800W, LCD, 3 Schuko, USB, RS-232</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-2000VA-RK</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VFI 2000 ICT IoT  PF1 2000VA/ 2000 W, On-Line</t>
-[...22 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 3000 ICR IoT  PF1 3000VA/ 3000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000ICR-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 3000 CG PF1 3000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000CG</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VFI 1000 LICR IoT PF1 1000VA/ 1000 W- С ЛИТИЕВА БАТЕРИЯ!</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1000LICR-IoT</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>UPS FSP Group Champ Tower 6K, 6000VA, 5400W, LCD, Не са вкл. батерии</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-6000KL</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ 6KL RM (PPF54A1300), 6000VA, 5400W, LCD, USB, RS-232</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-1106RL-RM</t>
-  </si>
-[...13 lines deleted...]
-    <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1500 LICR IoT PF1 1500VA/ 1500 W  С ЛИТИЕВА БАТЕРИЯ!</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500LICR-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 6000 CG LCD, 6000VA, On-Line PF1</t>
   </si>
   <si>
     <t>POWER-UPS-VFI6000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 10 000 CG LCD, 10 000 VA, On-Line PF1</t>
   </si>
   <si>
     <t>POWER-UPS-VFI10000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 LICR IoT PF1 2000 VA/ 2000 W - С ЛИТИЕВА БАТЕРИЯ!</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000LICR-IoT</t>
   </si>
@@ -835,1130 +841,1144 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D77"/>
+  <dimension ref="A1:D78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>102.72</v>
+        <v>52.644</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>135.168</v>
+        <v>69.276</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>137.34</v>
+        <v>70.392</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>137.52</v>
+        <v>70.596</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>148.164</v>
+        <v>78.708</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>154.176</v>
+        <v>83.556</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>169.8</v>
+        <v>87.024</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>171.624</v>
+        <v>87.96</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10">
+        <v>89.448</v>
+      </c>
+      <c r="D10" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>174.528</v>
+        <v>93.648</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>182.736</v>
+        <v>101.76</v>
       </c>
       <c r="D12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>211.656</v>
+        <v>114.696</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>223.8</v>
+        <v>129.432</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>252.54</v>
+        <v>130.164</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>253.98</v>
+        <v>130.488</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>254.592</v>
+        <v>133.344</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>260.184</v>
+        <v>134.94</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>263.304</v>
+        <v>135.744</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>264.864</v>
+        <v>145.368</v>
       </c>
       <c r="D20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>279.0</v>
+        <v>153.6</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>305.928</v>
+        <v>156.792</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>312.084</v>
+        <v>158.868</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>316.188</v>
+        <v>159.948</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>316.188</v>
+        <v>162.048</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>316.188</v>
+        <v>162.048</v>
       </c>
       <c r="D26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>330.564</v>
+        <v>162.048</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>331.98</v>
+        <v>169.416</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>355.2</v>
+        <v>170.148</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>373.68</v>
+        <v>182.04</v>
       </c>
       <c r="D30" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>373.74</v>
+        <v>191.52</v>
       </c>
       <c r="D31" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>378.996</v>
+        <v>191.544</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>381.9</v>
+        <v>195.72</v>
       </c>
       <c r="D33" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>396.264</v>
+        <v>203.088</v>
       </c>
       <c r="D34" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>398.316</v>
+        <v>204.144</v>
       </c>
       <c r="D35" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>400.38</v>
+        <v>205.2</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>455.808</v>
+        <v>233.604</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>474.0</v>
+        <v>242.352</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>482.508</v>
+        <v>247.284</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>490.716</v>
+        <v>251.496</v>
       </c>
       <c r="D40" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>529.728</v>
+        <v>271.488</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>529.728</v>
+        <v>271.488</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>546.156</v>
+        <v>279.912</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>572.844</v>
+        <v>293.592</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>592.644</v>
+        <v>310.428</v>
       </c>
       <c r="D45" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>605.7</v>
+        <v>326.208</v>
       </c>
       <c r="D46" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>636.492</v>
+        <v>347.256</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>677.556</v>
+        <v>357.78</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>698.088</v>
+        <v>368.304</v>
       </c>
       <c r="D49" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>718.62</v>
+        <v>368.304</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>718.62</v>
+        <v>370.404</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>722.724</v>
+        <v>376.716</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>730.644</v>
+        <v>387.24</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>735.048</v>
+        <v>390.396</v>
       </c>
       <c r="D54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>755.58</v>
+        <v>407.028</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>761.736</v>
+        <v>410.388</v>
       </c>
       <c r="D56" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>800.748</v>
+        <v>440.904</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>847.944</v>
+        <v>440.904</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>860.292</v>
+        <v>441.96</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>860.292</v>
+        <v>445.116</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>868.5</v>
+        <v>483.204</v>
       </c>
       <c r="D61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>948.468</v>
+        <v>515.616</v>
       </c>
       <c r="D62" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>1006.068</v>
+        <v>573.492</v>
       </c>
       <c r="D63" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>1119.0</v>
+        <v>584.088</v>
       </c>
       <c r="D64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>1145.688</v>
+        <v>587.172</v>
       </c>
       <c r="D65" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>1298.172</v>
+        <v>598.8</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>1330.476</v>
+        <v>661.344</v>
       </c>
       <c r="D67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>1539.9</v>
+        <v>681.876</v>
       </c>
       <c r="D68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>1575.624</v>
+        <v>789.216</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>1726.416</v>
+        <v>922.848</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>1800.66</v>
+        <v>950.52</v>
       </c>
       <c r="D71" t="s">
-        <v>147</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>2242.092</v>
+        <v>1078.056</v>
       </c>
       <c r="D72" t="s">
-        <v>147</v>
+        <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>2812.884</v>
+        <v>1149.084</v>
       </c>
       <c r="D73" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>3120.864</v>
+        <v>1441.62</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>3229.68</v>
+        <v>1599.468</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>4011.948</v>
+        <v>1655.232</v>
       </c>
       <c r="D76" t="s">
-        <v>147</v>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>158</v>
+      </c>
+      <c r="B77" t="s">
+        <v>159</v>
+      </c>
+      <c r="C77">
+        <v>2056.152</v>
+      </c>
+      <c r="D77" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D77"/>
+  <autoFilter ref="A1:D78"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>