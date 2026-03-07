--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -14,500 +14,503 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$78</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 650 SB, 650VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI650SB</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI850SB</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
-[...2 lines deleted...]
-    <t>POWER-UPS-VI850SB</t>
+    <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI650SH</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 600 STL, 600VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI600STL</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
-[...2 lines deleted...]
-    <t>POWER-UPS-VI650SH</t>
+    <t>UPS FSP Group IFP800, 800VA, 480W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP800</t>
   </si>
   <si>
     <t>UPS POWERWALKER  VI 850 SH, 850VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI850SH</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 MS, 1000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000MS</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 800 STL, 800VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI800STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 SB, 1000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000SB</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 600 SW, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-Vi600SW</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 600 SW, 600VA, Line Interactive</t>
-[...8 lines deleted...]
-    <t>FORT-UPS-IFP800</t>
+    <t>UPS FSP Group IFP1000, 1000VA, 600W, Line Interactive, LCD, 2x шуко+ 2xIEC</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP1000VA</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 800 SW, 800VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-Vi800SW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER  VI 1200 IEC, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200IEC</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 LCD, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000LCD</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER  VI 1200 SH, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 600 CSW, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI600CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 SHL LCD, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200SHL</t>
+  </si>
+  <si>
+    <t>UPS FSP Group IFP1500, 1500VA, 900W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP1500</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 800 CSW, 800VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI800CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 SH, 2200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 500 R1U, 500 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI500R1U</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 800 SW, 800VA, Line Interactive</t>
-[...56 lines deleted...]
-    <t>POWER-UPS-VI2200STL</t>
+    <t>UPS POWERWALKER VI 2200 SH 6x IEC, 2200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200SH-IEC</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 SHL LCD, 2200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200SHL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 CSW, 1000 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 CSW, 1200 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 LCD, 1500VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500LCD</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2000 LCD, 2000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2000LCD</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 750 R1U, 750 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI750R1U</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 CSW IEC, 1500 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500CSW-IEC</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 CSW, 1500 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500CSW</t>
   </si>
   <si>
     <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
   <si>
     <t>FORT-UPS-IFP2000</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 800 CSW, 800VA, Line Interactive</t>
-[...44 lines deleted...]
-    <t>POWER-UPS-VI1500LCD</t>
+    <t>UPS FSP Group Champ Tower, 1000VA, 900W, OnLine, LCD, 3xIEC</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-1000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI1000GXB, За професионален гейминг, 1000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000GXB</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 2000 LCD, 2000VA, Line Interactive</t>
-[...22 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 1000 TG 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000TG</t>
   </si>
   <si>
-    <t>UPS FSP Group Champ Tower, 1000VA, 900W, OnLine, LCD, 3xIEC</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI VI1200RLE, 1200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI1500GXB за професионален гейминг, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500GXB</t>
   </si>
   <si>
     <t>UPS POWERWALKER  VI2200RLE, 2200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CW IEC, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CWIEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000C LCD, 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CLCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000 STL, 3000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 R1U, 1000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 ICT IoT PF1 1000VA/ 1000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000ICT-IoT</t>
   </si>
   <si>
+    <t>UPS FSP Group Champ Rack 1K, 1000VA, 900W, LCD, 3 Schuko, USB, RS-232</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-1000VA-RK</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 2000 CW IEC, 2000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000CWIEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500RT HID LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500RT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 CG PF1 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 TG 2000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000TG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 R1U, 1500 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1500 ICT IoT  PF1 1500VA/ 1500 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500ICT-IoT</t>
   </si>
   <si>
+    <t>UPS FSP Group Champ Tower, 2000VA, 1800W, OnLine, LCD, 4xIEC</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-2000VA</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 3000RLE, 3000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000 CW, 3000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000CW</t>
   </si>
   <si>
-    <t>UPS FSP Group Champ Rack 1K, 1000VA, 900W, LCD, 3 Schuko, USB, RS-232</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 1000 ICR IoT PF1 1000VA/ 1000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000ICR-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1500 CG PF1 1500VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 3000 TG 3000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000TG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2000RT HID LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000RT</t>
   </si>
   <si>
+    <t>UPS FSP Group Champ Tower, 3000VA, 2700W, OnLine, LCD, 4xIEC</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-3000VA</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VFI 1500 ICR IoT PF1 1500VA/ 1500 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500ICR-IoT</t>
   </si>
   <si>
-    <t>UPS FSP Group Champ Tower, 2000VA, 1800W, OnLine, LCD, 4xIEC</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 2000 ICT IoT  PF1 2000VA/ 2000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000ICT-IoT</t>
   </si>
   <si>
+    <t>UPS FSP Group Champ Rack 2K, 2000VA, 1800W, LCD, 3 Schuko, USB, RS-232</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-2000VA-RK</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VFI 3000 ICT IoT  PF1 3000VA - 3000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000ICT-IoT</t>
   </si>
   <si>
-    <t>UPS FSP Group Champ Tower, 3000VA, 2700W, OnLine, LCD, 4xIEC</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 2000 ICR IoT PF1 2000VA/ 2000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000ICR-IoT</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Rack 3K, 3000VA, 2700W, LCD, 3 Schuko, USB, RS-232</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-3000VA-RK</t>
   </si>
   <si>
-    <t>UPS FSP Group Champ Rack 2K, 2000VA, 1800W, LCD, 3 Schuko, USB, RS-232</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 3000 ICR IoT  PF1 3000VA/ 3000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000ICR-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 3000 CG PF1 3000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000CG</t>
   </si>
   <si>
+    <t>UPS FSP Group Champ Tower 6K, 6000VA, 5400W, LCD, Не са вкл. батерии</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-6000KL</t>
+  </si>
+  <si>
+    <t>UPS FSP Group Champ 6KL RM (PPF54A1300), 6000VA, 5400W, LCD, USB, RS-232</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-1106RL-RM</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VFI 1000 LICR IoT PF1 1000VA/ 1000 W- С ЛИТИЕВА БАТЕРИЯ!</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000LICR-IoT</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
-  </si>
-[...10 lines deleted...]
-    <t>FORT-UPS-CHAMP-1106RL-RM</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1500 LICR IoT PF1 1500VA/ 1500 W  С ЛИТИЕВА БАТЕРИЯ!</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500LICR-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 6000 CG LCD, 6000VA, On-Line PF1</t>
   </si>
   <si>
     <t>POWER-UPS-VFI6000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 10 000 CG LCD, 10 000 VA, On-Line PF1</t>
   </si>
   <si>
     <t>POWER-UPS-VFI10000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 LICR IoT PF1 2000 VA/ 2000 W - С ЛИТИЕВА БАТЕРИЯ!</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000LICR-IoT</t>
   </si>
@@ -877,1104 +880,1104 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>52.644</v>
+        <v>52.908</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>69.276</v>
+        <v>69.624</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>70.392</v>
+        <v>70.62</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>70.596</v>
+        <v>70.74</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>78.708</v>
+        <v>74.508</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>83.556</v>
+        <v>79.56</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>87.024</v>
+        <v>84.9</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
-        <v>87.96</v>
+        <v>87.456</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10">
-        <v>89.448</v>
+        <v>88.404</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>93.648</v>
+        <v>89.892</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>101.76</v>
+        <v>94.128</v>
       </c>
       <c r="D12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>114.696</v>
+        <v>106.44</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>129.432</v>
+        <v>115.272</v>
       </c>
       <c r="D14" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>130.164</v>
+        <v>130.08</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>130.488</v>
+        <v>130.824</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>133.344</v>
+        <v>131.136</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>134.94</v>
+        <v>134.016</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>135.744</v>
+        <v>135.624</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>145.368</v>
+        <v>136.428</v>
       </c>
       <c r="D20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>153.6</v>
+        <v>142.776</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>156.792</v>
+        <v>157.572</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>158.868</v>
+        <v>160.752</v>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>159.948</v>
+        <v>162.864</v>
       </c>
       <c r="D24" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>162.048</v>
+        <v>162.864</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>162.048</v>
+        <v>162.864</v>
       </c>
       <c r="D26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>162.048</v>
+        <v>170.268</v>
       </c>
       <c r="D27" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>169.416</v>
+        <v>171.0</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>170.148</v>
+        <v>182.952</v>
       </c>
       <c r="D29" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>182.04</v>
+        <v>192.48</v>
       </c>
       <c r="D30" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>191.52</v>
+        <v>196.704</v>
       </c>
       <c r="D31" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>191.544</v>
+        <v>204.108</v>
       </c>
       <c r="D32" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>195.72</v>
+        <v>205.164</v>
       </c>
       <c r="D33" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>203.088</v>
+        <v>206.22</v>
       </c>
       <c r="D34" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>204.144</v>
+        <v>209.352</v>
       </c>
       <c r="D35" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>205.2</v>
+        <v>214.296</v>
       </c>
       <c r="D36" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>233.604</v>
+        <v>215.4</v>
       </c>
       <c r="D37" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>242.352</v>
+        <v>234.78</v>
       </c>
       <c r="D38" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>247.284</v>
+        <v>248.532</v>
       </c>
       <c r="D39" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>251.496</v>
+        <v>252.756</v>
       </c>
       <c r="D40" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>271.488</v>
+        <v>272.856</v>
       </c>
       <c r="D41" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>271.488</v>
+        <v>272.856</v>
       </c>
       <c r="D42" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>279.912</v>
+        <v>281.316</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>293.592</v>
+        <v>295.056</v>
       </c>
       <c r="D44" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>310.428</v>
+        <v>311.976</v>
       </c>
       <c r="D45" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>326.208</v>
+        <v>327.84</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>347.256</v>
+        <v>330.0</v>
       </c>
       <c r="D47" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>357.78</v>
+        <v>348.996</v>
       </c>
       <c r="D48" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>368.304</v>
+        <v>359.568</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>368.304</v>
+        <v>370.152</v>
       </c>
       <c r="D50" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>370.404</v>
+        <v>370.152</v>
       </c>
       <c r="D51" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>376.716</v>
+        <v>372.264</v>
       </c>
       <c r="D52" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>387.24</v>
+        <v>378.612</v>
       </c>
       <c r="D53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>390.396</v>
+        <v>382.836</v>
       </c>
       <c r="D54" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>407.028</v>
+        <v>389.184</v>
       </c>
       <c r="D55" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>410.388</v>
+        <v>392.352</v>
       </c>
       <c r="D56" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>440.904</v>
+        <v>412.452</v>
       </c>
       <c r="D57" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>440.904</v>
+        <v>443.112</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>441.96</v>
+        <v>443.112</v>
       </c>
       <c r="D59" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>445.116</v>
+        <v>444.18</v>
       </c>
       <c r="D60" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>483.204</v>
+        <v>483.948</v>
       </c>
       <c r="D61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>515.616</v>
+        <v>486.48</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>573.492</v>
+        <v>518.208</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>584.088</v>
+        <v>525.108</v>
       </c>
       <c r="D64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>587.172</v>
+        <v>576.372</v>
       </c>
       <c r="D65" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>598.8</v>
+        <v>590.124</v>
       </c>
       <c r="D66" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>661.344</v>
+        <v>630.0</v>
       </c>
       <c r="D67" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>681.876</v>
+        <v>685.296</v>
       </c>
       <c r="D68" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>789.216</v>
+        <v>793.176</v>
       </c>
       <c r="D69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>922.848</v>
+        <v>807.252</v>
       </c>
       <c r="D70" t="s">
-        <v>145</v>
+        <v>55</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>950.52</v>
+        <v>908.904</v>
       </c>
       <c r="D71" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>1078.056</v>
+        <v>927.48</v>
       </c>
       <c r="D72" t="s">
-        <v>28</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>151</v>
+      </c>
+      <c r="B73" t="s">
+        <v>152</v>
+      </c>
+      <c r="C73">
+        <v>1154.856</v>
+      </c>
+      <c r="D73" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B74" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C74">
-        <v>1441.62</v>
+        <v>1448.856</v>
       </c>
       <c r="D74" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B75" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C75">
-        <v>1599.468</v>
+        <v>1607.496</v>
       </c>
       <c r="D75" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B76" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C76">
-        <v>1655.232</v>
+        <v>1663.536</v>
       </c>
       <c r="D76" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B77" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C77">
-        <v>2056.152</v>
+        <v>2066.472</v>
       </c>
       <c r="D77" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D78"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>