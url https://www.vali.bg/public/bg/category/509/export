--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$23</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Калъф за таблет Hannspree Zeus Rugged, 13.3", За Zeus 2, Черен</t>
   </si>
   <si>
     <t>HSG-ACC-2G00K</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Универсален калъф HAMA "Piscine", 7", Тъмно син, 173547</t>
   </si>
   <si>
@@ -82,117 +82,111 @@
   <si>
     <t>HAMA-216451</t>
   </si>
   <si>
     <t>Калъф за таблет HAMA Fold Clear, За Apple iPad mini 8.3" (6th gen./2021), 216452</t>
   </si>
   <si>
     <t>HAMA-216452</t>
   </si>
   <si>
     <t>Калъф за таблет HAMA Xpand, 20.3 cm (8"), Черен, 216426</t>
   </si>
   <si>
     <t>HAMA-216426</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Калъф HAMA "Strap", За таблети 9.5 - 11", 216431</t>
   </si>
   <si>
     <t>HAMA-216431</t>
   </si>
   <si>
+    <t>Калъф-стойка за таблет  HAMA Strap, 9.5 - 11", Черен, 216429</t>
+  </si>
+  <si>
+    <t>HAMA-216429</t>
+  </si>
+  <si>
     <t>Калъф-стойка за таблет HAMA Strap, 9.5 - 11", Син, 216430</t>
   </si>
   <si>
     <t>HAMA-216430</t>
   </si>
   <si>
-    <t>Калъф-стойка за таблет  HAMA Strap, 9.5 - 11", Черен, 216429</t>
-[...4 lines deleted...]
-  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Калъф за таблет HAMA Xpand, 9.5 - 11", Черен, 216427</t>
   </si>
   <si>
     <t>HAMA-216427</t>
   </si>
   <si>
+    <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Оранжев</t>
+  </si>
+  <si>
+    <t>HAMA-227076</t>
+  </si>
+  <si>
     <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Розов</t>
   </si>
   <si>
     <t>HAMA-227075</t>
   </si>
   <si>
     <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Син</t>
   </si>
   <si>
     <t>HAMA-227074</t>
   </si>
   <si>
-    <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Оранжев</t>
-[...4 lines deleted...]
-  <si>
     <t>Калъф за таблет HAMA Fold, За Samsung Galaxy Tab S7/ S8 11", Място за писaлка(S-pen), 217169</t>
   </si>
   <si>
     <t>HAMA-217169</t>
   </si>
   <si>
     <t>HAMA Калъф за таблет "Bend 2.0" за Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
   </si>
   <si>
     <t>HAMA-222029</t>
   </si>
   <si>
     <t>HAMA Калъф за таблет "Xpand", 28 - 33 cm (11 - 13"), черен</t>
   </si>
   <si>
     <t>HAMA-227086</t>
   </si>
   <si>
     <t>Калъф за таблет HAMA Fold Clear, За Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", Място за писaлка(S-pen), 217134</t>
   </si>
   <si>
     <t>HAMA-217134</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-217152</t>
   </si>
   <si>
     <t>Калъф за таблет HAMA Fold Clear, За Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", Място за писaлка(S-pen), 217136</t>
   </si>
   <si>
     <t>HAMA-217136</t>
   </si>
   <si>
     <t>Калъф за таблет Hannspree Apollo 2 Rugged, 10.1", За Apollo 2, Черен</t>
   </si>
   <si>
     <t>HSG-ACC-1G00K</t>
   </si>
   <si>
     <t>Калъф с клавиатура Apple Magic Keyboard за iPad Pro 13-inch (M4) - черно</t>
   </si>
   <si>
     <t>APPLE-MWR53BGA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -514,51 +508,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -634,152 +628,152 @@
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>17.592</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>21.948</v>
+        <v>21.54</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>22.212</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>23.016</v>
+        <v>22.608</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>23.016</v>
+        <v>22.992</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>24.78</v>
+        <v>24.528</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>25.728</v>
+        <v>24.96</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>30.348</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>33.36</v>
@@ -802,100 +796,86 @@
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>35.832</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>35.94</v>
+        <v>36.024</v>
       </c>
       <c r="D20" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>36.024</v>
+        <v>85.344</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>85.344</v>
+        <v>815.064</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
-[...12 lines deleted...]
-      <c r="D23" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D24"/>
+  <autoFilter ref="A1:D23"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>