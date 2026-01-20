--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,192 +7,186 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$22</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Универсален калъф HAMA "Piscine", 7", Тъмно син, 173547</t>
+  </si>
+  <si>
+    <t>HAMA-173547</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Универсален калъф HAMA "Piscine", 7", Тюркоаз, 173549</t>
+  </si>
+  <si>
+    <t>HAMA-173549</t>
+  </si>
+  <si>
+    <t>Калъф HAMA Xpand таблет, 17.8 cm (7"), Черен, 173596</t>
+  </si>
+  <si>
+    <t>HAMA-173596</t>
+  </si>
+  <si>
+    <t>Калъф за таблет HAMA Fold, За Apple iPad mini 8.3" (6th gen./2021), 216451</t>
+  </si>
+  <si>
+    <t>HAMA-216451</t>
+  </si>
+  <si>
+    <t>Калъф за таблет HAMA Fold Clear, За Apple iPad mini 8.3" (6th gen./2021), 216452</t>
+  </si>
+  <si>
+    <t>HAMA-216452</t>
+  </si>
+  <si>
+    <t>Калъф за таблет HAMA Xpand, 20.3 cm (8"), Черен, 216426</t>
+  </si>
+  <si>
+    <t>HAMA-216426</t>
+  </si>
+  <si>
+    <t>Калъф HAMA "Strap", За таблети 9.5 - 11", 216431</t>
+  </si>
+  <si>
+    <t>HAMA-216431</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Калъф-стойка за таблет  HAMA Strap, 9.5 - 11", Черен, 216429</t>
+  </si>
+  <si>
+    <t>HAMA-216429</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Калъф-стойка за таблет HAMA Strap, 9.5 - 11", Син, 216430</t>
+  </si>
+  <si>
+    <t>HAMA-216430</t>
+  </si>
+  <si>
+    <t>HAMA Калъф за таблет "Bend 2.0" за Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
+  </si>
+  <si>
+    <t>HAMA-222029</t>
+  </si>
+  <si>
+    <t>Калъф за таблет HAMA Xpand, 9.5 - 11", Черен, 216427</t>
+  </si>
+  <si>
+    <t>HAMA-216427</t>
+  </si>
+  <si>
+    <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Оранжев</t>
+  </si>
+  <si>
+    <t>HAMA-227076</t>
+  </si>
+  <si>
+    <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Розов</t>
+  </si>
+  <si>
+    <t>HAMA-227075</t>
+  </si>
+  <si>
+    <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Син</t>
+  </si>
+  <si>
+    <t>HAMA-227074</t>
+  </si>
+  <si>
+    <t>HAMA Калъф за таблет "Xpand", 28 - 33 cm (11 - 13"), черен</t>
+  </si>
+  <si>
+    <t>HAMA-227086</t>
+  </si>
+  <si>
+    <t>Калъф за таблет HAMA Fold Clear, За Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", Място за писaлка(S-pen), 217134</t>
+  </si>
+  <si>
+    <t>HAMA-217134</t>
+  </si>
+  <si>
+    <t>Калъф за таблет HAMA Fold Clear, За Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", Място за писaлка(S-pen), 217136</t>
+  </si>
+  <si>
+    <t>HAMA-217136</t>
+  </si>
+  <si>
     <t>Калъф за таблет Hannspree Zeus Rugged, 13.3", За Zeus 2, Черен</t>
   </si>
   <si>
     <t>HSG-ACC-2G00K</t>
-  </si>
-[...115 lines deleted...]
-    <t>HAMA-217136</t>
   </si>
   <si>
     <t>Калъф за таблет Hannspree Apollo 2 Rugged, 10.1", За Apollo 2, Черен</t>
   </si>
   <si>
     <t>HSG-ACC-1G00K</t>
   </si>
   <si>
     <t>Калъф с клавиатура Apple Magic Keyboard за iPad Pro 13-inch (M4) - черно</t>
   </si>
   <si>
     <t>APPLE-MWR53BGA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -508,374 +502,360 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D23"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.272</v>
+        <v>2.7</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>5.28</v>
+        <v>2.7</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>5.28</v>
+        <v>5.52</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>10.8</v>
+        <v>8.112</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>15.876</v>
+        <v>8.988</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>17.592</v>
+        <v>11.208</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>21.54</v>
+        <v>11.352</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>22.212</v>
+        <v>11.556</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10">
+        <v>11.76</v>
+      </c>
+      <c r="D10" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>22.992</v>
+        <v>12.276</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>24.528</v>
+        <v>12.732</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>24.96</v>
+        <v>13.128</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>25.38</v>
+        <v>13.164</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>25.38</v>
+        <v>13.164</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>30.348</v>
+        <v>18.096</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>33.36</v>
+        <v>18.324</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>35.388</v>
+        <v>18.42</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>35.832</v>
+        <v>21.6</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>36.024</v>
+        <v>21.6</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>85.344</v>
+        <v>416.736</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
-[...12 lines deleted...]
-      <c r="D22" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D23"/>
+  <autoFilter ref="A1:D22"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>