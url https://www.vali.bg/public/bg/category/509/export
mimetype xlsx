--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,174 +7,168 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$21</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Универсален калъф HAMA "Piscine", 7", Тъмно син, 173547</t>
   </si>
   <si>
     <t>HAMA-173547</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Универсален калъф HAMA "Piscine", 7", Тюркоаз, 173549</t>
   </si>
   <si>
     <t>HAMA-173549</t>
   </si>
   <si>
     <t>Калъф HAMA Xpand таблет, 17.8 cm (7"), Черен, 173596</t>
   </si>
   <si>
     <t>HAMA-173596</t>
   </si>
   <si>
     <t>Калъф за таблет HAMA Fold, За Apple iPad mini 8.3" (6th gen./2021), 216451</t>
   </si>
   <si>
     <t>HAMA-216451</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Калъф за таблет HAMA Fold Clear, За Apple iPad mini 8.3" (6th gen./2021), 216452</t>
   </si>
   <si>
     <t>HAMA-216452</t>
   </si>
   <si>
     <t>Калъф за таблет HAMA Xpand, 20.3 cm (8"), Черен, 216426</t>
   </si>
   <si>
     <t>HAMA-216426</t>
   </si>
   <si>
     <t>Калъф HAMA "Strap", За таблети 9.5 - 11", 216431</t>
   </si>
   <si>
     <t>HAMA-216431</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
+    <t>Калъф-стойка за таблет HAMA Strap, 9.5 - 11", Син, 216430</t>
+  </si>
+  <si>
+    <t>HAMA-216430</t>
+  </si>
+  <si>
     <t>Калъф-стойка за таблет  HAMA Strap, 9.5 - 11", Черен, 216429</t>
   </si>
   <si>
     <t>HAMA-216429</t>
   </si>
   <si>
-    <t>на път</t>
-[...7 lines deleted...]
-  <si>
     <t>HAMA Калъф за таблет "Bend 2.0" за Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
   </si>
   <si>
     <t>HAMA-222029</t>
   </si>
   <si>
     <t>Калъф за таблет HAMA Xpand, 9.5 - 11", Черен, 216427</t>
   </si>
   <si>
     <t>HAMA-216427</t>
   </si>
   <si>
+    <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Син</t>
+  </si>
+  <si>
+    <t>HAMA-227074</t>
+  </si>
+  <si>
     <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Оранжев</t>
   </si>
   <si>
     <t>HAMA-227076</t>
   </si>
   <si>
     <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Розов</t>
   </si>
   <si>
     <t>HAMA-227075</t>
   </si>
   <si>
-    <t>Калъф за таблет "Xpand", 24 - 28 cm (9.5 - 11"), Син</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Калъф за таблет "Xpand", 28 - 33 cm (11 - 13"), черен</t>
   </si>
   <si>
     <t>HAMA-227086</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-217134</t>
   </si>
   <si>
     <t>Калъф за таблет HAMA Fold Clear, За Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", Място за писaлка(S-pen), 217136</t>
   </si>
   <si>
     <t>HAMA-217136</t>
   </si>
   <si>
     <t>Калъф за таблет Hannspree Zeus Rugged, 13.3", За Zeus 2, Черен</t>
   </si>
   <si>
     <t>HSG-ACC-2G00K</t>
   </si>
   <si>
     <t>Калъф за таблет Hannspree Apollo 2 Rugged, 10.1", За Apollo 2, Черен</t>
   </si>
   <si>
     <t>HSG-ACC-1G00K</t>
   </si>
   <si>
     <t>Калъф с клавиатура Apple Magic Keyboard за iPad Pro 13-inch (M4) - черно</t>
   </si>
   <si>
     <t>APPLE-MWR53BGA</t>
   </si>
@@ -502,62 +496,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>2.7</v>
@@ -583,279 +577,265 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>5.52</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>8.112</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>8.988</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
         <v>11.208</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
         <v>11.352</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>11.556</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>11.76</v>
+        <v>11.64</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>12.276</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>12.732</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>13.128</v>
+        <v>13.068</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>13.164</v>
+        <v>13.128</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>13.164</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>18.096</v>
+        <v>15.456</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>18.324</v>
+        <v>18.42</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>18.42</v>
+        <v>21.6</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>21.6</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>21.6</v>
+        <v>416.736</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
-[...13 lines deleted...]
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D22"/>
+  <autoFilter ref="A1:D21"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>