--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,180 +7,174 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Инструмент iFixit Opener Toolkit х5</t>
   </si>
   <si>
     <t>IF145-335-1</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Инструменти iFixit Opening Picks (6-Pack)</t>
   </si>
   <si>
     <t>IF145-123-2</t>
   </si>
   <si>
+    <t>Тръба за огъване Alphacool Silicon Bending Insert 30cm for ID 1/2 / 13mm HardTubes - Blue</t>
+  </si>
+  <si>
+    <t>AC-1013191</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Анти статична подложка iFixit</t>
+  </si>
+  <si>
+    <t>IF145-EU145257-1</t>
+  </si>
+  <si>
+    <t>Xavax Пилинг за дрехи, 95331</t>
+  </si>
+  <si>
+    <t>HAMA-95331</t>
+  </si>
+  <si>
+    <t>Тестер за кабели RJ-45/RJ-11 ESTILLO</t>
+  </si>
+  <si>
+    <t>EST-TESTER-MINI</t>
+  </si>
+  <si>
+    <t>Клещи комбинирани 3 в 1 ESTILLO</t>
+  </si>
+  <si>
+    <t>EST-TOOLS</t>
+  </si>
+  <si>
+    <t>Инструмент iFixit Jimmy за отваряне на лаптопи, мобилни телефони, таблети</t>
+  </si>
+  <si>
+    <t>IF145-259</t>
+  </si>
+  <si>
+    <t>Тестер за мрежови кабели, HAMA-200778</t>
+  </si>
+  <si>
+    <t>HAMA-200778</t>
+  </si>
+  <si>
+    <t>Инструменти iFixit Prying and Opening Tool Assortment Kit</t>
+  </si>
+  <si>
+    <t>IF145-EU145364-1</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Тръба за огъване Alphacool Silicon Bending Insert 30cm for ID 1/2 / 13mm HardTubes - Blue</t>
-[...53 lines deleted...]
-    <t>IF145-EU145364-1</t>
+    <t>Инструмент iFixit Precision Tweezer Set PRO комплект от 3 прецизни пинсети</t>
+  </si>
+  <si>
+    <t>IF145-060-3</t>
   </si>
   <si>
     <t>Инструменти iFixit iFlex, За отваряне на устройства</t>
   </si>
   <si>
     <t>IF145-EU145336</t>
   </si>
   <si>
     <t>Професионални инструменти iFixit Minnow Driver Kit - 16 Precision Bits</t>
   </si>
   <si>
     <t>IF145474-1</t>
   </si>
   <si>
+    <t>Комплект отвертки ARCTIC Ratchet Screwdriver Toolkit</t>
+  </si>
+  <si>
+    <t>ARCTIC-TOOL-AETLS00002A</t>
+  </si>
+  <si>
     <t>Инструмент Alphacool Acrylic Tube Double Bending Tool</t>
   </si>
   <si>
     <t>AC-1012739</t>
   </si>
   <si>
     <t>Комплект отвертки ARCTIC Precision Screwdriver Toolkit</t>
   </si>
   <si>
     <t>ARCTIC-TOOL-AETLS00001A</t>
-  </si>
-[...10 lines deleted...]
-    <t>ARCTIC-TOOL-AETLS00002A</t>
   </si>
   <si>
     <t>Професионални инструменти iFixit Moray - 32 Precision Bits</t>
   </si>
   <si>
     <t>IF145-EU145475-1</t>
   </si>
   <si>
     <t>Инструмент iFixit iOpener Toolkit, IF145-198-9</t>
   </si>
   <si>
     <t>IF145-198-9</t>
   </si>
   <si>
     <t>Магнитна подложка iFixit Magnetic Project Mat 20 x 25 cm</t>
   </si>
   <si>
     <t>IF145-167-4</t>
   </si>
   <si>
     <t>Професионални инструменти iFixit Essential Electronics Toolkit</t>
   </si>
   <si>
     <t>IF145-348-5</t>
   </si>
@@ -562,51 +556,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -615,447 +609,433 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>15.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>15.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>17.94</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>18.0</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>18.0</v>
+        <v>18.984</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>18.984</v>
+        <v>19.2</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>19.2</v>
+        <v>19.8</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>19.8</v>
+        <v>24.996</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>24.996</v>
+        <v>25.608</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11">
+        <v>28.992</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>28.992</v>
+        <v>30.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>31.908</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>34.992</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>37.824</v>
+        <v>35.004</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>39.0</v>
+        <v>37.824</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>45.0</v>
+        <v>39.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>45.0</v>
+        <v>48.996</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>48.996</v>
+        <v>49.152</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>51.864</v>
+        <v>55.008</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>55.008</v>
+        <v>69.0</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>69.0</v>
+        <v>77.784</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>77.784</v>
+        <v>78.996</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>78.996</v>
+        <v>88.992</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>88.992</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>88.992</v>
+        <v>89.28</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>89.28</v>
+        <v>102.0</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>130.656</v>
+        <v>159.0</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>159.0</v>
+        <v>178.992</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>178.992</v>
+        <v>249.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
-[...12 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D32"/>
+  <autoFilter ref="A1:D31"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>