--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,174 +7,168 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$30</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Инструмент iFixit Opener Toolkit х5</t>
   </si>
   <si>
     <t>IF145-335-1</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Инструменти iFixit Opening Picks (6-Pack)</t>
   </si>
   <si>
     <t>IF145-123-2</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Тръба за огъване Alphacool Silicon Bending Insert 30cm for ID 1/2 / 13mm HardTubes - Blue</t>
   </si>
   <si>
     <t>AC-1013191</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Анти статична подложка iFixit</t>
   </si>
   <si>
     <t>IF145-EU145257-1</t>
   </si>
   <si>
     <t>Xavax Пилинг за дрехи, 95331</t>
   </si>
   <si>
     <t>HAMA-95331</t>
   </si>
   <si>
-    <t>Тестер за кабели RJ-45/RJ-11 ESTILLO</t>
-[...4 lines deleted...]
-  <si>
     <t>Клещи комбинирани 3 в 1 ESTILLO</t>
   </si>
   <si>
     <t>EST-TOOLS</t>
   </si>
   <si>
     <t>Инструмент iFixit Jimmy за отваряне на лаптопи, мобилни телефони, таблети</t>
   </si>
   <si>
     <t>IF145-259</t>
   </si>
   <si>
     <t>Тестер за мрежови кабели, HAMA-200778</t>
   </si>
   <si>
     <t>HAMA-200778</t>
   </si>
   <si>
     <t>Инструменти iFixit Prying and Opening Tool Assortment Kit</t>
   </si>
   <si>
     <t>IF145-EU145364-1</t>
   </si>
   <si>
-    <t>не е в наличност</t>
+    <t>Инструменти iFixit iFlex, За отваряне на устройства</t>
+  </si>
+  <si>
+    <t>IF145-EU145336</t>
+  </si>
+  <si>
+    <t>Професионални инструменти iFixit Minnow Driver Kit - 16 Precision Bits</t>
+  </si>
+  <si>
+    <t>IF145474-1</t>
+  </si>
+  <si>
+    <t>Инструмент Alphacool Acrylic Tube Double Bending Tool</t>
+  </si>
+  <si>
+    <t>AC-1012739</t>
+  </si>
+  <si>
+    <t>Комплект отвертки ARCTIC Precision Screwdriver Toolkit</t>
+  </si>
+  <si>
+    <t>ARCTIC-TOOL-AETLS00001A</t>
   </si>
   <si>
     <t>Инструмент iFixit Precision Tweezer Set PRO комплект от 3 прецизни пинсети</t>
   </si>
   <si>
     <t>IF145-060-3</t>
   </si>
   <si>
-    <t>Инструменти iFixit iFlex, За отваряне на устройства</t>
-[...10 lines deleted...]
-  <si>
     <t>Комплект отвертки ARCTIC Ratchet Screwdriver Toolkit</t>
   </si>
   <si>
     <t>ARCTIC-TOOL-AETLS00002A</t>
-  </si>
-[...10 lines deleted...]
-    <t>ARCTIC-TOOL-AETLS00001A</t>
   </si>
   <si>
     <t>Професионални инструменти iFixit Moray - 32 Precision Bits</t>
   </si>
   <si>
     <t>IF145-EU145475-1</t>
   </si>
   <si>
     <t>Инструмент iFixit iOpener Toolkit, IF145-198-9</t>
   </si>
   <si>
     <t>IF145-198-9</t>
   </si>
   <si>
     <t>Магнитна подложка iFixit Magnetic Project Mat 20 x 25 cm</t>
   </si>
   <si>
     <t>IF145-167-4</t>
   </si>
   <si>
     <t>Професионални инструменти iFixit Essential Electronics Toolkit</t>
   </si>
   <si>
     <t>IF145-348-5</t>
   </si>
@@ -556,486 +550,472 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>17.94</v>
+        <v>9.168</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>18.984</v>
+        <v>9.708</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>19.2</v>
+        <v>10.128</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>24.996</v>
+        <v>13.464</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>25.608</v>
+        <v>14.82</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>28.992</v>
+        <v>16.32</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>31.908</v>
+        <v>19.332</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>35.004</v>
+        <v>23.004</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>37.824</v>
+        <v>23.004</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>39.0</v>
+        <v>25.056</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>48.996</v>
+        <v>25.128</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>49.152</v>
+        <v>28.128</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>55.008</v>
+        <v>35.28</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>69.0</v>
+        <v>39.768</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>77.784</v>
+        <v>40.392</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>78.996</v>
+        <v>45.504</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>88.992</v>
+        <v>45.648</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>89.28</v>
+        <v>66.804</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>102.0</v>
+        <v>81.3</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>159.0</v>
+        <v>91.512</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>178.992</v>
+        <v>127.308</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="30" spans="1:4">
-[...12 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D31"/>
+  <autoFilter ref="A1:D30"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>