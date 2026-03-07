--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -28,147 +28,147 @@
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$30</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>HAMA Клещи за кримпване</t>
+  </si>
+  <si>
+    <t>HAMA-200794</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Инструмент iFixit Opener Toolkit х5</t>
   </si>
   <si>
     <t>IF145-335-1</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>Инструменти iFixit Opening Picks (6-Pack)</t>
   </si>
   <si>
     <t>IF145-123-2</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Тръба за огъване Alphacool Silicon Bending Insert 30cm for ID 1/2 / 13mm HardTubes - Blue</t>
   </si>
   <si>
     <t>AC-1013191</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Анти статична подложка iFixit</t>
   </si>
   <si>
     <t>IF145-EU145257-1</t>
   </si>
   <si>
     <t>Xavax Пилинг за дрехи, 95331</t>
   </si>
   <si>
     <t>HAMA-95331</t>
   </si>
   <si>
-    <t>Клещи комбинирани 3 в 1 ESTILLO</t>
-[...4 lines deleted...]
-  <si>
     <t>Инструмент iFixit Jimmy за отваряне на лаптопи, мобилни телефони, таблети</t>
   </si>
   <si>
     <t>IF145-259</t>
   </si>
   <si>
     <t>Тестер за мрежови кабели, HAMA-200778</t>
   </si>
   <si>
     <t>HAMA-200778</t>
   </si>
   <si>
     <t>Инструменти iFixit Prying and Opening Tool Assortment Kit</t>
   </si>
   <si>
     <t>IF145-EU145364-1</t>
   </si>
   <si>
     <t>Инструменти iFixit iFlex, За отваряне на устройства</t>
   </si>
   <si>
     <t>IF145-EU145336</t>
   </si>
   <si>
     <t>Професионални инструменти iFixit Minnow Driver Kit - 16 Precision Bits</t>
   </si>
   <si>
     <t>IF145474-1</t>
   </si>
   <si>
     <t>Инструмент Alphacool Acrylic Tube Double Bending Tool</t>
   </si>
   <si>
     <t>AC-1012739</t>
   </si>
   <si>
     <t>Комплект отвертки ARCTIC Precision Screwdriver Toolkit</t>
   </si>
   <si>
     <t>ARCTIC-TOOL-AETLS00001A</t>
   </si>
   <si>
+    <t>Комплект отвертки ARCTIC Ratchet Screwdriver Toolkit</t>
+  </si>
+  <si>
+    <t>ARCTIC-TOOL-AETLS00002A</t>
+  </si>
+  <si>
     <t>Инструмент iFixit Precision Tweezer Set PRO комплект от 3 прецизни пинсети</t>
   </si>
   <si>
     <t>IF145-060-3</t>
-  </si>
-[...4 lines deleted...]
-    <t>ARCTIC-TOOL-AETLS00002A</t>
   </si>
   <si>
     <t>Професионални инструменти iFixit Moray - 32 Precision Bits</t>
   </si>
   <si>
     <t>IF145-EU145475-1</t>
   </si>
   <si>
     <t>Инструмент iFixit iOpener Toolkit, IF145-198-9</t>
   </si>
   <si>
     <t>IF145-198-9</t>
   </si>
   <si>
     <t>Магнитна подложка iFixit Magnetic Project Mat 20 x 25 cm</t>
   </si>
   <si>
     <t>IF145-167-4</t>
   </si>
   <si>
     <t>Професионални инструменти iFixit Essential Electronics Toolkit</t>
   </si>
   <si>
     <t>IF145-348-5</t>
   </si>
@@ -586,404 +586,404 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>7.668</v>
+        <v>7.08</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>7.668</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>7.668</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>9.168</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>9.708</v>
+        <v>9.204</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>10.128</v>
+        <v>9.708</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>12.78</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>13.464</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>14.82</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>16.32</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>17.892</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>19.332</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>19.944</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>23.004</v>
+        <v>21.6</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>23.004</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>25.056</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>25.128</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>28.128</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>35.28</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>39.768</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>40.392</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>45.504</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>45.504</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>45.648</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>66.804</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>81.3</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>91.512</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>127.308</v>