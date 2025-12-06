--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,195 +7,183 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$20</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Почистващ комплект за екрани, 15 ml, микрофибърна кърпа, цена за 1 бр., 221092</t>
   </si>
   <si>
     <t>HAMA-221092</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>HAMA "Pro-Optik" Мокри кърпи за почистване на очила, фотоапарат, екран, 10 бр. в опаковка</t>
   </si>
   <si>
     <t>HAMA-05970</t>
   </si>
   <si>
     <t>Почистващ спрей HAMA за TFT/LCD/PDA, 250 мл</t>
   </si>
   <si>
     <t>HAMA-113807</t>
   </si>
   <si>
     <t>Почистващи кърпички НАМА за екрани за TFT, LED, LCD, TV и телефони</t>
   </si>
   <si>
     <t>HAMA-113806</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Почистващ комплект HAMA за повърхности, 100бр.кърпички</t>
   </si>
   <si>
     <t>HAMA-113805</t>
   </si>
   <si>
+    <t>Почистващи кърпи ACT AC9515, За клавиатури, LCD монитори, 100 бр.</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-WIP-AC9515</t>
+  </si>
+  <si>
     <t>Спрей с въздух ACT AC9501, За клавиатури, LCD, TV монитори, 400 мл.</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9501</t>
   </si>
   <si>
     <t>Почистващ гел HAMA за TV, /телевизори/,дисплеи с кърпа</t>
   </si>
   <si>
     <t>HAMA-78302</t>
   </si>
   <si>
     <t>Почистващ гел HAMA за TV и Офис дисплеи с кърпа, 221093</t>
   </si>
   <si>
     <t>HAMA-221093</t>
   </si>
   <si>
     <t>Почистващ диск за CD устройства HAMA Laser Lens cleaner</t>
   </si>
   <si>
     <t>HAMA-44721</t>
   </si>
   <si>
     <t>Почистващ диск за DVD, HAMA-116200</t>
   </si>
   <si>
     <t>HAMA-116200</t>
   </si>
   <si>
     <t>Сгъстен Въздух HAMA 84417, 400мл</t>
   </si>
   <si>
     <t>HAMA-84417</t>
   </si>
   <si>
-    <t>Почистващи кърпи ACT AC9515, За клавиатури, LCD монитори, 100 бр.</t>
-[...10 lines deleted...]
-  <si>
     <t>Почистващ спрей HAMA Shredder Cleaner, за шредери, 400 ml</t>
   </si>
   <si>
     <t>HAMA-113820</t>
   </si>
   <si>
     <t>HAMA Почистващ спрей, 200 ml, 20x20 cm микрофибърна кърпа</t>
   </si>
   <si>
     <t>HAMA-221096</t>
   </si>
   <si>
     <t>Почистващ спрей ACT AC9510, Спиртна основа, 200мл</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9510</t>
   </si>
   <si>
     <t>Почистващи кърпички за процесор Thermal Grizzly, 10 броя</t>
   </si>
   <si>
     <t>TG-CW-10</t>
   </si>
   <si>
     <t>Комплект за почистване noblechairs - PU Leather, 100ml</t>
   </si>
   <si>
     <t>NOBLE-GAGC-138</t>
   </si>
   <si>
     <t>Комплект за почистване Nitro Concepts - PU Leather, 100ml</t>
   </si>
   <si>
     <t>NITRO-GAGC-139</t>
-  </si>
-[...4 lines deleted...]
-    <t>NOBLE-GAGC-130</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -499,51 +487,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -577,282 +565,254 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>8.004</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>8.124</v>
+        <v>8.004</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>8.4</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>10.092</v>
+        <v>9.6</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>10.2</v>
+        <v>10.092</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>10.2</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>10.764</v>
+        <v>10.2</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>10.8</v>
+        <v>10.488</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>11.4</v>
+        <v>10.8</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>11.988</v>
+        <v>11.4</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>12.132</v>
+        <v>13.98</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>13.548</v>
+        <v>13.98</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>13.98</v>
+        <v>15.876</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>15.876</v>
+        <v>18.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>18.0</v>
+        <v>28.992</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>28.992</v>
+        <v>34.992</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="20" spans="1:4">
-[...26 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D22"/>
+  <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>