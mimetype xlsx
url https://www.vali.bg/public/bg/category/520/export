--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -14,140 +14,143 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$20</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Почистващ комплект за екрани, 15 ml, микрофибърна кърпа, цена за 1 бр., 221092</t>
   </si>
   <si>
     <t>HAMA-221092</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>HAMA "Pro-Optik" Мокри кърпи за почистване на очила, фотоапарат, екран, 10 бр. в опаковка</t>
   </si>
   <si>
     <t>HAMA-05970</t>
   </si>
   <si>
     <t>Почистващ спрей HAMA за TFT/LCD/PDA, 250 мл</t>
   </si>
   <si>
     <t>HAMA-113807</t>
   </si>
   <si>
     <t>Почистващи кърпички НАМА за екрани за TFT, LED, LCD, TV и телефони</t>
   </si>
   <si>
     <t>HAMA-113806</t>
   </si>
   <si>
+    <t>Почистващ комплект HAMA за повърхности, 100бр.кърпички</t>
+  </si>
+  <si>
+    <t>HAMA-113805</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Почистващ комплект HAMA за повърхности, 100бр.кърпички</t>
-[...2 lines deleted...]
-    <t>HAMA-113805</t>
+    <t>Спрей с въздух ACT AC9501, За клавиатури, LCD, TV монитори, 400 мл.</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-SPR-AC9501</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Почистващ гел HAMA за TV, /телевизори/,дисплеи с кърпа</t>
+  </si>
+  <si>
+    <t>HAMA-78302</t>
+  </si>
+  <si>
+    <t>Почистващ гел HAMA за TV и Офис дисплеи с кърпа, 221093</t>
+  </si>
+  <si>
+    <t>HAMA-221093</t>
+  </si>
+  <si>
+    <t>Почистващ диск за CD устройства HAMA Laser Lens cleaner</t>
+  </si>
+  <si>
+    <t>HAMA-44721</t>
+  </si>
+  <si>
+    <t>Почистващ диск за DVD, HAMA-116200</t>
+  </si>
+  <si>
+    <t>HAMA-116200</t>
+  </si>
+  <si>
+    <t>Сгъстен Въздух HAMA 84417, 400мл</t>
+  </si>
+  <si>
+    <t>HAMA-84417</t>
   </si>
   <si>
     <t>Почистващи кърпи ACT AC9515, За клавиатури, LCD монитори, 100 бр.</t>
   </si>
   <si>
     <t>EWENT-ACT-WIP-AC9515</t>
-  </si>
-[...34 lines deleted...]
-    <t>HAMA-84417</t>
   </si>
   <si>
     <t>Почистващ спрей HAMA Shredder Cleaner, за шредери, 400 ml</t>
   </si>
   <si>
     <t>HAMA-113820</t>
   </si>
   <si>
     <t>HAMA Почистващ спрей, 200 ml, 20x20 cm микрофибърна кърпа</t>
   </si>
   <si>
     <t>HAMA-221096</t>
   </si>
   <si>
     <t>Почистващ спрей ACT AC9510, Спиртна основа, 200мл</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9510</t>
   </si>
   <si>
     <t>Почистващи кърпички за процесор Thermal Grizzly, 10 броя</t>
   </si>
   <si>
     <t>TG-CW-10</t>
   </si>
@@ -498,314 +501,314 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.42</v>
+        <v>3.276</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.816</v>
+        <v>3.492</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>8.004</v>
+        <v>4.092</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>8.004</v>
+        <v>4.224</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>4.296</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>9.6</v>
+        <v>5.16</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>10.092</v>
+        <v>5.22</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>10.2</v>
+        <v>5.22</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>10.2</v>
+        <v>5.484</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>10.488</v>
+        <v>5.52</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>10.8</v>
+        <v>5.832</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>11.4</v>
+        <v>6.132</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>13.98</v>
+        <v>7.152</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>13.98</v>
+        <v>7.152</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>15.876</v>
+        <v>8.112</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>28.992</v>
+        <v>14.82</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>