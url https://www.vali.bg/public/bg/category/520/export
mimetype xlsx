--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,162 +7,168 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$20</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$21</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Почистващ комплект за екрани, 15 ml, микрофибърна кърпа, цена за 1 бр., 221092</t>
   </si>
   <si>
     <t>HAMA-221092</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>HAMA "Pro-Optik" Мокри кърпи за почистване на очила, фотоапарат, екран, 10 бр. в опаковка</t>
   </si>
   <si>
     <t>HAMA-05970</t>
   </si>
   <si>
     <t>Почистващ спрей HAMA за TFT/LCD/PDA, 250 мл</t>
   </si>
   <si>
     <t>HAMA-113807</t>
   </si>
   <si>
     <t>Почистващи кърпички НАМА за екрани за TFT, LED, LCD, TV и телефони</t>
   </si>
   <si>
     <t>HAMA-113806</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Почистващ комплект HAMA за повърхности, 100бр.кърпички</t>
   </si>
   <si>
     <t>HAMA-113805</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Спрей с въздух ACT AC9501, За клавиатури, LCD, TV монитори, 400 мл.</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9501</t>
   </si>
   <si>
+    <t>Почистващ гел HAMA за TV, /телевизори/,дисплеи с кърпа</t>
+  </si>
+  <si>
+    <t>HAMA-78302</t>
+  </si>
+  <si>
+    <t>Почистващ гел HAMA за TV и Офис дисплеи с кърпа, 221093</t>
+  </si>
+  <si>
+    <t>HAMA-221093</t>
+  </si>
+  <si>
+    <t>Почистващ диск за CD устройства HAMA Laser Lens cleaner</t>
+  </si>
+  <si>
+    <t>HAMA-44721</t>
+  </si>
+  <si>
+    <t>Почистващ диск за DVD, HAMA-116200</t>
+  </si>
+  <si>
+    <t>HAMA-116200</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Почистващ гел HAMA за TV, /телевизори/,дисплеи с кърпа</t>
-[...22 lines deleted...]
-  <si>
     <t>Сгъстен Въздух HAMA 84417, 400мл</t>
   </si>
   <si>
     <t>HAMA-84417</t>
   </si>
   <si>
     <t>Почистващи кърпи ACT AC9515, За клавиатури, LCD монитори, 100 бр.</t>
   </si>
   <si>
     <t>EWENT-ACT-WIP-AC9515</t>
   </si>
   <si>
     <t>Почистващ спрей HAMA Shredder Cleaner, за шредери, 400 ml</t>
   </si>
   <si>
     <t>HAMA-113820</t>
   </si>
   <si>
     <t>HAMA Почистващ спрей, 200 ml, 20x20 cm микрофибърна кърпа</t>
   </si>
   <si>
     <t>HAMA-221096</t>
+  </si>
+  <si>
+    <t>ACT Спрей за почистване на екрани с микрофибърна кърпа,200мл</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-WIP-AC9516</t>
   </si>
   <si>
     <t>Почистващ спрей ACT AC9510, Спиртна основа, 200мл</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9510</t>
   </si>
   <si>
     <t>Почистващи кърпички за процесор Thermal Grizzly, 10 броя</t>
   </si>
   <si>
     <t>TG-CW-10</t>
   </si>
   <si>
     <t>Комплект за почистване noblechairs - PU Leather, 100ml</t>
   </si>
   <si>
     <t>NOBLE-GAGC-138</t>
   </si>
   <si>
     <t>Комплект за почистване Nitro Concepts - PU Leather, 100ml</t>
   </si>
   <si>
     <t>NITRO-GAGC-139</t>
   </si>
@@ -490,51 +496,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -571,251 +577,265 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>4.092</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>4.224</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>4.296</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>5.16</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>5.22</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>5.22</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>5.484</v>
+        <v>5.472</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>5.52</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>5.832</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>6.132</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>7.152</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>7.152</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>8.112</v>
+        <v>7.764</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>9.204</v>
+        <v>8.112</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>14.82</v>
+        <v>9.204</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
+        <v>14.82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20">
         <v>17.892</v>
       </c>
-      <c r="D19" t="s">
+      <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D20"/>
+  <autoFilter ref="A1:D21"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>