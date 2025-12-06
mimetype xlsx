--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,216 +7,222 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$26</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$27</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>METZ Телевизор 32" LED HD TV 1366x768, 2x10W</t>
   </si>
   <si>
     <t>METZ-TV-32MTF2000Z</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Телевизор METZ 32MTE6000Z, 32"(80 см), LED Smart TV, Google TV, HD, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>METZ Портативен телевизор 32MQE7100Z, 32" QLED, Google TV, бял</t>
   </si>
   <si>
     <t>METZ-TV-32MQE7100Z</t>
   </si>
   <si>
     <t>METZ Телевизор 40MTE2000Z 40" LED TV, HD, черен</t>
   </si>
   <si>
     <t>METZ-TV-40MTE2000Z</t>
   </si>
   <si>
     <t>Телевизор METZ 40MTE6000Z, 40"(100 см), LED Smart TV, Google TV, HD, Черен</t>
   </si>
   <si>
     <t>METZ-TV-40MTE6000Z</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>METZ Телевизор 40" 40MQF7000, FHD QLED SMART TV, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-40MQF7000</t>
+  </si>
+  <si>
+    <t>METZ Телевизор 43" 43MUF7000Z UHD LED SMART TV, 4K, Google TV, Клас F</t>
+  </si>
+  <si>
+    <t>METZ-TV-43MUF7000Z</t>
+  </si>
+  <si>
+    <t>Портативен телевизор METZ 24MPE7000 24" FHD(1920x1080) GoogleTV, HDR10</t>
+  </si>
+  <si>
+    <t>METZ-TV-24MPE7000Z</t>
+  </si>
+  <si>
+    <t>METZ Портативен телевизор 24MPE7200Z 24" LED FHD(1920x1080) GoogleTV, HDR10, зелен</t>
+  </si>
+  <si>
+    <t>METZ-TV-24MPE7200Z</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>METZ Телевизор 40" 40MQF7000, FHD QLED SMART TV, Google TV, Frameless</t>
-[...16 lines deleted...]
-  <si>
     <t>METZ Портативен телевизор 24MPE7300Z 24" LED FHD(1920x1080) GoogleTV, HDR10, розов</t>
   </si>
   <si>
     <t>METZ-TV-24MPE7300Z</t>
   </si>
   <si>
     <t>METZ Портативен телевизор  24MPE7000Y 24" LED FHD(1920x1080) GoogleTV, HDR10, син</t>
   </si>
   <si>
     <t>METZ-TV-24MPE7000Y</t>
   </si>
   <si>
-    <t>METZ Телевизор 43" 43MUF7000Z UHD LED SMART TV, 4K, Google TV, Клас F</t>
-[...2 lines deleted...]
-    <t>METZ-TV-43MUF7000Z</t>
+    <t>Телевизор METZ 50MQD7500Z, 50"(126 см), QLED Smart TV, Google TV, UHD, Черен</t>
+  </si>
+  <si>
+    <t>METZ-TV-50MQD7500Z</t>
   </si>
   <si>
     <t>METZ Телевизор 43MQE7600Z 43" QLED+/Anti-Glare/UHD/Smart TV/Google TV/матов</t>
   </si>
   <si>
     <t>METZ-TV-43MQE7600Z</t>
   </si>
   <si>
-    <t>Телевизор METZ 50MQD7500Z, 50"(126 см), QLED Smart TV, Google TV, UHD, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Телевизор METZ 50MQE7600Z, 50"(126 см), QLED+,Anti-Glare Google TV, 4K/UHD, 60Hz</t>
   </si>
   <si>
     <t>METZ-TV-50MQE7600Z</t>
   </si>
   <si>
+    <t>METZ Телевизор 50" UHD LED SMART TV, 4K Ultra HD, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-50MUF7000Z</t>
+  </si>
+  <si>
+    <t>METZ Телевизор 55" UHD LED SMART TV,4K, Google TV, Frameless,2x10W</t>
+  </si>
+  <si>
+    <t>METZ-TV-55MUF7000Z</t>
+  </si>
+  <si>
     <t>METZ Телевизор 50" 50MQF7500Z UHD QLED SMART TV, 120Hz, 4K, Google TV, 126.0см</t>
   </si>
   <si>
     <t>METZ-TV-50MQF7500Z</t>
   </si>
   <si>
-    <t>Телевизор METZ 55MQD7500Z, 55"(139 см), QLED Smart TV, Google TV, UHD, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>METZ Телевизор 55" 55MQF7500Z UHD QLED SMART TV, 120Hz,4K, Google TV, Frameless, 139.0см</t>
   </si>
   <si>
     <t>METZ-TV-55MQF7500Z</t>
   </si>
   <si>
     <t>Телевизор METZ 55MQE8000Z, 55"(139 см), QLED UHD Google TV, Dolby Vision, 144Hz</t>
   </si>
   <si>
     <t>METZ-TV-55MQE8000Z</t>
   </si>
   <si>
-    <t>METZ Телевизор 65MQD7500Z,  65"QLED+/4K/Google TV</t>
-[...2 lines deleted...]
-    <t>METZ-TV-65MQD7500Z</t>
+    <t>METZ Телевизор 65" UHD LED SMART TV, 4K, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-65MUF7000Z</t>
   </si>
   <si>
     <t>METZ Телевизор 65" 65MQF7500Z, QLED+, 4K, Google TV, 120Hz</t>
   </si>
   <si>
     <t>METZ-TV-65MQF7500Z</t>
   </si>
   <si>
+    <t>METZ Телевизор 65MQE8000Z 65" UHD QLED+, 4K,144Hz, SMART TV,Google TV</t>
+  </si>
+  <si>
+    <t>METZ-TV-65MQE8000Z</t>
+  </si>
+  <si>
+    <t>METZ Телевизор 75" UHD LED SMART TV, 4K, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-75MUF7000Z</t>
+  </si>
+  <si>
     <t>METZ Телевизор 75MQD7500Z  75"QLED+/4K/Google TV</t>
   </si>
   <si>
     <t>METZ-TV-75MQD7500Z</t>
   </si>
   <si>
-    <t>METZ Телевизор 65MQE8000Z 65" UHD QLED+, 4K,144Hz, SMART TV,Google TV</t>
-[...4 lines deleted...]
-  <si>
     <t>Телевизор METZ 55MOD9500Z, 55"(139 см), OLED Smart TV, Google TV, UHD,120Hz</t>
   </si>
   <si>
     <t>METZ-TV-55MOD9500Z</t>
-  </si>
-[...1 lines deleted...]
-    <t>не е в наличност</t>
   </si>
   <si>
     <t>Телевизор METZ 86MQE8000Z, 86"(217 см), QLED, Google TV, 4K/UHD, 144Hz</t>
   </si>
   <si>
     <t>METZ-TV-86MQE8000Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -526,416 +532,430 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D26"/>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="104.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>219.0</v>
+        <v>198.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>328.992</v>
+        <v>298.992</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>349.98</v>
+        <v>318.996</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>358.992</v>
+        <v>328.992</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>369.0</v>
+        <v>328.992</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>388.992</v>
+        <v>459.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>519.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>519.0</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>519.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>519.0</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>519.0</v>
+        <v>568.992</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>598.992</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>658.992</v>
+        <v>609.0</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>699.0</v>
+        <v>609.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>729.0</v>
+        <v>618.996</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>798.996</v>
+        <v>648.996</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>828.996</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>1078.992</v>
+        <v>978.996</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>1098.996</v>
+        <v>999.0</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>1179.0</v>
+        <v>1119.0</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>1398.996</v>
+        <v>1338.996</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>1488.996</v>
+        <v>1359.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>2248.992</v>
+        <v>1398.996</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>2998.992</v>
+        <v>2248.992</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26">
+        <v>2679.0</v>
+      </c>
+      <c r="D26" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D26"/>
+  <autoFilter ref="A1:D27"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>