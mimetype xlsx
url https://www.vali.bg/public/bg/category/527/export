--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,216 +7,204 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$25</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>METZ Телевизор 32" LED HD TV 1366x768, 2x10W</t>
   </si>
   <si>
     <t>METZ-TV-32MTF2000Z</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>METZ Портативен телевизор 32MQE7100Z, 32" QLED, Google TV, бял</t>
+  </si>
+  <si>
+    <t>METZ-TV-32MQE7100Z</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>METZ Портативен телевизор 32MQE7100Z, 32" QLED, Google TV, бял</t>
-[...4 lines deleted...]
-  <si>
     <t>METZ Телевизор 40MTE2000Z 40" LED TV, HD, черен</t>
   </si>
   <si>
     <t>METZ-TV-40MTE2000Z</t>
   </si>
   <si>
     <t>Телевизор METZ 40MTE6000Z, 40"(100 см), LED Smart TV, Google TV, HD, Черен</t>
   </si>
   <si>
     <t>METZ-TV-40MTE6000Z</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>METZ Телевизор 40" 40MQF7000, FHD QLED SMART TV, Google TV, Frameless</t>
-[...2 lines deleted...]
-    <t>METZ-TV-40MQF7000</t>
+    <t>Портативен телевизор METZ 24MPE7000 24" FHD(1920x1080) GoogleTV, HDR10</t>
+  </si>
+  <si>
+    <t>METZ-TV-24MPE7000Z</t>
+  </si>
+  <si>
+    <t>METZ Портативен телевизор 24MPE7200Z 24" LED FHD(1920x1080) GoogleTV, HDR10, зелен</t>
+  </si>
+  <si>
+    <t>METZ-TV-24MPE7200Z</t>
+  </si>
+  <si>
+    <t>METZ Портативен телевизор 24MPE7300Z 24" LED FHD(1920x1080) GoogleTV, HDR10, розов</t>
+  </si>
+  <si>
+    <t>METZ-TV-24MPE7300Z</t>
+  </si>
+  <si>
+    <t>METZ Портативен телевизор  24MPE7000Y 24" LED FHD(1920x1080) GoogleTV, HDR10, син</t>
+  </si>
+  <si>
+    <t>METZ-TV-24MPE7000Y</t>
   </si>
   <si>
     <t>METZ Телевизор 43" 43MUF7000Z UHD LED SMART TV, 4K, Google TV, Клас F</t>
   </si>
   <si>
     <t>METZ-TV-43MUF7000Z</t>
   </si>
   <si>
-    <t>Портативен телевизор METZ 24MPE7000 24" FHD(1920x1080) GoogleTV, HDR10</t>
-[...31 lines deleted...]
-  <si>
     <t>METZ Телевизор 43MQE7600Z 43" QLED+/Anti-Glare/UHD/Smart TV/Google TV/матов</t>
   </si>
   <si>
     <t>METZ-TV-43MQE7600Z</t>
   </si>
   <si>
+    <t>METZ Телевизор 50" UHD LED SMART TV, 4K Ultra HD, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-50MUF7000Z</t>
+  </si>
+  <si>
+    <t>METZ Телевизор 55" UHD LED SMART TV,4K, Google TV, Frameless,2x10W</t>
+  </si>
+  <si>
+    <t>METZ-TV-55MUF7000Z</t>
+  </si>
+  <si>
     <t>Телевизор METZ 50MQE7600Z, 50"(126 см), QLED+,Anti-Glare Google TV, 4K/UHD, 60Hz</t>
   </si>
   <si>
     <t>METZ-TV-50MQE7600Z</t>
   </si>
   <si>
-    <t>METZ Телевизор 50" UHD LED SMART TV, 4K Ultra HD, Google TV, Frameless</t>
-[...10 lines deleted...]
-  <si>
     <t>METZ Телевизор 50" 50MQF7500Z UHD QLED SMART TV, 120Hz, 4K, Google TV, 126.0см</t>
   </si>
   <si>
     <t>METZ-TV-50MQF7500Z</t>
   </si>
   <si>
     <t>METZ Телевизор 55" 55MQF7500Z UHD QLED SMART TV, 120Hz,4K, Google TV, Frameless, 139.0см</t>
   </si>
   <si>
     <t>METZ-TV-55MQF7500Z</t>
   </si>
   <si>
+    <t>METZ Телевизор 65" UHD LED SMART TV, 4K, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-65MUF7000Z</t>
+  </si>
+  <si>
     <t>Телевизор METZ 55MQE8000Z, 55"(139 см), QLED UHD Google TV, Dolby Vision, 144Hz</t>
   </si>
   <si>
     <t>METZ-TV-55MQE8000Z</t>
   </si>
   <si>
-    <t>METZ Телевизор 65" UHD LED SMART TV, 4K, Google TV, Frameless</t>
-[...4 lines deleted...]
-  <si>
     <t>METZ Телевизор 65" 65MQF7500Z, QLED+, 4K, Google TV, 120Hz</t>
   </si>
   <si>
     <t>METZ-TV-65MQF7500Z</t>
   </si>
   <si>
+    <t>METZ Телевизор 75" UHD LED SMART TV, 4K, Google TV, Frameless</t>
+  </si>
+  <si>
+    <t>METZ-TV-75MUF7000Z</t>
+  </si>
+  <si>
+    <t>METZ Телевизор 75MQD7500Z  75"QLED+/4K/Google TV</t>
+  </si>
+  <si>
+    <t>METZ-TV-75MQD7500Z</t>
+  </si>
+  <si>
     <t>METZ Телевизор 65MQE8000Z 65" UHD QLED+, 4K,144Hz, SMART TV,Google TV</t>
   </si>
   <si>
     <t>METZ-TV-65MQE8000Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>METZ-TV-75MQD7500Z</t>
   </si>
   <si>
     <t>Телевизор METZ 55MOD9500Z, 55"(139 см), OLED Smart TV, Google TV, UHD,120Hz</t>
   </si>
   <si>
     <t>METZ-TV-55MOD9500Z</t>
   </si>
   <si>
     <t>Телевизор METZ 86MQE8000Z, 86"(217 см), QLED, Google TV, 4K/UHD, 144Hz</t>
   </si>
   <si>
     <t>METZ-TV-86MQE8000Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -532,430 +520,402 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="104.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>198.996</v>
+        <v>111.972</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>298.992</v>
+        <v>178.944</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4">
+        <v>183.552</v>
+      </c>
+      <c r="D4" t="s">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>328.992</v>
+        <v>188.664</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>328.992</v>
+        <v>265.356</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>459.0</v>
+        <v>265.356</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>519.0</v>
+        <v>265.356</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>519.0</v>
+        <v>265.356</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>519.0</v>
+        <v>265.356</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>519.0</v>
+        <v>306.264</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>568.992</v>
+        <v>311.376</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>598.992</v>
+        <v>316.488</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>609.0</v>
+        <v>357.396</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>609.0</v>
+        <v>372.732</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>618.996</v>
+        <v>423.864</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>648.996</v>
+        <v>510.78</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>828.996</v>
+        <v>551.676</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>978.996</v>
+        <v>602.808</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>999.0</v>
+        <v>694.848</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>1119.0</v>
+        <v>715.296</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>1338.996</v>
+        <v>761.316</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>1359.0</v>
+        <v>1149.888</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>1398.996</v>
+        <v>1533.36</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
-[...27 lines deleted...]
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D27"/>
+  <autoFilter ref="A1:D25"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>