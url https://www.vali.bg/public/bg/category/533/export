--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -14,464 +14,461 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$67</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3 гнезда, 108846</t>
   </si>
   <si>
     <t>HAMA-108846</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA 3гнезда, 30391</t>
+  </si>
+  <si>
+    <t>HAMA-30391</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Разклонител HAMA 3гнезда, 30391</t>
-[...11 lines deleted...]
-    <t>HAMA-30381</t>
+    <t>HAMA Разклонител 3гнезда, 1.4м,черен</t>
+  </si>
+  <si>
+    <t>HAMA-223012</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 3 гнезда, 1.4м, бял</t>
+  </si>
+  <si>
+    <t>HAMA-30528</t>
   </si>
   <si>
     <t>Разклонител HAMA 3 гнезда, 30392</t>
   </si>
   <si>
     <t>HAMA-30392</t>
   </si>
   <si>
+    <t>HAMA Разклонител 3гнезда, 1.4м,черен с бутон вкл/изкл</t>
+  </si>
+  <si>
+    <t>HAMA-223013</t>
+  </si>
+  <si>
     <t>Разклонител HAMA, 4 гнезда, 121921</t>
   </si>
   <si>
     <t>HAMA-121921</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3гнезда, 30382</t>
   </si>
   <si>
     <t>HAMA-30382</t>
   </si>
   <si>
     <t>HAMA Разклонител 3 гнезда, 1.4м, бял с бутон за вкл/изкл.</t>
   </si>
   <si>
     <t>HAMA-137322</t>
   </si>
   <si>
+    <t>Контакт с вградена защита от пренапрежение, 223322</t>
+  </si>
+  <si>
+    <t>HAMA-223322</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 6 гнезда, 30393</t>
+  </si>
+  <si>
+    <t>HAMA-30393</t>
+  </si>
+  <si>
     <t>Разклонител HAMA, 6гнезда, 30383</t>
   </si>
   <si>
     <t>HAMA-30383</t>
   </si>
   <si>
-    <t>Разклонител HAMA, 6 гнезда, 30393</t>
-[...2 lines deleted...]
-    <t>HAMA-30393</t>
+    <t>HAMA Контакт с вградена защита от пренапрежение</t>
+  </si>
+  <si>
+    <t>HAMA-223324</t>
   </si>
   <si>
     <t>Контакт с вградена защита от пренапрежение, HAMA-223321</t>
   </si>
   <si>
     <t>HAMA-223321</t>
   </si>
   <si>
-    <t>на път</t>
-[...5 lines deleted...]
-    <t>HAMA-223322</t>
+    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Разклонител HAMA 5 гнезда, 1.4 м, 137267</t>
   </si>
   <si>
     <t>HAMA-137267</t>
   </si>
   <si>
     <t>Разклонител HAMA, 6 гнезда, 30384</t>
   </si>
   <si>
     <t>HAMA-30384</t>
   </si>
   <si>
+    <t>Разклонител HAMA, 3 гнезда, 30569</t>
+  </si>
+  <si>
+    <t>HAMA-30569</t>
+  </si>
+  <si>
     <t>Разклонител HAMA, 6 гнезда, 30394</t>
   </si>
   <si>
     <t>HAMA-30394</t>
   </si>
   <si>
-    <t>Разклонител HAMA, 3 гнезда, 30569</t>
-[...4 lines deleted...]
-  <si>
     <t>Разклонител HAMA, 5гнезда, 1.4м, 47842</t>
   </si>
   <si>
     <t>HAMA-47842</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3 гнезда, 108841</t>
   </si>
   <si>
     <t>HAMA-108841</t>
   </si>
   <si>
     <t>Разклонител  HAMA 30535  3гнезда, 3м,бял с бутон вкл/изкл, защита срещу деца</t>
   </si>
   <si>
     <t>HAMA-30535</t>
   </si>
   <si>
-    <t>HAMA Разклонител 4-гнезда, бутон вкл/изкл, 223053</t>
-[...2 lines deleted...]
-    <t>HAMA-223053</t>
+    <t>HAMA Разклонител 6 гнезда на 90°, бутон за вкл./изкл., стенен монтаж, 2 м, бял</t>
+  </si>
+  <si>
+    <t>HAMA-223131</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3 гнезда, 108842</t>
   </si>
   <si>
     <t>HAMA-108842</t>
   </si>
   <si>
     <t>Разклонител HAMA 108835, 3гнезда, 108835</t>
   </si>
   <si>
     <t>HAMA-108835</t>
   </si>
   <si>
-    <t>HAMA Разклонител 6 гнезда на 90°, бутон за вкл./изкл., стенен монтаж, 2 м, бял</t>
-[...4 lines deleted...]
-  <si>
     <t>Разклонител HAMA, 3гнезда, 5м, 108815</t>
   </si>
   <si>
     <t>HAMA-108815</t>
   </si>
   <si>
+    <t>HAMA Разклонител, 6-гнезда на 90°, стенен монтаж, 223132</t>
+  </si>
+  <si>
+    <t>HAMA-223132</t>
+  </si>
+  <si>
     <t>Разклонител 3гнезда, 1.4м, HAMA-223151</t>
   </si>
   <si>
     <t>HAMA-223151</t>
   </si>
   <si>
+    <t>Разклонител HAMA, 3 гнезда, 1.4м, 223081</t>
+  </si>
+  <si>
+    <t>HAMA-223081</t>
+  </si>
+  <si>
     <t>HAMA Алуминиев Разклонител 3-гнезда, превключвател, стенен монтаж, 1,5 м</t>
   </si>
   <si>
     <t>HAMA-223101</t>
   </si>
   <si>
     <t>Разклонител със 6 гнезда HAMA, 5м, 137266</t>
   </si>
   <si>
     <t>HAMA-137266</t>
   </si>
   <si>
-    <t>Разклонител HAMA, 3 гнезда, 1.4м, 223081</t>
-[...2 lines deleted...]
-    <t>HAMA-223081</t>
+    <t>HAMA Разклонител 10-гнезда, бутон вкл/изкл, 223041</t>
+  </si>
+  <si>
+    <t>HAMA-223041</t>
   </si>
   <si>
     <t>HAMA Разклонител 6 гнeзда, със защита от пренапрежение, 223152</t>
   </si>
   <si>
     <t>HAMA-223152</t>
   </si>
   <si>
+    <t>Удължителен кабел HAMA Powerplug, Шуко мъжко, Шуко женско, Допълнителен контакт, 3.0 m, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-133801</t>
+  </si>
+  <si>
     <t>HAMA Разклонител, 6 гнeзда, със защита от пренапрежение, 223153</t>
   </si>
   <si>
     <t>HAMA-223153</t>
   </si>
   <si>
-    <t>Удължителен кабел HAMA Powerplug, Шуко мъжко, Шуко женско, Допълнителен контакт, 3.0 m, Бял</t>
-[...7 lines deleted...]
-  <si>
     <t>Разклонител HAMA, 6гнезда, 5м, 108833</t>
   </si>
   <si>
     <t>HAMA-108833</t>
   </si>
   <si>
-    <t>HAMA Разклонител 10-гнезда, бутон вкл/изкл, 223041</t>
-[...2 lines deleted...]
-    <t>HAMA-223041</t>
+    <t>HAMA Разклонител с ключ, 4 гнезда на 90°, стенен монтаж, 1.4м, черен</t>
+  </si>
+  <si>
+    <t>HAMA-223122</t>
+  </si>
+  <si>
+    <t>Разклонител, 5-гнезда, HAMA-223054</t>
+  </si>
+  <si>
+    <t>HAMA-223054</t>
   </si>
   <si>
     <t>HAMA Разклонител 6 гнезда, 3м, черен, с бутон вкл/изкл, стенен монтаж</t>
   </si>
   <si>
     <t>HAMA-223038</t>
   </si>
   <si>
-    <t>Разклонител, 5-гнезда, HAMA-223054</t>
-[...2 lines deleted...]
-    <t>HAMA-223054</t>
+    <t>Алум. разклонител Hama, 6-гнезда, стенен монтаж, 223103</t>
+  </si>
+  <si>
+    <t>HAMA-223103</t>
   </si>
   <si>
     <t>Разклонител Hama "Pro-S 30S", 3 гнезда, 133803</t>
   </si>
   <si>
     <t>HAMA-133803</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел HAMA Outdoor, Външен, Шуко мъжко - Шуко женско, 5 m, IP44, Черен</t>
   </si>
   <si>
     <t>HAMA-223251</t>
   </si>
   <si>
-    <t>Алум. разклонител Hama, 6-гнезда, стенен монтаж, 223103</t>
-[...14 lines deleted...]
-    <t>HAMA-223122</t>
+    <t>HAMA Разклонител Куб, 3-гнезда, 2х USB-C/A, 223195</t>
+  </si>
+  <si>
+    <t>HAMA-223195</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 5 гнезда, USB-A 12 W, 223190</t>
+  </si>
+  <si>
+    <t>HAMA-223190</t>
   </si>
   <si>
     <t>4-мултипортов контакт, 20 W, HAMA-223342</t>
   </si>
   <si>
     <t>HAMA-223342</t>
   </si>
   <si>
     <t>Разклонител със защита от пренапрежение, 6 гнезда, HAMA-223156</t>
   </si>
   <si>
     <t>HAMA-223156</t>
   </si>
   <si>
+    <t>HAMA Разклонител 5 гнезда, 17 W, 2хUSB-C, 223191</t>
+  </si>
+  <si>
+    <t>HAMA-223191</t>
+  </si>
+  <si>
     <t>Разклонител, 3-гнезда, USB-A 17 W, HAMA-223181</t>
   </si>
   <si>
     <t>HAMA-223181</t>
   </si>
   <si>
     <t>Разклонител 6 гнезда, 1.4м, индивидуални превключватели, 223159</t>
   </si>
   <si>
     <t>HAMA-223159</t>
   </si>
   <si>
     <t>HAMA Алуминиев Разклонител 6-гнезда, превключвател, стенен монтаж, 3 м</t>
   </si>
   <si>
     <t>HAMA-223104</t>
   </si>
   <si>
     <t>Разклонител със защита от пренапрежение, HAMA-223155</t>
   </si>
   <si>
     <t>HAMA-223155</t>
   </si>
   <si>
     <t>Разклонител 8-гнезда стенен монтаж, 1,5 м, HAMA-223105</t>
   </si>
   <si>
     <t>HAMA-223105</t>
   </si>
   <si>
-    <t>HAMA Разклонител Куб, 3-гнезда, 2х USB-C/A, 223195</t>
-[...4 lines deleted...]
-  <si>
     <t>Разклонител HAMA, 5 гнезда, 2 x USB-A 17 W, 1.4 м, 223184</t>
   </si>
   <si>
     <t>HAMA-223184</t>
   </si>
   <si>
     <t>Разклонител HAMA, Въртящ се, 6 гнезда, 1.4м, Защита от пренапрежение, Бутон вкл/изкл, 360°, Черен</t>
   </si>
   <si>
     <t>HAMA-223161</t>
   </si>
   <si>
     <t>HAMA Разклонител 6 гнезда, 1.4 м - индивидуално превключване, 223158</t>
   </si>
   <si>
     <t>HAMA-223158</t>
   </si>
   <si>
     <t>Разклонител HAMA USB 3.4A, 5 гнезда, 2x USB, 3400mA, 223183</t>
   </si>
   <si>
     <t>HAMA-223183</t>
   </si>
   <si>
+    <t>Разклонител HAMA, 8 гнезда, 1.5 м, 223162</t>
+  </si>
+  <si>
+    <t>HAMA-223162</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 6 гнезда, 1.4м, 223160</t>
+  </si>
+  <si>
+    <t>HAMA-223160</t>
+  </si>
+  <si>
     <t>Радиоуправляеми контакти с дистанционно управление HAMA 223581, 3500W</t>
   </si>
   <si>
     <t>HAMA-223581</t>
   </si>
   <si>
-    <t>HAMA Разклонител 5 гнезда, 17 W, 2хUSB-C, 223191</t>
-[...20 lines deleted...]
-    <t>HAMA-223190</t>
+    <t>Разклонител USB-C/USB-A 3.4A, 3 гнезда, 2x USB, HAMA-223185</t>
+  </si>
+  <si>
+    <t>HAMA-223185</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 5 гнезда, 2x USB, 223186</t>
+  </si>
+  <si>
+    <t>HAMA-223186</t>
   </si>
   <si>
     <t>Външен удължителен захранващ кабел HAMA, Шуко мъжко, Шуко женско, 10 m, IP44, Черен</t>
   </si>
   <si>
     <t>HAMA-223252</t>
   </si>
   <si>
     <t>Разклонител HAMA, 10 гнезда, 2m, 223164</t>
   </si>
   <si>
     <t>HAMA-223164</t>
   </si>
   <si>
     <t>Разклонител 10 гнезда, HAMA-223163</t>
   </si>
   <si>
     <t>HAMA-223163</t>
   </si>
   <si>
-    <t>Разклонител USB-C/USB-A 3.4A, 3 гнезда, 2x USB, HAMA-223185</t>
-[...16 lines deleted...]
-  <si>
     <t>Смарт разклонител 4 гнезда, HAMA-176574</t>
   </si>
   <si>
     <t>HAMA-176574</t>
   </si>
   <si>
     <t>Разклонител Hama ,2-гнезда, 1.4 m, 223188</t>
   </si>
   <si>
     <t>HAMA-223188</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-223189</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -784,974 +781,974 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.732</v>
+        <v>6.54</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>8.4</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>8.4</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>12.48</v>
+        <v>8.4</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>12.588</v>
+        <v>12.48</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>12.6</v>
+        <v>12.48</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>12.6</v>
+        <v>12.54</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>13.524</v>
+        <v>12.6</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>13.644</v>
+        <v>12.6</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>13.908</v>
+        <v>13.224</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>13.908</v>
+        <v>13.296</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>14.964</v>
+        <v>13.524</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>15.18</v>
+        <v>13.8</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15">
+        <v>14.028</v>
+      </c>
+      <c r="D15" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>16.296</v>
+        <v>14.964</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>16.668</v>
+        <v>15.18</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>16.968</v>
+        <v>15.996</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>17.52</v>
+        <v>16.248</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>18.324</v>
+        <v>16.668</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>22.584</v>
+        <v>17.184</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>24.024</v>
+        <v>17.52</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>24.048</v>
+        <v>20.436</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>24.78</v>
+        <v>22.776</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>25.632</v>
+        <v>24.06</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>26.148</v>
+        <v>24.912</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>26.4</v>
+        <v>25.524</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>26.82</v>
+        <v>25.932</v>
       </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>27.0</v>
+        <v>26.076</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>27.132</v>
+        <v>26.364</v>
       </c>
       <c r="D30" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>27.168</v>
+        <v>26.4</v>
       </c>
       <c r="D31" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>27.708</v>
+        <v>26.58</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>28.128</v>
+        <v>27.0</v>
       </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>28.608</v>
+        <v>27.12</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>28.8</v>
+        <v>27.252</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>29.136</v>
+        <v>27.684</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>29.7</v>
+        <v>28.38</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>29.748</v>
+        <v>28.8</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>30.024</v>
+        <v>28.92</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>30.672</v>
+        <v>29.136</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>30.876</v>
+        <v>29.256</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>31.02</v>
+        <v>29.7</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>32.088</v>
+        <v>29.748</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>32.7</v>
+        <v>30.0</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>32.712</v>
+        <v>30.876</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>32.796</v>
+        <v>31.02</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>34.044</v>
+        <v>31.536</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>35.004</v>
+        <v>32.088</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>35.124</v>
+        <v>32.7</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>35.388</v>
+        <v>32.712</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>36.072</v>
+        <v>32.976</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>36.432</v>
+        <v>34.176</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>36.876</v>
+        <v>35.124</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>37.104</v>
+        <v>35.58</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>37.284</v>
+        <v>36.072</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>38.64</v>
+        <v>36.432</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>42.972</v>
+        <v>37.284</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>44.616</v>
+        <v>37.98</v>
       </c>
       <c r="D58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>48.252</v>
+        <v>38.184</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>48.252</v>
+        <v>38.4</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>48.588</v>
+        <v>40.8</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>51.84</v>
+        <v>44.616</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>66.468</v>
+        <v>47.58</v>
       </c>
       <c r="D63" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>78.996</v>
+        <v>48.252</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>90.132</v>
+        <v>78.996</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>92.868</v>
+        <v>90.132</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D67"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>