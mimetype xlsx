--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,468 +7,489 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$70</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3 гнезда, 108846</t>
   </si>
   <si>
     <t>HAMA-108846</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA 3гнезда, 30391</t>
+  </si>
+  <si>
+    <t>HAMA-30391</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 3гнезда, 1.4м,черен</t>
+  </si>
+  <si>
+    <t>HAMA-223012</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Разклонител HAMA 3гнезда, 30391</t>
-[...13 lines deleted...]
-  <si>
     <t>HAMA Разклонител 3 гнезда, 1.4м, бял</t>
   </si>
   <si>
     <t>HAMA-30528</t>
   </si>
   <si>
     <t>Разклонител HAMA 3 гнезда, 30392</t>
   </si>
   <si>
     <t>HAMA-30392</t>
   </si>
   <si>
     <t>HAMA Разклонител 3гнезда, 1.4м,черен с бутон вкл/изкл</t>
   </si>
   <si>
     <t>HAMA-223013</t>
   </si>
   <si>
     <t>Разклонител HAMA, 4 гнезда, 121921</t>
   </si>
   <si>
     <t>HAMA-121921</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3гнезда, 30382</t>
   </si>
   <si>
     <t>HAMA-30382</t>
   </si>
   <si>
     <t>HAMA Разклонител 3 гнезда, 1.4м, бял с бутон за вкл/изкл.</t>
   </si>
   <si>
     <t>HAMA-137322</t>
   </si>
   <si>
+    <t>Разклонител HAMA, 6 гнезда, 30393</t>
+  </si>
+  <si>
+    <t>HAMA-30393</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 6гнезда, 30383</t>
+  </si>
+  <si>
+    <t>HAMA-30383</t>
+  </si>
+  <si>
+    <t>HAMA Контакт с вградена защита от пренапрежение</t>
+  </si>
+  <si>
+    <t>HAMA-223324</t>
+  </si>
+  <si>
     <t>Контакт с вградена защита от пренапрежение, 223322</t>
   </si>
   <si>
     <t>HAMA-223322</t>
   </si>
   <si>
-    <t>Разклонител HAMA, 6 гнезда, 30393</t>
-[...20 lines deleted...]
-    <t>HAMA-223321</t>
+    <t>Разклонител HAMA 5 гнезда, 1.4 м, 137267</t>
+  </si>
+  <si>
+    <t>HAMA-137267</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 6 гнезда, 30384</t>
+  </si>
+  <si>
+    <t>HAMA-30384</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 3 гнезда, 30569</t>
+  </si>
+  <si>
+    <t>HAMA-30569</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител, 3-гнезда, 2,5 м, бял</t>
+  </si>
+  <si>
+    <t>HAMA-223020</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 6 гнезда, 30394</t>
+  </si>
+  <si>
+    <t>HAMA-30394</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 5гнезда, 1.4м, 47842</t>
+  </si>
+  <si>
+    <t>HAMA-47842</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 3 гнезда, 108841</t>
+  </si>
+  <si>
+    <t>HAMA-108841</t>
+  </si>
+  <si>
+    <t>Разклонител  HAMA 30535  3гнезда, 3м,бял с бутон вкл/изкл, защита срещу деца</t>
+  </si>
+  <si>
+    <t>HAMA-30535</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 3 гнезда, 108842</t>
+  </si>
+  <si>
+    <t>HAMA-108842</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA 108835, 3гнезда, 108835</t>
+  </si>
+  <si>
+    <t>HAMA-108835</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 6 гнезда на 90°, бутон за вкл./изкл., стенен монтаж, 2 м, бял</t>
+  </si>
+  <si>
+    <t>HAMA-223131</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 3гнезда, 5м, 108815</t>
+  </si>
+  <si>
+    <t>HAMA-108815</t>
+  </si>
+  <si>
+    <t>Разклонител 3гнезда, 1.4м, HAMA-223151</t>
+  </si>
+  <si>
+    <t>HAMA-223151</t>
+  </si>
+  <si>
+    <t>HAMA Алуминиев Разклонител 3-гнезда, превключвател, стенен монтаж, 1,5 м</t>
+  </si>
+  <si>
+    <t>HAMA-223101</t>
+  </si>
+  <si>
+    <t>Разклонител със 6 гнезда HAMA, 5м, 137266</t>
+  </si>
+  <si>
+    <t>HAMA-137266</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 10-гнезда, бутон вкл/изкл, 223041</t>
+  </si>
+  <si>
+    <t>HAMA-223041</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 3 гнезда, 1.4м, 223081</t>
+  </si>
+  <si>
+    <t>HAMA-223081</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 6 гнeзда, със защита от пренапрежение, 223152</t>
+  </si>
+  <si>
+    <t>HAMA-223152</t>
+  </si>
+  <si>
+    <t>Удължителен кабел HAMA Powerplug, Шуко мъжко, Шуко женско, Допълнителен контакт, 3.0 m, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-133801</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител, 6 гнeзда, със защита от пренапрежение, 223153</t>
+  </si>
+  <si>
+    <t>HAMA-223153</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 6гнезда, 5м, 108833</t>
+  </si>
+  <si>
+    <t>HAMA-108833</t>
+  </si>
+  <si>
+    <t>Разклонител, 5-гнезда, HAMA-223054</t>
+  </si>
+  <si>
+    <t>HAMA-223054</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 6 гнезда, 3м, черен, с бутон вкл/изкл, стенен монтаж</t>
+  </si>
+  <si>
+    <t>HAMA-223038</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител с ключ, 4 гнезда на 90°, стенен монтаж, 1.4м, черен</t>
+  </si>
+  <si>
+    <t>HAMA-223122</t>
+  </si>
+  <si>
+    <t>Разклонител Hama "Pro-S 30S", 3 гнезда, 133803</t>
+  </si>
+  <si>
+    <t>HAMA-133803</t>
+  </si>
+  <si>
+    <t>Удължителен захранващ кабел HAMA Outdoor, Външен, Шуко мъжко - Шуко женско, 5 m, IP44, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-223251</t>
+  </si>
+  <si>
+    <t>Алум. разклонител Hama, 6-гнезда, стенен монтаж, 223103</t>
+  </si>
+  <si>
+    <t>HAMA-223103</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител, 6-гнезда на 90°, стенен монтаж, 223132</t>
+  </si>
+  <si>
+    <t>HAMA-223132</t>
+  </si>
+  <si>
+    <t>4-мултипортов контакт, 20 W, HAMA-223342</t>
+  </si>
+  <si>
+    <t>HAMA-223342</t>
+  </si>
+  <si>
+    <t>Разклонител със защита от пренапрежение, 6 гнезда, HAMA-223156</t>
+  </si>
+  <si>
+    <t>HAMA-223156</t>
+  </si>
+  <si>
+    <t>Разклонител, 3-гнезда, USB-A 17 W, HAMA-223181</t>
+  </si>
+  <si>
+    <t>HAMA-223181</t>
+  </si>
+  <si>
+    <t>Разклонител 6 гнезда, 1.4м, индивидуални превключватели, 223159</t>
+  </si>
+  <si>
+    <t>HAMA-223159</t>
+  </si>
+  <si>
+    <t>HAMA Алуминиев Разклонител 6-гнезда, превключвател, стенен монтаж, 3 м</t>
+  </si>
+  <si>
+    <t>HAMA-223104</t>
+  </si>
+  <si>
+    <t>Разклонител със защита от пренапрежение, HAMA-223155</t>
+  </si>
+  <si>
+    <t>HAMA-223155</t>
+  </si>
+  <si>
+    <t>Разклонител 8-гнезда стенен монтаж, 1,5 м, HAMA-223105</t>
+  </si>
+  <si>
+    <t>HAMA-223105</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител Куб, 3-гнезда, 2х USB-C/A, 223195</t>
+  </si>
+  <si>
+    <t>HAMA-223195</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 5 гнезда, 2 x USB-A 17 W, 1.4 м, 223184</t>
+  </si>
+  <si>
+    <t>HAMA-223184</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, Въртящ се, 6 гнезда, 1.4м, Защита от пренапрежение, Бутон вкл/изкл, 360°, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-223161</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 6 гнезда, 1.4 м - индивидуално превключване, 223158</t>
+  </si>
+  <si>
+    <t>HAMA-223158</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA USB 3.4A, 5 гнезда, 2x USB, 3400mA, 223183</t>
+  </si>
+  <si>
+    <t>HAMA-223183</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 5 гнезда, 17 W, 2хUSB-C, 223191</t>
+  </si>
+  <si>
+    <t>HAMA-223191</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 8 гнезда, 1.5 м, 223162</t>
+  </si>
+  <si>
+    <t>HAMA-223162</t>
+  </si>
+  <si>
+    <t>Радиоуправляеми контакти с дистанционно управление HAMA 223581, 3500W</t>
+  </si>
+  <si>
+    <t>HAMA-223581</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 6 гнезда, 1.4м, 223160</t>
+  </si>
+  <si>
+    <t>HAMA-223160</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител, 4-гнезда, защита от пренапрежение, бял</t>
+  </si>
+  <si>
+    <t>HAMA-223165</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител, 4-гнезда, защита от пренапрежение, черен</t>
+  </si>
+  <si>
+    <t>HAMA-223166</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Разклонител HAMA 5 гнезда, 1.4 м, 137267</t>
-[...166 lines deleted...]
-  <si>
     <t>HAMA Разклонител 5 гнезда, USB-A 12 W, 223190</t>
   </si>
   <si>
     <t>HAMA-223190</t>
   </si>
   <si>
-    <t>4-мултипортов контакт, 20 W, HAMA-223342</t>
-[...86 lines deleted...]
-    <t>HAMA-223581</t>
+    <t>Външен удължителен захранващ кабел HAMA, Шуко мъжко, Шуко женско, 10 m, IP44, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-223252</t>
+  </si>
+  <si>
+    <t>Разклонител 10 гнезда, HAMA-223163</t>
+  </si>
+  <si>
+    <t>HAMA-223163</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 10 гнезда, 2m, 223164</t>
+  </si>
+  <si>
+    <t>HAMA-223164</t>
   </si>
   <si>
     <t>Разклонител USB-C/USB-A 3.4A, 3 гнезда, 2x USB, HAMA-223185</t>
   </si>
   <si>
     <t>HAMA-223185</t>
   </si>
   <si>
     <t>Разклонител HAMA, 5 гнезда, 2x USB, 223186</t>
   </si>
   <si>
     <t>HAMA-223186</t>
   </si>
   <si>
-    <t>Външен удължителен захранващ кабел HAMA, Шуко мъжко, Шуко женско, 10 m, IP44, Черен</t>
-[...20 lines deleted...]
-    <t>HAMA-176574</t>
+    <t>HAMA Смарт разклонител Wi-Fi  2.4Ghz, 4 гнезда, 4xUSB, 1.7 m, бял</t>
+  </si>
+  <si>
+    <t>HAMA-176628</t>
   </si>
   <si>
     <t>Разклонител Hama ,2-гнезда, 1.4 m, 223188</t>
   </si>
   <si>
     <t>HAMA-223188</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 4-гнезда, USB-C/A 65 W, PD, ключ on/off, 1,4 м, черен/сив</t>
+  </si>
+  <si>
+    <t>HAMA-223194</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -772,990 +793,1032 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D67"/>
+  <dimension ref="A1:D70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.54</v>
+        <v>3.348</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>12.48</v>
+        <v>6.384</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>12.48</v>
+        <v>6.384</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>12.54</v>
+        <v>6.408</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>12.6</v>
+        <v>6.444</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>12.6</v>
+        <v>6.444</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>13.224</v>
+        <v>6.792</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>13.296</v>
+        <v>6.912</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>13.524</v>
+        <v>7.056</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>13.8</v>
+        <v>7.128</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>14.028</v>
+        <v>7.716</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>14.964</v>
+        <v>7.764</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>15.18</v>
+        <v>8.172</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>15.996</v>
+        <v>8.244</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>16.248</v>
+        <v>8.304</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>16.668</v>
+        <v>8.52</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>17.184</v>
+        <v>8.784</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>17.52</v>
+        <v>8.964</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>20.436</v>
+        <v>11.64</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>22.776</v>
+        <v>12.3</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>24.06</v>
+        <v>12.3</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>24.912</v>
+        <v>12.732</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>25.524</v>
+        <v>13.26</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>25.932</v>
+        <v>13.476</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>26.076</v>
+        <v>13.5</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>26.364</v>
+        <v>13.584</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>26.4</v>
+        <v>13.788</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>26.58</v>
+        <v>13.8</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>27.0</v>
+        <v>13.86</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>27.12</v>
+        <v>13.932</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>27.252</v>
+        <v>14.16</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>27.684</v>
+        <v>14.724</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>28.38</v>
+        <v>14.784</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>28.8</v>
+        <v>14.88</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>28.92</v>
+        <v>14.952</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>29.136</v>
+        <v>15.18</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>29.256</v>
+        <v>15.24</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>29.7</v>
+        <v>15.348</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>29.748</v>
+        <v>15.792</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>30.0</v>
+        <v>15.864</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>30.876</v>
+        <v>16.404</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>31.02</v>
+        <v>16.716</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>31.536</v>
+        <v>16.728</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>32.088</v>
+        <v>16.86</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>32.7</v>
+        <v>17.472</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>32.712</v>
+        <v>17.892</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>32.976</v>
+        <v>17.964</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>34.176</v>
+        <v>18.18</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>35.124</v>
+        <v>18.444</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>35.58</v>
+        <v>18.624</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>36.072</v>
+        <v>18.972</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>36.432</v>
+        <v>19.056</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>37.284</v>
+        <v>19.524</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>37.98</v>
+        <v>19.788</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>38.184</v>
+        <v>20.7</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>38.4</v>
+        <v>20.7</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>40.8</v>
+        <v>21.972</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>44.616</v>
+        <v>22.812</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>47.58</v>
+        <v>24.672</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>48.252</v>
+        <v>24.696</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>78.996</v>
+        <v>24.84</v>
       </c>
       <c r="D65" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>90.132</v>
+        <v>26.508</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>138</v>
+      </c>
+      <c r="B67" t="s">
+        <v>139</v>
+      </c>
+      <c r="C67">
+        <v>41.208</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>140</v>
+      </c>
+      <c r="B68" t="s">
+        <v>141</v>
+      </c>
+      <c r="C68">
+        <v>46.08</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>142</v>
+      </c>
+      <c r="B69" t="s">
+        <v>143</v>
+      </c>
+      <c r="C69">
+        <v>46.188</v>
+      </c>
+      <c r="D69" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D67"/>
+  <autoFilter ref="A1:D70"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>