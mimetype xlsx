--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,308 +7,290 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$70</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$67</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3 гнезда, 108846</t>
   </si>
   <si>
     <t>HAMA-108846</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 3гнезда, 1.4м,черен</t>
+  </si>
+  <si>
+    <t>HAMA-223012</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 3 гнезда, 1.4м, бял</t>
+  </si>
+  <si>
+    <t>HAMA-30528</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 4 гнезда, 121921</t>
+  </si>
+  <si>
+    <t>HAMA-121921</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 3гнезда, 1.4м,черен с бутон вкл/изкл</t>
+  </si>
+  <si>
+    <t>HAMA-223013</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител 3 гнезда, 1.4м, бял с бутон за вкл/изкл.</t>
+  </si>
+  <si>
+    <t>HAMA-137322</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 6 гнезда, 30393</t>
+  </si>
+  <si>
+    <t>HAMA-30393</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 6гнезда, 30383</t>
+  </si>
+  <si>
+    <t>HAMA-30383</t>
+  </si>
+  <si>
+    <t>HAMA Контакт с вградена защита от пренапрежение</t>
+  </si>
+  <si>
+    <t>HAMA-223324</t>
+  </si>
+  <si>
+    <t>Контакт с вградена защита от пренапрежение, 223322</t>
+  </si>
+  <si>
+    <t>HAMA-223322</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Разклонител HAMA 3гнезда, 30391</t>
-[...2 lines deleted...]
-    <t>HAMA-30391</t>
+    <t>Разклонител HAMA 5 гнезда, 1.4 м, 137267</t>
+  </si>
+  <si>
+    <t>HAMA-137267</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 6 гнезда, 30384</t>
+  </si>
+  <si>
+    <t>HAMA-30384</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 3 гнезда, 30569</t>
+  </si>
+  <si>
+    <t>HAMA-30569</t>
+  </si>
+  <si>
+    <t>HAMA Разклонител, 3-гнезда, 2,5 м, бял</t>
+  </si>
+  <si>
+    <t>HAMA-223020</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 6 гнезда, 30394</t>
+  </si>
+  <si>
+    <t>HAMA-30394</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 5гнезда, 1.4м, 47842</t>
+  </si>
+  <si>
+    <t>HAMA-47842</t>
+  </si>
+  <si>
+    <t>Разклонител HAMA, 3 гнезда, 108841</t>
+  </si>
+  <si>
+    <t>HAMA-108841</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>HAMA Разклонител 3гнезда, 1.4м,черен</t>
-[...109 lines deleted...]
-  <si>
     <t>Разклонител  HAMA 30535  3гнезда, 3м,бял с бутон вкл/изкл, защита срещу деца</t>
   </si>
   <si>
     <t>HAMA-30535</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3 гнезда, 108842</t>
   </si>
   <si>
     <t>HAMA-108842</t>
   </si>
   <si>
     <t>Разклонител HAMA 108835, 3гнезда, 108835</t>
   </si>
   <si>
     <t>HAMA-108835</t>
   </si>
   <si>
     <t>HAMA Разклонител 6 гнезда на 90°, бутон за вкл./изкл., стенен монтаж, 2 м, бял</t>
   </si>
   <si>
     <t>HAMA-223131</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3гнезда, 5м, 108815</t>
   </si>
   <si>
     <t>HAMA-108815</t>
   </si>
   <si>
     <t>Разклонител 3гнезда, 1.4м, HAMA-223151</t>
   </si>
   <si>
     <t>HAMA-223151</t>
   </si>
   <si>
+    <t>Разклонител със 6 гнезда HAMA, 5м, 137266</t>
+  </si>
+  <si>
+    <t>HAMA-137266</t>
+  </si>
+  <si>
     <t>HAMA Алуминиев Разклонител 3-гнезда, превключвател, стенен монтаж, 1,5 м</t>
   </si>
   <si>
     <t>HAMA-223101</t>
   </si>
   <si>
-    <t>Разклонител със 6 гнезда HAMA, 5м, 137266</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Разклонител 10-гнезда, бутон вкл/изкл, 223041</t>
   </si>
   <si>
     <t>HAMA-223041</t>
   </si>
   <si>
     <t>Разклонител HAMA, 3 гнезда, 1.4м, 223081</t>
   </si>
   <si>
     <t>HAMA-223081</t>
   </si>
   <si>
     <t>HAMA Разклонител 6 гнeзда, със защита от пренапрежение, 223152</t>
   </si>
   <si>
     <t>HAMA-223152</t>
   </si>
   <si>
     <t>Удължителен кабел HAMA Powerplug, Шуко мъжко, Шуко женско, Допълнителен контакт, 3.0 m, Бял</t>
   </si>
   <si>
     <t>HAMA-133801</t>
   </si>
   <si>
     <t>HAMA Разклонител, 6 гнeзда, със защита от пренапрежение, 223153</t>
   </si>
   <si>
     <t>HAMA-223153</t>
   </si>
   <si>
     <t>Разклонител HAMA, 6гнезда, 5м, 108833</t>
   </si>
   <si>
     <t>HAMA-108833</t>
   </si>
   <si>
+    <t>Разклонител Hama "Pro-S 30S", 3 гнезда, 133803</t>
+  </si>
+  <si>
+    <t>HAMA-133803</t>
+  </si>
+  <si>
     <t>Разклонител, 5-гнезда, HAMA-223054</t>
   </si>
   <si>
     <t>HAMA-223054</t>
   </si>
   <si>
     <t>HAMA Разклонител 6 гнезда, 3м, черен, с бутон вкл/изкл, стенен монтаж</t>
   </si>
   <si>
     <t>HAMA-223038</t>
   </si>
   <si>
     <t>HAMA Разклонител с ключ, 4 гнезда на 90°, стенен монтаж, 1.4м, черен</t>
   </si>
   <si>
     <t>HAMA-223122</t>
   </si>
   <si>
-    <t>Разклонител Hama "Pro-S 30S", 3 гнезда, 133803</t>
-[...4 lines deleted...]
-  <si>
     <t>Удължителен захранващ кабел HAMA Outdoor, Външен, Шуко мъжко - Шуко женско, 5 m, IP44, Черен</t>
   </si>
   <si>
     <t>HAMA-223251</t>
   </si>
   <si>
     <t>Алум. разклонител Hama, 6-гнезда, стенен монтаж, 223103</t>
   </si>
   <si>
     <t>HAMA-223103</t>
   </si>
   <si>
     <t>HAMA Разклонител, 6-гнезда на 90°, стенен монтаж, 223132</t>
   </si>
   <si>
     <t>HAMA-223132</t>
   </si>
   <si>
     <t>4-мултипортов контакт, 20 W, HAMA-223342</t>
   </si>
   <si>
     <t>HAMA-223342</t>
   </si>
   <si>
     <t>Разклонител със защита от пренапрежение, 6 гнезда, HAMA-223156</t>
@@ -355,141 +337,141 @@
   <si>
     <t>Разклонител HAMA, 5 гнезда, 2 x USB-A 17 W, 1.4 м, 223184</t>
   </si>
   <si>
     <t>HAMA-223184</t>
   </si>
   <si>
     <t>Разклонител HAMA, Въртящ се, 6 гнезда, 1.4м, Защита от пренапрежение, Бутон вкл/изкл, 360°, Черен</t>
   </si>
   <si>
     <t>HAMA-223161</t>
   </si>
   <si>
     <t>HAMA Разклонител 6 гнезда, 1.4 м - индивидуално превключване, 223158</t>
   </si>
   <si>
     <t>HAMA-223158</t>
   </si>
   <si>
     <t>Разклонител HAMA USB 3.4A, 5 гнезда, 2x USB, 3400mA, 223183</t>
   </si>
   <si>
     <t>HAMA-223183</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>HAMA Разклонител 5 гнезда, 17 W, 2хUSB-C, 223191</t>
   </si>
   <si>
     <t>HAMA-223191</t>
   </si>
   <si>
     <t>Разклонител HAMA, 8 гнезда, 1.5 м, 223162</t>
   </si>
   <si>
     <t>HAMA-223162</t>
   </si>
   <si>
     <t>Радиоуправляеми контакти с дистанционно управление HAMA 223581, 3500W</t>
   </si>
   <si>
     <t>HAMA-223581</t>
   </si>
   <si>
     <t>HAMA Разклонител 6 гнезда, 1.4м, 223160</t>
   </si>
   <si>
     <t>HAMA-223160</t>
   </si>
   <si>
+    <t>HAMA Разклонител, 4-гнезда, защита от пренапрежение, черен</t>
+  </si>
+  <si>
+    <t>HAMA-223166</t>
+  </si>
+  <si>
     <t>HAMA Разклонител, 4-гнезда, защита от пренапрежение, бял</t>
   </si>
   <si>
     <t>HAMA-223165</t>
   </si>
   <si>
-    <t>HAMA Разклонител, 4-гнезда, защита от пренапрежение, черен</t>
-[...5 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>Разклонител USB-C/USB-A 3.4A, 3 гнезда, 2x USB, HAMA-223185</t>
+  </si>
+  <si>
+    <t>HAMA-223185</t>
   </si>
   <si>
     <t>HAMA Разклонител 5 гнезда, USB-A 12 W, 223190</t>
   </si>
   <si>
     <t>HAMA-223190</t>
   </si>
   <si>
     <t>Външен удължителен захранващ кабел HAMA, Шуко мъжко, Шуко женско, 10 m, IP44, Черен</t>
   </si>
   <si>
     <t>HAMA-223252</t>
   </si>
   <si>
+    <t>Разклонител HAMA, 10 гнезда, 2m, 223164</t>
+  </si>
+  <si>
+    <t>HAMA-223164</t>
+  </si>
+  <si>
     <t>Разклонител 10 гнезда, HAMA-223163</t>
   </si>
   <si>
     <t>HAMA-223163</t>
   </si>
   <si>
-    <t>Разклонител HAMA, 10 гнезда, 2m, 223164</t>
-[...10 lines deleted...]
-  <si>
     <t>Разклонител HAMA, 5 гнезда, 2x USB, 223186</t>
   </si>
   <si>
     <t>HAMA-223186</t>
   </si>
   <si>
     <t>HAMA Смарт разклонител Wi-Fi  2.4Ghz, 4 гнезда, 4xUSB, 1.7 m, бял</t>
   </si>
   <si>
     <t>HAMA-176628</t>
   </si>
   <si>
+    <t>HAMA Разклонител 4-гнезда, USB-C/A 65 W, PD, ключ on/off, 1,4 м, черен/сив</t>
+  </si>
+  <si>
+    <t>HAMA-223194</t>
+  </si>
+  <si>
     <t>Разклонител Hama ,2-гнезда, 1.4 m, 223188</t>
   </si>
   <si>
     <t>HAMA-223188</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-223194</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -793,1032 +775,990 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D70"/>
+  <dimension ref="A1:D67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>3.348</v>
+        <v>3.48</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>4.296</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>4.296</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C5">
-        <v>4.296</v>
+        <v>6.3</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C6">
         <v>6.384</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C7">
-        <v>6.384</v>
+        <v>6.444</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8">
-        <v>6.408</v>
+        <v>6.792</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C9">
-        <v>6.444</v>
+        <v>6.912</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C10">
-        <v>6.444</v>
+        <v>7.056</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11">
+        <v>7.128</v>
+      </c>
+      <c r="D11" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>6.912</v>
+        <v>7.716</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>7.056</v>
+        <v>7.764</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>7.128</v>
+        <v>8.172</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>7.716</v>
+        <v>8.244</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>7.764</v>
+        <v>8.304</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>8.172</v>
+        <v>8.52</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18">
+        <v>8.784</v>
+      </c>
+      <c r="D18" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>8.304</v>
+        <v>8.916</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>8.52</v>
+        <v>11.484</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>8.784</v>
+        <v>12.3</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>8.964</v>
+        <v>12.3</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>11.64</v>
+        <v>12.636</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>12.3</v>
+        <v>12.984</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>12.3</v>
+        <v>13.344</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>12.732</v>
+        <v>13.476</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>13.26</v>
+        <v>13.584</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>13.476</v>
+        <v>13.632</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>13.5</v>
+        <v>13.8</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>13.584</v>
+        <v>13.812</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>13.788</v>
+        <v>13.932</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>13.8</v>
+        <v>14.16</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>13.86</v>
+        <v>14.7</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>13.932</v>
+        <v>14.724</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>14.16</v>
+        <v>14.784</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>14.724</v>
+        <v>14.88</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>14.784</v>
+        <v>15.18</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>14.88</v>
+        <v>15.24</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>14.952</v>
+        <v>15.348</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>15.18</v>
+        <v>15.792</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>15.24</v>
+        <v>15.864</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>15.348</v>
+        <v>16.428</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>15.792</v>
+        <v>16.68</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>15.864</v>
+        <v>16.728</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>16.404</v>
+        <v>16.86</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>16.716</v>
+        <v>17.46</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>16.728</v>
+        <v>17.892</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>16.86</v>
+        <v>17.964</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>17.472</v>
+        <v>18.18</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>17.892</v>
+        <v>18.54</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>17.964</v>
+        <v>18.624</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>107</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>18.18</v>
+        <v>18.972</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>18.444</v>
+        <v>19.08</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>18.624</v>
+        <v>19.524</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>18.972</v>
+        <v>19.704</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>19.056</v>
+        <v>20.58</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>19.524</v>
+        <v>20.7</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>19.788</v>
+        <v>21.024</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>20.7</v>
+        <v>21.972</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>20.7</v>
+        <v>22.716</v>
       </c>
       <c r="D60" t="s">
-        <v>125</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>21.972</v>
+        <v>24.612</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>22.812</v>
+        <v>24.72</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>24.672</v>
+        <v>26.508</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>24.696</v>
+        <v>41.208</v>
       </c>
       <c r="D64" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>24.84</v>
+        <v>46.032</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>107</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>26.508</v>
+        <v>46.08</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
-[...41 lines deleted...]
-        <v>125</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D70"/>
+  <autoFilter ref="A1:D67"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>