--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,134 +7,134 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$35</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Универсален адаптер HAMA, AC/DC Eco 300 mA, 223611</t>
   </si>
   <si>
     <t>HAMA-223611</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Универсално захранване HAMA, регулируемо, 1000mA, 12W, 223613</t>
   </si>
   <si>
     <t>HAMA-223613</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 19V 3.42A 65W for Asus R510C R510L R556L X550C X550L Toshiba Satellite C650 L750 5.5mm-2.5mm</t>
   </si>
   <si>
     <t>GC-AD25P-TOSH-19V-3.42A</t>
   </si>
   <si>
-    <t>не е в наличност</t>
+    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, AC Adapter за DELL  PRO Charger / AC Adapter 19.5V 3.34A 65W for Dell Latitude E6330 E6410 E6430 E6530 E7440 Inspiron 15 5558 15R N5110</t>
   </si>
   <si>
     <t>GC-AD07AP-DELL-19.5V</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, За TOSHIBA/ ASUS / Fujitsu, 20V, 4.5A, 5.5mm-2</t>
   </si>
   <si>
     <t>GC-FUJITSU-ADAPTER-AD13P</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>Захранващ адаптер Inter Tech 60W, C14-Конектор</t>
+  </si>
+  <si>
+    <t>INTER-TECH-PSU-60W</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, за Asus Eee PC, 19V, 2.1A</t>
   </si>
   <si>
     <t>GC-AD06P-ASUS-19V-2.1A</t>
   </si>
   <si>
     <t>Универсално зарядно за лаптоп HAMA, Мрежово, изх. 15/19V, 45W, 200001</t>
   </si>
   <si>
     <t>HAMA-200001</t>
   </si>
   <si>
     <t>HAMA Зарядно за лаптоп USB-C PD, GaN, 5-20V/45 W</t>
   </si>
   <si>
     <t>HAMA-200022</t>
   </si>
   <si>
-    <t>Захранващ адаптер Inter Tech 60W, C14-Конектор</t>
-[...4 lines deleted...]
-  <si>
     <t>Универсално зарядно за лаптоп HAMA, за кола, вх.12-15 V, изх.15-19 V/70W, 200008</t>
   </si>
   <si>
     <t>HAMA-200008</t>
   </si>
   <si>
     <t>Зарядно HAMA Universal, 220V, 5-20V/45W, USB-C, Power Delivery</t>
   </si>
   <si>
     <t>HAMA-200005</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, GC-AD09P-DELL, 19.5V, 4.62A</t>
   </si>
   <si>
     <t>GC-AD09P-DELL-19.5V-4.62A</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, AD123P, За LENOVO, 20V, 2.1A</t>
   </si>
   <si>
     <t>GC-AD123P-LENOVO-20V</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 20V 4.5A 90W for Lenovo G500 G500s G510 Z51-70 IdeaPad Z510 Z710 ThinkPad T440s T460p T470p</t>
@@ -163,111 +163,117 @@
   <si>
     <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 19V 3.42A 65W for Acer Aspire 5741G 5742 5742G E1-521 E1-531 E1-531G E1-570 E1-571 E1-571G</t>
   </si>
   <si>
     <t>GC-AD01P-HP-19V-3.42A</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, HP PRO Charger / AC Adapter 19.5V 3.33A 65W for HP 250 G2 G3 G4 G5 15-R 15-R100NW 15-R101NW 15-R104NW 15-R233NW  4,5mm- 3,0mm</t>
   </si>
   <si>
     <t>GC-AD49P-HP-19V-3.33A</t>
   </si>
   <si>
     <t>Универсално захранване за лаптоп HAMA, Мрежово, изх. 15/19V, 65W, 200002</t>
   </si>
   <si>
     <t>HAMA-200002</t>
   </si>
   <si>
     <t>Универсално захранване(зарядно) за лаптоп FSP NB 65W, USB Type-C, Черен</t>
   </si>
   <si>
     <t>FORT-PS-NBC65</t>
   </si>
   <si>
+    <t>Зарядно j5create JUP2290C, 100W, USB-A, USB-C</t>
+  </si>
+  <si>
+    <t>J5-JUP2290C-EN</t>
+  </si>
+  <si>
+    <t>HAMA Зарядно за лаптоп, USB-C PD, GaN, 5-20V/65 W</t>
+  </si>
+  <si>
+    <t>HAMA-200023</t>
+  </si>
+  <si>
+    <t>Захранване за лаптоп GREEN CELL, MICROSOFT Pro 3/4/5/6 PRO 1706 65W 15V 4A  Microsoft Surface Laptop, Pro, Book, Go</t>
+  </si>
+  <si>
+    <t>GC-AD135P-MICROSOFT</t>
+  </si>
+  <si>
     <t>Универсално захранване(зарядно) за лаптоп FSP NB90, 90W, 18-20V, 4.74A, Черно</t>
   </si>
   <si>
     <t>FORT-PS-NB90-PRO</t>
   </si>
   <si>
-    <t>HAMA Зарядно за лаптоп, USB-C PD, GaN, 5-20V/65 W</t>
-[...16 lines deleted...]
-  <si>
     <t>Универсално захранване за лаптоп HAMA, Мрежово, 15/19V, 90W, 200003</t>
   </si>
   <si>
     <t>HAMA-200003</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Универсално мрежово зарядно за лаптоп HAMA, изх. 12-22V, 90W, 200004</t>
   </si>
   <si>
     <t>HAMA-200004</t>
   </si>
   <si>
+    <t>Захранващ адаптер MikroTik 48V2A96W High power 48V 2A 96W power supply with EU plug</t>
+  </si>
+  <si>
+    <t>MIKROTIK-48V2A96W</t>
+  </si>
+  <si>
     <t>HAMA Универсално захранване за лаптоп, USB-C, Gan, (PD), 5-20V/100W</t>
   </si>
   <si>
     <t>HAMA-200024</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Универсално захранване(зарядно) за лаптоп FSP NB C 100, 100W</t>
   </si>
   <si>
     <t>FORT-PS-NBC100</t>
   </si>
   <si>
+    <t>j5create JUP25102V Зарядно 220V-  GaN 102W  USB-C 2порта- за лаптопи, таблети, телефони</t>
+  </si>
+  <si>
+    <t>J5-JUP25102V</t>
+  </si>
+  <si>
     <t>Универсална зарядна станция, 3 порта, USB-C / USB-A (PD), 5-20V/65W, 200017</t>
   </si>
   <si>
     <t>HAMA-200017</t>
-  </si>
-[...4 lines deleted...]
-    <t>J5-JUP25102V</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 20V 8.5A 170W for Lenovo Legion 5-15 15ARH05 15IMH05 17IMH05 Y530-15 Y540-15IRH Y540-17 Y720</t>
   </si>
   <si>
     <t>GC-AD117P-LENOVO-20V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -577,528 +583,542 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D34"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="199.237" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>22.332</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>27.636</v>
+        <v>26.88</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>33.6</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
         <v>36.0</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>38.4</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>42.0</v>
+        <v>40.368</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>43.092</v>
+        <v>42.0</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>45.876</v>
+        <v>43.164</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>45.9</v>
+        <v>45.876</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>46.128</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>46.752</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>48.0</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>48.0</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>48.0</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>53.412</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>54.0</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>54.0</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>54.0</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>54.0</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>54.456</v>
+        <v>54.36</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>57.144</v>
+        <v>56.592</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>59.424</v>
+        <v>58.8</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>61.548</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>62.4</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>65.376</v>
+        <v>62.58</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>69.972</v>
+        <v>69.588</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
         <v>72.324</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>76.8</v>
+        <v>74.88</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>79.128</v>
+        <v>76.8</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>86.664</v>
+        <v>79.128</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>98.076</v>
+        <v>81.6</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
+        <v>86.664</v>
+      </c>
+      <c r="D33" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
+        <v>73</v>
+      </c>
+      <c r="C34">
         <v>114.0</v>
       </c>
-      <c r="D33" t="s">
-        <v>11</v>
+      <c r="D34" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D34"/>
+  <autoFilter ref="A1:D35"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>