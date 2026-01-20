--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -43,80 +43,86 @@
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Универсален адаптер HAMA, AC/DC Eco 300 mA, 223611</t>
   </si>
   <si>
     <t>HAMA-223611</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Универсално захранване HAMA, регулируемо, 1000mA, 12W, 223613</t>
   </si>
   <si>
     <t>HAMA-223613</t>
   </si>
   <si>
+    <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 19V 3.42A 65W for Asus R510C R510L R556L X550C X550L Toshiba Satellite C650 L750 5.5mm-2.5mm</t>
+  </si>
+  <si>
+    <t>GC-AD25P-TOSH-19V-3.42A</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Захранване за лаптоп GREEN CELL, AC Adapter за DELL  PRO Charger / AC Adapter 19.5V 3.34A 65W for Dell Latitude E6330 E6410 E6430 E6530 E7440 Inspiron 15 5558 15R N5110</t>
+  </si>
+  <si>
+    <t>GC-AD07AP-DELL-19.5V</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 19V 3.42A 65W for Asus R510C R510L R556L X550C X550L Toshiba Satellite C650 L750 5.5mm-2.5mm</t>
-[...13 lines deleted...]
-  <si>
     <t>Захранване за лаптоп GREEN CELL, За TOSHIBA/ ASUS / Fujitsu, 20V, 4.5A, 5.5mm-2</t>
   </si>
   <si>
     <t>GC-FUJITSU-ADAPTER-AD13P</t>
   </si>
   <si>
     <t>Захранващ адаптер Inter Tech 60W, C14-Конектор</t>
   </si>
   <si>
     <t>INTER-TECH-PSU-60W</t>
   </si>
   <si>
+    <t>Универсално захранване(зарядно) за лаптоп FSP NB 65W, USB Type-C, Черен</t>
+  </si>
+  <si>
+    <t>FORT-PS-NBC65</t>
+  </si>
+  <si>
     <t>Захранване за лаптоп GREEN CELL, за Asus Eee PC, 19V, 2.1A</t>
   </si>
   <si>
     <t>GC-AD06P-ASUS-19V-2.1A</t>
   </si>
   <si>
     <t>Универсално зарядно за лаптоп HAMA, Мрежово, изх. 15/19V, 45W, 200001</t>
   </si>
   <si>
     <t>HAMA-200001</t>
   </si>
   <si>
     <t>HAMA Зарядно за лаптоп USB-C PD, GaN, 5-20V/45 W</t>
   </si>
   <si>
     <t>HAMA-200022</t>
   </si>
   <si>
     <t>Универсално зарядно за лаптоп HAMA, за кола, вх.12-15 V, изх.15-19 V/70W, 200008</t>
   </si>
   <si>
     <t>HAMA-200008</t>
   </si>
   <si>
     <t>Зарядно HAMA Universal, 220V, 5-20V/45W, USB-C, Power Delivery</t>
@@ -157,123 +163,117 @@
   <si>
     <t>Захранване за лаптоп GREEN CELL, HP Envy Pavilion DV4 DV5 DV6 Compaq CQ61 CQ62, 19V, 4.74A</t>
   </si>
   <si>
     <t>GC-AD15P-HP-19V-4.74A</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 19V 3.42A 65W for Acer Aspire 5741G 5742 5742G E1-521 E1-531 E1-531G E1-570 E1-571 E1-571G</t>
   </si>
   <si>
     <t>GC-AD01P-HP-19V-3.42A</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, HP PRO Charger / AC Adapter 19.5V 3.33A 65W for HP 250 G2 G3 G4 G5 15-R 15-R100NW 15-R101NW 15-R104NW 15-R233NW  4,5mm- 3,0mm</t>
   </si>
   <si>
     <t>GC-AD49P-HP-19V-3.33A</t>
   </si>
   <si>
     <t>Универсално захранване за лаптоп HAMA, Мрежово, изх. 15/19V, 65W, 200002</t>
   </si>
   <si>
     <t>HAMA-200002</t>
   </si>
   <si>
-    <t>Универсално захранване(зарядно) за лаптоп FSP NB 65W, USB Type-C, Черен</t>
-[...2 lines deleted...]
-    <t>FORT-PS-NBC65</t>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>HAMA Зарядно за лаптоп, USB-C PD, GaN, 5-20V/65 W</t>
+  </si>
+  <si>
+    <t>HAMA-200023</t>
+  </si>
+  <si>
+    <t>Захранване за лаптоп GREEN CELL, MICROSOFT Pro 3/4/5/6 PRO 1706 65W 15V 4A  Microsoft Surface Laptop, Pro, Book, Go</t>
+  </si>
+  <si>
+    <t>GC-AD135P-MICROSOFT</t>
   </si>
   <si>
     <t>Зарядно j5create JUP2290C, 100W, USB-A, USB-C</t>
   </si>
   <si>
     <t>J5-JUP2290C-EN</t>
   </si>
   <si>
-    <t>HAMA Зарядно за лаптоп, USB-C PD, GaN, 5-20V/65 W</t>
-[...8 lines deleted...]
-    <t>GC-AD135P-MICROSOFT</t>
+    <t>Универсално захранване за лаптоп HAMA, Мрежово, 15/19V, 90W, 200003</t>
+  </si>
+  <si>
+    <t>HAMA-200003</t>
+  </si>
+  <si>
+    <t>Универсално мрежово зарядно за лаптоп HAMA, изх. 12-22V, 90W, 200004</t>
+  </si>
+  <si>
+    <t>HAMA-200004</t>
+  </si>
+  <si>
+    <t>Захранващ адаптер MikroTik 48V2A96W High power 48V 2A 96W power supply with EU plug</t>
+  </si>
+  <si>
+    <t>MIKROTIK-48V2A96W</t>
+  </si>
+  <si>
+    <t>HAMA Универсално захранване за лаптоп, USB-C, Gan, (PD), 5-20V/100W</t>
+  </si>
+  <si>
+    <t>HAMA-200024</t>
   </si>
   <si>
     <t>Универсално захранване(зарядно) за лаптоп FSP NB90, 90W, 18-20V, 4.74A, Черно</t>
   </si>
   <si>
     <t>FORT-PS-NB90-PRO</t>
   </si>
   <si>
-    <t>Универсално захранване за лаптоп HAMA, Мрежово, 15/19V, 90W, 200003</t>
-[...23 lines deleted...]
-    <t>HAMA-200024</t>
+    <t>Универсална зарядна станция, 3 порта, USB-C / USB-A (PD), 5-20V/65W, 200017</t>
+  </si>
+  <si>
+    <t>HAMA-200017</t>
+  </si>
+  <si>
+    <t>j5create JUP25102V Зарядно 220V-  GaN 102W  USB-C 2порта- за лаптопи, таблети, телефони</t>
+  </si>
+  <si>
+    <t>J5-JUP25102V</t>
   </si>
   <si>
     <t>Универсално захранване(зарядно) за лаптоп FSP NB C 100, 100W</t>
   </si>
   <si>
     <t>FORT-PS-NBC100</t>
-  </si>
-[...10 lines deleted...]
-    <t>HAMA-200017</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 20V 8.5A 170W for Lenovo Legion 5-15 15ARH05 15IMH05 17IMH05 Y530-15 Y540-15IRH Y540-17 Y720</t>
   </si>
   <si>
     <t>GC-AD117P-LENOVO-20V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -619,502 +619,502 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>22.332</v>
+        <v>11.424</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>26.88</v>
+        <v>14.112</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>17.184</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>18.408</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>38.4</v>
+        <v>19.632</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>40.368</v>
+        <v>20.64</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>42.0</v>
+        <v>20.88</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>43.164</v>
+        <v>21.48</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>45.876</v>
+        <v>22.068</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>46.128</v>
+        <v>23.46</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>46.752</v>
+        <v>23.58</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>48.0</v>
+        <v>23.904</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>48.0</v>
+        <v>24.54</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>48.0</v>
+        <v>24.54</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>53.412</v>
+        <v>24.54</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>54.0</v>
+        <v>27.312</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>54.36</v>
+        <v>27.612</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>56.592</v>
+        <v>27.792</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>58.8</v>
+        <v>31.464</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>61.548</v>
+        <v>31.908</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>62.4</v>
+        <v>33.432</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>62.58</v>
+        <v>35.796</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>69.588</v>
+        <v>36.984</v>
       </c>
       <c r="D27" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>72.324</v>
+        <v>38.28</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>74.88</v>
+        <v>39.264</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>76.8</v>
+        <v>42.42</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>79.128</v>
+        <v>44.304</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>81.6</v>
+        <v>50.148</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>86.664</v>
+        <v>54.144</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>114.0</v>
+        <v>58.284</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D35"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>