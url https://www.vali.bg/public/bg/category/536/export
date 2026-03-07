--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,273 +7,267 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$35</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Универсален адаптер HAMA, AC/DC Eco 300 mA, 223611</t>
   </si>
   <si>
     <t>HAMA-223611</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Универсално захранване HAMA, регулируемо, 1000mA, 12W, 223613</t>
   </si>
   <si>
     <t>HAMA-223613</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 19V 3.42A 65W for Asus R510C R510L R556L X550C X550L Toshiba Satellite C650 L750 5.5mm-2.5mm</t>
   </si>
   <si>
     <t>GC-AD25P-TOSH-19V-3.42A</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Захранване за лаптоп GREEN CELL, AC Adapter за DELL  PRO Charger / AC Adapter 19.5V 3.34A 65W for Dell Latitude E6330 E6410 E6430 E6530 E7440 Inspiron 15 5558 15R N5110</t>
+  </si>
+  <si>
+    <t>GC-AD07AP-DELL-19.5V</t>
+  </si>
+  <si>
+    <t>Захранване за лаптоп GREEN CELL, За TOSHIBA/ ASUS / Fujitsu, 20V, 4.5A, 5.5mm-2</t>
+  </si>
+  <si>
+    <t>GC-FUJITSU-ADAPTER-AD13P</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Захранване за лаптоп GREEN CELL, AC Adapter за DELL  PRO Charger / AC Adapter 19.5V 3.34A 65W for Dell Latitude E6330 E6410 E6430 E6530 E7440 Inspiron 15 5558 15R N5110</t>
-[...13 lines deleted...]
-  <si>
     <t>Захранващ адаптер Inter Tech 60W, C14-Конектор</t>
   </si>
   <si>
     <t>INTER-TECH-PSU-60W</t>
   </si>
   <si>
+    <t>Захранване за лаптоп GREEN CELL, за Asus Eee PC, 19V, 2.1A</t>
+  </si>
+  <si>
+    <t>GC-AD06P-ASUS-19V-2.1A</t>
+  </si>
+  <si>
+    <t>Универсално зарядно за лаптоп HAMA, Мрежово, изх. 15/19V, 45W, 200001</t>
+  </si>
+  <si>
+    <t>HAMA-200001</t>
+  </si>
+  <si>
+    <t>HAMA Зарядно за лаптоп USB-C PD, GaN, 5-20V/45 W</t>
+  </si>
+  <si>
+    <t>HAMA-200022</t>
+  </si>
+  <si>
+    <t>Универсално зарядно за лаптоп HAMA, за кола, вх.12-15 V, изх.15-19 V/70W, 200008</t>
+  </si>
+  <si>
+    <t>HAMA-200008</t>
+  </si>
+  <si>
+    <t>Захранване за лаптоп GREEN CELL, GC-AD09P-DELL, 19.5V, 4.62A</t>
+  </si>
+  <si>
+    <t>GC-AD09P-DELL-19.5V-4.62A</t>
+  </si>
+  <si>
+    <t>Захранване за лаптоп GREEN CELL, AD123P, За LENOVO, 20V, 2.1A</t>
+  </si>
+  <si>
+    <t>GC-AD123P-LENOVO-20V</t>
+  </si>
+  <si>
+    <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 20V 4.5A 90W for Lenovo G500 G500s G510 Z51-70 IdeaPad Z510 Z710 ThinkPad T440s T460p T470p</t>
+  </si>
+  <si>
+    <t>GC-AD39AP-LENOVO-20V</t>
+  </si>
+  <si>
     <t>Универсално захранване(зарядно) за лаптоп FSP NB 65W, USB Type-C, Черен</t>
   </si>
   <si>
     <t>FORT-PS-NBC65</t>
   </si>
   <si>
-    <t>Захранване за лаптоп GREEN CELL, за Asus Eee PC, 19V, 2.1A</t>
-[...44 lines deleted...]
-    <t>GC-AD39AP-LENOVO-20V</t>
+    <t>на път</t>
   </si>
   <si>
     <t>Захранващ адаптер Inter Tech 120W, C14-Конектор</t>
   </si>
   <si>
     <t>INTER-TECH-PSU-120W</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, Универсално, APPLE AD03, 16.5V, 3.65AH</t>
   </si>
   <si>
     <t>GC-AD03-APPLE-16.5V-3.65A</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, HP Envy Pavilion DV4 DV5 DV6 Compaq CQ61 CQ62, 19V, 4.74A</t>
   </si>
   <si>
     <t>GC-AD15P-HP-19V-4.74A</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 19V 3.42A 65W for Acer Aspire 5741G 5742 5742G E1-521 E1-531 E1-531G E1-570 E1-571 E1-571G</t>
   </si>
   <si>
     <t>GC-AD01P-HP-19V-3.42A</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, HP PRO Charger / AC Adapter 19.5V 3.33A 65W for HP 250 G2 G3 G4 G5 15-R 15-R100NW 15-R101NW 15-R104NW 15-R233NW  4,5mm- 3,0mm</t>
   </si>
   <si>
     <t>GC-AD49P-HP-19V-3.33A</t>
   </si>
   <si>
     <t>Универсално захранване за лаптоп HAMA, Мрежово, изх. 15/19V, 65W, 200002</t>
   </si>
   <si>
     <t>HAMA-200002</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>Зарядно j5create JUP2290C, 100W, USB-A, USB-C</t>
+  </si>
+  <si>
+    <t>J5-JUP2290C-EN</t>
   </si>
   <si>
     <t>HAMA Зарядно за лаптоп, USB-C PD, GaN, 5-20V/65 W</t>
   </si>
   <si>
     <t>HAMA-200023</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, MICROSOFT Pro 3/4/5/6 PRO 1706 65W 15V 4A  Microsoft Surface Laptop, Pro, Book, Go</t>
   </si>
   <si>
     <t>GC-AD135P-MICROSOFT</t>
   </si>
   <si>
-    <t>Зарядно j5create JUP2290C, 100W, USB-A, USB-C</t>
-[...2 lines deleted...]
-    <t>J5-JUP2290C-EN</t>
+    <t>Универсално захранване(зарядно) за лаптоп FSP NB90, 90W, 18-20V, 4.74A, Черно</t>
+  </si>
+  <si>
+    <t>FORT-PS-NB90-PRO</t>
   </si>
   <si>
     <t>Универсално захранване за лаптоп HAMA, Мрежово, 15/19V, 90W, 200003</t>
   </si>
   <si>
     <t>HAMA-200003</t>
   </si>
   <si>
+    <t>Захранващ адаптер MikroTik 48V2A96W High power 48V 2A 96W power supply with EU plug</t>
+  </si>
+  <si>
+    <t>MIKROTIK-48V2A96W</t>
+  </si>
+  <si>
     <t>Универсално мрежово зарядно за лаптоп HAMA, изх. 12-22V, 90W, 200004</t>
   </si>
   <si>
     <t>HAMA-200004</t>
   </si>
   <si>
-    <t>Захранващ адаптер MikroTik 48V2A96W High power 48V 2A 96W power supply with EU plug</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Универсално захранване за лаптоп, USB-C, Gan, (PD), 5-20V/100W</t>
   </si>
   <si>
     <t>HAMA-200024</t>
   </si>
   <si>
-    <t>Универсално захранване(зарядно) за лаптоп FSP NB90, 90W, 18-20V, 4.74A, Черно</t>
-[...2 lines deleted...]
-    <t>FORT-PS-NB90-PRO</t>
+    <t>Универсално захранване(зарядно) за лаптоп FSP NB C 100, 100W</t>
+  </si>
+  <si>
+    <t>FORT-PS-NBC100</t>
   </si>
   <si>
     <t>Универсална зарядна станция, 3 порта, USB-C / USB-A (PD), 5-20V/65W, 200017</t>
   </si>
   <si>
     <t>HAMA-200017</t>
   </si>
   <si>
     <t>j5create JUP25102V Зарядно 220V-  GaN 102W  USB-C 2порта- за лаптопи, таблети, телефони</t>
   </si>
   <si>
     <t>J5-JUP25102V</t>
-  </si>
-[...4 lines deleted...]
-    <t>FORT-PS-NBC100</t>
   </si>
   <si>
     <t>Захранване за лаптоп GREEN CELL, PRO Charger / AC Adapter 20V 8.5A 170W for Lenovo Legion 5-15 15ARH05 15IMH05 17IMH05 Y530-15 Y540-15IRH Y540-17 Y720</t>
   </si>
   <si>
     <t>GC-AD117P-LENOVO-20V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -583,51 +577,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="199.237" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -664,461 +658,447 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>17.184</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>18.408</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>19.632</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>20.64</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>20.88</v>
+        <v>21.48</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>21.48</v>
+        <v>22.068</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>22.068</v>
+        <v>23.46</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>23.46</v>
+        <v>23.58</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>23.58</v>
+        <v>24.54</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>23.904</v>
+        <v>24.54</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>24.54</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>24.54</v>
+        <v>26.088</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>24.54</v>
+        <v>27.312</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>27.312</v>
+        <v>27.612</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
         <v>27.612</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
         <v>27.612</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
         <v>27.612</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>27.612</v>
+        <v>27.924</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>27.792</v>
+        <v>31.2</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>31.464</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>31.908</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>33.432</v>
+        <v>34.632</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>35.796</v>
+        <v>35.58</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>36.984</v>
+        <v>38.292</v>
       </c>
       <c r="D27" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>38.28</v>
+        <v>38.676</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>39.264</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>42.42</v>
+        <v>42.0</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>44.304</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>50.148</v>
+        <v>46.8</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>54.144</v>
+        <v>58.284</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
-[...13 lines deleted...]
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D35"/>
+  <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>