--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,158 +7,164 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$66</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Лещи за очила Gunnar Clip On - Amber Onyx</t>
   </si>
   <si>
     <t>GUN-CLI-00101</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Детски компютърни очила GUNNAR Cruz, Spider-Man Miles Morales Edition, Amber</t>
+  </si>
+  <si>
+    <t>GUN-CRU-11913</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Детски компютърни очила GUNNAR Cruz, Spider-Man Miles Morales Edition, Amber</t>
-[...4 lines deleted...]
-  <si>
     <t>Геймърски очила GUNNAR OPTICS Razer MOBA Amber Onyx</t>
   </si>
   <si>
     <t>GUN-RZR-30007</t>
   </si>
   <si>
+    <t>Геймърски очила GUNNAR Razer RPG, Amber, Зелен</t>
+  </si>
+  <si>
+    <t>GUN-RZR-30001</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Razer FPS, Amber, Зелен/Черен</t>
+  </si>
+  <si>
+    <t>GUN-RZR-30006</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Компютърни очила GUNNAR Vertex Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-VER-00101</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Vertex Onyx Clear, Черен</t>
   </si>
   <si>
     <t>GUN-VER-00109</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Riot Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-RIO-00101</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Vertex Onyx, Clear Natural, Черен</t>
   </si>
   <si>
     <t>GUN-VER-00114</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Геймърски очила GUNNAR ESL Blade Lite White, Amber Natural, Бели</t>
   </si>
   <si>
     <t>GUN-ESL-30106</t>
   </si>
   <si>
-    <t>Детски компютърни очила GUNNAR Cruz Teens, Clear Natural, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Компютърни очила GUNNAR Vertex Onyx, Amber Natural, Черен</t>
   </si>
   <si>
     <t>GUN-VER-00113</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Oakland Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-OAK-00101</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Oakland Onyx, Amber Natural, Черен</t>
   </si>
   <si>
     <t>GUN-OAK-00113</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Oakland Crystal, Amber, Бял</t>
   </si>
   <si>
     <t>GUN-OAK-07601</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Геймърски очила GUNNAR Riot Onyx Amber Max</t>
   </si>
   <si>
     <t>GUN-RIO-00112</t>
   </si>
   <si>
     <t>Геймърски очила GUNNAR TORPEDO Onyx, Черен</t>
   </si>
   <si>
     <t>GUN-TOR-00101</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR INTERCEPT Onyx, Amber Natural, Черен</t>
   </si>
   <si>
     <t>GUN-INT-00113</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR INTERCEPT Onyx, Clear Natural, Черен</t>
   </si>
   <si>
     <t>GUN-INT-00614</t>
   </si>
   <si>
     <t>Комплект GUNNAR x Call of Duty Alpha Edition - Onyx/Infrared - Amber - Очила + калъф</t>
@@ -253,120 +259,108 @@
   <si>
     <t>Компютърни очила GUNNAR Intercept Crystal, Clear, Бял</t>
   </si>
   <si>
     <t>GUN-INT-07609</t>
   </si>
   <si>
     <t>Компютърни  очила GUNNAR Intercept Latte Fade, Amber, Кафяв</t>
   </si>
   <si>
     <t>GUN-INT-10201</t>
   </si>
   <si>
     <t>Слънчеви очила GUNNAR INTERCEPT Onyx, Sun, Черен</t>
   </si>
   <si>
     <t>GUN-INT-00111</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Maverick Gunmetal Onyx, Sun, Черен</t>
   </si>
   <si>
     <t>GUN-MAV-05011</t>
   </si>
   <si>
+    <t>Компютърни очила GUNNAR Apex Onyx/Navy, Amber</t>
+  </si>
+  <si>
+    <t>GUN-APX-11501</t>
+  </si>
+  <si>
     <t>Компютърни очила GUNNAR Berkeley Onyx Amber, Черен</t>
   </si>
   <si>
     <t>GUN-BER-00101</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Enigma Onyx Amber Max</t>
   </si>
   <si>
     <t>GUN-ENI-00112</t>
   </si>
   <si>
     <t>Геймърски очила GUNNAR Lightning Bolt Base Onyx, Amber</t>
   </si>
   <si>
     <t>GUN-LIG-00101</t>
   </si>
   <si>
-    <t>Геймърски очила GUNNAR Razer RPG, Amber, Зелен</t>
-[...10 lines deleted...]
-  <si>
     <t>Компютърни очила GUNNAR Enigma, Black Panther Edition</t>
   </si>
   <si>
     <t>GUN-ENI-12101</t>
   </si>
   <si>
     <t>Компютърни  очила GUNNAR Enigma, Spider-Man Miles Morales Edition</t>
   </si>
   <si>
     <t>GUN-ENI-122011</t>
   </si>
   <si>
+    <t>Компютърни очила GUNNAR Diablo IV Sanctuary Edition - Blood Onyx Amber</t>
+  </si>
+  <si>
+    <t>GUN-DBL-66601</t>
+  </si>
+  <si>
     <t>Компютърни очила GUNNAR Loki Asgard Edition - Emerald Gold Amber</t>
   </si>
   <si>
     <t>GUN-LOK-01601</t>
   </si>
   <si>
-    <t>Компютърни очила GUNNAR Diablo IV Sanctuary Edition - Blood Onyx Amber</t>
-[...4 lines deleted...]
-  <si>
     <t>Геймърски очила GUNNAR VAYPER Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-VAY-00101</t>
   </si>
   <si>
     <t>Геймърски очила GUNNAR Pendleton Slate, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-PEN-09501</t>
-  </si>
-[...4 lines deleted...]
-    <t>GUN-APX-11501</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Apex Gold/Marble Amber</t>
   </si>
   <si>
     <t>GUN-APX-11401</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект очила с калъф GUNNAR x Call of Duty Covert Edition Amber Gunnar-Focus </t>
   </si>
   <si>
     <t>GUN-COV-MW201</t>
   </si>
   <si>
     <t>Комплект GUNNAR x World of Warcraft Alliance Edition Blue Crystal - Amber - Очила + калъф</t>
   </si>
   <si>
     <t>GUN-WOW-01401</t>
   </si>
   <si>
     <t>Компютърни  очила GUNNAR HAUS Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-HAU-00101</t>
   </si>
@@ -772,51 +766,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D67"/>
+  <dimension ref="A1:D66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -825,937 +819,923 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>48.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>69.0</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>79.2</v>
+        <v>78.996</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>99.0</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>99.0</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>99.0</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>99.0</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>99.0</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>99.0</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>99.0</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>99.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>99.0</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>99.0</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>99.0</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>118.8</v>
+        <v>99.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>118.8</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>118.8</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>118.992</v>
+        <v>118.8</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>118.992</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>118.992</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>118.992</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>118.992</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>118.992</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>118.992</v>
       </c>
       <c r="D25" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>118.992</v>
       </c>
       <c r="D26" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>119.004</v>
+        <v>118.992</v>
       </c>
       <c r="D27" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>119.004</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>119.004</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>119.004</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>119.004</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>119.004</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>119.004</v>
       </c>
       <c r="D33" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>119.004</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>119.004</v>
       </c>
       <c r="D35" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>119.004</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>119.004</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>119.004</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>119.004</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>119.208</v>
+        <v>119.004</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>127.2</v>
+        <v>119.004</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>127.2</v>
+        <v>119.208</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>127.2</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>127.2</v>
       </c>
       <c r="D44" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>127.2</v>
+        <v>138.996</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>135.192</v>
+        <v>138.996</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>148.992</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>149.004</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>159.0</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>159.0</v>
+        <v>159.192</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>159.192</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>159.192</v>
+        <v>189.0</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>189.0</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>189.0</v>
       </c>
       <c r="D54" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>189.0</v>
+        <v>198.996</v>
       </c>
       <c r="D55" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>198.996</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>198.996</v>
       </c>
       <c r="D57" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>198.996</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>198.996</v>
       </c>
       <c r="D59" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>198.996</v>
       </c>
       <c r="D60" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>198.996</v>
       </c>
       <c r="D61" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>198.996</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>198.996</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
         <v>198.996</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>198.996</v>
+        <v>288.996</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="66" spans="1:4">
-[...12 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D67"/>
+  <autoFilter ref="A1:D66"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>