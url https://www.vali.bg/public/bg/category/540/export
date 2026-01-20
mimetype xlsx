--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,378 +7,384 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$67</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Лещи за очила Gunnar Clip On - Amber Onyx</t>
   </si>
   <si>
     <t>GUN-CLI-00101</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Vertex Onyx, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-VER-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Vertex Onyx Clear, Черен</t>
+  </si>
+  <si>
+    <t>GUN-VER-00109</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Riot Onyx, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-RIO-00101</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR OPTICS Razer MOBA Amber Onyx</t>
+  </si>
+  <si>
+    <t>GUN-RZR-30007</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Vertex Onyx, Clear Natural, Черен</t>
+  </si>
+  <si>
+    <t>GUN-VER-00114</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR ESL Blade Lite White, Amber Natural, Бели</t>
+  </si>
+  <si>
+    <t>GUN-ESL-30106</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
+    <t>Компютърни очила GUNNAR Vertex Onyx, Amber Natural, Черен</t>
+  </si>
+  <si>
+    <t>GUN-VER-00113</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Oakland Onyx, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-OAK-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Oakland Onyx, Amber Natural, Черен</t>
+  </si>
+  <si>
+    <t>GUN-OAK-00113</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Oakland Crystal, Amber, Бял</t>
+  </si>
+  <si>
+    <t>GUN-OAK-07601</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Riot Onyx Amber Max</t>
+  </si>
+  <si>
+    <t>GUN-RIO-00112</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR TORPEDO Onyx, Черен</t>
+  </si>
+  <si>
+    <t>GUN-TOR-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR INTERCEPT Onyx, Amber Natural, Черен</t>
+  </si>
+  <si>
+    <t>GUN-INT-00113</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR INTERCEPT Onyx, Clear Natural, Черен</t>
+  </si>
+  <si>
+    <t>GUN-INT-00614</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Enigma Onyx, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-ENI-00101</t>
+  </si>
+  <si>
+    <t>Компютърни  очила GUNNAR Maverick Gunmetal, Сребрист</t>
+  </si>
+  <si>
+    <t>GUN-MAV-05001</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Maverick Gunmetal Clear, Сребрист</t>
+  </si>
+  <si>
+    <t>GUN-MAV-05009</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Ellipse Onyx, Clear</t>
+  </si>
+  <si>
+    <t>GUN-ELL-00109</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Ellipse Onyx, Amber</t>
+  </si>
+  <si>
+    <t>GUN-ELL-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Berkeley Onyx, Clear, Черен</t>
+  </si>
+  <si>
+    <t>GUN-BER-00109</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Berkeley Onyx Fade, Clear, Черен</t>
+  </si>
+  <si>
+    <t>GUN-BER-05709</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Berkeley Latte Fade, Amber, Кафяв</t>
+  </si>
+  <si>
+    <t>GUN-BER-10201</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Intercept Crystal, Clear, Бял</t>
+  </si>
+  <si>
+    <t>GUN-INT-07609</t>
+  </si>
+  <si>
+    <t>Компютърни  очила GUNNAR Intercept Latte Fade, Amber, Кафяв</t>
+  </si>
+  <si>
+    <t>GUN-INT-10201</t>
+  </si>
+  <si>
+    <t>Слънчеви очила GUNNAR INTERCEPT Onyx, Sun, Черен</t>
+  </si>
+  <si>
+    <t>GUN-INT-00111</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Maverick Gunmetal Onyx, Sun, Черен</t>
+  </si>
+  <si>
+    <t>GUN-MAV-05011</t>
+  </si>
+  <si>
     <t>Детски компютърни очила GUNNAR Cruz, Spider-Man Miles Morales Edition, Amber</t>
   </si>
   <si>
     <t>GUN-CRU-11913</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Геймърски очила GUNNAR OPTICS Razer MOBA Amber Onyx</t>
-[...2 lines deleted...]
-    <t>GUN-RZR-30007</t>
+    <t>Компютърни очила GUNNAR Berkeley Onyx Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-BER-00101</t>
+  </si>
+  <si>
+    <t>Комплект GUNNAR x Call of Duty Alpha Edition - Onyx/Infrared - Amber - Очила + калъф</t>
+  </si>
+  <si>
+    <t>GUN-ALP-04901</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Enigma Onyx Amber Max</t>
+  </si>
+  <si>
+    <t>GUN-ENI-00112</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Mustang Onyx, Amber</t>
+  </si>
+  <si>
+    <t>GUN-MUS-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Mustang Onyx - Clear</t>
+  </si>
+  <si>
+    <t>GUN-MUS-00109</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Mustang Onyx - Sun</t>
+  </si>
+  <si>
+    <t>GUN-MUS-00111</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Overwatch Reaper Black Ash - Amber</t>
+  </si>
+  <si>
+    <t>GUN-RPR-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Overwatch Reaper Black Ash - Sun</t>
+  </si>
+  <si>
+    <t>GUN-RPR-00111</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Overwatch Ultimate Ash - Amber</t>
+  </si>
+  <si>
+    <t>GUN-OVW-08501</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Overwatch Ultimate Ash - Clear</t>
+  </si>
+  <si>
+    <t>GUN-OVW-08509</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Lightning Bolt Base Onyx, Amber</t>
+  </si>
+  <si>
+    <t>GUN-LIG-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Enigma, Black Panther Edition</t>
+  </si>
+  <si>
+    <t>GUN-ENI-12101</t>
+  </si>
+  <si>
+    <t>Компютърни  очила GUNNAR Enigma, Spider-Man Miles Morales Edition</t>
+  </si>
+  <si>
+    <t>GUN-ENI-122011</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR VAYPER Onyx, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-VAY-00101</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Pendleton Slate, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-PEN-09501</t>
   </si>
   <si>
     <t>Геймърски очила GUNNAR Razer RPG, Amber, Зелен</t>
   </si>
   <si>
     <t>GUN-RZR-30001</t>
   </si>
   <si>
     <t>Геймърски очила GUNNAR Razer FPS, Amber, Зелен/Черен</t>
   </si>
   <si>
     <t>GUN-RZR-30006</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...193 lines deleted...]
-  <si>
     <t>Компютърни очила GUNNAR Apex Onyx/Navy, Amber</t>
   </si>
   <si>
     <t>GUN-APX-11501</t>
   </si>
   <si>
-    <t>Компютърни очила GUNNAR Berkeley Onyx Amber, Черен</t>
-[...26 lines deleted...]
-    <t>GUN-ENI-122011</t>
+    <t>Компютърни очила GUNNAR Loki Asgard Edition - Emerald Gold Amber</t>
+  </si>
+  <si>
+    <t>GUN-LOK-01601</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Apex Gold/Marble Amber</t>
+  </si>
+  <si>
+    <t>GUN-APX-11401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект очила с калъф GUNNAR x Call of Duty Covert Edition Amber Gunnar-Focus </t>
+  </si>
+  <si>
+    <t>GUN-COV-MW201</t>
+  </si>
+  <si>
+    <t>Комплект GUNNAR x World of Warcraft Alliance Edition Blue Crystal - Amber - Очила + калъф</t>
+  </si>
+  <si>
+    <t>GUN-WOW-01401</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Diablo IV Sanctuary Edition - Blood Onyx Amber</t>
   </si>
   <si>
     <t>GUN-DBL-66601</t>
-  </si>
-[...34 lines deleted...]
-    <t>GUN-WOW-01401</t>
   </si>
   <si>
     <t>Компютърни  очила GUNNAR HAUS Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-HAU-00101</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Plaid Graphite - Amber</t>
   </si>
   <si>
     <t>GUN-PLD-11101</t>
   </si>
   <si>
     <t>Компютърни очила  GUNNAR Torpedo 360 Onyx - Amber</t>
   </si>
   <si>
     <t>GUN-TR3-00101</t>
   </si>
   <si>
     <t>Комплект GUNNAR x Call of Duty UAV Edition - Onyx/Topo - Amber - Очила + калъф</t>
   </si>
   <si>
     <t>GUN-UAV-01901</t>
   </si>
@@ -766,976 +772,990 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D66"/>
+  <dimension ref="A1:D67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>69.0</v>
+        <v>50.616</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>78.996</v>
+        <v>50.616</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C7">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8">
+        <v>50.616</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>99.0</v>
+        <v>60.744</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>99.0</v>
+        <v>60.744</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>99.0</v>
+        <v>60.744</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>118.8</v>
+        <v>60.84</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>118.8</v>
+        <v>60.84</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>118.8</v>
+        <v>60.84</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29">
+        <v>60.84</v>
+      </c>
+      <c r="D29" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D36" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D37" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D38" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>119.004</v>
+        <v>60.84</v>
       </c>
       <c r="D39" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>119.004</v>
+        <v>60.948</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>119.004</v>
+        <v>65.04</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>119.208</v>
+        <v>65.04</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>127.2</v>
+        <v>76.176</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>127.2</v>
+        <v>76.188</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>138.996</v>
+        <v>81.3</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>138.996</v>
+        <v>81.3</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>148.992</v>
+        <v>81.3</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>149.004</v>
+        <v>81.3</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>159.0</v>
+        <v>81.3</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>159.192</v>
+        <v>81.396</v>
       </c>
       <c r="D50" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>159.192</v>
+        <v>81.396</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>189.0</v>
+        <v>86.412</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>189.0</v>
+        <v>96.636</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>189.0</v>
+        <v>96.636</v>
       </c>
       <c r="D54" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>198.996</v>
+        <v>96.636</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D56" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>288.996</v>
+        <v>101.748</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
+        <v>136</v>
+      </c>
+      <c r="C66">
+        <v>147.756</v>
+      </c>
+      <c r="D66" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D66"/>
+  <autoFilter ref="A1:D67"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>