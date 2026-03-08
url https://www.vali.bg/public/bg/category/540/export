--- v2 (2026-01-20)
+++ v3 (2026-03-08)
@@ -7,462 +7,510 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$75</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>Лещи за очила Gunnar Clip On - Amber Onyx</t>
-[...2 lines deleted...]
-    <t>GUN-CLI-00101</t>
+    <t>Компютърни очила GUNNAR Vertex Onyx, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-VER-00101</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Компютърни очила GUNNAR Vertex Onyx, Amber, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Компютърни очила GUNNAR Vertex Onyx Clear, Черен</t>
   </si>
   <si>
     <t>GUN-VER-00109</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Компютърни очила GUNNAR Riot Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-RIO-00101</t>
   </si>
   <si>
-    <t>Геймърски очила GUNNAR OPTICS Razer MOBA Amber Onyx</t>
-[...4 lines deleted...]
-  <si>
     <t>Компютърни очила GUNNAR Vertex Onyx, Clear Natural, Черен</t>
   </si>
   <si>
     <t>GUN-VER-00114</t>
   </si>
   <si>
-    <t>Геймърски очила GUNNAR ESL Blade Lite White, Amber Natural, Бели</t>
-[...2 lines deleted...]
-    <t>GUN-ESL-30106</t>
+    <t>Компютърни очила GUNNAR Vertex Onyx, Amber Natural, Черен</t>
+  </si>
+  <si>
+    <t>GUN-VER-00113</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Oakland Onyx, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-OAK-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Oakland Onyx, Amber Natural, Черен</t>
+  </si>
+  <si>
+    <t>GUN-OAK-00113</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Oakland Crystal, Amber, Бял</t>
+  </si>
+  <si>
+    <t>GUN-OAK-07601</t>
+  </si>
+  <si>
+    <t>Детски компютърни очила GUNNAR Cruz, Spider-Man Miles Morales Edition, Amber</t>
+  </si>
+  <si>
+    <t>GUN-CRU-11913</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Компютърни очила GUNNAR Vertex Onyx, Amber Natural, Черен</t>
-[...22 lines deleted...]
-  <si>
     <t>Геймърски очила GUNNAR Riot Onyx Amber Max</t>
   </si>
   <si>
     <t>GUN-RIO-00112</t>
   </si>
   <si>
+    <t>Детски компютърни очила GUNNAR Cruz Teens, Amber Natural, Черен</t>
+  </si>
+  <si>
+    <t>GUN-CRU-00101</t>
+  </si>
+  <si>
+    <t>Детски компютърни очила GUNNAR Cruz Teens, Clear Natural, Черен</t>
+  </si>
+  <si>
+    <t>GUN-CRU-00109</t>
+  </si>
+  <si>
     <t>Геймърски очила GUNNAR TORPEDO Onyx, Черен</t>
   </si>
   <si>
     <t>GUN-TOR-00101</t>
   </si>
   <si>
-    <t>Компютърни очила GUNNAR INTERCEPT Onyx, Amber Natural, Черен</t>
-[...2 lines deleted...]
-    <t>GUN-INT-00113</t>
+    <t>Компютърни  очила GUNNAR Maverick Gunmetal, Сребрист</t>
+  </si>
+  <si>
+    <t>GUN-MAV-05001</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Maverick Gunmetal Clear, Сребрист</t>
+  </si>
+  <si>
+    <t>GUN-MAV-05009</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Ellipse Onyx, Clear</t>
+  </si>
+  <si>
+    <t>GUN-ELL-00109</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Ellipse Onyx, Amber</t>
+  </si>
+  <si>
+    <t>GUN-ELL-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Berkeley Onyx, Clear, Черен</t>
+  </si>
+  <si>
+    <t>GUN-BER-00109</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Intercept Crystal, Clear, Бял</t>
+  </si>
+  <si>
+    <t>GUN-INT-07609</t>
+  </si>
+  <si>
+    <t>Компютърни  очила GUNNAR Intercept Latte Fade, Amber, Кафяв</t>
+  </si>
+  <si>
+    <t>GUN-INT-10201</t>
+  </si>
+  <si>
+    <t>Слънчеви очила GUNNAR INTERCEPT Onyx, Sun, Черен</t>
+  </si>
+  <si>
+    <t>GUN-INT-00111</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Overwatch Reaper Black Ash - Amber</t>
+  </si>
+  <si>
+    <t>GUN-RPR-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Mammoth - Smoke - Clear</t>
+  </si>
+  <si>
+    <t>GUN-MAM-06709</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR INTERCEPT Onyx, Clear Natural, Черен</t>
   </si>
   <si>
     <t>GUN-INT-00614</t>
   </si>
   <si>
+    <t>Компютърни очила GUNNAR Berkeley Onyx Fade, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-BER-05701</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Enigma Onyx Amber Max</t>
+  </si>
+  <si>
+    <t>GUN-ENI-00112</t>
+  </si>
+  <si>
+    <t>Компютърни  очила GUNNAR Enigma, Spider-Man Miles Morales Edition</t>
+  </si>
+  <si>
+    <t>GUN-ENI-122011</t>
+  </si>
+  <si>
     <t>Геймърски очила GUNNAR Enigma Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-ENI-00101</t>
   </si>
   <si>
-    <t>Компютърни  очила GUNNAR Maverick Gunmetal, Сребрист</t>
-[...58 lines deleted...]
-  <si>
     <t>Компютърни очила GUNNAR Maverick Gunmetal Onyx, Sun, Черен</t>
   </si>
   <si>
     <t>GUN-MAV-05011</t>
   </si>
   <si>
-    <t>Детски компютърни очила GUNNAR Cruz, Spider-Man Miles Morales Edition, Amber</t>
-[...5 lines deleted...]
-    <t>наличен</t>
+    <t>Компютърни очила GUNNAR Apex Onyx/Navy, Amber</t>
+  </si>
+  <si>
+    <t>GUN-APX-11501</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Berkeley Onyx Amber, Черен</t>
   </si>
   <si>
     <t>GUN-BER-00101</t>
   </si>
   <si>
     <t>Комплект GUNNAR x Call of Duty Alpha Edition - Onyx/Infrared - Amber - Очила + калъф</t>
   </si>
   <si>
     <t>GUN-ALP-04901</t>
   </si>
   <si>
-    <t>Компютърни очила GUNNAR Enigma Onyx Amber Max</t>
-[...2 lines deleted...]
-    <t>GUN-ENI-00112</t>
+    <t>Комплект GUNNAR x Call of Duty UAV Edition - Onyx/Topo - Amber - Очила + калъф</t>
+  </si>
+  <si>
+    <t>GUN-UAV-01901</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Overwatch Reaper Black Ash - Sun</t>
+  </si>
+  <si>
+    <t>GUN-RPR-00111</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Overwatch Ultimate Ash - Amber</t>
+  </si>
+  <si>
+    <t>GUN-OVW-08501</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Overwatch Ultimate Ash - Clear</t>
+  </si>
+  <si>
+    <t>GUN-OVW-08509</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Razer RPG, Amber, Зелен</t>
+  </si>
+  <si>
+    <t>GUN-RZR-30001</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Razer FPS, Amber, Зелен/Черен</t>
+  </si>
+  <si>
+    <t>GUN-RZR-30006</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Pendleton Slate, Amber, Черен</t>
+  </si>
+  <si>
+    <t>GUN-PEN-09501</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Mustang Onyx, Amber</t>
   </si>
   <si>
     <t>GUN-MUS-00101</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Mustang Onyx - Clear</t>
   </si>
   <si>
     <t>GUN-MUS-00109</t>
   </si>
   <si>
     <t>Компютърни очила GUNNAR Mustang Onyx - Sun</t>
   </si>
   <si>
     <t>GUN-MUS-00111</t>
   </si>
   <si>
-    <t>Компютърни очила GUNNAR Overwatch Reaper Black Ash - Amber</t>
-[...40 lines deleted...]
-  <si>
     <t>Геймърски очила GUNNAR VAYPER Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-VAY-00101</t>
   </si>
   <si>
-    <t>Геймърски очила GUNNAR Pendleton Slate, Amber, Черен</t>
-[...22 lines deleted...]
-  <si>
     <t>Компютърни очила GUNNAR Loki Asgard Edition - Emerald Gold Amber</t>
   </si>
   <si>
     <t>GUN-LOK-01601</t>
   </si>
   <si>
+    <t>Компютърни очила GUNNAR Borderlands Ripper - Bandit Smoke - Amber</t>
+  </si>
+  <si>
+    <t>GUN-BOR-RIP01</t>
+  </si>
+  <si>
+    <t>Слънчеви очила GUNNAR Borderlands Ripper - Bandit Smoke - Sunglasses</t>
+  </si>
+  <si>
+    <t>GUN-BOR-RIP11</t>
+  </si>
+  <si>
+    <t>Комплект GUNNAR x World of Warcraft Alliance Edition Blue Crystal - Amber - Очила + калъф</t>
+  </si>
+  <si>
+    <t>GUN-WOW-01401</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Diablo IV Sanctuary Edition - Blood Onyx Amber</t>
+  </si>
+  <si>
+    <t>GUN-DBL-66601</t>
+  </si>
+  <si>
     <t>Компютърни очила GUNNAR Apex Gold/Marble Amber</t>
   </si>
   <si>
     <t>GUN-APX-11401</t>
   </si>
   <si>
-    <t xml:space="preserve">Комплект очила с калъф GUNNAR x Call of Duty Covert Edition Amber Gunnar-Focus </t>
-[...14 lines deleted...]
-    <t>GUN-DBL-66601</t>
+    <t>Компютърни очила GUNNAR Alienware Roswell - Conspiracy Blue - Amber</t>
+  </si>
+  <si>
+    <t>GUN-ALN-04701</t>
   </si>
   <si>
     <t>Компютърни  очила GUNNAR HAUS Onyx, Amber, Черен</t>
   </si>
   <si>
     <t>GUN-HAU-00101</t>
   </si>
   <si>
+    <t>Комплект GUNNAR x World of Warcraft Horde Edition Onyx - Amber - Очила + калъф</t>
+  </si>
+  <si>
+    <t>GUN-WOW-00101</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Fallout Vault 33 Gunmetal/Olive - Amber</t>
+  </si>
+  <si>
+    <t>GUN-FAL-05501</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Fallout Vault 33 Gunmetal/Olive - Clear</t>
+  </si>
+  <si>
+    <t>GUN-FAL-05509</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Fallout Vault 33 Gunmetal/Olive - Sun</t>
+  </si>
+  <si>
+    <t>GUN-FAL-05511</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Fremont Onyx - Amber</t>
+  </si>
+  <si>
+    <t>GUN-FRM-00101</t>
+  </si>
+  <si>
+    <t>Геймърски очила GUNNAR Fremont Onyx - Clear Pro</t>
+  </si>
+  <si>
+    <t>GUN-FRM-01030</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Muir Ebony (wood), Amber</t>
+  </si>
+  <si>
+    <t>GUN-MUR-12301</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Muir Ebony (wood), Clear Pro</t>
+  </si>
+  <si>
+    <t>GUN-MUR-12330</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Muir Ebony (wood), Sun</t>
+  </si>
+  <si>
+    <t>GUN-MUR-12311</t>
+  </si>
+  <si>
     <t>Компютърни очила GUNNAR Plaid Graphite - Amber</t>
   </si>
   <si>
     <t>GUN-PLD-11101</t>
   </si>
   <si>
     <t>Компютърни очила  GUNNAR Torpedo 360 Onyx - Amber</t>
   </si>
   <si>
     <t>GUN-TR3-00101</t>
   </si>
   <si>
-    <t>Комплект GUNNAR x Call of Duty UAV Edition - Onyx/Topo - Amber - Очила + калъф</t>
-[...56 lines deleted...]
-    <t>GUN-MUR-12311</t>
+    <t>Компютърни очила GUNNAR Baron Silver - Amber</t>
+  </si>
+  <si>
+    <t>GUN-BAR-05001</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Baron Silver - Clear</t>
+  </si>
+  <si>
+    <t>GUN-BAR-05009</t>
+  </si>
+  <si>
+    <t>Слънчеви очила GUNNAR Baron Silver - Sunglasses</t>
+  </si>
+  <si>
+    <t>GUN-BAR-05011</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Campbell - Onyx - Amber</t>
+  </si>
+  <si>
+    <t>GUN-CMB-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Campbell - Onyx - Clear Pro</t>
+  </si>
+  <si>
+    <t>GUN-CMB-01030</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Dume - Gold - Amber</t>
+  </si>
+  <si>
+    <t>GUN-DME-02701</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Dume - Gold - Amber Max</t>
+  </si>
+  <si>
+    <t>GUN-DME-02712</t>
+  </si>
+  <si>
+    <t>Слънчеви очила GUNNAR Dume - Gold - Sunglasses</t>
+  </si>
+  <si>
+    <t>GUN-DME-02711</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Ciri - Meteorite/Saddle - Amber</t>
+  </si>
+  <si>
+    <t>GUN-WIT-CIR01</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR White Wolf - Steel/Umber - Amber</t>
+  </si>
+  <si>
+    <t>GUN-WIT-WLF01</t>
   </si>
   <si>
     <t>Комплект GUNNAR Cupertino Onyx с два вида стъкла Amber и Clear с калъф</t>
   </si>
   <si>
     <t>GUN-BUN-CUP01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -772,990 +820,1102 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D67"/>
+  <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>25.056</v>
+        <v>48.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11">
+        <v>48.996</v>
+      </c>
+      <c r="D11" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>50.616</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>50.616</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>60.744</v>
+        <v>58.992</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>60.744</v>
+        <v>58.992</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>60.744</v>
+        <v>58.992</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>60.84</v>
+        <v>58.992</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>60.84</v>
+        <v>58.992</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>60.84</v>
+        <v>58.992</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>60.84</v>
+        <v>58.992</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>60.84</v>
+        <v>58.992</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>60.84</v>
+        <v>58.992</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>60.84</v>
+        <v>58.992</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>60.84</v>
+        <v>58.992</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>60.84</v>
+        <v>60.744</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>60.84</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
-        <v>60.84</v>
+        <v>63.0</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
-        <v>60.84</v>
+        <v>65.04</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
-        <v>60.84</v>
+        <v>69.0</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>60.84</v>
+        <v>69.0</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>60.84</v>
+        <v>69.0</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>60.84</v>
+        <v>69.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>60.84</v>
+        <v>69.0</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>60.84</v>
+        <v>69.0</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>60.84</v>
+        <v>69.0</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>60.84</v>
+        <v>69.0</v>
       </c>
       <c r="D36" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>60.84</v>
+        <v>69.0</v>
       </c>
       <c r="D37" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>60.84</v>
+        <v>75.0</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>60.84</v>
+        <v>75.0</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>60.948</v>
+        <v>75.0</v>
       </c>
       <c r="D40" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>65.04</v>
+        <v>75.0</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>65.04</v>
+        <v>75.0</v>
       </c>
       <c r="D42" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>76.176</v>
+        <v>75.0</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>76.188</v>
+        <v>78.996</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>81.3</v>
+        <v>78.996</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>81.3</v>
+        <v>78.996</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>81.3</v>
+        <v>78.996</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>81.3</v>
+        <v>81.396</v>
       </c>
       <c r="D48" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>81.3</v>
+        <v>84.996</v>
       </c>
       <c r="D49" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>81.396</v>
+        <v>84.996</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>81.396</v>
+        <v>88.992</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>86.412</v>
+        <v>99.0</v>
       </c>
       <c r="D52" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>96.636</v>
+        <v>99.0</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>96.636</v>
+        <v>99.0</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>96.636</v>
+        <v>99.0</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D63" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D64" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D65" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>147.756</v>
+        <v>99.0</v>
       </c>
       <c r="D66" t="s">
-        <v>19</v>
+        <v>9</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
+        <v>138</v>
+      </c>
+      <c r="C67">
+        <v>99.0</v>
+      </c>
+      <c r="D67" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
+        <v>140</v>
+      </c>
+      <c r="C68">
+        <v>99.0</v>
+      </c>
+      <c r="D68" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
+        <v>142</v>
+      </c>
+      <c r="C69">
+        <v>99.0</v>
+      </c>
+      <c r="D69" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
+        <v>144</v>
+      </c>
+      <c r="C70">
+        <v>99.0</v>
+      </c>
+      <c r="D70" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
+        <v>146</v>
+      </c>
+      <c r="C71">
+        <v>99.0</v>
+      </c>
+      <c r="D71" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
+        <v>148</v>
+      </c>
+      <c r="C72">
+        <v>99.0</v>
+      </c>
+      <c r="D72" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
+        <v>150</v>
+      </c>
+      <c r="C73">
+        <v>99.0</v>
+      </c>
+      <c r="D73" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
+        <v>152</v>
+      </c>
+      <c r="C74">
+        <v>148.992</v>
+      </c>
+      <c r="D74" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D67"/>
+  <autoFilter ref="A1:D75"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>