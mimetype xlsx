--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,161 +7,179 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$105</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$111</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Настолен компютър VALI OFFICE INTEL CORE I5-12500, 16GB DDR5, 512GB M.2, 500W, DVD-RW</t>
+  </si>
+  <si>
+    <t>VALI-PC-I5-16GB-DVD</t>
+  </si>
+  <si>
+    <t>Попитай за цена</t>
+  </si>
+  <si>
     <t>Скоби за монтиране на SSD ESTILLO, 2.5", 3.5"</t>
   </si>
   <si>
     <t>SSD-BRACKET</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Апликатор Thermal Grizzly Applications, 3 броя</t>
   </si>
   <si>
     <t>TG-ZUWA-152</t>
   </si>
   <si>
     <t>Апликатор за течна термична паста Thermal Grizzly TG-AL-3, 3 броя</t>
   </si>
   <si>
     <t>TG-ZUWA-157</t>
   </si>
   <si>
     <t>Органайзер за кабели Delock, Самозалепващ, 10 бр. в опаковка, Черен</t>
   </si>
   <si>
     <t>DELOCK-18345</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>HAMA Органайзер за кабели самозалепващ, 2 бр., бял</t>
   </si>
   <si>
     <t>HAMA-221015</t>
   </si>
   <si>
     <t>Кабел Kolink PGW-AC-KOL-042, Удължителен, 4 Pin, за RGB аксесоари</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-216</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Пасивен охладител Arctic M2 Pro Black ACOTH00001A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACOTH00001A</t>
   </si>
   <si>
     <t>Пасивен охладител Arctic M2 Pro Silver ACOTH00002A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACOTH00002A</t>
   </si>
   <si>
     <t>Комплект държачи за кабели DeLock 18296, 10 броя, 2 канала, Различни цветове</t>
   </si>
   <si>
     <t>DELOCK-18296</t>
   </si>
   <si>
     <t>Кабел Kolink PGW-AC-KOL-041, Удължителен, 3 Pin, за 5V ARGB</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-215</t>
   </si>
   <si>
+    <t>M.2 Heatsink EZDIY-FAB за NVMe SSD диск - Черен</t>
+  </si>
+  <si>
+    <t>EZ-EZDPI075-8</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>M.2 Heatsink EZDIY-FAB за NVMe SSD диск - Червен</t>
+  </si>
+  <si>
+    <t>EZ-EZDPI075-10</t>
+  </si>
+  <si>
     <t>Кабел Kolink 4-Pin към 3-Pin 5V ARGB</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1554</t>
   </si>
   <si>
     <t>Кабел Kolink ARGB 1-2 Сплитер - 30 cm Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1627</t>
   </si>
   <si>
     <t>Удължителен кабел Kolink 4-Pin PWM - 60 cm, Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1635</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Удължителен кабел Kolink 4-Pin PWM - 30 cm, Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1634</t>
   </si>
   <si>
     <t>Кабел Kolink PWM 1-2 Сплитер - 35 cm, оплетен, Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1631</t>
   </si>
   <si>
     <t>Кабел Kolink PWM 1-3 Сплитер - 35 cm, оплетен, Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1632</t>
   </si>
   <si>
     <t>Кабел Kolink Y-Splitter 3 Pin за 2x ARGB устройства PGW-AC-KOL-043</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-217</t>
   </si>
   <si>
     <t>Кабел Kolink Y-Splitter 4 Pin за 4 броя вентилатори PGW-AC-KOL-049</t>
@@ -190,272 +208,254 @@
   <si>
     <t>Поставка/Брекет DeLock, За монтиране на 2.5" SSD/диск в PCI слот</t>
   </si>
   <si>
     <t>DELOCK-18212</t>
   </si>
   <si>
     <t>Кабел Kolink ARGB 1-3 Сплитер - 30 cm</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1473</t>
   </si>
   <si>
     <t>Комплект Delock M.2 SSD Mouting Kit</t>
   </si>
   <si>
     <t>DELOCK-18288</t>
   </si>
   <si>
     <t>Кабел 1-6 сплтиер Kolink ARGB, 3 Pin 5V, 30 cm</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1208</t>
   </si>
   <si>
-    <t>M.2 Heatsink EZDIY-FAB за NVMe SSD диск - Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Кабел Kolink ARGB 1-4 Сплитер - 30 cm Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1629</t>
   </si>
   <si>
     <t>Калъф за твърд диск HAMA EVA 84113, 2.5", Черен</t>
   </si>
   <si>
     <t>HAMA-84113</t>
   </si>
   <si>
     <t>Рамка за твърд диск HAMA, 2 x 2.5" SSD и HDD в слот HDD 3.5", Черен</t>
   </si>
   <si>
     <t>HAMA-200759</t>
   </si>
   <si>
     <t>Кабел Kolink ARGB 1-6 Сплитер - 30 cm Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1630</t>
   </si>
   <si>
     <t>Брекет DeLock, За монтиране на 4x 2.5" SSD в 3.5" bay</t>
   </si>
   <si>
     <t>DELOCK-18271</t>
   </si>
   <si>
     <t>Пасивен охладител Jonsbo M.2 SSD</t>
   </si>
   <si>
     <t>JONSBO-ZUWE-418</t>
   </si>
   <si>
-    <t>Лента с вграден контрол HAMA LED RGB, 1м, USB</t>
-[...2 lines deleted...]
-    <t>HAMA-12344</t>
+    <t>Пасивен охладител Jonsbo M.2 SSD, оребрен, Сив</t>
+  </si>
+  <si>
+    <t>JONSBO-ZUWE-420</t>
   </si>
   <si>
     <t>Пасивен охладител Jonsbo M.2 SSD, оребрен, Червен</t>
   </si>
   <si>
     <t>JONSBO-ZUWE-421</t>
   </si>
   <si>
-    <t>Пасивен охладител Jonsbo M.2 SSD, оребрен, Сив</t>
-[...4 lines deleted...]
-  <si>
     <t>Сплитер Cooler Master 1-to-5 Addressable RGB</t>
   </si>
   <si>
     <t>CM-FAN-MFX-AWHN-1NNN5-R1</t>
   </si>
   <si>
+    <t>Поставка за компютър на колела, HAMA X Черен</t>
+  </si>
+  <si>
+    <t>HAMA-49310</t>
+  </si>
+  <si>
     <t>USB Приемник LOGITECH Unifying</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-UNIFY-USB</t>
   </si>
   <si>
-    <t>Поставка за компютър на колела, HAMA X Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Thermal Grizzly M.2 SSD пасивен охладител</t>
   </si>
   <si>
     <t>TG-ZUWA-164</t>
   </si>
   <si>
     <t>Скоба за твърд диск DeLock 18027, За  2x 2.5" SSD / 1х 3.5" HDD, Черен</t>
   </si>
   <si>
     <t>DELOCK-18027</t>
   </si>
   <si>
     <t>RGB хъб Delock, 10 портов ARGB LEDs, Черен</t>
   </si>
   <si>
     <t>DELOCK-64128</t>
   </si>
   <si>
     <t>Захранващ Адаптер Kolink Core Adept 90 градуса 24 пинов за дъно</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1337</t>
   </si>
   <si>
-    <t>Стойка за микрофон ENDORFY Streaming Boom Arm</t>
-[...4 lines deleted...]
-  <si>
     <t>Поставка за компютър Rain Design i360 за Apple iMac 20-23"</t>
   </si>
   <si>
     <t>RD-10006</t>
   </si>
   <si>
     <t>Монтажната рамка der8auer RYZEN 3000 OC AIO Mounting Frame</t>
   </si>
   <si>
     <t>TG-FSD8-033</t>
   </si>
   <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 26 x 10mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887129</t>
   </si>
   <si>
     <t>Поставка за монитор Rain Design mBase за 27" iMac, Сребриста</t>
   </si>
   <si>
     <t>RD-10044</t>
   </si>
   <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 18 x 10mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887195</t>
   </si>
   <si>
+    <t>TP LINK TAPO-L920-5 LED лента , WiFi, 5м., 13.5W, RGB</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-L920-5</t>
+  </si>
+  <si>
     <t>Поставка за тъч монитори Hannspree Compact, 10- 21.5", VESA 75x75-100x100</t>
   </si>
   <si>
     <t>HSG-STAND-POS-BLACK</t>
   </si>
   <si>
     <t>Стойка за тъч монитори Hannspree Compact, 10- 21.5", VESA 75x75-100x100, бял</t>
   </si>
   <si>
     <t>HSG-STAND-POS-WHITE</t>
   </si>
   <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 20 x 10mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887204</t>
   </si>
   <si>
     <t>Стойка за микрофон FIFINE BM63 Super Steady Boom Arm</t>
   </si>
   <si>
     <t>FIFINE-BM63</t>
   </si>
   <si>
     <t>HAMA LED лента, RGBW, WLAN, димируема, 176633</t>
   </si>
   <si>
     <t>HAMA-176633</t>
   </si>
   <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 2U, 690 - 1000mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887211</t>
   </si>
   <si>
     <t>HAMA Неонова LED лента, RGB, WLAN, външна IP44, 176634</t>
   </si>
   <si>
     <t>HAMA-176634</t>
   </si>
   <si>
     <t>Стойка за микрофон ENDORFY Studio Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A005</t>
   </si>
   <si>
+    <t>Стойка за микрофон FIFINE BM88 White High End Boom Arm Stand</t>
+  </si>
+  <si>
+    <t>FIFINE-BM88W</t>
+  </si>
+  <si>
     <t>Осветление за стрийм Elgato Light Strip RGBWW, Бяла</t>
   </si>
   <si>
     <t>ELGATO-10LAA9901</t>
   </si>
   <si>
     <t>Превключвател ATEN US234, За 2 компютъра към 4 USB 3.2 Gen 1 устройства</t>
   </si>
   <si>
     <t>ATEN-US234-USB</t>
   </si>
   <si>
     <t>Стойка за микрофон ENDORFY Broadcast Low Profile Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A009</t>
   </si>
   <si>
     <t>Стойка за микрофон FIFINE BM88 High End Boom Arm Stand</t>
   </si>
   <si>
     <t>FIFINE-BM88</t>
   </si>
   <si>
-    <t>Стойка за микрофон FIFINE BM88 White High End Boom Arm Stand</t>
-[...4 lines deleted...]
-  <si>
     <t>Измервател на консумацията енергия Thermal Grizzly WireView GPU Pro</t>
   </si>
   <si>
     <t>TG-WV-P-H1N</t>
   </si>
   <si>
     <t>Измервател на консумацията енергия Thermal Grizzly WireView GPU Pro Reverse</t>
   </si>
   <si>
     <t>TG-WV-P-H1R</t>
   </si>
   <si>
     <t>Терминал нулев клиент ATRUST M300</t>
   </si>
   <si>
     <t>ATRUST-M300</t>
   </si>
   <si>
     <t>Стойка за микрофон ENDORFY Broadcast Low Profile RGB Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A010</t>
   </si>
   <si>
     <t>Допълнителен Екран ASRock 13.3" за компютърна кутия</t>
@@ -532,168 +532,174 @@
   <si>
     <t>Настолен компютър Gigabyte BNIP-N100, 1 x SO-DIMM DDR4, 2x M.2 SSD, WI-FI 6E + BT 5.2</t>
   </si>
   <si>
     <t>GA-PC-BNIP-N100</t>
   </si>
   <si>
     <t>Допълнителен Екран HYTE Y70 - Touch за компютърна кутия</t>
   </si>
   <si>
     <t>HYTE-CASE-TOUCH-Y7TTI-BB</t>
   </si>
   <si>
     <t>Elgato Teleprompter</t>
   </si>
   <si>
     <t>ELGATO-10WAD9901</t>
   </si>
   <si>
     <t>ASUS Mini PC CHROMEBOX5-SC002UN, Intel Celeron 7305, 4GB DDR4 RAM, 128GB NVMe SSD, Wi-Fi 6E, Bluetooth 5.2, ChromeOS</t>
   </si>
   <si>
     <t>ASUS-PC-CHROME-SC002UN</t>
   </si>
   <si>
+    <t>Настолен компютър Gigabyte BNi3-N305, 1 x SO-DIMM DDR4, 2x M.2 SSD, WI-FI 6E + BT 5.2</t>
+  </si>
+  <si>
+    <t>GA-PC-BNIP-N305</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PRO</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PRO</t>
+  </si>
+  <si>
+    <t>Настолен компютър Gigabyte Brix BRi5H, Intel Core i5-1335U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
+  </si>
+  <si>
+    <t>GA-PC-BRi5H-1335</t>
+  </si>
+  <si>
+    <t>Компютърна система за бюро Arctic Senza Ryzen 5 5500GT, 16GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ARCTIC-PC-SENZA-5500GT</t>
+  </si>
+  <si>
+    <t>Kомпютър All-in-One Acer Aspire C24-B DQ.BMJEX.006 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
+  </si>
+  <si>
+    <t>ACER-PC-C24-B-i3-512</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PRO PLUS</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PRO-P</t>
+  </si>
+  <si>
+    <t>Комп. система ASUS NUC 12 Pro Wall Street Canyon Intel® Core™ i7-1260P, 2xDDR4-3200 SO-DIMM Sockets, M.2 Slot</t>
+  </si>
+  <si>
+    <t>ASUS-PC-RNUC12WSKI70000</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI OFFICE BASIC</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-BASIC</t>
   </si>
   <si>
-    <t>Настолен компютър Gigabyte BNi3-N305, 1 x SO-DIMM DDR4, 2x M.2 SSD, WI-FI 6E + BT 5.2</t>
-[...14 lines deleted...]
-    <t>VALI-PC-OFFICE-PRO-P</t>
+    <t>Kомпютър All-in-One Acer Aspire C24-A BQ.BNXEX.001 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
+  </si>
+  <si>
+    <t>ACER-PC-C24-A-i3-512</t>
+  </si>
+  <si>
+    <t>Мини компютър Gigabyte BRIX BRU5-225H, Intel Core Ultra 5 225H, 2 x SO-DIMM DDR5, 2 x M.2 SSD, Wi-Fi 7 + BT 5.4</t>
+  </si>
+  <si>
+    <t>GA-PC-BRU5-225H</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PREMIUM</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM</t>
   </si>
   <si>
-    <t>Настолен компютър Gigabyte Brix BRi5H, Intel Core i5-1335U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
-[...28 lines deleted...]
-  <si>
     <t>Настолен компютър Gigabyte Brix BRi7H, Intel Core i7-1355U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
   </si>
   <si>
     <t>GA-PC-BRi7H-1355</t>
   </si>
   <si>
     <t>Dell Pro Micro QCM1250 Intel Core I3 14100T, 512GB SSD, 8 GB DDR5 4800 MT/s, Windows 11 Pro</t>
   </si>
   <si>
     <t>DELL-DXLBG1019951498A</t>
   </si>
   <si>
-    <t>Настолен компютър VALI OFFICE PREMIUM PLUS i7</t>
-[...2 lines deleted...]
-    <t>VALI-PC-OFFICE-I7-13700</t>
+    <t>Kомпютър All-in-One Acer Aspire C24-B DQ.BRREX.002 - 23.8" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, Linux</t>
+  </si>
+  <si>
+    <t>ACER-PC-C24-B-i5-1TB</t>
   </si>
   <si>
     <t>Компютърна система за бюро Arctic Senza Ryzen 7 5700G, 32GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
   </si>
   <si>
     <t>ARCTIC-PC-SENZA-5700G</t>
   </si>
   <si>
     <t>Kомпютър All-in-One Acer Aspire C24-A BQ.BRNEX.002 - 23.8" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C24-A-i5-1TB</t>
   </si>
   <si>
     <t>Мини компютър Gigabyte BRIX BRU7-255H, Intel Core Ultra 7 255H, 2 x SO-DIMM DDR5, 2 x M.2 SSD, Wi-Fi 7 + BT 5.4</t>
   </si>
   <si>
     <t>GA-PC-BRU7-255H</t>
   </si>
   <si>
-    <t>Настолен компютър VALI OFFICE GT</t>
-[...4 lines deleted...]
-  <si>
     <t>Kомпютър All-in-One Acer Aspire C27-B DQ.BRSEX.002 - 27" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, FreeDOS</t>
   </si>
   <si>
     <t>ACER-PC-C27-B-i5-1TB</t>
   </si>
   <si>
     <t>Kомпютър All-in-One Acer Aspire C27-B DQ.BMREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C27-B-i7-1TB</t>
   </si>
   <si>
     <t>Kомпютър All-in-One Acer Aspire C27-A DQ.BNREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C27-A-i7-1TB</t>
+  </si>
+  <si>
+    <t>OPS компютър за вгрaждане в интерактивен дисплей TRIUMPH BOARD, I5 - 1235U, 16 GB, 512 GB SSD, Wi-Fi, Win 11 Pro</t>
+  </si>
+  <si>
+    <t>TRIUMPH-OPS-PC-I5-16-512</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -997,1522 +1003,1606 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D105"/>
+  <dimension ref="A1:D111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>7.2</v>
+        <v>0.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.5</v>
+        <v>7.2</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>7.5</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>8.568</v>
+        <v>7.5</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>8.832</v>
+        <v>8.568</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>9.0</v>
+        <v>8.832</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>9.0</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>9.0</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>9.432</v>
+        <v>9.0</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>9.9</v>
+        <v>9.432</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>10.008</v>
+        <v>9.9</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>10.008</v>
+        <v>9.9</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>10.008</v>
+        <v>9.9</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>10.008</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
         <v>10.008</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>10.008</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>11.4</v>
+        <v>10.008</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>12.0</v>
+        <v>10.008</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>12.0</v>
+        <v>10.008</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>12.0</v>
+        <v>11.4</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>12.0</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>12.804</v>
+        <v>12.0</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>12.9</v>
+        <v>12.0</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>13.968</v>
+        <v>12.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>15.0</v>
+        <v>12.804</v>
       </c>
       <c r="D26" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>15.0</v>
+        <v>12.9</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>15.0</v>
+        <v>13.764</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>15.0</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>15.6</v>
+        <v>15.0</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>16.188</v>
+        <v>15.6</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>16.8</v>
+        <v>16.188</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>17.7</v>
+        <v>16.8</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>18.0</v>
+        <v>17.7</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>18.06</v>
+        <v>18.0</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>19.284</v>
+        <v>19.044</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>19.524</v>
+        <v>19.044</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
         <v>19.8</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>28.2</v>
+        <v>28.32</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>28.488</v>
+        <v>28.872</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
         <v>28.992</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
         <v>31.584</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
         <v>34.404</v>
       </c>
       <c r="D43" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
         <v>39.0</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>39.0</v>
+        <v>48.0</v>
       </c>
       <c r="D45" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>48.0</v>
+        <v>57.6</v>
       </c>
       <c r="D46" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>57.6</v>
+        <v>61.884</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>61.884</v>
+        <v>62.4</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>62.4</v>
+        <v>63.228</v>
       </c>
       <c r="D49" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>63.228</v>
+        <v>66.0</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
         <v>70.8</v>
       </c>
       <c r="D51" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
         <v>70.8</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
         <v>71.244</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
         <v>75.0</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
         <v>78.996</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
         <v>80.472</v>
       </c>
       <c r="D56" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
         <v>104.796</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
         <v>108.996</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>110.4</v>
+        <v>108.996</v>
       </c>
       <c r="D59" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>112.032</v>
+        <v>110.4</v>
       </c>
       <c r="D60" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>129.0</v>
+        <v>112.032</v>
       </c>
       <c r="D61" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
         <v>129.0</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
         <v>129.0</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
         <v>138.996</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
         <v>138.996</v>
       </c>
       <c r="D65" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>163.488</v>
+        <v>164.256</v>
       </c>
       <c r="D66" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
         <v>168.996</v>
       </c>
       <c r="D67" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>182.472</v>
+        <v>183.336</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
         <v>198.996</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
         <v>199.008</v>
       </c>
       <c r="D70" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
         <v>268.992</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
         <v>288.996</v>
       </c>
       <c r="D72" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
         <v>318.996</v>
       </c>
       <c r="D73" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
         <v>328.992</v>
       </c>
       <c r="D74" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>353.892</v>
+        <v>355.548</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
         <v>399.0</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
         <v>399.0</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
         <v>418.8</v>
       </c>
       <c r="D78" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>439.968</v>
+        <v>442.032</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>454.704</v>
+        <v>456.84</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
         <v>549.0</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
         <v>598.992</v>
       </c>
       <c r="D82" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
         <v>685.032</v>
       </c>
       <c r="D83" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>703.62</v>
+        <v>692.952</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>716.244</v>
+        <v>931.056</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>716.616</v>
+        <v>975.276</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>820.164</v>
+        <v>1020.0</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>912.276</v>
+        <v>1030.8</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>970.716</v>
+        <v>1041.888</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
         <v>1042.8</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>1110.216</v>
+        <v>1048.884</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>1136.748</v>
+        <v>1059.0</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>1138.992</v>
+        <v>1142.088</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>1182.732</v>
+        <v>1172.904</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>1198.992</v>
+        <v>1188.288</v>
       </c>
       <c r="D95" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>1264.524</v>
+        <v>1198.992</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>1299.0</v>
+        <v>1236.0</v>
       </c>
       <c r="D97" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
         <v>1299.0</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>1315.572</v>
+        <v>1299.0</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>1346.772</v>
+        <v>1321.752</v>
       </c>
       <c r="D100" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
         <v>1359.0</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>201</v>
+        <v>5</v>
       </c>
       <c r="C102">
-        <v>1299.0</v>
+        <v>0.0</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>208</v>
+        <v>104</v>
       </c>
       <c r="B103" t="s">
-        <v>209</v>
+        <v>105</v>
       </c>
       <c r="C103">
-        <v>1558.992</v>
+        <v>66.0</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
+        <v>180</v>
+      </c>
+      <c r="B104" t="s">
+        <v>181</v>
+      </c>
+      <c r="C104">
+        <v>1030.8</v>
+      </c>
+      <c r="D104" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>188</v>
+      </c>
+      <c r="B105" t="s">
+        <v>189</v>
+      </c>
+      <c r="C105">
+        <v>1059.0</v>
+      </c>
+      <c r="D105" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4">
+      <c r="A106" t="s">
+        <v>198</v>
+      </c>
+      <c r="B106" t="s">
+        <v>199</v>
+      </c>
+      <c r="C106">
+        <v>1236.0</v>
+      </c>
+      <c r="D106" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4">
+      <c r="A107" t="s">
+        <v>202</v>
+      </c>
+      <c r="B107" t="s">
+        <v>203</v>
+      </c>
+      <c r="C107">
+        <v>1299.0</v>
+      </c>
+      <c r="D107" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>208</v>
+      </c>
+      <c r="B108" t="s">
+        <v>209</v>
+      </c>
+      <c r="C108">
+        <v>1558.992</v>
+      </c>
+      <c r="D108" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
         <v>210</v>
       </c>
-      <c r="B104" t="s">
+      <c r="B109" t="s">
         <v>211</v>
       </c>
-      <c r="C104">
+      <c r="C109">
         <v>1599.0</v>
       </c>
-      <c r="D104" t="s">
-        <v>6</v>
+      <c r="D109" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>212</v>
+      </c>
+      <c r="B110" t="s">
+        <v>213</v>
+      </c>
+      <c r="C110">
+        <v>2068.992</v>
+      </c>
+      <c r="D110" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D105"/>
+  <autoFilter ref="A1:D111"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>