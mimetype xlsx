--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$111</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$156</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE INTEL CORE I5-12500, 16GB DDR5, 512GB M.2, 500W, DVD-RW</t>
   </si>
   <si>
     <t>VALI-PC-I5-16GB-DVD</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Скоби за монтиране на SSD ESTILLO, 2.5", 3.5"</t>
   </si>
   <si>
@@ -85,173 +85,176 @@
   <si>
     <t>DELOCK-18345</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>HAMA Органайзер за кабели самозалепващ, 2 бр., бял</t>
   </si>
   <si>
     <t>HAMA-221015</t>
   </si>
   <si>
     <t>Кабел Kolink PGW-AC-KOL-042, Удължителен, 4 Pin, за RGB аксесоари</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-216</t>
   </si>
   <si>
     <t>Пасивен охладител Arctic M2 Pro Black ACOTH00001A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACOTH00001A</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Пасивен охладител Arctic M2 Pro Silver ACOTH00002A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACOTH00002A</t>
   </si>
   <si>
     <t>Комплект държачи за кабели DeLock 18296, 10 броя, 2 канала, Различни цветове</t>
   </si>
   <si>
     <t>DELOCK-18296</t>
   </si>
   <si>
     <t>Кабел Kolink PGW-AC-KOL-041, Удължителен, 3 Pin, за 5V ARGB</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-215</t>
   </si>
   <si>
+    <t>Кабел Kolink 4-Pin към 3-Pin 5V ARGB</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1554</t>
+  </si>
+  <si>
+    <t>Кабел Kolink ARGB 1-2 Сплитер - 30 cm Бял</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1627</t>
+  </si>
+  <si>
+    <t>Удължителен кабел Kolink 4-Pin PWM - 60 cm, Бял</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1635</t>
+  </si>
+  <si>
+    <t>Удължителен кабел Kolink 4-Pin PWM - 30 cm, Бял</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1634</t>
+  </si>
+  <si>
+    <t>Кабел Kolink PWM 1-2 Сплитер - 35 cm, оплетен, Бял</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1631</t>
+  </si>
+  <si>
+    <t>Кабел Kolink PWM 1-3 Сплитер - 35 cm, оплетен, Бял</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1632</t>
+  </si>
+  <si>
+    <t>Кабел Kolink Y-Splitter 3 Pin за 2x ARGB устройства PGW-AC-KOL-043</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-MOLS-217</t>
+  </si>
+  <si>
+    <t>Кабел Kolink Y-Splitter 4 Pin за 4 броя вентилатори PGW-AC-KOL-049</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1172</t>
+  </si>
+  <si>
+    <t>Кабел Kolink ARGB 1-4 Сплитер - 30 cm</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1474</t>
+  </si>
+  <si>
+    <t>Кабел Kolink ARGB 1-3 Сплитер - 30 cm Бял</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1628</t>
+  </si>
+  <si>
+    <t>Кабел Kolink PWM 1-4 Сплитер - 35 cm, оплетен, Бял</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1633</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Поставка/Брекет DeLock, За монтиране на 2.5" SSD/диск в PCI слот</t>
+  </si>
+  <si>
+    <t>DELOCK-18212</t>
+  </si>
+  <si>
+    <t>Кабел Kolink ARGB 1-3 Сплитер - 30 cm</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1473</t>
+  </si>
+  <si>
+    <t>Комплект Delock M.2 SSD Mouting Kit</t>
+  </si>
+  <si>
+    <t>DELOCK-18288</t>
+  </si>
+  <si>
+    <t>Кабел 1-6 сплтиер Kolink ARGB, 3 Pin 5V, 30 cm</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUAD-1208</t>
+  </si>
+  <si>
     <t>M.2 Heatsink EZDIY-FAB за NVMe SSD диск - Черен</t>
   </si>
   <si>
     <t>EZ-EZDPI075-8</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>M.2 Heatsink EZDIY-FAB за NVMe SSD диск - Червен</t>
   </si>
   <si>
     <t>EZ-EZDPI075-10</t>
   </si>
   <si>
-    <t>Кабел Kolink 4-Pin към 3-Pin 5V ARGB</t>
-[...88 lines deleted...]
-  <si>
     <t>Кабел Kolink ARGB 1-4 Сплитер - 30 cm Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1629</t>
   </si>
   <si>
     <t>Калъф за твърд диск HAMA EVA 84113, 2.5", Черен</t>
   </si>
   <si>
     <t>HAMA-84113</t>
   </si>
   <si>
     <t>Рамка за твърд диск HAMA, 2 x 2.5" SSD и HDD в слот HDD 3.5", Черен</t>
   </si>
   <si>
     <t>HAMA-200759</t>
   </si>
   <si>
     <t>Кабел Kolink ARGB 1-6 Сплитер - 30 cm Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1630</t>
   </si>
   <si>
     <t>Брекет DeLock, За монтиране на 4x 2.5" SSD в 3.5" bay</t>
@@ -322,384 +325,423 @@
   <si>
     <t>Поставка за компютър Rain Design i360 за Apple iMac 20-23"</t>
   </si>
   <si>
     <t>RD-10006</t>
   </si>
   <si>
     <t>Монтажната рамка der8auer RYZEN 3000 OC AIO Mounting Frame</t>
   </si>
   <si>
     <t>TG-FSD8-033</t>
   </si>
   <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 26 x 10mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887129</t>
   </si>
   <si>
     <t>Поставка за монитор Rain Design mBase за 27" iMac, Сребриста</t>
   </si>
   <si>
     <t>RD-10044</t>
   </si>
   <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 18 x 10mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887195</t>
   </si>
   <si>
+    <t>HAMA LED лента, RGBW, WLAN, димируема, 176633</t>
+  </si>
+  <si>
+    <t>HAMA-176633</t>
+  </si>
+  <si>
     <t>TP LINK TAPO-L920-5 LED лента , WiFi, 5м., 13.5W, RGB</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-L920-5</t>
   </si>
   <si>
-    <t>Поставка за тъч монитори Hannspree Compact, 10- 21.5", VESA 75x75-100x100</t>
-[...10 lines deleted...]
-  <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 20 x 10mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887204</t>
   </si>
   <si>
+    <t>HAMA Неонова LED лента, RGB, WLAN, външна IP44, 176634</t>
+  </si>
+  <si>
+    <t>HAMA-176634</t>
+  </si>
+  <si>
     <t>Стойка за микрофон FIFINE BM63 Super Steady Boom Arm</t>
   </si>
   <si>
     <t>FIFINE-BM63</t>
   </si>
   <si>
-    <t>HAMA LED лента, RGBW, WLAN, димируема, 176633</t>
-[...4 lines deleted...]
-  <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 2U, 690 - 1000mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887211</t>
   </si>
   <si>
-    <t>HAMA Неонова LED лента, RGB, WLAN, външна IP44, 176634</t>
-[...4 lines deleted...]
-  <si>
     <t>Стойка за микрофон ENDORFY Studio Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A005</t>
   </si>
   <si>
+    <t>Осветление за стрийм Elgato Light Strip RGBWW, Бяла</t>
+  </si>
+  <si>
+    <t>ELGATO-10LAA9901</t>
+  </si>
+  <si>
+    <t>Превключвател ATEN US234, За 2 компютъра към 4 USB 3.2 Gen 1 устройства</t>
+  </si>
+  <si>
+    <t>ATEN-US234-USB</t>
+  </si>
+  <si>
+    <t>Стойка за микрофон ENDORFY Broadcast Low Profile Boom Arm</t>
+  </si>
+  <si>
+    <t>END-MIC-EY0A009</t>
+  </si>
+  <si>
+    <t>Стойка за микрофон FIFINE BM88 High End Boom Arm Stand</t>
+  </si>
+  <si>
+    <t>FIFINE-BM88</t>
+  </si>
+  <si>
     <t>Стойка за микрофон FIFINE BM88 White High End Boom Arm Stand</t>
   </si>
   <si>
     <t>FIFINE-BM88W</t>
   </si>
   <si>
-    <t>Осветление за стрийм Elgato Light Strip RGBWW, Бяла</t>
-[...22 lines deleted...]
-  <si>
     <t>Измервател на консумацията енергия Thermal Grizzly WireView GPU Pro</t>
   </si>
   <si>
     <t>TG-WV-P-H1N</t>
   </si>
   <si>
     <t>Измервател на консумацията енергия Thermal Grizzly WireView GPU Pro Reverse</t>
   </si>
   <si>
     <t>TG-WV-P-H1R</t>
   </si>
   <si>
+    <t>Допълнителен Екран ASRock 13.3" за компютърна кутия</t>
+  </si>
+  <si>
+    <t>ASR-13-KIT</t>
+  </si>
+  <si>
     <t>Терминал нулев клиент ATRUST M300</t>
   </si>
   <si>
     <t>ATRUST-M300</t>
   </si>
   <si>
     <t>Стойка за микрофон ENDORFY Broadcast Low Profile RGB Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A010</t>
   </si>
   <si>
-    <t>Допълнителен Екран ASRock 13.3" за компютърна кутия</t>
-[...2 lines deleted...]
-    <t>ASR-13-KIT</t>
+    <t>Осветление за стрийм Elgato Light Neo</t>
+  </si>
+  <si>
+    <t>ELGATO-10LAJ9901</t>
   </si>
   <si>
     <t>Стойка за микрофон SteelSeries Alias Boom Arm</t>
   </si>
   <si>
     <t>STEEL-MIC-60474</t>
   </si>
   <si>
-    <t>Осветление за стрийм Elgato Light Neo</t>
-[...4 lines deleted...]
-  <si>
     <t>Лампа за четене за лаптоп BenQ LaptopBar - Черно</t>
   </si>
   <si>
     <t>BENQ-ACC-HALO-ES5</t>
   </si>
   <si>
     <t>Лампа за четене за монитор BenQ ScreenBar Pro - Черно</t>
   </si>
   <si>
     <t>BENQ-ACC-HALO-ES3-PRO</t>
   </si>
   <si>
     <t>Лампа за монитор ASUS ROG Aura Monitor Light Bar ALB01</t>
   </si>
   <si>
     <t>ASUS-ROG-BAR-ALB01</t>
   </si>
   <si>
     <t>Висяща стойка за микрофон Logitech Mic Pod Pendant Mount</t>
   </si>
   <si>
     <t>LOGITECH-MIC-POD-PEND</t>
   </si>
   <si>
     <t>Настолен компютър Gigabyte Brix  Intel Celeron N5105 up to 2.8 GHz, 1 x SO-DIMM DDR4, m.2 SSD</t>
   </si>
   <si>
     <t>GA-PC-BMCE-5105</t>
   </si>
   <si>
     <t>Осветление за стрийм Elgato Key Light, Черна</t>
   </si>
   <si>
     <t>ELGATO-10GAK9901</t>
   </si>
   <si>
-    <t>Лампа за четене за монитор BenQ ScreenBar Halo 2 - Черно</t>
-[...2 lines deleted...]
-    <t>BENQ-ACC-HALO-ES1</t>
+    <t>Лампа за четене за монитор BenQ CLIP ScreenBar Halo 2 Grey</t>
+  </si>
+  <si>
+    <t>BENQ-ACC-HALO-US1</t>
   </si>
   <si>
     <t>Колориметър EIZO EX4</t>
   </si>
   <si>
     <t>EIZO-EX4</t>
   </si>
   <si>
     <t>Настолен компютър Gigabyte Brix Intel Pentium N6005 up to 2.8 GHz, 1 x SO-DIMM DDR4, m.2 SSD</t>
   </si>
   <si>
     <t>GA-PC-BMPD-6005</t>
   </si>
   <si>
     <t>Настолен компютър Gigabyte BNIP-N100, 1 x SO-DIMM DDR4, 2x M.2 SSD, WI-FI 6E + BT 5.2</t>
   </si>
   <si>
     <t>GA-PC-BNIP-N100</t>
   </si>
   <si>
     <t>Допълнителен Екран HYTE Y70 - Touch за компютърна кутия</t>
   </si>
   <si>
     <t>HYTE-CASE-TOUCH-Y7TTI-BB</t>
   </si>
   <si>
     <t>Elgato Teleprompter</t>
   </si>
   <si>
     <t>ELGATO-10WAD9901</t>
   </si>
   <si>
     <t>ASUS Mini PC CHROMEBOX5-SC002UN, Intel Celeron 7305, 4GB DDR4 RAM, 128GB NVMe SSD, Wi-Fi 6E, Bluetooth 5.2, ChromeOS</t>
   </si>
   <si>
     <t>ASUS-PC-CHROME-SC002UN</t>
   </si>
   <si>
     <t>Настолен компютър Gigabyte BNi3-N305, 1 x SO-DIMM DDR4, 2x M.2 SSD, WI-FI 6E + BT 5.2</t>
   </si>
   <si>
     <t>GA-PC-BNIP-N305</t>
   </si>
   <si>
+    <t>Настолен компютър Gigabyte Brix BRi5H, Intel Core i5-1335U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
+  </si>
+  <si>
+    <t>GA-PC-BRi5H-1335</t>
+  </si>
+  <si>
+    <t>Kомпютър All-in-One Acer Aspire C24-B DQ.BMJEX.006 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
+  </si>
+  <si>
+    <t>ACER-PC-C24-B-i3-512</t>
+  </si>
+  <si>
+    <t>Kомпютър All-in-One Acer Aspire C24-A BQ.BNXEX.001 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
+  </si>
+  <si>
+    <t>ACER-PC-C24-A-i3-512</t>
+  </si>
+  <si>
+    <t>Компютър Acer Veriton VX2720G Intel i5-14400, 8GB, 512GB SSD</t>
+  </si>
+  <si>
+    <t>ACER-PC-VX2720G</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI OFFICE PRO</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PRO</t>
   </si>
   <si>
-    <t>Настолен компютър Gigabyte Brix BRi5H, Intel Core i5-1335U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
-[...2 lines deleted...]
-    <t>GA-PC-BRi5H-1335</t>
+    <t>Мини компютър Gigabyte BRIX BRU5-225H, Intel Core Ultra 5 225H, 2 x SO-DIMM DDR5, 2 x M.2 SSD, Wi-Fi 7 + BT 5.4</t>
+  </si>
+  <si>
+    <t>GA-PC-BRU5-225H</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE BASIC</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-BASIC</t>
   </si>
   <si>
     <t>Компютърна система за бюро Arctic Senza Ryzen 5 5500GT, 16GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
   </si>
   <si>
     <t>ARCTIC-PC-SENZA-5500GT</t>
   </si>
   <si>
-    <t>Kомпютър All-in-One Acer Aspire C24-B DQ.BMJEX.006 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
-[...2 lines deleted...]
-    <t>ACER-PC-C24-B-i3-512</t>
+    <t>Настолен компютър Gigabyte Brix BRi7H, Intel Core i7-1355U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
+  </si>
+  <si>
+    <t>GA-PC-BRi7H-1355</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PRO PLUS</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PRO-P</t>
   </si>
   <si>
-    <t>Комп. система ASUS NUC 12 Pro Wall Street Canyon Intel® Core™ i7-1260P, 2xDDR4-3200 SO-DIMM Sockets, M.2 Slot</t>
-[...20 lines deleted...]
-    <t>GA-PC-BRU5-225H</t>
+    <t>Kомпютър All-in-One Acer Aspire C24-B DQ.BRREX.002 - 23.8" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, Linux</t>
+  </si>
+  <si>
+    <t>ACER-PC-C24-B-i5-1TB</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PREMIUM</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM</t>
   </si>
   <si>
-    <t>Настолен компютър Gigabyte Brix BRi7H, Intel Core i7-1355U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
-[...16 lines deleted...]
-  <si>
     <t>Компютърна система за бюро Arctic Senza Ryzen 7 5700G, 32GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
   </si>
   <si>
     <t>ARCTIC-PC-SENZA-5700G</t>
   </si>
   <si>
     <t>Kомпютър All-in-One Acer Aspire C24-A BQ.BRNEX.002 - 23.8" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C24-A-i5-1TB</t>
   </si>
   <si>
     <t>Мини компютър Gigabyte BRIX BRU7-255H, Intel Core Ultra 7 255H, 2 x SO-DIMM DDR5, 2 x M.2 SSD, Wi-Fi 7 + BT 5.4</t>
   </si>
   <si>
     <t>GA-PC-BRU7-255H</t>
   </si>
   <si>
     <t>Kомпютър All-in-One Acer Aspire C27-B DQ.BRSEX.002 - 27" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, FreeDOS</t>
   </si>
   <si>
     <t>ACER-PC-C27-B-i5-1TB</t>
   </si>
   <si>
-    <t>Kомпютър All-in-One Acer Aspire C27-B DQ.BMREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD, Linux</t>
+    <t>Компютърна система за бюро Arctic Senza Ryzen 7 5700G Pro, 32GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Pro</t>
+  </si>
+  <si>
+    <t>ARCTIC-PC-SENZA-5700G-PRO</t>
+  </si>
+  <si>
+    <t>Kомпютър All-in-One Acer Aspire C27-A DQ.BRPEX.002 - 27" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, FreeDOS</t>
+  </si>
+  <si>
+    <t>ACER-PC-C27-A-i5-1TB</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM PLUS</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PREMIUM-P</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE GT</t>
+  </si>
+  <si>
+    <t>VALI-OFFICE-GT</t>
+  </si>
+  <si>
+    <t>Kомпютър All-in-One Acer Aspire C27-B DQ.BMREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD</t>
   </si>
   <si>
     <t>ACER-PC-C27-B-i7-1TB</t>
   </si>
   <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM PLUS i7</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-I7-12700</t>
+  </si>
+  <si>
     <t>Kомпютър All-in-One Acer Aspire C27-A DQ.BNREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C27-A-i7-1TB</t>
   </si>
   <si>
     <t>OPS компютър за вгрaждане в интерактивен дисплей TRIUMPH BOARD, I5 - 1235U, 16 GB, 512 GB SSD, Wi-Fi, Win 11 Pro</t>
   </si>
   <si>
     <t>TRIUMPH-OPS-PC-I5-16-512</t>
+  </si>
+  <si>
+    <t>OPS компютър за вграждане  към интерактивни дисплеи RICOH A6510, A7510, A8610</t>
+  </si>
+  <si>
+    <t>RICOH-OPS-OPS-i5</t>
+  </si>
+  <si>
+    <t>OPS компютър за вграждане към интерактивни дисплеи RICOH A6510, A7510, A8610</t>
+  </si>
+  <si>
+    <t>RICOH-OPS-OPS-i7</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI GAMING AMD RYZEN 5 9500F RТX5060</t>
+  </si>
+  <si>
+    <t>VALI-PC-R5-RTX5060</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI GAMING AMD RYZEN 7 9700X GEFORCE RTX5070</t>
+  </si>
+  <si>
+    <t>VALI-PC-R7-RTX5070</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1003,1606 +1045,2236 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D111"/>
+  <dimension ref="A1:D156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>0.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>7.5</v>
+        <v>3.84</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>7.5</v>
+        <v>3.84</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>8.568</v>
+        <v>4.38</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>8.832</v>
+        <v>4.512</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>9.432</v>
+        <v>4.824</v>
       </c>
       <c r="D11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>9.9</v>
+        <v>5.064</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>9.9</v>
+        <v>5.112</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
-        <v>9.9</v>
+        <v>5.112</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
-        <v>10.008</v>
+        <v>5.112</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>10.008</v>
+        <v>5.112</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>10.008</v>
+        <v>5.112</v>
       </c>
       <c r="D17" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>10.008</v>
+        <v>5.112</v>
       </c>
       <c r="D18" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>10.008</v>
+        <v>5.832</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>10.008</v>
+        <v>6.132</v>
       </c>
       <c r="D20" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>11.4</v>
+        <v>6.132</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>12.0</v>
+        <v>6.132</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>12.0</v>
+        <v>6.132</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C24">
-        <v>12.0</v>
+        <v>6.552</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C25">
-        <v>12.0</v>
+        <v>6.6</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C26">
-        <v>12.804</v>
+        <v>6.996</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27">
-        <v>12.9</v>
+        <v>7.668</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28">
-        <v>13.764</v>
+        <v>7.668</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31">
-        <v>15.6</v>
+        <v>7.98</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32">
-        <v>16.188</v>
+        <v>8.28</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33">
-        <v>16.8</v>
+        <v>8.592</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34">
-        <v>17.7</v>
+        <v>9.048</v>
       </c>
       <c r="D34" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D35" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36">
-        <v>19.044</v>
+        <v>9.744</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37">
-        <v>19.044</v>
+        <v>9.744</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C38">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D38" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C39">
-        <v>28.32</v>
+        <v>14.484</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C40">
-        <v>28.872</v>
+        <v>14.76</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C41">
-        <v>28.992</v>
+        <v>14.82</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42">
-        <v>31.584</v>
+        <v>16.152</v>
       </c>
       <c r="D42" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C43">
-        <v>34.404</v>
+        <v>17.592</v>
       </c>
       <c r="D43" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B44" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C44">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B45" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C45">
-        <v>48.0</v>
+        <v>24.54</v>
       </c>
       <c r="D45" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B46" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C46">
-        <v>57.6</v>
+        <v>29.448</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B47" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C47">
-        <v>61.884</v>
+        <v>29.46</v>
       </c>
       <c r="D47" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B48" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C48">
-        <v>62.4</v>
+        <v>31.908</v>
       </c>
       <c r="D48" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B49" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C49">
-        <v>63.228</v>
+        <v>32.328</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B50" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C50">
-        <v>66.0</v>
+        <v>33.744</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B51" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C51">
-        <v>70.8</v>
+        <v>33.744</v>
       </c>
       <c r="D51" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B52" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C52">
-        <v>70.8</v>
+        <v>36.42</v>
       </c>
       <c r="D52" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B53" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C53">
-        <v>71.244</v>
+        <v>37.752</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B54" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C54">
-        <v>75.0</v>
+        <v>38.352</v>
       </c>
       <c r="D54" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B55" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C55">
-        <v>78.996</v>
+        <v>41.136</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B56" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C56">
-        <v>80.472</v>
+        <v>55.728</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B57" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C57">
-        <v>104.796</v>
+        <v>56.4</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B58" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C58">
-        <v>108.996</v>
+        <v>56.556</v>
       </c>
       <c r="D58" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B59" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C59">
-        <v>108.996</v>
+        <v>65.952</v>
       </c>
       <c r="D59" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B60" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C60">
-        <v>110.4</v>
+        <v>65.952</v>
       </c>
       <c r="D60" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B61" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C61">
-        <v>112.032</v>
+        <v>65.952</v>
       </c>
       <c r="D61" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B62" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C62">
-        <v>129.0</v>
+        <v>71.064</v>
       </c>
       <c r="D62" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B63" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C63">
-        <v>129.0</v>
+        <v>71.064</v>
       </c>
       <c r="D63" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B64" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C64">
-        <v>138.996</v>
+        <v>71.112</v>
       </c>
       <c r="D64" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B65" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C65">
-        <v>138.996</v>
+        <v>84.18</v>
       </c>
       <c r="D65" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B66" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C66">
-        <v>164.256</v>
+        <v>86.412</v>
       </c>
       <c r="D66" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B67" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C67">
-        <v>168.996</v>
+        <v>101.748</v>
       </c>
       <c r="D67" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B68" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C68">
-        <v>183.336</v>
+        <v>101.748</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B69" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C69">
-        <v>198.996</v>
+        <v>137.532</v>
       </c>
       <c r="D69" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B70" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C70">
-        <v>199.008</v>
+        <v>147.756</v>
       </c>
       <c r="D70" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B71" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C71">
-        <v>268.992</v>
+        <v>163.104</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B72" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C72">
-        <v>288.996</v>
+        <v>168.216</v>
       </c>
       <c r="D72" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B73" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C73">
-        <v>318.996</v>
+        <v>182.22</v>
       </c>
       <c r="D73" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B74" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C74">
-        <v>328.992</v>
+        <v>204.0</v>
       </c>
       <c r="D74" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B75" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C75">
-        <v>355.548</v>
+        <v>204.0</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B76" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C76">
-        <v>399.0</v>
+        <v>214.128</v>
       </c>
       <c r="D76" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B77" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C77">
-        <v>399.0</v>
+        <v>226.548</v>
       </c>
       <c r="D77" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B78" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C78">
-        <v>418.8</v>
+        <v>234.132</v>
       </c>
       <c r="D78" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B79" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C79">
-        <v>442.032</v>
+        <v>280.704</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B80" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C80">
-        <v>456.84</v>
+        <v>306.264</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B81" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C81">
-        <v>549.0</v>
+        <v>350.256</v>
       </c>
       <c r="D81" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B82" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C82">
-        <v>598.992</v>
+        <v>355.14</v>
       </c>
       <c r="D82" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B83" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C83">
-        <v>685.032</v>
+        <v>499.836</v>
       </c>
       <c r="D83" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B84" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C84">
-        <v>692.952</v>
+        <v>540.0</v>
       </c>
       <c r="D84" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B85" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C85">
-        <v>931.056</v>
+        <v>541.464</v>
       </c>
       <c r="D85" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B86" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C86">
-        <v>975.276</v>
+        <v>541.464</v>
       </c>
       <c r="D86" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B87" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C87">
-        <v>1020.0</v>
+        <v>556.632</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B88" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C88">
-        <v>1030.8</v>
+        <v>565.596</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B89" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C89">
-        <v>1041.888</v>
+        <v>581.46</v>
       </c>
       <c r="D89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B90" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C90">
-        <v>1042.8</v>
+        <v>582.36</v>
       </c>
       <c r="D90" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B91" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C91">
-        <v>1048.884</v>
+        <v>609.012</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B92" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C92">
-        <v>1059.0</v>
+        <v>616.176</v>
       </c>
       <c r="D92" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B93" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C93">
-        <v>1142.088</v>
+        <v>631.956</v>
       </c>
       <c r="D93" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B94" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C94">
-        <v>1172.904</v>
+        <v>634.692</v>
       </c>
       <c r="D94" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B95" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C95">
-        <v>1188.288</v>
+        <v>664.164</v>
       </c>
       <c r="D95" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B96" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C96">
-        <v>1198.992</v>
+        <v>664.164</v>
       </c>
       <c r="D96" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B97" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C97">
-        <v>1236.0</v>
+        <v>677.4</v>
       </c>
       <c r="D97" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B98" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C98">
-        <v>1299.0</v>
+        <v>694.848</v>
       </c>
       <c r="D98" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B99" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C99">
-        <v>1299.0</v>
+        <v>715.296</v>
       </c>
       <c r="D99" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B100" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C100">
-        <v>1321.752</v>
+        <v>715.296</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B101" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C101">
-        <v>1359.0</v>
+        <v>738.384</v>
       </c>
       <c r="D101" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
         <v>0.0</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="B103" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
       <c r="C103">
-        <v>66.0</v>
+        <v>4.512</v>
       </c>
       <c r="D103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="B104" t="s">
-        <v>181</v>
+        <v>25</v>
       </c>
       <c r="C104">
-        <v>1030.8</v>
+        <v>4.596</v>
       </c>
       <c r="D104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>188</v>
+        <v>30</v>
       </c>
       <c r="B105" t="s">
-        <v>189</v>
+        <v>31</v>
       </c>
       <c r="C105">
-        <v>1059.0</v>
+        <v>5.112</v>
       </c>
       <c r="D105" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>198</v>
+        <v>32</v>
       </c>
       <c r="B106" t="s">
-        <v>199</v>
+        <v>33</v>
       </c>
       <c r="C106">
-        <v>1236.0</v>
+        <v>5.112</v>
       </c>
       <c r="D106" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>202</v>
+        <v>34</v>
       </c>
       <c r="B107" t="s">
-        <v>203</v>
+        <v>35</v>
       </c>
       <c r="C107">
-        <v>1299.0</v>
+        <v>5.112</v>
       </c>
       <c r="D107" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>208</v>
+        <v>36</v>
       </c>
       <c r="B108" t="s">
-        <v>209</v>
+        <v>37</v>
       </c>
       <c r="C108">
-        <v>1558.992</v>
+        <v>5.112</v>
       </c>
       <c r="D108" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>210</v>
+        <v>38</v>
       </c>
       <c r="B109" t="s">
-        <v>211</v>
+        <v>39</v>
       </c>
       <c r="C109">
-        <v>1599.0</v>
+        <v>5.112</v>
       </c>
       <c r="D109" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
+        <v>40</v>
+      </c>
+      <c r="B110" t="s">
+        <v>41</v>
+      </c>
+      <c r="C110">
+        <v>5.112</v>
+      </c>
+      <c r="D110" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>48</v>
+      </c>
+      <c r="B111" t="s">
+        <v>49</v>
+      </c>
+      <c r="C111">
+        <v>6.132</v>
+      </c>
+      <c r="D111" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>50</v>
+      </c>
+      <c r="B112" t="s">
+        <v>51</v>
+      </c>
+      <c r="C112">
+        <v>6.132</v>
+      </c>
+      <c r="D112" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>61</v>
+      </c>
+      <c r="B113" t="s">
+        <v>62</v>
+      </c>
+      <c r="C113">
+        <v>7.668</v>
+      </c>
+      <c r="D113" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>63</v>
+      </c>
+      <c r="B114" t="s">
+        <v>64</v>
+      </c>
+      <c r="C114">
+        <v>7.668</v>
+      </c>
+      <c r="D114" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>65</v>
+      </c>
+      <c r="B115" t="s">
+        <v>66</v>
+      </c>
+      <c r="C115">
+        <v>7.668</v>
+      </c>
+      <c r="D115" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>71</v>
+      </c>
+      <c r="B116" t="s">
+        <v>72</v>
+      </c>
+      <c r="C116">
+        <v>8.592</v>
+      </c>
+      <c r="D116" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>108</v>
+      </c>
+      <c r="B117" t="s">
+        <v>109</v>
+      </c>
+      <c r="C117">
+        <v>33.744</v>
+      </c>
+      <c r="D117" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>114</v>
+      </c>
+      <c r="B118" t="s">
+        <v>115</v>
+      </c>
+      <c r="C118">
+        <v>38.352</v>
+      </c>
+      <c r="D118" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>118</v>
+      </c>
+      <c r="B119" t="s">
+        <v>119</v>
+      </c>
+      <c r="C119">
+        <v>55.728</v>
+      </c>
+      <c r="D119" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>124</v>
+      </c>
+      <c r="B120" t="s">
+        <v>125</v>
+      </c>
+      <c r="C120">
+        <v>65.952</v>
+      </c>
+      <c r="D120" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>126</v>
+      </c>
+      <c r="B121" t="s">
+        <v>127</v>
+      </c>
+      <c r="C121">
+        <v>65.952</v>
+      </c>
+      <c r="D121" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>128</v>
+      </c>
+      <c r="B122" t="s">
+        <v>129</v>
+      </c>
+      <c r="C122">
+        <v>65.952</v>
+      </c>
+      <c r="D122" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>130</v>
+      </c>
+      <c r="B123" t="s">
+        <v>131</v>
+      </c>
+      <c r="C123">
+        <v>71.064</v>
+      </c>
+      <c r="D123" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>132</v>
+      </c>
+      <c r="B124" t="s">
+        <v>133</v>
+      </c>
+      <c r="C124">
+        <v>71.064</v>
+      </c>
+      <c r="D124" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>138</v>
+      </c>
+      <c r="B125" t="s">
+        <v>139</v>
+      </c>
+      <c r="C125">
+        <v>86.412</v>
+      </c>
+      <c r="D125" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>142</v>
+      </c>
+      <c r="B126" t="s">
+        <v>143</v>
+      </c>
+      <c r="C126">
+        <v>101.748</v>
+      </c>
+      <c r="D126" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>144</v>
+      </c>
+      <c r="B127" t="s">
+        <v>145</v>
+      </c>
+      <c r="C127">
+        <v>137.532</v>
+      </c>
+      <c r="D127" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>146</v>
+      </c>
+      <c r="B128" t="s">
+        <v>147</v>
+      </c>
+      <c r="C128">
+        <v>147.756</v>
+      </c>
+      <c r="D128" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>148</v>
+      </c>
+      <c r="B129" t="s">
+        <v>149</v>
+      </c>
+      <c r="C129">
+        <v>163.104</v>
+      </c>
+      <c r="D129" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>150</v>
+      </c>
+      <c r="B130" t="s">
+        <v>151</v>
+      </c>
+      <c r="C130">
+        <v>168.216</v>
+      </c>
+      <c r="D130" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>156</v>
+      </c>
+      <c r="B131" t="s">
+        <v>157</v>
+      </c>
+      <c r="C131">
+        <v>204.0</v>
+      </c>
+      <c r="D131" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>164</v>
+      </c>
+      <c r="B132" t="s">
+        <v>165</v>
+      </c>
+      <c r="C132">
+        <v>280.704</v>
+      </c>
+      <c r="D132" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>168</v>
+      </c>
+      <c r="B133" t="s">
+        <v>169</v>
+      </c>
+      <c r="C133">
+        <v>350.256</v>
+      </c>
+      <c r="D133" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>174</v>
+      </c>
+      <c r="B134" t="s">
+        <v>175</v>
+      </c>
+      <c r="C134">
+        <v>540.0</v>
+      </c>
+      <c r="D134" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>176</v>
+      </c>
+      <c r="B135" t="s">
+        <v>177</v>
+      </c>
+      <c r="C135">
+        <v>541.464</v>
+      </c>
+      <c r="D135" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>178</v>
+      </c>
+      <c r="B136" t="s">
+        <v>179</v>
+      </c>
+      <c r="C136">
+        <v>541.464</v>
+      </c>
+      <c r="D136" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>182</v>
+      </c>
+      <c r="B137" t="s">
+        <v>183</v>
+      </c>
+      <c r="C137">
+        <v>565.596</v>
+      </c>
+      <c r="D137" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>186</v>
+      </c>
+      <c r="B138" t="s">
+        <v>187</v>
+      </c>
+      <c r="C138">
+        <v>582.36</v>
+      </c>
+      <c r="D138" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>190</v>
+      </c>
+      <c r="B139" t="s">
+        <v>191</v>
+      </c>
+      <c r="C139">
+        <v>616.176</v>
+      </c>
+      <c r="D139" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>192</v>
+      </c>
+      <c r="B140" t="s">
+        <v>193</v>
+      </c>
+      <c r="C140">
+        <v>631.956</v>
+      </c>
+      <c r="D140" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>196</v>
+      </c>
+      <c r="B141" t="s">
+        <v>197</v>
+      </c>
+      <c r="C141">
+        <v>664.164</v>
+      </c>
+      <c r="D141" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>198</v>
+      </c>
+      <c r="B142" t="s">
+        <v>199</v>
+      </c>
+      <c r="C142">
+        <v>664.164</v>
+      </c>
+      <c r="D142" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>200</v>
+      </c>
+      <c r="B143" t="s">
+        <v>201</v>
+      </c>
+      <c r="C143">
+        <v>677.4</v>
+      </c>
+      <c r="D143" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>202</v>
+      </c>
+      <c r="B144" t="s">
+        <v>203</v>
+      </c>
+      <c r="C144">
+        <v>694.848</v>
+      </c>
+      <c r="D144" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>204</v>
+      </c>
+      <c r="B145" t="s">
+        <v>205</v>
+      </c>
+      <c r="C145">
+        <v>715.296</v>
+      </c>
+      <c r="D145" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>206</v>
+      </c>
+      <c r="B146" t="s">
+        <v>207</v>
+      </c>
+      <c r="C146">
+        <v>715.296</v>
+      </c>
+      <c r="D146" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>210</v>
+      </c>
+      <c r="B147" t="s">
+        <v>211</v>
+      </c>
+      <c r="C147">
+        <v>782.688</v>
+      </c>
+      <c r="D147" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
         <v>212</v>
       </c>
-      <c r="B110" t="s">
+      <c r="B148" t="s">
         <v>213</v>
       </c>
-      <c r="C110">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="C148">
+        <v>797.1</v>
+      </c>
+      <c r="D148" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>214</v>
+      </c>
+      <c r="B149" t="s">
+        <v>215</v>
+      </c>
+      <c r="C149">
+        <v>802.692</v>
+      </c>
+      <c r="D149" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>216</v>
+      </c>
+      <c r="B150" t="s">
+        <v>217</v>
+      </c>
+      <c r="C150">
+        <v>817.56</v>
+      </c>
+      <c r="D150" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>218</v>
+      </c>
+      <c r="B151" t="s">
+        <v>219</v>
+      </c>
+      <c r="C151">
+        <v>1057.86</v>
+      </c>
+      <c r="D151" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>220</v>
+      </c>
+      <c r="B152" t="s">
+        <v>221</v>
+      </c>
+      <c r="C152">
+        <v>1073.196</v>
+      </c>
+      <c r="D152" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>222</v>
+      </c>
+      <c r="B153" t="s">
+        <v>223</v>
+      </c>
+      <c r="C153">
+        <v>1298.688</v>
+      </c>
+      <c r="D153" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>224</v>
+      </c>
+      <c r="B154" t="s">
+        <v>225</v>
+      </c>
+      <c r="C154">
+        <v>1625.784</v>
+      </c>
+      <c r="D154" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>226</v>
+      </c>
+      <c r="B155" t="s">
+        <v>227</v>
+      </c>
+      <c r="C155">
+        <v>2100.612</v>
+      </c>
+      <c r="D155" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D111"/>
+  <autoFilter ref="A1:D156"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>