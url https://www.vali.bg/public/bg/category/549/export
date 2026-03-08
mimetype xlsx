--- v2 (2026-01-20)
+++ v3 (2026-03-08)
@@ -7,218 +7,221 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$156</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$111</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE INTEL CORE I5-12500, 16GB DDR5, 512GB M.2, 500W, DVD-RW</t>
   </si>
   <si>
     <t>VALI-PC-I5-16GB-DVD</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Скоби за монтиране на SSD ESTILLO, 2.5", 3.5"</t>
   </si>
   <si>
     <t>SSD-BRACKET</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Органайзер за кабели Delock, Самозалепващ, 10 бр. в опаковка, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-18345</t>
+  </si>
+  <si>
     <t>Апликатор Thermal Grizzly Applications, 3 броя</t>
   </si>
   <si>
     <t>TG-ZUWA-152</t>
   </si>
   <si>
     <t>Апликатор за течна термична паста Thermal Grizzly TG-AL-3, 3 броя</t>
   </si>
   <si>
     <t>TG-ZUWA-157</t>
   </si>
   <si>
-    <t>Органайзер за кабели Delock, Самозалепващ, 10 бр. в опаковка, Черен</t>
-[...2 lines deleted...]
-    <t>DELOCK-18345</t>
+    <t>HAMA Органайзер за кабели самозалепващ, 2 бр., бял</t>
+  </si>
+  <si>
+    <t>HAMA-221015</t>
+  </si>
+  <si>
+    <t>Кабел Kolink PGW-AC-KOL-042, Удължителен, 4 Pin, за RGB аксесоари</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-MOLS-216</t>
+  </si>
+  <si>
+    <t>Пасивен охладител Arctic M2 Pro Black ACOTH00001A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACOTH00001A</t>
+  </si>
+  <si>
+    <t>Пасивен охладител Arctic M2 Pro Silver ACOTH00002A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACOTH00002A</t>
+  </si>
+  <si>
+    <t>Комплект държачи за кабели DeLock 18296, 10 броя, 2 канала, Различни цветове</t>
+  </si>
+  <si>
+    <t>DELOCK-18296</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>HAMA Органайзер за кабели самозалепващ, 2 бр., бял</t>
-[...31 lines deleted...]
-  <si>
     <t>Кабел Kolink PGW-AC-KOL-041, Удължителен, 3 Pin, за 5V ARGB</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-215</t>
   </si>
   <si>
     <t>Кабел Kolink 4-Pin към 3-Pin 5V ARGB</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1554</t>
   </si>
   <si>
     <t>Кабел Kolink ARGB 1-2 Сплитер - 30 cm Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1627</t>
   </si>
   <si>
     <t>Удължителен кабел Kolink 4-Pin PWM - 60 cm, Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1635</t>
   </si>
   <si>
     <t>Удължителен кабел Kolink 4-Pin PWM - 30 cm, Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1634</t>
   </si>
   <si>
     <t>Кабел Kolink PWM 1-2 Сплитер - 35 cm, оплетен, Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1631</t>
   </si>
   <si>
     <t>Кабел Kolink PWM 1-3 Сплитер - 35 cm, оплетен, Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1632</t>
   </si>
   <si>
+    <t>A4tech Nano приемник RN-10D USB 2.4GHz ресивър за мишки A4, F-Styler</t>
+  </si>
+  <si>
+    <t>A4-NANO-RN-10D</t>
+  </si>
+  <si>
     <t>Кабел Kolink Y-Splitter 3 Pin за 2x ARGB устройства PGW-AC-KOL-043</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-217</t>
   </si>
   <si>
     <t>Кабел Kolink Y-Splitter 4 Pin за 4 броя вентилатори PGW-AC-KOL-049</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1172</t>
   </si>
   <si>
     <t>Кабел Kolink ARGB 1-4 Сплитер - 30 cm</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1474</t>
   </si>
   <si>
     <t>Кабел Kolink ARGB 1-3 Сплитер - 30 cm Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1628</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Кабел Kolink PWM 1-4 Сплитер - 35 cm, оплетен, Бял</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1633</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Поставка/Брекет DeLock, За монтиране на 2.5" SSD/диск в PCI слот</t>
   </si>
   <si>
     <t>DELOCK-18212</t>
   </si>
   <si>
     <t>Кабел Kolink ARGB 1-3 Сплитер - 30 cm</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1473</t>
   </si>
   <si>
     <t>Комплект Delock M.2 SSD Mouting Kit</t>
   </si>
   <si>
     <t>DELOCK-18288</t>
   </si>
   <si>
     <t>Кабел 1-6 сплтиер Kolink ARGB, 3 Pin 5V, 30 cm</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1208</t>
   </si>
   <si>
     <t>M.2 Heatsink EZDIY-FAB за NVMe SSD диск - Черен</t>
@@ -259,275 +262,257 @@
   <si>
     <t>Брекет DeLock, За монтиране на 4x 2.5" SSD в 3.5" bay</t>
   </si>
   <si>
     <t>DELOCK-18271</t>
   </si>
   <si>
     <t>Пасивен охладител Jonsbo M.2 SSD</t>
   </si>
   <si>
     <t>JONSBO-ZUWE-418</t>
   </si>
   <si>
     <t>Пасивен охладител Jonsbo M.2 SSD, оребрен, Сив</t>
   </si>
   <si>
     <t>JONSBO-ZUWE-420</t>
   </si>
   <si>
     <t>Пасивен охладител Jonsbo M.2 SSD, оребрен, Червен</t>
   </si>
   <si>
     <t>JONSBO-ZUWE-421</t>
   </si>
   <si>
-    <t>Сплитер Cooler Master 1-to-5 Addressable RGB</t>
-[...4 lines deleted...]
-  <si>
     <t>Поставка за компютър на колела, HAMA X Черен</t>
   </si>
   <si>
     <t>HAMA-49310</t>
   </si>
   <si>
     <t>USB Приемник LOGITECH Unifying</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-UNIFY-USB</t>
   </si>
   <si>
     <t>Thermal Grizzly M.2 SSD пасивен охладител</t>
   </si>
   <si>
     <t>TG-ZUWA-164</t>
   </si>
   <si>
     <t>Скоба за твърд диск DeLock 18027, За  2x 2.5" SSD / 1х 3.5" HDD, Черен</t>
   </si>
   <si>
     <t>DELOCK-18027</t>
   </si>
   <si>
     <t>RGB хъб Delock, 10 портов ARGB LEDs, Черен</t>
   </si>
   <si>
     <t>DELOCK-64128</t>
   </si>
   <si>
     <t>Захранващ Адаптер Kolink Core Adept 90 градуса 24 пинов за дъно</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1337</t>
   </si>
   <si>
     <t>Поставка за компютър Rain Design i360 за Apple iMac 20-23"</t>
   </si>
   <si>
     <t>RD-10006</t>
   </si>
   <si>
+    <t>TP LINK TAPO-L920-5 LED лента , WiFi, 5м., 13.5W, RGB</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-L920-5</t>
+  </si>
+  <si>
     <t>Монтажната рамка der8auer RYZEN 3000 OC AIO Mounting Frame</t>
   </si>
   <si>
     <t>TG-FSD8-033</t>
   </si>
   <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 26 x 10mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887129</t>
   </si>
   <si>
     <t>Поставка за монитор Rain Design mBase за 27" iMac, Сребриста</t>
   </si>
   <si>
     <t>RD-10044</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 18 x 10mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887195</t>
   </si>
   <si>
     <t>HAMA LED лента, RGBW, WLAN, димируема, 176633</t>
   </si>
   <si>
     <t>HAMA-176633</t>
   </si>
   <si>
-    <t>TP LINK TAPO-L920-5 LED лента , WiFi, 5м., 13.5W, RGB</t>
-[...4 lines deleted...]
-  <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 20 x 10mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887204</t>
   </si>
   <si>
     <t>HAMA Неонова LED лента, RGB, WLAN, външна IP44, 176634</t>
   </si>
   <si>
     <t>HAMA-176634</t>
   </si>
   <si>
     <t>Стойка за микрофон FIFINE BM63 Super Steady Boom Arm</t>
   </si>
   <si>
     <t>FIFINE-BM63</t>
   </si>
   <si>
     <t>Релси за сървърна кутия Inter-Tech, IPC 2U, 690 - 1000mm, Сребристи</t>
   </si>
   <si>
     <t>INTER-TECH-88887211</t>
   </si>
   <si>
     <t>Стойка за микрофон ENDORFY Studio Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A005</t>
   </si>
   <si>
+    <t>Превключвател ATEN US234, За 2 компютъра към 4 USB 3.2 Gen 1 устройства</t>
+  </si>
+  <si>
+    <t>ATEN-US234-USB</t>
+  </si>
+  <si>
     <t>Осветление за стрийм Elgato Light Strip RGBWW, Бяла</t>
   </si>
   <si>
     <t>ELGATO-10LAA9901</t>
   </si>
   <si>
-    <t>Превключвател ATEN US234, За 2 компютъра към 4 USB 3.2 Gen 1 устройства</t>
-[...4 lines deleted...]
-  <si>
     <t>Стойка за микрофон ENDORFY Broadcast Low Profile Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A009</t>
   </si>
   <si>
     <t>Стойка за микрофон FIFINE BM88 High End Boom Arm Stand</t>
   </si>
   <si>
     <t>FIFINE-BM88</t>
   </si>
   <si>
     <t>Стойка за микрофон FIFINE BM88 White High End Boom Arm Stand</t>
   </si>
   <si>
     <t>FIFINE-BM88W</t>
   </si>
   <si>
     <t>Измервател на консумацията енергия Thermal Grizzly WireView GPU Pro</t>
   </si>
   <si>
     <t>TG-WV-P-H1N</t>
   </si>
   <si>
     <t>Измервател на консумацията енергия Thermal Grizzly WireView GPU Pro Reverse</t>
   </si>
   <si>
     <t>TG-WV-P-H1R</t>
   </si>
   <si>
     <t>Допълнителен Екран ASRock 13.3" за компютърна кутия</t>
   </si>
   <si>
     <t>ASR-13-KIT</t>
   </si>
   <si>
     <t>Терминал нулев клиент ATRUST M300</t>
   </si>
   <si>
     <t>ATRUST-M300</t>
   </si>
   <si>
     <t>Стойка за микрофон ENDORFY Broadcast Low Profile RGB Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A010</t>
   </si>
   <si>
-    <t>Осветление за стрийм Elgato Light Neo</t>
-[...4 lines deleted...]
-  <si>
     <t>Стойка за микрофон SteelSeries Alias Boom Arm</t>
   </si>
   <si>
     <t>STEEL-MIC-60474</t>
   </si>
   <si>
     <t>Лампа за четене за лаптоп BenQ LaptopBar - Черно</t>
   </si>
   <si>
     <t>BENQ-ACC-HALO-ES5</t>
   </si>
   <si>
     <t>Лампа за четене за монитор BenQ ScreenBar Pro - Черно</t>
   </si>
   <si>
     <t>BENQ-ACC-HALO-ES3-PRO</t>
   </si>
   <si>
     <t>Лампа за монитор ASUS ROG Aura Monitor Light Bar ALB01</t>
   </si>
   <si>
     <t>ASUS-ROG-BAR-ALB01</t>
   </si>
   <si>
     <t>Висяща стойка за микрофон Logitech Mic Pod Pendant Mount</t>
   </si>
   <si>
     <t>LOGITECH-MIC-POD-PEND</t>
   </si>
   <si>
     <t>Настолен компютър Gigabyte Brix  Intel Celeron N5105 up to 2.8 GHz, 1 x SO-DIMM DDR4, m.2 SSD</t>
   </si>
   <si>
     <t>GA-PC-BMCE-5105</t>
   </si>
   <si>
-    <t>Осветление за стрийм Elgato Key Light, Черна</t>
-[...4 lines deleted...]
-  <si>
     <t>Лампа за четене за монитор BenQ CLIP ScreenBar Halo 2 Grey</t>
   </si>
   <si>
     <t>BENQ-ACC-HALO-US1</t>
   </si>
   <si>
     <t>Колориметър EIZO EX4</t>
   </si>
   <si>
     <t>EIZO-EX4</t>
   </si>
   <si>
     <t>Настолен компютър Gigabyte Brix Intel Pentium N6005 up to 2.8 GHz, 1 x SO-DIMM DDR4, m.2 SSD</t>
   </si>
   <si>
     <t>GA-PC-BMPD-6005</t>
   </si>
   <si>
     <t>Настолен компютър Gigabyte BNIP-N100, 1 x SO-DIMM DDR4, 2x M.2 SSD, WI-FI 6E + BT 5.2</t>
   </si>
   <si>
     <t>GA-PC-BNIP-N100</t>
   </si>
   <si>
     <t>Допълнителен Екран HYTE Y70 - Touch за компютърна кутия</t>
@@ -556,192 +541,156 @@
   <si>
     <t>Настолен компютър Gigabyte Brix BRi5H, Intel Core i5-1335U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
   </si>
   <si>
     <t>GA-PC-BRi5H-1335</t>
   </si>
   <si>
     <t>Kомпютър All-in-One Acer Aspire C24-B DQ.BMJEX.006 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C24-B-i3-512</t>
   </si>
   <si>
     <t>Kомпютър All-in-One Acer Aspire C24-A BQ.BNXEX.001 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C24-A-i3-512</t>
   </si>
   <si>
     <t>Компютър Acer Veriton VX2720G Intel i5-14400, 8GB, 512GB SSD</t>
   </si>
   <si>
     <t>ACER-PC-VX2720G</t>
   </si>
   <si>
+    <t>Мини компютър Gigabyte BRIX BRU5-225H, Intel Core Ultra 5 225H, 2 x SO-DIMM DDR5, 2 x M.2 SSD, Wi-Fi 7 + BT 5.4</t>
+  </si>
+  <si>
+    <t>GA-PC-BRU5-225H</t>
+  </si>
+  <si>
+    <t>Компютърна система за бюро Arctic Senza Ryzen 5 5500GT, 16GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ARCTIC-PC-SENZA-5500GT</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI OFFICE PRO</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PRO</t>
   </si>
   <si>
-    <t>Мини компютър Gigabyte BRIX BRU5-225H, Intel Core Ultra 5 225H, 2 x SO-DIMM DDR5, 2 x M.2 SSD, Wi-Fi 7 + BT 5.4</t>
-[...2 lines deleted...]
-    <t>GA-PC-BRU5-225H</t>
+    <t>Настолен компютър Gigabyte Brix BRi7H, Intel Core i7-1355U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
+  </si>
+  <si>
+    <t>GA-PC-BRi7H-1355</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE BASIC</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-BASIC</t>
   </si>
   <si>
-    <t>Компютърна система за бюро Arctic Senza Ryzen 5 5500GT, 16GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
-[...8 lines deleted...]
-    <t>GA-PC-BRi7H-1355</t>
+    <t>Kомпютър All-in-One Acer Aspire C24-B DQ.BRREX.002 - 23.8" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, Linux</t>
+  </si>
+  <si>
+    <t>ACER-PC-C24-B-i5-1TB</t>
+  </si>
+  <si>
+    <t>Компютърна система за бюро Arctic Senza Ryzen 7 5700G, 32GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ARCTIC-PC-SENZA-5700G</t>
+  </si>
+  <si>
+    <t>Kомпютър All-in-One Acer Aspire C24-A BQ.BRNEX.002 - 23.8" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, Linux</t>
+  </si>
+  <si>
+    <t>ACER-PC-C24-A-i5-1TB</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PRO PLUS</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PRO-P</t>
   </si>
   <si>
-    <t>Kомпютър All-in-One Acer Aspire C24-B DQ.BRREX.002 - 23.8" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, Linux</t>
-[...2 lines deleted...]
-    <t>ACER-PC-C24-B-i5-1TB</t>
+    <t>Мини компютър Gigabyte BRIX BRU7-255H, Intel Core Ultra 7 255H, 2 x SO-DIMM DDR5, 2 x M.2 SSD, Wi-Fi 7 + BT 5.4</t>
+  </si>
+  <si>
+    <t>GA-PC-BRU7-255H</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PREMIUM</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM</t>
   </si>
   <si>
-    <t>Компютърна система за бюро Arctic Senza Ryzen 7 5700G, 32GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
-[...16 lines deleted...]
-  <si>
     <t>Kомпютър All-in-One Acer Aspire C27-B DQ.BRSEX.002 - 27" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, FreeDOS</t>
   </si>
   <si>
     <t>ACER-PC-C27-B-i5-1TB</t>
   </si>
   <si>
     <t>Компютърна система за бюро Arctic Senza Ryzen 7 5700G Pro, 32GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Pro</t>
   </si>
   <si>
     <t>ARCTIC-PC-SENZA-5700G-PRO</t>
   </si>
   <si>
     <t>Kомпютър All-in-One Acer Aspire C27-A DQ.BRPEX.002 - 27" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, FreeDOS</t>
   </si>
   <si>
     <t>ACER-PC-C27-A-i5-1TB</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PREMIUM PLUS</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM-P</t>
   </si>
   <si>
-    <t>Настолен компютър VALI OFFICE GT</t>
-[...4 lines deleted...]
-  <si>
     <t>Kомпютър All-in-One Acer Aspire C27-B DQ.BMREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD</t>
   </si>
   <si>
     <t>ACER-PC-C27-B-i7-1TB</t>
   </si>
   <si>
-    <t>Настолен компютър VALI OFFICE PREMIUM PLUS i7</t>
-[...4 lines deleted...]
-  <si>
     <t>Kомпютър All-in-One Acer Aspire C27-A DQ.BNREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C27-A-i7-1TB</t>
   </si>
   <si>
-    <t>OPS компютър за вгрaждане в интерактивен дисплей TRIUMPH BOARD, I5 - 1235U, 16 GB, 512 GB SSD, Wi-Fi, Win 11 Pro</t>
-[...26 lines deleted...]
-    <t>VALI-PC-R7-RTX5070</t>
+    <t>OPS компютър за вграждане към интерактивни дисплеи RICOH i7</t>
+  </si>
+  <si>
+    <t>RICOH-OPS-OPS-i7-12650</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1045,61 +994,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D156"/>
+  <dimension ref="A1:D111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -1109,2172 +1058,1542 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>3.684</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>3.84</v>
+        <v>3.816</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>3.84</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>4.38</v>
+        <v>3.84</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>4.512</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>4.596</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>4.596</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C10">
         <v>4.596</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C11">
         <v>4.824</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12">
         <v>5.064</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C13">
         <v>5.112</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C14">
         <v>5.112</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>5.112</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>5.112</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>5.112</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C18">
         <v>5.112</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>5.832</v>
+        <v>5.52</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>6.132</v>
+        <v>5.832</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>6.132</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>6.132</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C23">
         <v>6.132</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" t="s">
         <v>53</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>6.552</v>
+        <v>6.132</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" t="s">
         <v>55</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>6.6</v>
+        <v>6.552</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" t="s">
         <v>57</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>6.996</v>
+        <v>6.6</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
         <v>59</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>7.668</v>
+        <v>6.996</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C28">
         <v>7.668</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C29">
         <v>7.668</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C30">
         <v>7.668</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
         <v>67</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>7.98</v>
+        <v>7.668</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
         <v>69</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>8.28</v>
+        <v>7.98</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
         <v>71</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>8.592</v>
+        <v>8.28</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
         <v>73</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>9.048</v>
+        <v>8.592</v>
       </c>
       <c r="D34" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
         <v>75</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>9.204</v>
+        <v>9.048</v>
       </c>
       <c r="D35" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
         <v>77</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>9.744</v>
+        <v>9.204</v>
       </c>
       <c r="D36" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
         <v>79</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>9.744</v>
+        <v>9.72</v>
       </c>
       <c r="D37" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" t="s">
         <v>81</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>10.128</v>
+        <v>9.72</v>
       </c>
       <c r="D38" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="C39">
         <v>14.484</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C40">
         <v>14.76</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C41">
         <v>14.82</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C42">
         <v>16.152</v>
       </c>
       <c r="D42" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C43">
         <v>17.592</v>
       </c>
       <c r="D43" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C44">
         <v>19.944</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C45">
         <v>24.54</v>
       </c>
       <c r="D45" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" t="s">
         <v>97</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>29.448</v>
+        <v>28.8</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" t="s">
         <v>99</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>29.46</v>
+        <v>29.448</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" t="s">
         <v>101</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>31.908</v>
+        <v>29.46</v>
       </c>
       <c r="D48" t="s">
-        <v>103</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" t="s">
+        <v>103</v>
+      </c>
+      <c r="C49">
+        <v>31.908</v>
+      </c>
+      <c r="D49" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" t="s">
         <v>106</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>33.744</v>
+        <v>32.328</v>
       </c>
       <c r="D50" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C51">
         <v>33.744</v>
       </c>
       <c r="D51" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>109</v>
+      </c>
+      <c r="B52" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C52">
         <v>36.42</v>
       </c>
       <c r="D52" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>111</v>
+      </c>
+      <c r="B53" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C53">
         <v>37.752</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>113</v>
+      </c>
+      <c r="B54" t="s">
         <v>114</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>38.352</v>
+        <v>39.0</v>
       </c>
       <c r="D54" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>115</v>
+      </c>
+      <c r="B55" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C55">
         <v>41.136</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" t="s">
         <v>118</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>55.728</v>
+        <v>48.996</v>
       </c>
       <c r="D56" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>119</v>
+      </c>
+      <c r="B57" t="s">
         <v>120</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>56.4</v>
+        <v>53.676</v>
       </c>
       <c r="D57" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>121</v>
+      </c>
+      <c r="B58" t="s">
         <v>122</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>56.556</v>
+        <v>56.4</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>123</v>
+      </c>
+      <c r="B59" t="s">
         <v>124</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>65.952</v>
+        <v>63.0</v>
       </c>
       <c r="D59" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>125</v>
+      </c>
+      <c r="B60" t="s">
         <v>126</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>65.952</v>
+        <v>64.992</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>127</v>
+      </c>
+      <c r="B61" t="s">
         <v>128</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>65.952</v>
+        <v>64.992</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C62">
         <v>71.064</v>
       </c>
       <c r="D62" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>131</v>
+      </c>
+      <c r="B63" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C63">
         <v>71.064</v>
       </c>
       <c r="D63" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>133</v>
+      </c>
+      <c r="B64" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C64">
         <v>71.112</v>
       </c>
       <c r="D64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>135</v>
+      </c>
+      <c r="B65" t="s">
         <v>136</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>84.18</v>
+        <v>84.6</v>
       </c>
       <c r="D65" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>137</v>
+      </c>
+      <c r="B66" t="s">
         <v>138</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>86.412</v>
+        <v>87.0</v>
       </c>
       <c r="D66" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>139</v>
+      </c>
+      <c r="B67" t="s">
         <v>140</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D67" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>141</v>
+      </c>
+      <c r="B68" t="s">
         <v>142</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>101.748</v>
+        <v>137.532</v>
       </c>
       <c r="D68" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>143</v>
+      </c>
+      <c r="B69" t="s">
         <v>144</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>137.532</v>
+        <v>147.756</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>145</v>
+      </c>
+      <c r="B70" t="s">
         <v>146</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>147.756</v>
+        <v>163.104</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>147</v>
+      </c>
+      <c r="B71" t="s">
         <v>148</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>163.104</v>
+        <v>168.216</v>
       </c>
       <c r="D71" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>149</v>
+      </c>
+      <c r="B72" t="s">
         <v>150</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>168.216</v>
+        <v>183.132</v>
       </c>
       <c r="D72" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>151</v>
+      </c>
+      <c r="B73" t="s">
         <v>152</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>182.22</v>
+        <v>204.0</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>153</v>
+      </c>
+      <c r="B74" t="s">
         <v>154</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>204.0</v>
+        <v>214.128</v>
       </c>
       <c r="D74" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>155</v>
+      </c>
+      <c r="B75" t="s">
         <v>156</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>204.0</v>
+        <v>227.688</v>
       </c>
       <c r="D75" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>157</v>
+      </c>
+      <c r="B76" t="s">
         <v>158</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>214.128</v>
+        <v>235.308</v>
       </c>
       <c r="D76" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>159</v>
+      </c>
+      <c r="B77" t="s">
         <v>160</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>226.548</v>
+        <v>280.704</v>
       </c>
       <c r="D77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>161</v>
+      </c>
+      <c r="B78" t="s">
         <v>162</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>234.132</v>
+        <v>304.992</v>
       </c>
       <c r="D78" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>163</v>
+      </c>
+      <c r="B79" t="s">
         <v>164</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>280.704</v>
+        <v>350.256</v>
       </c>
       <c r="D79" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>165</v>
+      </c>
+      <c r="B80" t="s">
         <v>166</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>306.264</v>
+        <v>356.928</v>
       </c>
       <c r="D80" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>167</v>
+      </c>
+      <c r="B81" t="s">
         <v>168</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>350.256</v>
+        <v>502.344</v>
       </c>
       <c r="D81" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>169</v>
+      </c>
+      <c r="B82" t="s">
         <v>170</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>355.14</v>
+        <v>540.0</v>
       </c>
       <c r="D82" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>171</v>
+      </c>
+      <c r="B83" t="s">
         <v>172</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>499.836</v>
+        <v>541.464</v>
       </c>
       <c r="D83" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>173</v>
+      </c>
+      <c r="B84" t="s">
         <v>174</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>540.0</v>
+        <v>541.464</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>175</v>
+      </c>
+      <c r="B85" t="s">
         <v>176</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>541.464</v>
+        <v>568.44</v>
       </c>
       <c r="D85" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>177</v>
+      </c>
+      <c r="B86" t="s">
         <v>178</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>541.464</v>
+        <v>582.36</v>
       </c>
       <c r="D86" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>179</v>
+      </c>
+      <c r="B87" t="s">
         <v>180</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>556.632</v>
+        <v>602.724</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>181</v>
+      </c>
+      <c r="B88" t="s">
         <v>182</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>565.596</v>
+        <v>612.06</v>
       </c>
       <c r="D88" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>183</v>
+      </c>
+      <c r="B89" t="s">
         <v>184</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>581.46</v>
+        <v>624.444</v>
       </c>
       <c r="D89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>185</v>
+      </c>
+      <c r="B90" t="s">
         <v>186</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>582.36</v>
+        <v>631.956</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>187</v>
+      </c>
+      <c r="B91" t="s">
         <v>188</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>609.012</v>
+        <v>664.164</v>
       </c>
       <c r="D91" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>189</v>
+      </c>
+      <c r="B92" t="s">
         <v>190</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>616.176</v>
+        <v>664.164</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>191</v>
+      </c>
+      <c r="B93" t="s">
         <v>192</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>631.956</v>
+        <v>665.136</v>
       </c>
       <c r="D93" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>193</v>
+      </c>
+      <c r="B94" t="s">
         <v>194</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>634.692</v>
+        <v>680.808</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>195</v>
+      </c>
+      <c r="B95" t="s">
         <v>196</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>664.164</v>
+        <v>692.556</v>
       </c>
       <c r="D95" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>197</v>
+      </c>
+      <c r="B96" t="s">
         <v>198</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>664.164</v>
+        <v>694.848</v>
       </c>
       <c r="D96" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>199</v>
+      </c>
+      <c r="B97" t="s">
         <v>200</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>677.4</v>
+        <v>715.296</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>201</v>
+      </c>
+      <c r="B98" t="s">
         <v>202</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>694.848</v>
+        <v>715.296</v>
       </c>
       <c r="D98" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>203</v>
+      </c>
+      <c r="B99" t="s">
         <v>204</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>715.296</v>
+        <v>787.416</v>
       </c>
       <c r="D99" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>205</v>
+      </c>
+      <c r="B100" t="s">
         <v>206</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>715.296</v>
+        <v>797.1</v>
       </c>
       <c r="D100" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>207</v>
+      </c>
+      <c r="B101" t="s">
         <v>208</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>738.384</v>
+        <v>817.56</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
         <v>0.0</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="B103" t="s">
-        <v>18</v>
+        <v>97</v>
       </c>
       <c r="C103">
-        <v>4.512</v>
+        <v>28.8</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="B104" t="s">
-        <v>25</v>
+        <v>152</v>
       </c>
       <c r="C104">
-        <v>4.596</v>
+        <v>204.0</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>30</v>
+        <v>169</v>
       </c>
       <c r="B105" t="s">
-        <v>31</v>
+        <v>170</v>
       </c>
       <c r="C105">
-        <v>5.112</v>
+        <v>540.0</v>
       </c>
       <c r="D105" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>32</v>
+        <v>171</v>
       </c>
       <c r="B106" t="s">
-        <v>33</v>
+        <v>172</v>
       </c>
       <c r="C106">
-        <v>5.112</v>
+        <v>541.464</v>
       </c>
       <c r="D106" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="B107" t="s">
-        <v>35</v>
+        <v>174</v>
       </c>
       <c r="C107">
-        <v>5.112</v>
+        <v>541.464</v>
       </c>
       <c r="D107" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>36</v>
+        <v>185</v>
       </c>
       <c r="B108" t="s">
-        <v>37</v>
+        <v>186</v>
       </c>
       <c r="C108">
-        <v>5.112</v>
+        <v>631.956</v>
       </c>
       <c r="D108" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>38</v>
+        <v>189</v>
       </c>
       <c r="B109" t="s">
-        <v>39</v>
+        <v>190</v>
       </c>
       <c r="C109">
-        <v>5.112</v>
+        <v>664.164</v>
       </c>
       <c r="D109" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>40</v>
+        <v>209</v>
       </c>
       <c r="B110" t="s">
-        <v>41</v>
+        <v>210</v>
       </c>
       <c r="C110">
-        <v>5.112</v>
+        <v>1308.0</v>
       </c>
       <c r="D110" t="s">
-        <v>16</v>
-[...628 lines deleted...]
-      <c r="D155" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D156"/>
+  <autoFilter ref="A1:D111"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>